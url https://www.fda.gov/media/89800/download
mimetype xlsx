--- v0 (2026-02-07)
+++ v1 (2026-02-27)
@@ -2,68 +2,68 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\GDUFA Fees\Facilities\Non-Arrears List\FY26\January\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda-my.sharepoint.com/personal/depaolae_fda_gov/Documents/Documents/Facilities/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{04D22C6F-5D4F-426F-A56A-84606BE53120}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C18C2265-DD30-42C2-93F4-D6243D0609B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="150" xr2:uid="{F5F9C814-97A7-4E57-A804-DEF0321D6DF7}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="150" xr2:uid="{ABA981CC-1150-4224-8ADE-CC3C161B203A}"/>
   </bookViews>
   <sheets>
     <sheet name="FY26 Non Arrears List Report" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="868" uniqueCount="124">
-[...1 lines deleted...]
-    <t>Friday, January 2, 2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="885" uniqueCount="126">
+  <si>
+    <t>Friday, February 20, 2026</t>
   </si>
   <si>
     <t>Facility Name</t>
   </si>
   <si>
     <t>FEI</t>
   </si>
   <si>
     <t>Foreign or Domestic</t>
   </si>
   <si>
     <t>FY2013</t>
   </si>
   <si>
     <t>FY2014</t>
   </si>
   <si>
     <t>FY2015</t>
   </si>
   <si>
     <t>FY2016</t>
   </si>
   <si>
     <t>FY2017</t>
   </si>
@@ -287,50 +287,56 @@
     <t>3004153149</t>
   </si>
   <si>
     <t>MERRO PHARMACEUTICAL CORPORATION LTD</t>
   </si>
   <si>
     <t>3004826096</t>
   </si>
   <si>
     <t>MITHRA PHARMACEUTICALS CDMO SA</t>
   </si>
   <si>
     <t>3011415209</t>
   </si>
   <si>
     <t>N.V. Organon</t>
   </si>
   <si>
     <t>3002806821</t>
   </si>
   <si>
     <t>Nanjing Pharmaceutical Factory Co., Ltd</t>
   </si>
   <si>
     <t>3004674350</t>
+  </si>
+  <si>
+    <t>NOSTRUM LABORATORIES, INC.</t>
+  </si>
+  <si>
+    <t>0000000000</t>
   </si>
   <si>
     <t>Orgsyn Laboratory Inc.</t>
   </si>
   <si>
     <t>3006725670</t>
   </si>
   <si>
     <t>PKU HEALTHCARE CORP., LTD.</t>
   </si>
   <si>
     <t>3003094545</t>
   </si>
   <si>
     <t>RECIPHARM MONTS</t>
   </si>
   <si>
     <t>1000171152</t>
   </si>
   <si>
     <t>SARACA LABORATORIES LIMITED (UNITII)</t>
   </si>
   <si>
     <t>3008699837</t>
   </si>
@@ -473,176 +479,67 @@
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="20">
-    <dxf>
-[...107 lines deleted...]
-    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color indexed="8"/>
         <name val="Times New Roman"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
@@ -1200,55 +1097,164 @@
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="8"/>
         </left>
         <right style="thin">
           <color indexed="8"/>
         </right>
         <top style="thin">
           <color indexed="8"/>
         </top>
         <bottom style="thin">
           <color indexed="8"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <name val="Times New Roman"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="8"/>
+        </left>
+        <right style="thin">
+          <color indexed="8"/>
+        </right>
+        <top style="thin">
+          <color indexed="8"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="8"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <name val="Times New Roman"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="8"/>
+        </left>
+        <right style="thin">
+          <color indexed="8"/>
+        </right>
+        <top style="thin">
+          <color indexed="8"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="8"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
       <border outline="0">
         <bottom style="thin">
           <color indexed="8"/>
         </bottom>
       </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <name val="Times New Roman"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -1292,70 +1298,70 @@
       <rgbColor rgb="00336666"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00663300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00424242"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{F6AAAC55-4844-4F7A-9054-507A8D12FA47}" name="Table1" displayName="Table1" ref="A2:Q52" totalsRowShown="0" headerRowDxfId="2" dataDxfId="3" tableBorderDxfId="19">
-  <autoFilter ref="A2:Q52" xr:uid="{F6AAAC55-4844-4F7A-9054-507A8D12FA47}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D5BEB561-7A57-478D-84A0-5826B13F0B41}" name="Table1" displayName="Table1" ref="A2:Q53" totalsRowShown="0" headerRowDxfId="19" dataDxfId="18" tableBorderDxfId="17">
+  <autoFilter ref="A2:Q53" xr:uid="{D5BEB561-7A57-478D-84A0-5826B13F0B41}"/>
   <tableColumns count="17">
-    <tableColumn id="1" xr3:uid="{6F91D92D-BDCC-407A-AFE9-37F36A2A2DE9}" name="Facility Name" dataDxfId="0"/>
-[...15 lines deleted...]
-    <tableColumn id="17" xr3:uid="{07940570-DD3F-4826-9A84-968B9650DC0B}" name="FY2026" dataDxfId="4"/>
+    <tableColumn id="1" xr3:uid="{EF59300A-C5DD-4155-9912-C3C74BF341E4}" name="Facility Name" dataDxfId="16"/>
+    <tableColumn id="2" xr3:uid="{6D514D9B-30C8-49EF-BDE2-D8F10AF4614A}" name="FEI" dataDxfId="15"/>
+    <tableColumn id="3" xr3:uid="{6B6EC2DC-5398-47DE-890E-5BB2EF15C646}" name="Foreign or Domestic" dataDxfId="14"/>
+    <tableColumn id="4" xr3:uid="{F196037C-1999-4630-B734-5464958C39AB}" name="FY2013" dataDxfId="13"/>
+    <tableColumn id="5" xr3:uid="{BC413CE3-5215-451C-8B01-963B29C38D36}" name="FY2014" dataDxfId="12"/>
+    <tableColumn id="6" xr3:uid="{A642EC5E-E6AB-4541-B253-592B8460C2D3}" name="FY2015" dataDxfId="11"/>
+    <tableColumn id="7" xr3:uid="{EC09EE1F-BEDD-4E6F-ADFB-98EE7F1C6679}" name="FY2016" dataDxfId="10"/>
+    <tableColumn id="8" xr3:uid="{79A14661-A476-403F-B21D-FDCB8EA438C8}" name="FY2017" dataDxfId="9"/>
+    <tableColumn id="9" xr3:uid="{E0B56952-6FB4-43B1-AED5-63C5ECD75B41}" name="FY2018" dataDxfId="8"/>
+    <tableColumn id="10" xr3:uid="{B471FFBC-DE86-4823-AFBE-9F3C4F5AB84D}" name="FY2019" dataDxfId="7"/>
+    <tableColumn id="11" xr3:uid="{80CA33A2-F04C-466A-8380-E4004F559754}" name="FY2020" dataDxfId="6"/>
+    <tableColumn id="12" xr3:uid="{6A811EE7-33C7-4A9C-972D-D27B8477159E}" name="FY2021" dataDxfId="5"/>
+    <tableColumn id="13" xr3:uid="{F3CB70ED-AB69-47E3-9FB4-9DC9E56FBAFE}" name="FY2022" dataDxfId="4"/>
+    <tableColumn id="14" xr3:uid="{A603BCF0-B377-44C5-88D6-06F39C5A3982}" name="FY2023" dataDxfId="3"/>
+    <tableColumn id="15" xr3:uid="{128288EE-293C-4DB0-93DC-826D4C38FACA}" name="FY2024" dataDxfId="2"/>
+    <tableColumn id="16" xr3:uid="{3A96F7E0-4AB9-4C69-82E5-1495B87A055A}" name="FY2025" dataDxfId="1"/>
+    <tableColumn id="17" xr3:uid="{0F25BFCE-78D3-4507-9FFD-01178200015D}" name="FY2026" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -1637,88 +1643,87 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{417FD442-8F02-488D-A9A4-CCF858ECCAF3}">
-  <dimension ref="A1:R52"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A8C0FC8B-BEBC-40F1-B0D4-02707C0F47C1}">
+  <dimension ref="A1:Q53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:R1"/>
+      <selection sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="43.88671875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="17" width="9.109375" customWidth="1"/>
+    <col min="1" max="1" width="43.85546875" customWidth="1"/>
+    <col min="2" max="2" width="13.42578125" customWidth="1"/>
+    <col min="3" max="3" width="20.7109375" customWidth="1"/>
+    <col min="4" max="17" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="3" t="s">
+    <row r="1" spans="1:17" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="3"/>
-[...17 lines deleted...]
-    <row r="2" spans="1:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="6"/>
+      <c r="C1" s="6"/>
+      <c r="D1" s="6"/>
+      <c r="E1" s="6"/>
+      <c r="F1" s="6"/>
+      <c r="G1" s="6"/>
+      <c r="H1" s="6"/>
+      <c r="I1" s="6"/>
+      <c r="J1" s="6"/>
+      <c r="K1" s="6"/>
+      <c r="L1" s="6"/>
+      <c r="M1" s="6"/>
+      <c r="N1" s="6"/>
+      <c r="O1" s="6"/>
+      <c r="P1" s="6"/>
+      <c r="Q1" s="6"/>
+    </row>
+    <row r="2" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="I2" s="1" t="s">
@@ -1727,52 +1732,52 @@
       <c r="J2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="N2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="O2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="P2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="Q2" s="1" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="3" spans="1:18" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="5" t="s">
+    <row r="3" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>21</v>
@@ -1780,52 +1785,52 @@
       <c r="J3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q3" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="4" spans="1:18" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="5" t="s">
+    <row r="4" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I4" s="2" t="s">
         <v>21</v>
@@ -1833,52 +1838,52 @@
       <c r="J4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q4" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="5" spans="1:18" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="5" t="s">
+    <row r="5" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I5" s="2" t="s">
         <v>21</v>
@@ -1886,52 +1891,52 @@
       <c r="J5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q5" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="6" spans="1:18" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="5" t="s">
+    <row r="6" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I6" s="2" t="s">
         <v>31</v>
@@ -1939,52 +1944,52 @@
       <c r="J6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q6" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="7" spans="1:18" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="5" t="s">
+    <row r="7" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>21</v>
@@ -1992,52 +1997,52 @@
       <c r="J7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q7" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="8" spans="1:18" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="5" t="s">
+    <row r="8" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>21</v>
@@ -2045,52 +2050,52 @@
       <c r="J8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q8" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="9" spans="1:18" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="5" t="s">
+    <row r="9" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>21</v>
@@ -2098,52 +2103,52 @@
       <c r="J9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q9" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="1:18" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="5" t="s">
+    <row r="10" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>31</v>
@@ -2151,52 +2156,52 @@
       <c r="J10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q10" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="11" spans="1:18" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="5" t="s">
+    <row r="11" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I11" s="2" t="s">
         <v>21</v>
@@ -2204,52 +2209,52 @@
       <c r="J11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q11" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="12" spans="1:18" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="5" t="s">
+    <row r="12" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="4" t="s">
         <v>42</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="2" t="s">
         <v>21</v>
@@ -2257,52 +2262,52 @@
       <c r="J12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q12" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="13" spans="1:18" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="5" t="s">
+    <row r="13" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="4" t="s">
         <v>44</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="2" t="s">
         <v>21</v>
@@ -2310,52 +2315,52 @@
       <c r="J13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q13" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="14" spans="1:18" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="5" t="s">
+    <row r="14" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="4" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="2" t="s">
         <v>21</v>
@@ -2363,52 +2368,52 @@
       <c r="J14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q14" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="15" spans="1:18" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="5" t="s">
+    <row r="15" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="4" t="s">
         <v>48</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="2" t="s">
         <v>22</v>
@@ -2416,52 +2421,52 @@
       <c r="J15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q15" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="16" spans="1:18" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="5" t="s">
+    <row r="16" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I16" s="2" t="s">
         <v>21</v>
@@ -2469,52 +2474,52 @@
       <c r="J16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q16" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="17" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="5" t="s">
+    <row r="17" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I17" s="2" t="s">
         <v>21</v>
@@ -2522,52 +2527,52 @@
       <c r="J17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q17" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="18" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="5" t="s">
+    <row r="18" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I18" s="2" t="s">
         <v>21</v>
@@ -2575,52 +2580,52 @@
       <c r="J18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q18" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="19" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="5" t="s">
+    <row r="19" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="4" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I19" s="2" t="s">
         <v>21</v>
@@ -2628,52 +2633,52 @@
       <c r="J19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q19" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="20" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="5" t="s">
+    <row r="20" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="4" t="s">
         <v>58</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I20" s="2" t="s">
         <v>21</v>
@@ -2681,52 +2686,52 @@
       <c r="J20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q20" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="21" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="5" t="s">
+    <row r="21" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I21" s="2" t="s">
         <v>31</v>
@@ -2734,52 +2739,52 @@
       <c r="J21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="Q21" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="22" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="5" t="s">
+    <row r="22" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I22" s="2" t="s">
         <v>21</v>
@@ -2787,52 +2792,52 @@
       <c r="J22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q22" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="23" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="5" t="s">
+    <row r="23" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="4" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I23" s="2" t="s">
         <v>21</v>
@@ -2840,52 +2845,52 @@
       <c r="J23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q23" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="24" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="5" t="s">
+    <row r="24" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I24" s="2" t="s">
         <v>21</v>
@@ -2893,52 +2898,52 @@
       <c r="J24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="Q24" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="25" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="5" t="s">
+    <row r="25" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="4" t="s">
         <v>68</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="2" t="s">
         <v>21</v>
@@ -2946,52 +2951,52 @@
       <c r="J25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q25" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="26" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="5" t="s">
+    <row r="26" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="2" t="s">
         <v>21</v>
@@ -2999,52 +3004,52 @@
       <c r="J26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q26" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="27" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="5" t="s">
+    <row r="27" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="4" t="s">
         <v>72</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I27" s="2" t="s">
         <v>21</v>
@@ -3052,52 +3057,52 @@
       <c r="J27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q27" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="28" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="5" t="s">
+    <row r="28" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="4" t="s">
         <v>74</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>75</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I28" s="2" t="s">
         <v>22</v>
@@ -3105,52 +3110,52 @@
       <c r="J28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q28" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="29" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="5" t="s">
+    <row r="29" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="4" t="s">
         <v>76</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I29" s="2" t="s">
         <v>21</v>
@@ -3158,52 +3163,52 @@
       <c r="J29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q29" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="30" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="5" t="s">
+    <row r="30" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="4" t="s">
         <v>78</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I30" s="2" t="s">
         <v>21</v>
@@ -3211,52 +3216,52 @@
       <c r="J30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q30" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="31" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="5" t="s">
+    <row r="31" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="4" t="s">
         <v>80</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I31" s="2" t="s">
         <v>21</v>
@@ -3264,52 +3269,52 @@
       <c r="J31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q31" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="32" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="5" t="s">
+    <row r="32" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="4" t="s">
         <v>82</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I32" s="2" t="s">
         <v>21</v>
@@ -3317,52 +3322,52 @@
       <c r="J32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q32" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="33" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="5" t="s">
+    <row r="33" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I33" s="2" t="s">
         <v>21</v>
@@ -3370,52 +3375,52 @@
       <c r="J33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="Q33" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="34" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="5" t="s">
+    <row r="34" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>87</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I34" s="2" t="s">
         <v>21</v>
@@ -3423,52 +3428,52 @@
       <c r="J34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q34" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="35" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="5" t="s">
+    <row r="35" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I35" s="2" t="s">
         <v>21</v>
@@ -3476,954 +3481,1007 @@
       <c r="J35" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N35" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O35" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P35" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q35" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="36" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="5" t="s">
+    <row r="36" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="4" t="s">
         <v>90</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P36" s="2" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="Q36" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="37" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="5" t="s">
+    <row r="37" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I37" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q37" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="38" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="5" t="s">
+    <row r="38" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="4" t="s">
         <v>94</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>95</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I38" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N38" s="2" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="O38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q38" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="39" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="5" t="s">
+    <row r="39" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>97</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I39" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N39" s="2" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="O39" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P39" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q39" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="40" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="5" t="s">
+    <row r="40" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I40" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N40" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O40" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P40" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q40" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="41" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="5" t="s">
+    <row r="41" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>101</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q41" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="42" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="5" t="s">
+    <row r="42" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q42" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="43" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="5" t="s">
+    <row r="43" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H43" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q43" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="44" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="5" t="s">
+    <row r="44" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I44" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q44" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="45" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="5" t="s">
+    <row r="45" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I45" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q45" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="46" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="5" t="s">
+    <row r="46" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q46" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="47" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="5" t="s">
+    <row r="47" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>113</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="H47" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q47" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="48" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="5" t="s">
+    <row r="48" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q48" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="49" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="5" t="s">
+    <row r="49" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H49" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q49" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="50" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="5" t="s">
+    <row r="50" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>119</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q50" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="51" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="5" t="s">
+    <row r="51" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H51" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="N51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="O51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="P51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="Q51" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="52" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="6" t="s">
+    <row r="52" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="B52" s="4" t="s">
+      <c r="B52" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="C52" s="4" t="s">
+      <c r="C52" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="D52" s="4" t="s">
-[...38 lines deleted...]
-      <c r="Q52" s="4" t="s">
+      <c r="D52" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I52" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="J52" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="K52" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="L52" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="M52" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="N52" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="O52" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="P52" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="Q52" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="J53" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="K53" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="M53" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="N53" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="O53" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="P53" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="Q53" s="3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A1:R1"/>
+    <mergeCell ref="A1:Q1"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">