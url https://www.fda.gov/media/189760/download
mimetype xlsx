--- v0 (2026-02-28)
+++ v1 (2026-03-20)
@@ -1,86 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/OC-OO-FDA-Performance/User Fee Performance/OMUFA/Data Dashboards/3 - Dataset Downloads/FY25/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/FDA-Track/Test Docs/FDA-TRACK/User Fee TRACK/OMUFA/Data Dashboards/3 - Dataset Downloads/FY26/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="29" documentId="8_{CD6C44FC-93EB-425E-8A1A-DD30A6DF2A09}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6DCAA246-84AA-4DE6-9E94-8BA8335E96BB}"/>
+  <xr:revisionPtr revIDLastSave="2" documentId="8_{CB080368-FEFF-4390-A576-A121CA0C97BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4CD6789C-25AE-461E-8E99-5C5813A36653}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="1560" windowWidth="28800" windowHeight="14640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="OMUFA OTC OMORs Dataset" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'OMUFA OTC OMORs Dataset'!$A$1:$O$16</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="G28" i="1" l="1"/>
+  <c r="G27" i="1"/>
+  <c r="G26" i="1"/>
+  <c r="G25" i="1"/>
+  <c r="G24" i="1"/>
+  <c r="G23" i="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="34">
   <si>
     <t>Fiscal Year</t>
   </si>
   <si>
     <t>Goal Name</t>
   </si>
   <si>
     <t>Review Status</t>
   </si>
   <si>
     <t>Total Submissions</t>
   </si>
   <si>
     <t>Goal Timeline</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Percent On Time</t>
   </si>
   <si>
     <t>Performance Goal</t>
   </si>
   <si>
@@ -126,57 +138,69 @@
     <t>Tier 1 OMORs for Certain Safety Changes Only</t>
   </si>
   <si>
     <t>0 of 1</t>
   </si>
   <si>
     <t>0 of 0</t>
   </si>
   <si>
     <t>OMUFA Submission Type</t>
   </si>
   <si>
     <t>OTC Monograph Order Requests</t>
   </si>
   <si>
     <t>11.5 months</t>
   </si>
   <si>
     <t>17.5 months</t>
   </si>
   <si>
     <t>Tier 1 OMORs with GRASE Finalization</t>
   </si>
   <si>
     <t>17.5 and 15.5 months, respectively</t>
+  </si>
+  <si>
+    <t>Tier 1 OMORs</t>
+  </si>
+  <si>
+    <t>18/19.5/17.5 months</t>
+  </si>
+  <si>
+    <t>Tier 2 OMORs</t>
+  </si>
+  <si>
+    <t>15.5 months</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -263,50 +287,63 @@
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
@@ -610,61 +647,71 @@
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="42" applyFont="1"/>
     <xf numFmtId="9" fontId="16" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="42" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="9" fontId="18" fillId="0" borderId="0" xfId="42" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="9" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="14" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="9" fontId="18" fillId="0" borderId="0" xfId="42" applyFont="1"/>
   </cellXfs>
   <cellStyles count="43">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
@@ -681,51 +728,51 @@
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Percent" xfId="42" builtinId="5"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -985,71 +1032,71 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:O16"/>
+  <dimension ref="A1:O28"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="65.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" customWidth="1"/>
     <col min="5" max="5" width="17" customWidth="1"/>
     <col min="6" max="6" width="22.140625" customWidth="1"/>
     <col min="7" max="7" width="14" customWidth="1"/>
     <col min="8" max="8" width="15.85546875" style="3" customWidth="1"/>
     <col min="9" max="9" width="31.7109375" style="3" customWidth="1"/>
     <col min="10" max="10" width="17.28515625" style="3" customWidth="1"/>
     <col min="11" max="11" width="11.28515625" customWidth="1"/>
     <col min="12" max="12" width="29.7109375" customWidth="1"/>
     <col min="13" max="13" width="25.85546875" customWidth="1"/>
     <col min="14" max="14" width="15.140625" style="3" customWidth="1"/>
-    <col min="15" max="15" width="10.140625" customWidth="1"/>
+    <col min="15" max="15" width="13.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="4" t="s">
@@ -1312,472 +1359,1108 @@
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="J7" s="3">
         <v>0.6</v>
       </c>
       <c r="K7" t="s">
         <v>15</v>
       </c>
       <c r="L7" t="s">
         <v>19</v>
       </c>
       <c r="M7" t="s">
         <v>23</v>
       </c>
       <c r="N7" s="3">
         <v>0</v>
       </c>
       <c r="O7" s="1">
         <v>45930</v>
       </c>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B8" t="s">
         <v>25</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8" t="s">
         <v>29</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
-      <c r="J8" s="3">
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5">
         <v>0.75</v>
       </c>
       <c r="K8" t="s">
         <v>15</v>
       </c>
       <c r="L8" t="s">
         <v>19</v>
       </c>
       <c r="M8" t="s">
         <v>23</v>
       </c>
-      <c r="N8" s="3">
+      <c r="N8" s="5">
         <v>0</v>
       </c>
       <c r="O8" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A9" s="5">
+      <c r="A9">
         <v>2025</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
-      <c r="J9" s="3">
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5">
         <v>0.75</v>
       </c>
       <c r="K9" t="s">
         <v>15</v>
       </c>
       <c r="L9" t="s">
         <v>19</v>
       </c>
       <c r="M9" t="s">
         <v>23</v>
       </c>
-      <c r="N9" s="3">
+      <c r="N9" s="5">
         <v>0</v>
       </c>
       <c r="O9" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A10" s="5">
+      <c r="A10">
         <v>2025</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
       <c r="F10" t="s">
         <v>29</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
-      <c r="J10" s="3">
+      <c r="H10" s="5"/>
+      <c r="I10" s="5"/>
+      <c r="J10" s="5">
         <v>0.75</v>
       </c>
       <c r="K10" t="s">
         <v>15</v>
       </c>
       <c r="L10" t="s">
         <v>19</v>
       </c>
       <c r="M10" t="s">
         <v>23</v>
       </c>
-      <c r="N10" s="3">
+      <c r="N10" s="5">
         <v>0</v>
       </c>
       <c r="O10" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11" t="s">
         <v>21</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11">
         <v>0</v>
       </c>
       <c r="F11" t="s">
         <v>26</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
-      <c r="J11" s="3">
+      <c r="H11" s="5"/>
+      <c r="I11" s="5"/>
+      <c r="J11" s="5">
         <v>0.8</v>
       </c>
       <c r="K11" t="s">
         <v>15</v>
       </c>
       <c r="L11" t="s">
         <v>19</v>
       </c>
       <c r="M11" t="s">
         <v>23</v>
       </c>
-      <c r="N11" s="3">
+      <c r="N11" s="5">
         <v>0</v>
       </c>
       <c r="O11" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>2025</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" t="s">
         <v>21</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12" t="s">
         <v>26</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
-      <c r="J12" s="3">
+      <c r="H12" s="5"/>
+      <c r="I12" s="5"/>
+      <c r="J12" s="5">
         <v>0.8</v>
       </c>
       <c r="K12" t="s">
         <v>15</v>
       </c>
       <c r="L12" t="s">
         <v>19</v>
       </c>
       <c r="M12" t="s">
         <v>23</v>
       </c>
-      <c r="N12" s="3">
+      <c r="N12" s="5">
         <v>0</v>
       </c>
       <c r="O12" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>2025</v>
       </c>
       <c r="B13" t="s">
         <v>25</v>
       </c>
       <c r="C13" t="s">
         <v>21</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13" t="s">
         <v>26</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
-      <c r="J13" s="3">
+      <c r="H13" s="5"/>
+      <c r="I13" s="5"/>
+      <c r="J13" s="5">
         <v>0.8</v>
       </c>
       <c r="K13" t="s">
         <v>15</v>
       </c>
       <c r="L13" t="s">
         <v>19</v>
       </c>
       <c r="M13" t="s">
         <v>23</v>
       </c>
-      <c r="N13" s="3">
+      <c r="N13" s="5">
         <v>0</v>
       </c>
       <c r="O13" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>2025</v>
       </c>
       <c r="B14" t="s">
         <v>25</v>
       </c>
       <c r="C14" t="s">
         <v>28</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14">
         <v>0</v>
       </c>
       <c r="F14" t="s">
         <v>27</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
-      <c r="J14" s="3">
+      <c r="H14" s="5"/>
+      <c r="I14" s="5"/>
+      <c r="J14" s="5">
         <v>0.5</v>
       </c>
       <c r="K14" t="s">
         <v>15</v>
       </c>
       <c r="L14" t="s">
         <v>19</v>
       </c>
       <c r="M14" t="s">
         <v>23</v>
       </c>
-      <c r="N14" s="3">
+      <c r="N14" s="5">
         <v>0</v>
       </c>
       <c r="O14" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>2025</v>
       </c>
       <c r="B15" t="s">
         <v>25</v>
       </c>
       <c r="C15" t="s">
         <v>28</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15" t="s">
         <v>27</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
-      <c r="J15" s="3">
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5">
         <v>0.5</v>
       </c>
       <c r="K15" t="s">
         <v>15</v>
       </c>
       <c r="L15" t="s">
         <v>19</v>
       </c>
       <c r="M15" t="s">
         <v>23</v>
       </c>
-      <c r="N15" s="3">
+      <c r="N15" s="5">
         <v>0</v>
       </c>
       <c r="O15" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>2025</v>
       </c>
       <c r="B16" t="s">
         <v>25</v>
       </c>
       <c r="C16" t="s">
         <v>28</v>
       </c>
       <c r="D16" t="s">
         <v>14</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16" t="s">
         <v>27</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
-      <c r="J16" s="3">
+      <c r="H16" s="5"/>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5">
         <v>0.5</v>
       </c>
       <c r="K16" t="s">
         <v>15</v>
       </c>
       <c r="L16" t="s">
         <v>19</v>
       </c>
       <c r="M16" t="s">
         <v>23</v>
       </c>
-      <c r="N16" s="3">
+      <c r="N16" s="5">
         <v>0</v>
       </c>
       <c r="O16" s="1">
-        <v>45930</v>
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A17" s="6">
+        <v>2026</v>
+      </c>
+      <c r="B17" t="s">
+        <v>25</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G17">
+        <v>0</v>
+      </c>
+      <c r="H17" s="5"/>
+      <c r="I17" s="5"/>
+      <c r="J17" s="8">
+        <v>0.8</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="L17" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M17" t="s">
+        <v>23</v>
+      </c>
+      <c r="N17" s="5">
+        <v>0</v>
+      </c>
+      <c r="O17" s="1">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A18" s="6">
+        <v>2026</v>
+      </c>
+      <c r="B18" t="s">
+        <v>25</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="7">
+        <v>0</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G18">
+        <v>0</v>
+      </c>
+      <c r="H18" s="5"/>
+      <c r="I18" s="5"/>
+      <c r="J18" s="8">
+        <v>0.8</v>
+      </c>
+      <c r="K18" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="L18" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M18" t="s">
+        <v>23</v>
+      </c>
+      <c r="N18" s="5">
+        <v>0</v>
+      </c>
+      <c r="O18" s="1">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A19" s="6">
+        <v>2026</v>
+      </c>
+      <c r="B19" t="s">
+        <v>25</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="7">
+        <v>0</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G19">
+        <v>0</v>
+      </c>
+      <c r="H19" s="5"/>
+      <c r="I19" s="5"/>
+      <c r="J19" s="8">
+        <v>0.8</v>
+      </c>
+      <c r="K19" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="L19" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M19" t="s">
+        <v>23</v>
+      </c>
+      <c r="N19" s="5">
+        <v>0</v>
+      </c>
+      <c r="O19" s="1">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A20" s="6">
+        <v>2026</v>
+      </c>
+      <c r="B20" t="s">
+        <v>25</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="9">
+        <v>0</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G20">
+        <v>0</v>
+      </c>
+      <c r="H20" s="5"/>
+      <c r="I20" s="5"/>
+      <c r="J20" s="8">
+        <v>0.5</v>
+      </c>
+      <c r="K20" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="L20" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M20" t="s">
+        <v>23</v>
+      </c>
+      <c r="N20" s="5">
+        <v>0</v>
+      </c>
+      <c r="O20" s="1">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A21" s="6">
+        <v>2026</v>
+      </c>
+      <c r="B21" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="9">
+        <v>0</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G21">
+        <v>0</v>
+      </c>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="8">
+        <v>0.5</v>
+      </c>
+      <c r="K21" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M21" t="s">
+        <v>23</v>
+      </c>
+      <c r="N21" s="5">
+        <v>0</v>
+      </c>
+      <c r="O21" s="1">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A22" s="6">
+        <v>2026</v>
+      </c>
+      <c r="B22" t="s">
+        <v>25</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="9">
+        <v>0</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G22">
+        <v>0</v>
+      </c>
+      <c r="H22" s="5"/>
+      <c r="I22" s="5"/>
+      <c r="J22" s="8">
+        <v>0.5</v>
+      </c>
+      <c r="K22" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M22" t="s">
+        <v>23</v>
+      </c>
+      <c r="N22" s="5">
+        <v>0</v>
+      </c>
+      <c r="O22" s="1">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A23" s="6">
+        <v>2026</v>
+      </c>
+      <c r="B23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C23" t="s">
+        <v>30</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="9">
+        <v>0</v>
+      </c>
+      <c r="F23" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G23" s="10">
+        <f t="shared" ref="G23" si="0">SUM(F23:F25)</f>
+        <v>0</v>
+      </c>
+      <c r="J23" s="13">
+        <v>0.75</v>
+      </c>
+      <c r="K23" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="L23" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M23" t="s">
+        <v>23</v>
+      </c>
+      <c r="N23" s="11">
+        <v>0</v>
+      </c>
+      <c r="O23" s="12">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A24" s="6">
+        <v>2026</v>
+      </c>
+      <c r="B24" t="s">
+        <v>25</v>
+      </c>
+      <c r="C24" t="s">
+        <v>30</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="9">
+        <v>0</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G24" s="10">
+        <f t="shared" ref="G24" si="1">SUM(F23:F25)</f>
+        <v>0</v>
+      </c>
+      <c r="J24" s="13">
+        <v>0.75</v>
+      </c>
+      <c r="K24" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="L24" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M24" t="s">
+        <v>23</v>
+      </c>
+      <c r="N24" s="11">
+        <v>0</v>
+      </c>
+      <c r="O24" s="12">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A25" s="6">
+        <v>2026</v>
+      </c>
+      <c r="B25" t="s">
+        <v>25</v>
+      </c>
+      <c r="C25" t="s">
+        <v>30</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="9">
+        <v>0</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G25" s="10">
+        <f t="shared" ref="G25" si="2">SUM(F23:F25)</f>
+        <v>0</v>
+      </c>
+      <c r="J25" s="13">
+        <v>0.75</v>
+      </c>
+      <c r="K25" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="L25" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M25" t="s">
+        <v>23</v>
+      </c>
+      <c r="N25" s="11">
+        <v>0</v>
+      </c>
+      <c r="O25" s="12">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A26" s="6">
+        <v>2026</v>
+      </c>
+      <c r="B26" t="s">
+        <v>25</v>
+      </c>
+      <c r="C26" t="s">
+        <v>32</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" s="9">
+        <v>0</v>
+      </c>
+      <c r="F26" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" s="10">
+        <f t="shared" ref="G26" si="3">SUM(F26:F28)</f>
+        <v>0</v>
+      </c>
+      <c r="J26" s="13">
+        <v>0.75</v>
+      </c>
+      <c r="K26" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="L26" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M26" t="s">
+        <v>23</v>
+      </c>
+      <c r="N26" s="11">
+        <v>0</v>
+      </c>
+      <c r="O26" s="12">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A27" s="6">
+        <v>2026</v>
+      </c>
+      <c r="B27" t="s">
+        <v>25</v>
+      </c>
+      <c r="C27" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="9">
+        <v>0</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" s="10">
+        <f t="shared" ref="G27" si="4">SUM(F26:F28)</f>
+        <v>0</v>
+      </c>
+      <c r="J27" s="13">
+        <v>0.75</v>
+      </c>
+      <c r="K27" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M27" t="s">
+        <v>23</v>
+      </c>
+      <c r="N27" s="11">
+        <v>0</v>
+      </c>
+      <c r="O27" s="12">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A28" s="6">
+        <v>2026</v>
+      </c>
+      <c r="B28" t="s">
+        <v>25</v>
+      </c>
+      <c r="C28" t="s">
+        <v>32</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="9">
+        <v>0</v>
+      </c>
+      <c r="F28" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" s="10">
+        <f t="shared" ref="G28" si="5">SUM(F26:F28)</f>
+        <v>0</v>
+      </c>
+      <c r="J28" s="13">
+        <v>0.75</v>
+      </c>
+      <c r="K28" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="L28" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M28" t="s">
+        <v>23</v>
+      </c>
+      <c r="N28" s="11">
+        <v>0</v>
+      </c>
+      <c r="O28" s="12">
+        <v>46022</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006A6186C5FFB4DE4E897A5D2DE7C1189A" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5d564091882245d41e6a30eed05156a6">
-[...1 lines deleted...]
-    <xsd:import namespace="e489b38c-9895-47df-857b-38444de4931a"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ac8ff77954c40bf04afd8a3b45c139a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="75731eb5f67757d61a35da63f5a16223" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
+    <xsd:import namespace="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
+    <xsd:import namespace="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:DateModified" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e489b38c-9895-47df-857b-38444de4931a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DateModified" ma:index="17" nillable="true" ma:displayName="Date Modified" ma:format="DateTime" ma:internalName="DateModified">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="79cf906e-e933-44a8-8421-1c91ada6f122" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7467b07a-63e4-4526-818f-48c6a4d2dc7d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="20867c8d-1cc9-4acd-a073-94634f6a764f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{42975dd9-2e55-461b-ac30-758bee8f77fa}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7467b07a-63e4-4526-818f-48c6a4d2dc7d">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -1837,71 +2520,79 @@
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="20867c8d-1cc9-4acd-a073-94634f6a764f" xsi:nil="true"/>
+    <DateModified xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xsi:nil="true"/>
+  </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15511BE4-948A-4350-BC03-BDAFF89F9BFB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4C3FA25-F553-4586-9BBF-16FB6735E83C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="e489b38c-9895-47df-857b-38444de4931a"/>
+    <ds:schemaRef ds:uri="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
+    <ds:schemaRef ds:uri="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
+    <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73AED97B-8BCC-4468-8BD4-1C6A3E889ED3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <ds:schemaRef ds:uri="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
@@ -1939,32 +2630,32 @@
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OMUFA OTC OMORs Dataset</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>McReynolds, Kelly</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101006A6186C5FFB4DE4E897A5D2DE7C1189A</vt:lpwstr>
+    <vt:lpwstr>0x0101000988068ACF89E84F925A8831C32630E0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>