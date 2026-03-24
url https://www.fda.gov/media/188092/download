--- v0 (2026-02-07)
+++ v1 (2026-03-24)
@@ -1,347 +1,879 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29819"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda-my.sharepoint.com/personal/tat_fda_gov/Documents/Documents/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/CDRH-OCE-Comms-External/ExternalComms/Early Alerts/RES98277-Medline ReNewal-Reprocessed Catheters/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A17833A1-733A-45C9-8BBD-E347BCABB77A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{052727F9-D414-4DDF-B6DD-A205B0C73267}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="768" yWindow="768" windowWidth="17280" windowHeight="8964" xr2:uid="{C9E15A84-7D64-4700-9362-D9C95F7844F6}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{F9FD9820-2D82-4916-A84F-6FD3F261AE10}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="RES 97496" sheetId="2" r:id="rId1"/>
+    <sheet name="RES 97357" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="45">
-[...1 lines deleted...]
-    <t>Medline Item Number</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1360" uniqueCount="193">
+  <si>
+    <t>Medline Number</t>
+  </si>
+  <si>
+    <t>Description</t>
   </si>
   <si>
     <t>Lot Number</t>
   </si>
   <si>
     <t>UDI (each)</t>
   </si>
   <si>
     <t>UDI (case)</t>
   </si>
   <si>
+    <t>10135910RH</t>
+  </si>
+  <si>
+    <t>Siemens ACUSON AcuNav Ultrasound Catheter 8F, Use on GE Systems</t>
+  </si>
+  <si>
+    <t>EP241021</t>
+  </si>
+  <si>
+    <t>EP241114</t>
+  </si>
+  <si>
+    <t>EP241226</t>
+  </si>
+  <si>
+    <t>EP250213</t>
+  </si>
+  <si>
+    <t>10135936RH</t>
+  </si>
+  <si>
+    <t>Siemens ACUSON AcuNav Ultrasound Catheter 8F, Use on Siemens Systems</t>
+  </si>
+  <si>
+    <t>401575RH</t>
+  </si>
+  <si>
+    <t>Livewire Steerable Electrophysiology Catheter,10 Elec. 2-5-2mm</t>
+  </si>
+  <si>
+    <t>EP230731</t>
+  </si>
+  <si>
+    <t>EP230803</t>
+  </si>
+  <si>
+    <t>EP230914</t>
+  </si>
+  <si>
+    <t>EP231017</t>
+  </si>
+  <si>
+    <t>EP231116</t>
+  </si>
+  <si>
+    <t>EP240108</t>
+  </si>
+  <si>
+    <t>EP240122</t>
+  </si>
+  <si>
+    <t>EP240212</t>
+  </si>
+  <si>
+    <t>EP240227</t>
+  </si>
+  <si>
+    <t>EP240311</t>
+  </si>
+  <si>
+    <t>EP240322</t>
+  </si>
+  <si>
+    <t>EP240411</t>
+  </si>
+  <si>
+    <t>EP240415</t>
+  </si>
+  <si>
+    <t>EP240422</t>
+  </si>
+  <si>
+    <t>EP240429</t>
+  </si>
+  <si>
+    <t>EP240507</t>
+  </si>
+  <si>
+    <t>EP240520</t>
+  </si>
+  <si>
+    <t>EP240528</t>
+  </si>
+  <si>
+    <t>EP240607</t>
+  </si>
+  <si>
+    <t>EP240611</t>
+  </si>
+  <si>
+    <t>EP240710</t>
+  </si>
+  <si>
+    <t>EP240715</t>
+  </si>
+  <si>
+    <t>EP240723</t>
+  </si>
+  <si>
+    <t>EP240805</t>
+  </si>
+  <si>
+    <t>EP240812</t>
+  </si>
+  <si>
+    <t>EP240820</t>
+  </si>
+  <si>
+    <t>EP240829</t>
+  </si>
+  <si>
+    <t>EP240911</t>
+  </si>
+  <si>
+    <t>EP240923</t>
+  </si>
+  <si>
+    <t>EP240930</t>
+  </si>
+  <si>
+    <t>EP241008</t>
+  </si>
+  <si>
+    <t>EP241030</t>
+  </si>
+  <si>
+    <t>EP241125</t>
+  </si>
+  <si>
+    <t>EP250108</t>
+  </si>
+  <si>
+    <t>401582RH</t>
+  </si>
+  <si>
+    <t>EP240514</t>
+  </si>
+  <si>
+    <t>401600RH</t>
+  </si>
+  <si>
+    <t>Livewire Steerable Electrophysiology Catheter,4 Elec. 2-5-2mm</t>
+  </si>
+  <si>
+    <t>401603RH</t>
+  </si>
+  <si>
+    <t>401606RH</t>
+  </si>
+  <si>
+    <t>EP230724</t>
+  </si>
+  <si>
+    <t>401652RH</t>
+  </si>
+  <si>
+    <t>Livewire Steerable Electrophysiology Catheter,8 Elec. 2-2-2mm</t>
+  </si>
+  <si>
+    <t>401653RH</t>
+  </si>
+  <si>
+    <t>Livewire Steerable Electrophysiology Catheter,6 Elec. 2-5-2mm</t>
+  </si>
+  <si>
+    <t>401654RH</t>
+  </si>
+  <si>
+    <t>Livewire Steerable Electrophysiology Catheter,6 Elec. 5mm</t>
+  </si>
+  <si>
+    <t>401904RH</t>
+  </si>
+  <si>
+    <t>Livewire Steerable Electrophysiology Catheter,20 Elec. 2-10-2mm</t>
+  </si>
+  <si>
+    <t>EP230816</t>
+  </si>
+  <si>
+    <t>401905RH</t>
+  </si>
+  <si>
+    <t>Livewire Steerable Electrophysiology Catheter,20 Elec. 5-5-5mm</t>
+  </si>
+  <si>
+    <t>401908RH</t>
+  </si>
+  <si>
+    <t>Livewire Steerable Electrophysiology Catheter,20 Elec. 2-2-2mm</t>
+  </si>
+  <si>
+    <t>401914RH</t>
+  </si>
+  <si>
+    <t>Livewire Steerable Electrophysiology Catheter,20 Elec. 2-5-2mm</t>
+  </si>
+  <si>
+    <t>401915RH</t>
+  </si>
+  <si>
+    <t>401918RH</t>
+  </si>
+  <si>
+    <t>Livewire Steerable Electrophysiology Catheter 20,Elec. 2-20-2-25-2-25-2-25-2mm</t>
+  </si>
+  <si>
+    <t>401932RH</t>
+  </si>
+  <si>
+    <t>Livewire Steerable Electrophysiology Catheter,20 Elec. 2-8-2-60-2-8-2mm</t>
+  </si>
+  <si>
+    <t>401933RH</t>
+  </si>
+  <si>
+    <t>Livewire Steerable Electrophysiology Catheter,4 Elec. 5-5-5mm</t>
+  </si>
+  <si>
+    <t>401934RH</t>
+  </si>
+  <si>
+    <t>401938RH</t>
+  </si>
+  <si>
+    <t>Livewire Steerable Electrophysiology Catheter,10 Elec. 5-5-5mm</t>
+  </si>
+  <si>
+    <t>401939RH</t>
+  </si>
+  <si>
+    <t>Livewire Steerable Electrophysiology Catheter,10 Elec. 2-2-2mm</t>
+  </si>
+  <si>
+    <t>401940RH</t>
+  </si>
+  <si>
+    <t>401941RH</t>
+  </si>
+  <si>
+    <t>Livewire Steerable Electrophysiology Catheter,10 Elec. 2-8-2mm</t>
+  </si>
+  <si>
+    <t>401991RH</t>
+  </si>
+  <si>
+    <t>81102RH</t>
+  </si>
+  <si>
+    <t>Inquiry Steerable Diagnostic Catheter 10 Elec. 2-5-2mm</t>
+  </si>
+  <si>
+    <t>EP250212</t>
+  </si>
+  <si>
+    <t>EP250214</t>
+  </si>
+  <si>
+    <t>81104RH</t>
+  </si>
+  <si>
+    <t>81107RH</t>
+  </si>
+  <si>
+    <t>Inquiry Steerable Diagnostic Catheter 10 Elec. 5mm</t>
+  </si>
+  <si>
+    <t>81174RH</t>
+  </si>
+  <si>
+    <t>81402RH</t>
+  </si>
+  <si>
+    <t>Inquiry Steerable Diagnostic Catheter 4 Elec. 2-5-2mm</t>
+  </si>
+  <si>
+    <t>81404RH</t>
+  </si>
+  <si>
+    <t>81405RH</t>
+  </si>
+  <si>
+    <t>81472RH</t>
+  </si>
+  <si>
+    <t>81473RH</t>
+  </si>
+  <si>
+    <t>Inquiry Steerable Diagnostic Catheter 4 Elec. 5mm</t>
+  </si>
+  <si>
+    <t>81474RH</t>
+  </si>
+  <si>
+    <t>81531RH</t>
+  </si>
+  <si>
+    <t>81532RH</t>
+  </si>
+  <si>
+    <t>BD710DF282CRH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Webster  CS Catheter 10 Electrodes 2-8-2mm Spacing w/AutoID w/ EZ Steer </t>
+  </si>
+  <si>
+    <t>EP241216</t>
+  </si>
+  <si>
+    <t>EP241218</t>
+  </si>
+  <si>
+    <t>EP241231</t>
+  </si>
+  <si>
+    <t>EP250110</t>
+  </si>
+  <si>
+    <t>EP250121</t>
+  </si>
+  <si>
+    <t>EP250210</t>
+  </si>
+  <si>
+    <t>BD710DF282RRH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Webster  CS Catheter 10 Electrodes, 2-8-2mm Spacing w/ EZ Steer </t>
+  </si>
+  <si>
+    <t>BD710FJ282CRH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Webster  CS Catheter 10 Electrodes, 2-8-2mm Spacing w/AutoID w/ EZ Steer </t>
+  </si>
+  <si>
+    <t>BD710FJ282RRH</t>
+  </si>
+  <si>
+    <t>D087031RH</t>
+  </si>
+  <si>
+    <t>ViewFlex Xtra ICE Catheter 9F x 90cm</t>
+  </si>
+  <si>
+    <t>EP240731</t>
+  </si>
+  <si>
+    <t>EP240814</t>
+  </si>
+  <si>
+    <t>EP240826</t>
+  </si>
+  <si>
+    <t>EP240903</t>
+  </si>
+  <si>
+    <t>EP240916</t>
+  </si>
+  <si>
+    <t>EP241003</t>
+  </si>
+  <si>
+    <t>EP241014</t>
+  </si>
+  <si>
+    <t>EP241028</t>
+  </si>
+  <si>
+    <t>EP241104</t>
+  </si>
+  <si>
+    <t>EP241112</t>
+  </si>
+  <si>
+    <t>EP241202</t>
+  </si>
+  <si>
+    <t>EP241209A</t>
+  </si>
+  <si>
+    <t>EP241219</t>
+  </si>
+  <si>
+    <t>EP241224</t>
+  </si>
+  <si>
+    <t>EP250114</t>
+  </si>
+  <si>
+    <t>EP250116</t>
+  </si>
+  <si>
+    <t>EP250204</t>
+  </si>
+  <si>
+    <t>EP250219</t>
+  </si>
+  <si>
     <t>401211RH</t>
   </si>
   <si>
+    <t>St. Jude Medical Response Diagnostic Electrophysiology Catheter 4 Elec. 10mm</t>
+  </si>
+  <si>
     <t>EP250106</t>
   </si>
   <si>
     <t>401222RH</t>
   </si>
   <si>
+    <t>St. Jude Medical Response Diagnostic Electrophysiology Catheter 4 Elec. 5mm</t>
+  </si>
+  <si>
     <t>EP241118</t>
   </si>
   <si>
     <t>401223RH</t>
   </si>
   <si>
     <t>401226RH</t>
   </si>
   <si>
     <t>401227RH</t>
   </si>
   <si>
     <t>401260RH</t>
   </si>
   <si>
+    <t>St. Jude Medical Response Diagnostic Electrophysiology Catheter 4 Elec. 2-5-2mm</t>
+  </si>
+  <si>
     <t>401261RH</t>
   </si>
   <si>
     <t>401305RH</t>
   </si>
   <si>
+    <t>St. Jude Medical Response Diagnostic Electrophysiology Catheter 10 Elec. 2-5-2mm</t>
+  </si>
+  <si>
     <t>401309RH</t>
   </si>
   <si>
     <t>401353RH</t>
   </si>
   <si>
+    <t>St. Jude Medical Response Diagnostic Electrophysiology Catheter 10 Elec. 2-8-2mm</t>
+  </si>
+  <si>
     <t>401381RH</t>
   </si>
   <si>
     <t>401399RH</t>
   </si>
   <si>
+    <t>St. Jude Medical Response Diagnostic Electrophysiology Catheter 10 Elec.5-5-5mm</t>
+  </si>
+  <si>
     <t>401430RH</t>
   </si>
   <si>
+    <t>St. Jude Medical Supreme Diagnostic Electrophysiology Catheter 4 Elec. 5mm</t>
+  </si>
+  <si>
     <t>401433RH</t>
   </si>
   <si>
+    <t>St. Jude Medical Supreme Diagnostic Electrophysiology Catheter 4 Elec. 10mm</t>
+  </si>
+  <si>
     <t>401434RH</t>
   </si>
   <si>
     <t>401435RH</t>
   </si>
   <si>
     <t>401436RH</t>
   </si>
   <si>
     <t>401441RH</t>
   </si>
   <si>
     <t>401442RH</t>
   </si>
   <si>
     <t>401443RH</t>
   </si>
   <si>
     <t>401444RH</t>
   </si>
   <si>
     <t>401448RH</t>
   </si>
   <si>
+    <t>St. Jude Medical Supreme Diagnostic Electrophysiology Catheter 4 Elec. 2-5-2mm</t>
+  </si>
+  <si>
     <t>401449RH</t>
   </si>
   <si>
     <t>401450RH</t>
   </si>
   <si>
     <t>401451RH</t>
   </si>
   <si>
     <t>401453RH</t>
   </si>
   <si>
     <t>401474RH</t>
   </si>
   <si>
     <t>401860RH</t>
   </si>
   <si>
     <t>401863RH</t>
   </si>
   <si>
+    <t>St. Jude Medical Supreme Diagnostic Electrophysiology Catheter 10 Elec. 2-8-2mm</t>
+  </si>
+  <si>
     <t>401864RH</t>
   </si>
   <si>
     <t>401877RH</t>
   </si>
   <si>
+    <t>St. Jude Medical Supreme Diagnostic Electrophysiology Catheter 6 Elec. 5-5-5-175-175mm</t>
+  </si>
+  <si>
     <t>401878RH</t>
   </si>
   <si>
     <t>401890RH</t>
   </si>
   <si>
+    <t>St. Jude Medical Supreme Diagnostic Electrophysiology Catheter 4 Elec. 5-5-5mm</t>
+  </si>
+  <si>
     <t>401891RH</t>
   </si>
   <si>
     <t>401966RH</t>
   </si>
   <si>
+    <t>St. Jude Medical Supreme Diagnostic Electrophysiology Catheter 6 Elec. 5-5-5mm</t>
+  </si>
+  <si>
     <t>402004RH</t>
   </si>
   <si>
     <t>402008RH</t>
+  </si>
+  <si>
+    <t>St. Jude Medical Supreme Diagnostic Electrophysiology Catheter 6 Elec. 2-5-2mm</t>
   </si>
   <si>
     <t>402010RH</t>
   </si>
   <si>
     <t>402012RH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3">
+  <fonts count="4">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
-[...1 lines deleted...]
-      <name val="Arial"/>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
-      <color theme="1"/>
-      <name val="Arial"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
       <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
         <color indexed="64"/>
-      </top>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -615,1428 +1147,7978 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{58991699-44A2-4B74-B22E-BFA62A6524BA}">
+  <dimension ref="A1:E390"/>
+  <sheetViews>
+    <sheetView topLeftCell="A145" workbookViewId="0">
+      <selection activeCell="B347" sqref="B347"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="14.45"/>
+  <cols>
+    <col min="1" max="1" width="15.5703125" style="6" customWidth="1"/>
+    <col min="2" max="2" width="71.42578125" style="6" customWidth="1"/>
+    <col min="3" max="3" width="11.7109375" style="6" customWidth="1"/>
+    <col min="4" max="4" width="19.28515625" style="6" customWidth="1"/>
+    <col min="5" max="5" width="18.7109375" style="6" customWidth="1"/>
+    <col min="6" max="16384" width="8.85546875" style="6"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" s="2" customFormat="1">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="5">
+        <v>10197344026500</v>
+      </c>
+      <c r="E2" s="5">
+        <v>10197344026500</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="5">
+        <v>10197344026500</v>
+      </c>
+      <c r="E3" s="5">
+        <v>10197344026500</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="5">
+        <v>10197344026500</v>
+      </c>
+      <c r="E4" s="5">
+        <v>10197344026500</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" s="5">
+        <v>10197344026500</v>
+      </c>
+      <c r="E5" s="5">
+        <v>10197344026500</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" s="5">
+        <v>10197344026517</v>
+      </c>
+      <c r="E6" s="5">
+        <v>20197344026514</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="5">
+        <v>10197344026517</v>
+      </c>
+      <c r="E7" s="5">
+        <v>20197344026514</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" s="5">
+        <v>10197344026517</v>
+      </c>
+      <c r="E8" s="5">
+        <v>20197344026514</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E9" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E10" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E11" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E12" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D13" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E13" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B14" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E14" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D15" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E15" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B16" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D16" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E16" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5">
+      <c r="A17" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D17" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E17" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
+      <c r="A18" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B18" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D18" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E18" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D19" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E19" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D20" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E20" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D21" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E21" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B22" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D22" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E22" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D23" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E23" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D24" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E24" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D25" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E25" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D26" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E26" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D27" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E27" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D28" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E28" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B29" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D29" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E29" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B30" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D30" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E30" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D31" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E31" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B32" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D32" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E32" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B33" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D33" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E33" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B34" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D34" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E34" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B35" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D35" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E35" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B36" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D36" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E36" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B37" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D37" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E37" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B38" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D38" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E38" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5">
+      <c r="A39" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D39" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E39" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5">
+      <c r="A40" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D40" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E40" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5">
+      <c r="A41" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B41" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D41" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E41" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5">
+      <c r="A42" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B42" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D42" s="5">
+        <v>10888277407497</v>
+      </c>
+      <c r="E42" s="5">
+        <v>20888277407494</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5">
+      <c r="A43" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B43" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D43" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E43" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5">
+      <c r="A44" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B44" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D44" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E44" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5">
+      <c r="A45" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B45" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E45" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5">
+      <c r="A46" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B46" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D46" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E46" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5">
+      <c r="A47" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B47" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D47" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E47" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B48" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D48" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E48" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5">
+      <c r="A49" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B49" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D49" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E49" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5">
+      <c r="A50" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B50" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="D50" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E50" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5">
+      <c r="A51" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D51" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E51" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5">
+      <c r="A52" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B52" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D52" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E52" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5">
+      <c r="A53" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B53" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D53" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E53" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5">
+      <c r="A54" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B54" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D54" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E54" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5">
+      <c r="A55" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B55" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D55" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E55" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5">
+      <c r="A56" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B56" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D56" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E56" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5">
+      <c r="A57" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B57" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D57" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E57" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5">
+      <c r="A58" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B58" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D58" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E58" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5">
+      <c r="A59" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B59" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D59" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E59" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5">
+      <c r="A60" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B60" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C60" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D60" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E60" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5">
+      <c r="A61" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B61" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C61" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D61" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E61" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5">
+      <c r="A62" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B62" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C62" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D62" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E62" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5">
+      <c r="A63" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B63" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D63" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E63" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5">
+      <c r="A64" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B64" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D64" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E64" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5">
+      <c r="A65" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B65" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D65" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E65" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5">
+      <c r="A66" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B66" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C66" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D66" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E66" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5">
+      <c r="A67" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B67" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D67" s="5">
+        <v>10888277407510</v>
+      </c>
+      <c r="E67" s="5">
+        <v>20888277407517</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5">
+      <c r="A68" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B68" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C68" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" s="5">
+        <v>10888277407541</v>
+      </c>
+      <c r="E68" s="5">
+        <v>20888277407548</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5">
+      <c r="A69" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B69" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D69" s="5">
+        <v>10888277407558</v>
+      </c>
+      <c r="E69" s="5">
+        <v>20888277407555</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5">
+      <c r="A70" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B70" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C70" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D70" s="5">
+        <v>10888277407565</v>
+      </c>
+      <c r="E70" s="5">
+        <v>20888277407562</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5">
+      <c r="A71" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B71" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C71" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D71" s="5">
+        <v>10888277407565</v>
+      </c>
+      <c r="E71" s="5">
+        <v>20888277407562</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5">
+      <c r="A72" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B72" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C72" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D72" s="5">
+        <v>10888277407565</v>
+      </c>
+      <c r="E72" s="5">
+        <v>20888277407562</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5">
+      <c r="A73" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B73" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C73" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D73" s="5">
+        <v>10888277407572</v>
+      </c>
+      <c r="E73" s="5">
+        <v>20888277407579</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5">
+      <c r="A74" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B74" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C74" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D74" s="5">
+        <v>10888277407572</v>
+      </c>
+      <c r="E74" s="5">
+        <v>20888277407579</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5">
+      <c r="A75" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B75" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C75" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D75" s="5">
+        <v>10888277407572</v>
+      </c>
+      <c r="E75" s="5">
+        <v>20888277407579</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5">
+      <c r="A76" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B76" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C76" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D76" s="5">
+        <v>10888277407572</v>
+      </c>
+      <c r="E76" s="5">
+        <v>20888277407579</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5">
+      <c r="A77" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B77" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C77" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D77" s="5">
+        <v>10888277407572</v>
+      </c>
+      <c r="E77" s="5">
+        <v>20888277407579</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5">
+      <c r="A78" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B78" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C78" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D78" s="5">
+        <v>10888277407572</v>
+      </c>
+      <c r="E78" s="5">
+        <v>20888277407579</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5">
+      <c r="A79" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B79" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C79" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D79" s="5">
+        <v>10888277407572</v>
+      </c>
+      <c r="E79" s="5">
+        <v>20888277407579</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5">
+      <c r="A80" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B80" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C80" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D80" s="5">
+        <v>10888277407572</v>
+      </c>
+      <c r="E80" s="5">
+        <v>20888277407579</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5">
+      <c r="A81" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B81" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C81" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D81" s="5">
+        <v>10888277407572</v>
+      </c>
+      <c r="E81" s="5">
+        <v>20888277407579</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5">
+      <c r="A82" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B82" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C82" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D82" s="5">
+        <v>10888277407572</v>
+      </c>
+      <c r="E82" s="5">
+        <v>20888277407579</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5">
+      <c r="A83" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B83" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C83" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D83" s="5">
+        <v>10888277407572</v>
+      </c>
+      <c r="E83" s="5">
+        <v>20888277407579</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5">
+      <c r="A84" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B84" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C84" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D84" s="5">
+        <v>10888277407572</v>
+      </c>
+      <c r="E84" s="5">
+        <v>20888277407579</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5">
+      <c r="A85" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B85" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C85" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D85" s="5">
+        <v>10888277407589</v>
+      </c>
+      <c r="E85" s="5">
+        <v>20888277407586</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5">
+      <c r="A86" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B86" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C86" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D86" s="5">
+        <v>10888277407596</v>
+      </c>
+      <c r="E86" s="5">
+        <v>20888277407593</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5">
+      <c r="A87" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B87" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C87" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D87" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E87" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5">
+      <c r="A88" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B88" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C88" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D88" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E88" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5">
+      <c r="A89" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B89" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C89" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D89" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E89" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5">
+      <c r="A90" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B90" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C90" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D90" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E90" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5">
+      <c r="A91" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B91" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C91" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D91" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E91" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5">
+      <c r="A92" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B92" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C92" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D92" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E92" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5">
+      <c r="A93" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B93" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C93" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D93" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E93" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5">
+      <c r="A94" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B94" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C94" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E94" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5">
+      <c r="A95" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B95" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C95" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D95" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E95" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5">
+      <c r="A96" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B96" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C96" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D96" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E96" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5">
+      <c r="A97" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B97" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C97" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D97" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E97" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5">
+      <c r="A98" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B98" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C98" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D98" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E98" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5">
+      <c r="A99" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B99" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C99" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D99" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E99" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5">
+      <c r="A100" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B100" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C100" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D100" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E100" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5">
+      <c r="A101" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B101" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C101" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D101" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E101" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5">
+      <c r="A102" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B102" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C102" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D102" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E102" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5">
+      <c r="A103" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B103" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C103" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D103" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E103" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5">
+      <c r="A104" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B104" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C104" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D104" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E104" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5">
+      <c r="A105" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B105" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C105" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="D105" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E105" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5">
+      <c r="A106" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B106" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C106" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D106" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E106" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5">
+      <c r="A107" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B107" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C107" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D107" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E107" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5">
+      <c r="A108" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B108" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C108" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D108" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E108" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5">
+      <c r="A109" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B109" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C109" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D109" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E109" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5">
+      <c r="A110" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B110" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C110" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D110" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E110" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5">
+      <c r="A111" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B111" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C111" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D111" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E111" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5">
+      <c r="A112" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B112" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C112" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D112" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E112" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5">
+      <c r="A113" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B113" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C113" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D113" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E113" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5">
+      <c r="A114" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B114" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C114" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D114" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E114" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5">
+      <c r="A115" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B115" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C115" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D115" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E115" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5">
+      <c r="A116" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B116" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C116" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D116" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E116" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5">
+      <c r="A117" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B117" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C117" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D117" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E117" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5">
+      <c r="A118" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B118" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C118" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D118" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E118" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5">
+      <c r="A119" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B119" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C119" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D119" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E119" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5">
+      <c r="A120" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B120" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C120" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D120" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E120" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5">
+      <c r="A121" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B121" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C121" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D121" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E121" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5">
+      <c r="A122" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B122" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C122" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D122" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E122" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5">
+      <c r="A123" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B123" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C123" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D123" s="5">
+        <v>10888277407602</v>
+      </c>
+      <c r="E123" s="5">
+        <v>20888277407609</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5">
+      <c r="A124" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B124" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C124" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D124" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E124" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5">
+      <c r="A125" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B125" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C125" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D125" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E125" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5">
+      <c r="A126" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B126" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C126" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D126" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E126" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5">
+      <c r="A127" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B127" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C127" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D127" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E127" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5">
+      <c r="A128" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B128" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C128" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D128" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E128" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5">
+      <c r="A129" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B129" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C129" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D129" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E129" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5">
+      <c r="A130" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B130" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C130" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D130" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E130" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5">
+      <c r="A131" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B131" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C131" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D131" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E131" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5">
+      <c r="A132" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B132" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C132" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D132" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E132" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5">
+      <c r="A133" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B133" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C133" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="D133" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E133" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5">
+      <c r="A134" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B134" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C134" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D134" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E134" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5">
+      <c r="A135" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B135" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C135" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D135" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E135" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5">
+      <c r="A136" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B136" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C136" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D136" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E136" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5">
+      <c r="A137" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B137" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C137" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D137" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E137" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5">
+      <c r="A138" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B138" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C138" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D138" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E138" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5">
+      <c r="A139" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B139" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C139" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D139" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E139" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5">
+      <c r="A140" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B140" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C140" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D140" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E140" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5">
+      <c r="A141" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B141" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C141" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D141" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E141" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5">
+      <c r="A142" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B142" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C142" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D142" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E142" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5">
+      <c r="A143" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B143" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C143" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D143" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E143" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5">
+      <c r="A144" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B144" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C144" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D144" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E144" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5">
+      <c r="A145" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B145" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C145" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D145" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E145" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5">
+      <c r="A146" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B146" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C146" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D146" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E146" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5">
+      <c r="A147" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B147" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C147" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D147" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E147" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5">
+      <c r="A148" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B148" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C148" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D148" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E148" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5">
+      <c r="A149" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B149" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C149" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D149" s="5">
+        <v>10888277407619</v>
+      </c>
+      <c r="E149" s="5">
+        <v>20888277407616</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5">
+      <c r="A150" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B150" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C150" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D150" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E150" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5">
+      <c r="A151" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B151" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C151" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D151" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E151" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5">
+      <c r="A152" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B152" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C152" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D152" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E152" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5">
+      <c r="A153" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B153" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C153" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D153" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E153" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5">
+      <c r="A154" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B154" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C154" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D154" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E154" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5">
+      <c r="A155" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B155" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C155" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D155" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E155" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5">
+      <c r="A156" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B156" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C156" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D156" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E156" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5">
+      <c r="A157" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B157" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C157" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="D157" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E157" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5">
+      <c r="A158" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B158" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C158" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D158" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E158" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5">
+      <c r="A159" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B159" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C159" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D159" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E159" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5">
+      <c r="A160" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B160" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C160" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D160" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E160" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5">
+      <c r="A161" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B161" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C161" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D161" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E161" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5">
+      <c r="A162" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B162" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C162" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D162" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E162" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5">
+      <c r="A163" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B163" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C163" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D163" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E163" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5">
+      <c r="A164" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B164" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C164" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D164" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E164" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5">
+      <c r="A165" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B165" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C165" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D165" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E165" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5">
+      <c r="A166" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B166" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C166" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D166" s="5">
+        <v>10197344020966</v>
+      </c>
+      <c r="E166" s="5">
+        <v>20197344020963</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5">
+      <c r="A167" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B167" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C167" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D167" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E167" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5">
+      <c r="A168" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B168" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C168" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D168" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E168" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5">
+      <c r="A169" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B169" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C169" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D169" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E169" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5">
+      <c r="A170" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B170" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C170" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D170" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E170" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5">
+      <c r="A171" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B171" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C171" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D171" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E171" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5">
+      <c r="A172" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B172" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C172" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D172" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E172" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5">
+      <c r="A173" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B173" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C173" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D173" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E173" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5">
+      <c r="A174" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B174" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C174" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D174" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E174" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5">
+      <c r="A175" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B175" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C175" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D175" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E175" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5">
+      <c r="A176" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B176" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C176" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D176" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E176" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5">
+      <c r="A177" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B177" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C177" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D177" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E177" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5">
+      <c r="A178" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B178" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C178" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D178" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E178" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5">
+      <c r="A179" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B179" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C179" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D179" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E179" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5">
+      <c r="A180" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B180" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C180" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D180" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E180" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5">
+      <c r="A181" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B181" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C181" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D181" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E181" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5">
+      <c r="A182" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B182" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C182" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D182" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E182" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="183" spans="1:5">
+      <c r="A183" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B183" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C183" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D183" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E183" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5">
+      <c r="A184" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B184" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C184" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D184" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E184" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5">
+      <c r="A185" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B185" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C185" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D185" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E185" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5">
+      <c r="A186" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B186" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C186" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D186" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E186" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="187" spans="1:5">
+      <c r="A187" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B187" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C187" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D187" s="5">
+        <v>10888277407527</v>
+      </c>
+      <c r="E187" s="5">
+        <v>20888177407524</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5">
+      <c r="A188" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B188" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C188" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D188" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E188" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5">
+      <c r="A189" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B189" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C189" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D189" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E189" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="190" spans="1:5">
+      <c r="A190" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B190" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C190" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D190" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E190" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="191" spans="1:5">
+      <c r="A191" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B191" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C191" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D191" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E191" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="192" spans="1:5">
+      <c r="A192" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B192" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C192" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D192" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E192" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="193" spans="1:5">
+      <c r="A193" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B193" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C193" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D193" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E193" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="194" spans="1:5">
+      <c r="A194" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B194" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C194" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D194" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E194" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="195" spans="1:5">
+      <c r="A195" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B195" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C195" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D195" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E195" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="196" spans="1:5">
+      <c r="A196" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B196" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C196" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D196" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E196" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="197" spans="1:5">
+      <c r="A197" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B197" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C197" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D197" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E197" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="198" spans="1:5">
+      <c r="A198" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B198" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C198" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D198" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E198" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="199" spans="1:5">
+      <c r="A199" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B199" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C199" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D199" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E199" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5">
+      <c r="A200" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B200" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C200" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="D200" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E200" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="201" spans="1:5">
+      <c r="A201" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B201" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C201" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D201" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E201" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="202" spans="1:5">
+      <c r="A202" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B202" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C202" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D202" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E202" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="203" spans="1:5">
+      <c r="A203" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B203" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C203" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D203" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E203" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="204" spans="1:5">
+      <c r="A204" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B204" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C204" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D204" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E204" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="205" spans="1:5">
+      <c r="A205" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B205" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C205" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D205" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E205" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="206" spans="1:5">
+      <c r="A206" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B206" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C206" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D206" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E206" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="207" spans="1:5">
+      <c r="A207" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B207" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C207" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D207" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E207" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="208" spans="1:5">
+      <c r="A208" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B208" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C208" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D208" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E208" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="209" spans="1:5">
+      <c r="A209" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B209" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C209" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D209" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E209" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="210" spans="1:5">
+      <c r="A210" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B210" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C210" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D210" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E210" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="211" spans="1:5">
+      <c r="A211" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B211" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C211" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D211" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E211" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="212" spans="1:5">
+      <c r="A212" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B212" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C212" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D212" s="5">
+        <v>10888277407626</v>
+      </c>
+      <c r="E212" s="5">
+        <v>20888277407623</v>
+      </c>
+    </row>
+    <row r="213" spans="1:5">
+      <c r="A213" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B213" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C213" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D213" s="5">
+        <v>10888277407640</v>
+      </c>
+      <c r="E213" s="5">
+        <v>20888277407647</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5">
+      <c r="A214" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B214" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C214" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D214" s="5">
+        <v>10888277407640</v>
+      </c>
+      <c r="E214" s="5">
+        <v>20888277407647</v>
+      </c>
+    </row>
+    <row r="215" spans="1:5">
+      <c r="A215" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B215" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C215" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D215" s="5">
+        <v>10888277407640</v>
+      </c>
+      <c r="E215" s="5">
+        <v>20888277407647</v>
+      </c>
+    </row>
+    <row r="216" spans="1:5">
+      <c r="A216" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B216" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C216" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D216" s="5">
+        <v>10888277407640</v>
+      </c>
+      <c r="E216" s="5">
+        <v>20888277407647</v>
+      </c>
+    </row>
+    <row r="217" spans="1:5">
+      <c r="A217" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B217" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C217" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D217" s="5">
+        <v>10888277407640</v>
+      </c>
+      <c r="E217" s="5">
+        <v>20888277407647</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5">
+      <c r="A218" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B218" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C218" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D218" s="5">
+        <v>10888277407640</v>
+      </c>
+      <c r="E218" s="5">
+        <v>20888277407647</v>
+      </c>
+    </row>
+    <row r="219" spans="1:5">
+      <c r="A219" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B219" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C219" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D219" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E219" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="220" spans="1:5">
+      <c r="A220" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B220" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C220" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D220" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E220" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="221" spans="1:5">
+      <c r="A221" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B221" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C221" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D221" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E221" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5">
+      <c r="A222" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B222" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C222" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D222" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E222" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="223" spans="1:5">
+      <c r="A223" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B223" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C223" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D223" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E223" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="224" spans="1:5">
+      <c r="A224" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B224" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C224" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D224" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E224" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="225" spans="1:5">
+      <c r="A225" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B225" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C225" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D225" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E225" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="226" spans="1:5">
+      <c r="A226" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B226" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C226" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D226" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E226" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="227" spans="1:5">
+      <c r="A227" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B227" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C227" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D227" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E227" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="228" spans="1:5">
+      <c r="A228" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B228" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C228" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D228" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E228" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="229" spans="1:5">
+      <c r="A229" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B229" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C229" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D229" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E229" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5">
+      <c r="A230" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B230" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C230" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D230" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E230" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="231" spans="1:5">
+      <c r="A231" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B231" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C231" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D231" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E231" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="232" spans="1:5">
+      <c r="A232" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B232" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C232" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D232" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E232" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5">
+      <c r="A233" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B233" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C233" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D233" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E233" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5">
+      <c r="A234" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B234" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C234" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="D234" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E234" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="235" spans="1:5">
+      <c r="A235" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B235" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C235" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D235" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E235" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="236" spans="1:5">
+      <c r="A236" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B236" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C236" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D236" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E236" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="237" spans="1:5">
+      <c r="A237" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B237" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C237" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D237" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E237" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="238" spans="1:5">
+      <c r="A238" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B238" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C238" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D238" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E238" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="239" spans="1:5">
+      <c r="A239" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B239" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C239" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D239" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E239" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="240" spans="1:5">
+      <c r="A240" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B240" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C240" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D240" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E240" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="241" spans="1:5">
+      <c r="A241" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B241" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C241" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D241" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E241" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="242" spans="1:5">
+      <c r="A242" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B242" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C242" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D242" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E242" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="243" spans="1:5">
+      <c r="A243" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B243" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C243" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D243" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E243" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="244" spans="1:5">
+      <c r="A244" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B244" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C244" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D244" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E244" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="245" spans="1:5">
+      <c r="A245" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B245" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C245" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D245" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E245" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="246" spans="1:5">
+      <c r="A246" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B246" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C246" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D246" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E246" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="247" spans="1:5">
+      <c r="A247" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B247" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C247" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D247" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E247" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="248" spans="1:5">
+      <c r="A248" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B248" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C248" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D248" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E248" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="249" spans="1:5">
+      <c r="A249" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B249" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C249" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D249" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E249" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="250" spans="1:5">
+      <c r="A250" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B250" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C250" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D250" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E250" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="251" spans="1:5">
+      <c r="A251" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B251" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C251" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D251" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E251" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="252" spans="1:5">
+      <c r="A252" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B252" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C252" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D252" s="5">
+        <v>10888277407671</v>
+      </c>
+      <c r="E252" s="5">
+        <v>20888277407678</v>
+      </c>
+    </row>
+    <row r="253" spans="1:5">
+      <c r="A253" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B253" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C253" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D253" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E253" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="254" spans="1:5">
+      <c r="A254" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B254" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C254" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D254" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E254" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="255" spans="1:5">
+      <c r="A255" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B255" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C255" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D255" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E255" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="256" spans="1:5">
+      <c r="A256" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B256" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C256" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D256" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E256" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="257" spans="1:5">
+      <c r="A257" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B257" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C257" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D257" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E257" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="258" spans="1:5">
+      <c r="A258" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B258" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C258" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D258" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E258" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="259" spans="1:5">
+      <c r="A259" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B259" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C259" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D259" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E259" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="260" spans="1:5">
+      <c r="A260" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B260" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C260" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D260" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E260" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="261" spans="1:5">
+      <c r="A261" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B261" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C261" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="D261" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E261" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="262" spans="1:5">
+      <c r="A262" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B262" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C262" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D262" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E262" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="263" spans="1:5">
+      <c r="A263" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B263" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C263" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D263" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E263" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="264" spans="1:5">
+      <c r="A264" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B264" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C264" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D264" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E264" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="265" spans="1:5">
+      <c r="A265" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B265" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C265" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D265" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E265" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="266" spans="1:5">
+      <c r="A266" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B266" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C266" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D266" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E266" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="267" spans="1:5">
+      <c r="A267" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B267" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C267" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D267" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E267" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="268" spans="1:5">
+      <c r="A268" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B268" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C268" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D268" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E268" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="269" spans="1:5">
+      <c r="A269" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B269" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C269" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D269" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E269" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="270" spans="1:5">
+      <c r="A270" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B270" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C270" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D270" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E270" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="271" spans="1:5">
+      <c r="A271" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B271" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C271" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D271" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E271" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="272" spans="1:5">
+      <c r="A272" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B272" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C272" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D272" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E272" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="273" spans="1:5">
+      <c r="A273" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B273" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C273" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D273" s="5">
+        <v>10888277407688</v>
+      </c>
+      <c r="E273" s="5">
+        <v>20888277407685</v>
+      </c>
+    </row>
+    <row r="274" spans="1:5">
+      <c r="A274" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B274" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C274" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D274" s="5">
+        <v>10888277407695</v>
+      </c>
+      <c r="E274" s="5">
+        <v>20888277407692</v>
+      </c>
+    </row>
+    <row r="275" spans="1:5">
+      <c r="A275" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B275" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C275" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D275" s="5">
+        <v>10888277407695</v>
+      </c>
+      <c r="E275" s="5">
+        <v>20888277407692</v>
+      </c>
+    </row>
+    <row r="276" spans="1:5">
+      <c r="A276" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B276" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C276" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D276" s="5">
+        <v>10888277407695</v>
+      </c>
+      <c r="E276" s="5">
+        <v>20888277407692</v>
+      </c>
+    </row>
+    <row r="277" spans="1:5">
+      <c r="A277" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B277" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C277" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D277" s="5">
+        <v>10888277407695</v>
+      </c>
+      <c r="E277" s="5">
+        <v>20888277407692</v>
+      </c>
+    </row>
+    <row r="278" spans="1:5">
+      <c r="A278" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B278" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C278" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D278" s="5">
+        <v>10888277407695</v>
+      </c>
+      <c r="E278" s="5">
+        <v>20888277407692</v>
+      </c>
+    </row>
+    <row r="279" spans="1:5">
+      <c r="A279" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B279" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C279" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D279" s="5">
+        <v>10888277407695</v>
+      </c>
+      <c r="E279" s="5">
+        <v>20888277407692</v>
+      </c>
+    </row>
+    <row r="280" spans="1:5">
+      <c r="A280" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B280" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C280" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D280" s="5">
+        <v>10888277407695</v>
+      </c>
+      <c r="E280" s="5">
+        <v>20888277407692</v>
+      </c>
+    </row>
+    <row r="281" spans="1:5">
+      <c r="A281" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B281" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C281" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D281" s="5">
+        <v>10888277407695</v>
+      </c>
+      <c r="E281" s="5">
+        <v>20888277407692</v>
+      </c>
+    </row>
+    <row r="282" spans="1:5">
+      <c r="A282" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B282" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C282" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D282" s="5">
+        <v>10888277407695</v>
+      </c>
+      <c r="E282" s="5">
+        <v>20888277407692</v>
+      </c>
+    </row>
+    <row r="283" spans="1:5">
+      <c r="A283" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B283" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C283" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D283" s="5">
+        <v>10888277407695</v>
+      </c>
+      <c r="E283" s="5">
+        <v>20888277407692</v>
+      </c>
+    </row>
+    <row r="284" spans="1:5">
+      <c r="A284" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B284" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C284" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D284" s="5">
+        <v>10888277407695</v>
+      </c>
+      <c r="E284" s="5">
+        <v>20888277407692</v>
+      </c>
+    </row>
+    <row r="285" spans="1:5">
+      <c r="A285" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B285" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C285" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D285" s="5">
+        <v>10888277407695</v>
+      </c>
+      <c r="E285" s="5">
+        <v>20888277407692</v>
+      </c>
+    </row>
+    <row r="286" spans="1:5">
+      <c r="A286" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B286" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C286" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D286" s="5">
+        <v>10888277407701</v>
+      </c>
+      <c r="E286" s="5">
+        <v>20888277407708</v>
+      </c>
+    </row>
+    <row r="287" spans="1:5">
+      <c r="A287" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B287" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C287" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D287" s="5">
+        <v>10888277407701</v>
+      </c>
+      <c r="E287" s="5">
+        <v>20888277407708</v>
+      </c>
+    </row>
+    <row r="288" spans="1:5">
+      <c r="A288" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B288" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C288" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D288" s="5">
+        <v>10888277407701</v>
+      </c>
+      <c r="E288" s="5">
+        <v>20888277407708</v>
+      </c>
+    </row>
+    <row r="289" spans="1:5">
+      <c r="A289" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B289" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C289" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D289" s="5">
+        <v>10888277407701</v>
+      </c>
+      <c r="E289" s="5">
+        <v>20888277407708</v>
+      </c>
+    </row>
+    <row r="290" spans="1:5">
+      <c r="A290" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B290" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C290" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D290" s="5">
+        <v>10888277407701</v>
+      </c>
+      <c r="E290" s="5">
+        <v>20888277407708</v>
+      </c>
+    </row>
+    <row r="291" spans="1:5">
+      <c r="A291" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B291" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C291" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D291" s="5">
+        <v>10888277407718</v>
+      </c>
+      <c r="E291" s="5">
+        <v>20888277407715</v>
+      </c>
+    </row>
+    <row r="292" spans="1:5">
+      <c r="A292" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B292" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C292" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D292" s="5">
+        <v>10888277407718</v>
+      </c>
+      <c r="E292" s="5">
+        <v>20888277407715</v>
+      </c>
+    </row>
+    <row r="293" spans="1:5">
+      <c r="A293" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B293" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C293" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D293" s="5">
+        <v>10888277407718</v>
+      </c>
+      <c r="E293" s="5">
+        <v>20888277407715</v>
+      </c>
+    </row>
+    <row r="294" spans="1:5">
+      <c r="A294" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B294" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C294" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D294" s="5">
+        <v>10888277407718</v>
+      </c>
+      <c r="E294" s="5">
+        <v>20888277407715</v>
+      </c>
+    </row>
+    <row r="295" spans="1:5">
+      <c r="A295" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B295" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C295" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D295" s="5">
+        <v>10888277407718</v>
+      </c>
+      <c r="E295" s="5">
+        <v>20888277407715</v>
+      </c>
+    </row>
+    <row r="296" spans="1:5">
+      <c r="A296" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B296" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C296" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D296" s="5">
+        <v>10888277407718</v>
+      </c>
+      <c r="E296" s="5">
+        <v>20888277407715</v>
+      </c>
+    </row>
+    <row r="297" spans="1:5">
+      <c r="A297" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B297" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C297" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D297" s="5">
+        <v>10888277407480</v>
+      </c>
+      <c r="E297" s="5">
+        <v>20888277407487</v>
+      </c>
+    </row>
+    <row r="298" spans="1:5">
+      <c r="A298" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B298" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C298" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D298" s="5">
+        <v>10888277407480</v>
+      </c>
+      <c r="E298" s="5">
+        <v>20888277407487</v>
+      </c>
+    </row>
+    <row r="299" spans="1:5">
+      <c r="A299" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B299" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C299" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D299" s="5">
+        <v>10888277407480</v>
+      </c>
+      <c r="E299" s="5">
+        <v>20888277407487</v>
+      </c>
+    </row>
+    <row r="300" spans="1:5">
+      <c r="A300" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B300" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C300" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D300" s="5">
+        <v>10888277407480</v>
+      </c>
+      <c r="E300" s="5">
+        <v>20888277407487</v>
+      </c>
+    </row>
+    <row r="301" spans="1:5">
+      <c r="A301" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B301" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C301" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D301" s="5">
+        <v>10888277407480</v>
+      </c>
+      <c r="E301" s="5">
+        <v>20888277407487</v>
+      </c>
+    </row>
+    <row r="302" spans="1:5">
+      <c r="A302" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B302" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C302" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D302" s="5">
+        <v>10888277407480</v>
+      </c>
+      <c r="E302" s="5">
+        <v>20888277407487</v>
+      </c>
+    </row>
+    <row r="303" spans="1:5">
+      <c r="A303" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B303" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C303" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D303" s="5">
+        <v>10888277407480</v>
+      </c>
+      <c r="E303" s="5">
+        <v>20888277407487</v>
+      </c>
+    </row>
+    <row r="304" spans="1:5">
+      <c r="A304" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B304" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C304" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D304" s="5">
+        <v>10888277407480</v>
+      </c>
+      <c r="E304" s="5">
+        <v>20888277407487</v>
+      </c>
+    </row>
+    <row r="305" spans="1:5">
+      <c r="A305" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B305" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C305" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D305" s="5">
+        <v>10888277407480</v>
+      </c>
+      <c r="E305" s="5">
+        <v>20888277407487</v>
+      </c>
+    </row>
+    <row r="306" spans="1:5">
+      <c r="A306" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B306" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C306" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D306" s="5">
+        <v>10888277407480</v>
+      </c>
+      <c r="E306" s="5">
+        <v>20888277407487</v>
+      </c>
+    </row>
+    <row r="307" spans="1:5">
+      <c r="A307" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B307" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C307" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D307" s="5">
+        <v>10888277407480</v>
+      </c>
+      <c r="E307" s="5">
+        <v>20888277407487</v>
+      </c>
+    </row>
+    <row r="308" spans="1:5">
+      <c r="A308" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B308" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C308" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D308" s="5">
+        <v>10888277407480</v>
+      </c>
+      <c r="E308" s="5">
+        <v>20888277407487</v>
+      </c>
+    </row>
+    <row r="309" spans="1:5">
+      <c r="A309" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B309" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C309" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D309" s="5">
+        <v>10888277407480</v>
+      </c>
+      <c r="E309" s="5">
+        <v>20888277407487</v>
+      </c>
+    </row>
+    <row r="310" spans="1:5">
+      <c r="A310" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B310" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C310" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D310" s="5">
+        <v>10888277407480</v>
+      </c>
+      <c r="E310" s="5">
+        <v>20888277407487</v>
+      </c>
+    </row>
+    <row r="311" spans="1:5">
+      <c r="A311" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B311" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C311" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D311" s="5">
+        <v>10888277407480</v>
+      </c>
+      <c r="E311" s="5">
+        <v>20888277407487</v>
+      </c>
+    </row>
+    <row r="312" spans="1:5">
+      <c r="A312" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B312" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C312" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D312" s="5">
+        <v>10888277407725</v>
+      </c>
+      <c r="E312" s="5">
+        <v>20888277407722</v>
+      </c>
+    </row>
+    <row r="313" spans="1:5">
+      <c r="A313" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B313" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C313" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D313" s="5">
+        <v>10888277407725</v>
+      </c>
+      <c r="E313" s="5">
+        <v>20888277407722</v>
+      </c>
+    </row>
+    <row r="314" spans="1:5">
+      <c r="A314" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B314" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C314" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D314" s="5">
+        <v>10888277407756</v>
+      </c>
+      <c r="E314" s="5">
+        <v>2088277407753</v>
+      </c>
+    </row>
+    <row r="315" spans="1:5">
+      <c r="A315" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B315" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C315" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D315" s="5">
+        <v>10888277407756</v>
+      </c>
+      <c r="E315" s="5">
+        <v>2088277407753</v>
+      </c>
+    </row>
+    <row r="316" spans="1:5">
+      <c r="A316" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B316" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C316" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D316" s="5">
+        <v>10888277407756</v>
+      </c>
+      <c r="E316" s="5">
+        <v>2088277407753</v>
+      </c>
+    </row>
+    <row r="317" spans="1:5">
+      <c r="A317" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B317" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C317" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D317" s="5">
+        <v>10888277407756</v>
+      </c>
+      <c r="E317" s="5">
+        <v>2088277407753</v>
+      </c>
+    </row>
+    <row r="318" spans="1:5">
+      <c r="A318" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B318" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C318" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D318" s="5">
+        <v>10888277407756</v>
+      </c>
+      <c r="E318" s="5">
+        <v>2088277407753</v>
+      </c>
+    </row>
+    <row r="319" spans="1:5">
+      <c r="A319" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B319" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C319" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D319" s="5">
+        <v>10888277407756</v>
+      </c>
+      <c r="E319" s="5">
+        <v>2088277407753</v>
+      </c>
+    </row>
+    <row r="320" spans="1:5">
+      <c r="A320" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B320" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C320" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D320" s="5">
+        <v>10888277407756</v>
+      </c>
+      <c r="E320" s="5">
+        <v>2088277407753</v>
+      </c>
+    </row>
+    <row r="321" spans="1:5">
+      <c r="A321" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B321" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C321" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D321" s="5">
+        <v>10888277407756</v>
+      </c>
+      <c r="E321" s="5">
+        <v>2088277407753</v>
+      </c>
+    </row>
+    <row r="322" spans="1:5">
+      <c r="A322" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B322" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C322" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D322" s="5">
+        <v>10888277407756</v>
+      </c>
+      <c r="E322" s="5">
+        <v>2088277407753</v>
+      </c>
+    </row>
+    <row r="323" spans="1:5">
+      <c r="A323" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B323" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C323" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D323" s="5">
+        <v>10888277407756</v>
+      </c>
+      <c r="E323" s="5">
+        <v>2088277407753</v>
+      </c>
+    </row>
+    <row r="324" spans="1:5">
+      <c r="A324" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B324" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C324" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D324" s="5">
+        <v>10888277407756</v>
+      </c>
+      <c r="E324" s="5">
+        <v>2088277407753</v>
+      </c>
+    </row>
+    <row r="325" spans="1:5">
+      <c r="A325" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B325" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C325" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D325" s="5">
+        <v>10888277407756</v>
+      </c>
+      <c r="E325" s="5">
+        <v>2088277407753</v>
+      </c>
+    </row>
+    <row r="326" spans="1:5">
+      <c r="A326" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B326" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C326" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D326" s="5">
+        <v>10888277407756</v>
+      </c>
+      <c r="E326" s="5">
+        <v>2088277407753</v>
+      </c>
+    </row>
+    <row r="327" spans="1:5">
+      <c r="A327" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B327" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C327" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D327" s="5">
+        <v>10888277407756</v>
+      </c>
+      <c r="E327" s="5">
+        <v>2088277407753</v>
+      </c>
+    </row>
+    <row r="328" spans="1:5">
+      <c r="A328" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B328" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C328" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D328" s="5">
+        <v>10888277407756</v>
+      </c>
+      <c r="E328" s="5">
+        <v>2088277407753</v>
+      </c>
+    </row>
+    <row r="329" spans="1:5">
+      <c r="A329" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B329" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C329" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D329" s="5">
+        <v>10888277407756</v>
+      </c>
+      <c r="E329" s="5">
+        <v>2088277407753</v>
+      </c>
+    </row>
+    <row r="330" spans="1:5">
+      <c r="A330" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B330" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C330" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="D330" s="5">
+        <v>10197344133239</v>
+      </c>
+      <c r="E330" s="5">
+        <v>20197344133236</v>
+      </c>
+    </row>
+    <row r="331" spans="1:5">
+      <c r="A331" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B331" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C331" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D331" s="5">
+        <v>10197344133239</v>
+      </c>
+      <c r="E331" s="5">
+        <v>20197344133236</v>
+      </c>
+    </row>
+    <row r="332" spans="1:5">
+      <c r="A332" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B332" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C332" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="D332" s="5">
+        <v>10197344133246</v>
+      </c>
+      <c r="E332" s="5">
+        <v>10197344133246</v>
+      </c>
+    </row>
+    <row r="333" spans="1:5">
+      <c r="A333" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B333" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C333" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D333" s="5">
+        <v>10197344133246</v>
+      </c>
+      <c r="E333" s="5">
+        <v>10197344133246</v>
+      </c>
+    </row>
+    <row r="334" spans="1:5">
+      <c r="A334" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B334" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C334" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D334" s="5">
+        <v>10197344133260</v>
+      </c>
+      <c r="E334" s="5">
+        <v>10197344133260</v>
+      </c>
+    </row>
+    <row r="335" spans="1:5">
+      <c r="A335" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B335" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C335" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D335" s="5">
+        <v>10197344133291</v>
+      </c>
+      <c r="E335" s="5">
+        <v>10197344133291</v>
+      </c>
+    </row>
+    <row r="336" spans="1:5">
+      <c r="A336" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B336" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C336" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D336" s="5">
+        <v>10197344133352</v>
+      </c>
+      <c r="E336" s="5">
+        <v>10197344133352</v>
+      </c>
+    </row>
+    <row r="337" spans="1:5">
+      <c r="A337" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B337" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C337" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D337" s="5">
+        <v>10197344133376</v>
+      </c>
+      <c r="E337" s="5">
+        <v>10197344133376</v>
+      </c>
+    </row>
+    <row r="338" spans="1:5">
+      <c r="A338" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B338" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C338" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D338" s="5">
+        <v>10197344133383</v>
+      </c>
+      <c r="E338" s="5">
+        <v>10197344133383</v>
+      </c>
+    </row>
+    <row r="339" spans="1:5">
+      <c r="A339" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B339" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C339" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D339" s="5">
+        <v>10197344133413</v>
+      </c>
+      <c r="E339" s="5">
+        <v>20197344133410</v>
+      </c>
+    </row>
+    <row r="340" spans="1:5">
+      <c r="A340" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B340" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C340" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="D340" s="5">
+        <v>10197344133420</v>
+      </c>
+      <c r="E340" s="5">
+        <v>10197344133420</v>
+      </c>
+    </row>
+    <row r="341" spans="1:5">
+      <c r="A341" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B341" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C341" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D341" s="5">
+        <v>10197344133420</v>
+      </c>
+      <c r="E341" s="5">
+        <v>10197344133420</v>
+      </c>
+    </row>
+    <row r="342" spans="1:5">
+      <c r="A342" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B342" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C342" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D342" s="5">
+        <v>10197344133437</v>
+      </c>
+      <c r="E342" s="5">
+        <v>10197344133437</v>
+      </c>
+    </row>
+    <row r="343" spans="1:5">
+      <c r="A343" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B343" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C343" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="D343" s="5">
+        <v>10197344133512</v>
+      </c>
+      <c r="E343" s="5">
+        <v>10197344133512</v>
+      </c>
+    </row>
+    <row r="344" spans="1:5">
+      <c r="A344" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B344" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C344" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D344" s="5">
+        <v>10197344133512</v>
+      </c>
+      <c r="E344" s="5">
+        <v>10197344133512</v>
+      </c>
+    </row>
+    <row r="345" spans="1:5">
+      <c r="A345" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B345" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C345" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="D345" s="5">
+        <v>10197344133529</v>
+      </c>
+      <c r="E345" s="5">
+        <v>10197344133529</v>
+      </c>
+    </row>
+    <row r="346" spans="1:5">
+      <c r="A346" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B346" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C346" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="D346" s="5">
+        <v>10197344133529</v>
+      </c>
+      <c r="E346" s="5">
+        <v>10197344133529</v>
+      </c>
+    </row>
+    <row r="347" spans="1:5">
+      <c r="A347" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B347" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="C347" s="9" t="s">
+        <v>107</v>
+      </c>
+      <c r="D347" s="5">
+        <v>10197344044023</v>
+      </c>
+      <c r="E347" s="5">
+        <v>10197344044023</v>
+      </c>
+    </row>
+    <row r="348" spans="1:5">
+      <c r="A348" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B348" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="C348" s="9" t="s">
+        <v>108</v>
+      </c>
+      <c r="D348" s="5">
+        <v>10197344044023</v>
+      </c>
+      <c r="E348" s="5">
+        <v>10197344044023</v>
+      </c>
+    </row>
+    <row r="349" spans="1:5">
+      <c r="A349" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B349" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="C349" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D349" s="5">
+        <v>10197344044023</v>
+      </c>
+      <c r="E349" s="5">
+        <v>10197344044023</v>
+      </c>
+    </row>
+    <row r="350" spans="1:5">
+      <c r="A350" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B350" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="C350" s="9" t="s">
+        <v>109</v>
+      </c>
+      <c r="D350" s="5">
+        <v>10197344044023</v>
+      </c>
+      <c r="E350" s="5">
+        <v>10197344044023</v>
+      </c>
+    </row>
+    <row r="351" spans="1:5">
+      <c r="A351" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B351" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="C351" s="9" t="s">
+        <v>110</v>
+      </c>
+      <c r="D351" s="5">
+        <v>10197344044023</v>
+      </c>
+      <c r="E351" s="5">
+        <v>10197344044023</v>
+      </c>
+    </row>
+    <row r="352" spans="1:5">
+      <c r="A352" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B352" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="C352" s="9" t="s">
+        <v>111</v>
+      </c>
+      <c r="D352" s="5">
+        <v>10197344044023</v>
+      </c>
+      <c r="E352" s="5">
+        <v>10197344044023</v>
+      </c>
+    </row>
+    <row r="353" spans="1:5">
+      <c r="A353" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B353" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="C353" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="D353" s="5">
+        <v>10197344044023</v>
+      </c>
+      <c r="E353" s="5">
+        <v>10197344044023</v>
+      </c>
+    </row>
+    <row r="354" spans="1:5">
+      <c r="A354" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B354" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C354" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="D354" s="5">
+        <v>10197344044030</v>
+      </c>
+      <c r="E354" s="5">
+        <v>10197344044030</v>
+      </c>
+    </row>
+    <row r="355" spans="1:5">
+      <c r="A355" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B355" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C355" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="D355" s="5">
+        <v>10197344044030</v>
+      </c>
+      <c r="E355" s="5">
+        <v>10197344044030</v>
+      </c>
+    </row>
+    <row r="356" spans="1:5">
+      <c r="A356" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B356" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C356" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D356" s="5">
+        <v>10197344044030</v>
+      </c>
+      <c r="E356" s="5">
+        <v>10197344044030</v>
+      </c>
+    </row>
+    <row r="357" spans="1:5">
+      <c r="A357" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B357" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C357" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="D357" s="5">
+        <v>10197344044030</v>
+      </c>
+      <c r="E357" s="5">
+        <v>10197344044030</v>
+      </c>
+    </row>
+    <row r="358" spans="1:5">
+      <c r="A358" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B358" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C358" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="D358" s="5">
+        <v>10197344044030</v>
+      </c>
+      <c r="E358" s="5">
+        <v>10197344044030</v>
+      </c>
+    </row>
+    <row r="359" spans="1:5">
+      <c r="A359" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B359" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C359" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="D359" s="5">
+        <v>10197344044030</v>
+      </c>
+      <c r="E359" s="5">
+        <v>10197344044030</v>
+      </c>
+    </row>
+    <row r="360" spans="1:5">
+      <c r="A360" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B360" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C360" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="D360" s="5">
+        <v>10197344044030</v>
+      </c>
+      <c r="E360" s="5">
+        <v>10197344044030</v>
+      </c>
+    </row>
+    <row r="361" spans="1:5">
+      <c r="A361" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B361" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C361" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="D361" s="5">
+        <v>10197344044047</v>
+      </c>
+      <c r="E361" s="5">
+        <v>10197344044047</v>
+      </c>
+    </row>
+    <row r="362" spans="1:5">
+      <c r="A362" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B362" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C362" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="D362" s="5">
+        <v>10197344044047</v>
+      </c>
+      <c r="E362" s="5">
+        <v>10197344044047</v>
+      </c>
+    </row>
+    <row r="363" spans="1:5">
+      <c r="A363" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B363" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C363" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D363" s="5">
+        <v>10197344044047</v>
+      </c>
+      <c r="E363" s="5">
+        <v>10197344044047</v>
+      </c>
+    </row>
+    <row r="364" spans="1:5">
+      <c r="A364" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B364" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C364" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="D364" s="5">
+        <v>10197344044047</v>
+      </c>
+      <c r="E364" s="5">
+        <v>10197344044047</v>
+      </c>
+    </row>
+    <row r="365" spans="1:5">
+      <c r="A365" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B365" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C365" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="D365" s="5">
+        <v>10197344044047</v>
+      </c>
+      <c r="E365" s="5">
+        <v>10197344044047</v>
+      </c>
+    </row>
+    <row r="366" spans="1:5">
+      <c r="A366" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B366" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C366" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="D366" s="5">
+        <v>10197344044047</v>
+      </c>
+      <c r="E366" s="5">
+        <v>10197344044047</v>
+      </c>
+    </row>
+    <row r="367" spans="1:5">
+      <c r="A367" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B367" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C367" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="D367" s="5">
+        <v>10197344044047</v>
+      </c>
+      <c r="E367" s="5">
+        <v>10197344044047</v>
+      </c>
+    </row>
+    <row r="368" spans="1:5">
+      <c r="A368" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B368" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C368" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="D368" s="5">
+        <v>10197344044054</v>
+      </c>
+      <c r="E368" s="5">
+        <v>10197344044054</v>
+      </c>
+    </row>
+    <row r="369" spans="1:5">
+      <c r="A369" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B369" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C369" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="D369" s="5">
+        <v>10197344044054</v>
+      </c>
+      <c r="E369" s="5">
+        <v>10197344044054</v>
+      </c>
+    </row>
+    <row r="370" spans="1:5">
+      <c r="A370" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B370" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C370" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="D370" s="5">
+        <v>10197344044054</v>
+      </c>
+      <c r="E370" s="5">
+        <v>10197344044054</v>
+      </c>
+    </row>
+    <row r="371" spans="1:5">
+      <c r="A371" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B371" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C371" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="D371" s="5">
+        <v>10197344044054</v>
+      </c>
+      <c r="E371" s="5">
+        <v>10197344044054</v>
+      </c>
+    </row>
+    <row r="372" spans="1:5">
+      <c r="A372" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B372" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C372" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="D372" s="5">
+        <v>10197344044054</v>
+      </c>
+      <c r="E372" s="5">
+        <v>10197344044054</v>
+      </c>
+    </row>
+    <row r="373" spans="1:5">
+      <c r="A373" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B373" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C373" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="D373" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E373" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="374" spans="1:5">
+      <c r="A374" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B374" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C374" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="D374" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E374" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="375" spans="1:5">
+      <c r="A375" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B375" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C375" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="D375" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E375" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="376" spans="1:5">
+      <c r="A376" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B376" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C376" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="D376" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E376" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="377" spans="1:5">
+      <c r="A377" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B377" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C377" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="D377" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E377" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="378" spans="1:5">
+      <c r="A378" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B378" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C378" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="D378" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E378" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="379" spans="1:5">
+      <c r="A379" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B379" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C379" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="D379" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E379" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="380" spans="1:5">
+      <c r="A380" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B380" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C380" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="D380" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E380" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="381" spans="1:5">
+      <c r="A381" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B381" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C381" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="D381" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E381" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="382" spans="1:5">
+      <c r="A382" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B382" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C382" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D382" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E382" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="383" spans="1:5">
+      <c r="A383" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B383" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C383" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="D383" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E383" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="384" spans="1:5">
+      <c r="A384" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B384" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C384" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="D384" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E384" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="385" spans="1:5">
+      <c r="A385" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B385" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C385" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="D385" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E385" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="386" spans="1:5">
+      <c r="A386" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B386" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C386" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="D386" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E386" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="387" spans="1:5">
+      <c r="A387" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B387" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C387" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="D387" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E387" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="388" spans="1:5">
+      <c r="A388" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B388" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C388" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="D388" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E388" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="389" spans="1:5">
+      <c r="A389" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B389" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C389" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="D389" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E389" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+    <row r="390" spans="1:5">
+      <c r="A390" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B390" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C390" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D390" s="5">
+        <v>10197344019557</v>
+      </c>
+      <c r="E390" s="5">
+        <v>20197344019554</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
 </file>
 
-<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:D62"/>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4F9CF0BA-043F-4CCD-B23F-DF9CFA243E42}">
+  <dimension ref="A1:E62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I35" sqref="I35"/>
+      <selection activeCell="I19" sqref="I19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.8984375" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="14.45"/>
   <cols>
-    <col min="1" max="1" width="23.8984375" style="9" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.8984375" style="2"/>
+    <col min="1" max="1" width="13.7109375" style="6" customWidth="1"/>
+    <col min="2" max="2" width="80.28515625" style="6" customWidth="1"/>
+    <col min="3" max="3" width="13.42578125" style="6" customWidth="1"/>
+    <col min="4" max="5" width="22.7109375" style="6" bestFit="1" customWidth="1"/>
+    <col min="6" max="16384" width="8.85546875" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="15.6">
+    <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="3" t="s">
+      <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="5">
+    </row>
+    <row r="2" spans="1:5" ht="15.6">
+      <c r="A2" s="10" t="s">
+        <v>138</v>
+      </c>
+      <c r="B2" s="11" t="s">
+        <v>139</v>
+      </c>
+      <c r="C2" s="12" t="s">
+        <v>140</v>
+      </c>
+      <c r="D2" s="13">
         <v>10197344043736</v>
       </c>
-      <c r="D2" s="5">
+      <c r="E2" s="13">
         <v>10197344043736</v>
       </c>
     </row>
-    <row r="3" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C3" s="5">
+    <row r="3" spans="1:5" ht="15.6">
+      <c r="A3" s="14" t="s">
+        <v>141</v>
+      </c>
+      <c r="B3" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="C3" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D3" s="17">
         <v>10197344043712</v>
       </c>
-      <c r="D3" s="5">
+      <c r="E3" s="17">
         <v>10197344043712</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C4" s="5">
+    <row r="4" spans="1:5" ht="15.6">
+      <c r="A4" s="14" t="s">
+        <v>141</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D4" s="17">
         <v>10197344043712</v>
       </c>
-      <c r="D4" s="5">
+      <c r="E4" s="17">
         <v>10197344043712</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C5" s="5">
+    <row r="5" spans="1:5" ht="15.6">
+      <c r="A5" s="14" t="s">
+        <v>144</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="C5" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D5" s="17">
         <v>10197344043705</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="17">
         <v>10197344043705</v>
       </c>
     </row>
-    <row r="6" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C6" s="5">
+    <row r="6" spans="1:5" ht="15.6">
+      <c r="A6" s="14" t="s">
+        <v>145</v>
+      </c>
+      <c r="B6" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="C6" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D6" s="17">
         <v>10197344043699</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="17">
         <v>10197344043699</v>
       </c>
     </row>
-    <row r="7" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C7" s="5">
+    <row r="7" spans="1:5" ht="15.6">
+      <c r="A7" s="14" t="s">
+        <v>145</v>
+      </c>
+      <c r="B7" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="C7" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D7" s="17">
         <v>10197344043699</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="17">
         <v>10197344043699</v>
       </c>
     </row>
-    <row r="8" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C8" s="5">
+    <row r="8" spans="1:5" ht="15.6">
+      <c r="A8" s="14" t="s">
+        <v>146</v>
+      </c>
+      <c r="B8" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="C8" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D8" s="17">
         <v>10197344043682</v>
       </c>
-      <c r="D8" s="5">
+      <c r="E8" s="17">
         <v>10197344043682</v>
       </c>
     </row>
-    <row r="9" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C9" s="5">
+    <row r="9" spans="1:5" ht="15.6">
+      <c r="A9" s="14" t="s">
+        <v>147</v>
+      </c>
+      <c r="B9" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="C9" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D9" s="17">
         <v>10197344043668</v>
       </c>
-      <c r="D9" s="5">
+      <c r="E9" s="17">
         <v>10197344043668</v>
       </c>
     </row>
-    <row r="10" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C10" s="5">
+    <row r="10" spans="1:5" ht="15.6">
+      <c r="A10" s="14" t="s">
+        <v>147</v>
+      </c>
+      <c r="B10" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="C10" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D10" s="17">
         <v>10197344043668</v>
       </c>
-      <c r="D10" s="5">
+      <c r="E10" s="17">
         <v>10197344043668</v>
       </c>
     </row>
-    <row r="11" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C11" s="5">
+    <row r="11" spans="1:5" ht="15.6">
+      <c r="A11" s="14" t="s">
+        <v>149</v>
+      </c>
+      <c r="B11" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="C11" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D11" s="17">
         <v>10197344043651</v>
       </c>
-      <c r="D11" s="5">
+      <c r="E11" s="17">
         <v>10197344043651</v>
       </c>
     </row>
-    <row r="12" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C12" s="5">
+    <row r="12" spans="1:5" ht="15.6">
+      <c r="A12" s="14" t="s">
+        <v>150</v>
+      </c>
+      <c r="B12" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="C12" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D12" s="17">
         <v>10197344043637</v>
       </c>
-      <c r="D12" s="5">
+      <c r="E12" s="17">
         <v>10197344043637</v>
       </c>
     </row>
-    <row r="13" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C13" s="5">
+    <row r="13" spans="1:5" ht="15.6">
+      <c r="A13" s="14" t="s">
+        <v>152</v>
+      </c>
+      <c r="B13" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="C13" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D13" s="17">
         <v>10197344043613</v>
       </c>
-      <c r="D13" s="5">
+      <c r="E13" s="17">
         <v>10197344043613</v>
       </c>
     </row>
-    <row r="14" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C14" s="5">
+    <row r="14" spans="1:5" ht="15.6">
+      <c r="A14" s="14" t="s">
+        <v>153</v>
+      </c>
+      <c r="B14" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="C14" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D14" s="17">
         <v>10197344043569</v>
       </c>
-      <c r="D14" s="5">
+      <c r="E14" s="17">
         <v>10197344043569</v>
       </c>
     </row>
-    <row r="15" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C15" s="5">
+    <row r="15" spans="1:5" ht="15.6">
+      <c r="A15" s="14" t="s">
+        <v>153</v>
+      </c>
+      <c r="B15" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="C15" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D15" s="17">
         <v>10197344043569</v>
       </c>
-      <c r="D15" s="5">
+      <c r="E15" s="17">
         <v>10197344043569</v>
       </c>
     </row>
-    <row r="16" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C16" s="5">
+    <row r="16" spans="1:5" ht="15.6">
+      <c r="A16" s="14" t="s">
+        <v>155</v>
+      </c>
+      <c r="B16" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="C16" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D16" s="17">
         <v>10197344043545</v>
       </c>
-      <c r="D16" s="5">
+      <c r="E16" s="17">
         <v>10197344043545</v>
       </c>
     </row>
-    <row r="17" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C17" s="5">
+    <row r="17" spans="1:5" ht="15.6">
+      <c r="A17" s="14" t="s">
+        <v>155</v>
+      </c>
+      <c r="B17" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="C17" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D17" s="17">
         <v>10197344043545</v>
       </c>
-      <c r="D17" s="5">
+      <c r="E17" s="17">
         <v>10197344043545</v>
       </c>
     </row>
-    <row r="18" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C18" s="5">
+    <row r="18" spans="1:5" ht="15.6">
+      <c r="A18" s="14" t="s">
+        <v>156</v>
+      </c>
+      <c r="B18" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="C18" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D18" s="17">
         <v>10197344043521</v>
       </c>
-      <c r="D18" s="5">
+      <c r="E18" s="17">
         <v>10197344043521</v>
       </c>
     </row>
-    <row r="19" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C19" s="5">
+    <row r="19" spans="1:5" ht="15.6">
+      <c r="A19" s="14" t="s">
+        <v>156</v>
+      </c>
+      <c r="B19" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="C19" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D19" s="17">
         <v>10197344043521</v>
       </c>
-      <c r="D19" s="5">
+      <c r="E19" s="17">
         <v>10197344043521</v>
       </c>
     </row>
-    <row r="20" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C20" s="5">
+    <row r="20" spans="1:5" ht="15.6">
+      <c r="A20" s="14" t="s">
+        <v>158</v>
+      </c>
+      <c r="B20" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C20" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D20" s="17">
         <v>10197344043491</v>
       </c>
-      <c r="D20" s="5">
+      <c r="E20" s="17">
         <v>10197344043491</v>
       </c>
     </row>
-    <row r="21" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C21" s="5">
+    <row r="21" spans="1:5" ht="15.6">
+      <c r="A21" s="14" t="s">
+        <v>158</v>
+      </c>
+      <c r="B21" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C21" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D21" s="17">
         <v>10197344043491</v>
       </c>
-      <c r="D21" s="5">
+      <c r="E21" s="17">
         <v>10197344043491</v>
       </c>
     </row>
-    <row r="22" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C22" s="5">
+    <row r="22" spans="1:5" ht="15.6">
+      <c r="A22" s="14" t="s">
+        <v>160</v>
+      </c>
+      <c r="B22" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="C22" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D22" s="17">
         <v>10197344043484</v>
       </c>
-      <c r="D22" s="5">
+      <c r="E22" s="17">
         <v>10197344043484</v>
       </c>
     </row>
-    <row r="23" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C23" s="5">
+    <row r="23" spans="1:5" ht="15.6">
+      <c r="A23" s="14" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D23" s="17">
         <v>10197344043477</v>
       </c>
-      <c r="D23" s="5">
+      <c r="E23" s="17">
         <v>10197344043477</v>
       </c>
     </row>
-    <row r="24" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C24" s="5">
+    <row r="24" spans="1:5" ht="15.6">
+      <c r="A24" s="14" t="s">
+        <v>163</v>
+      </c>
+      <c r="B24" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="C24" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D24" s="17">
         <v>10197344043460</v>
       </c>
-      <c r="D24" s="5">
+      <c r="E24" s="17">
         <v>10197344043460</v>
       </c>
     </row>
-    <row r="25" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C25" s="5">
+    <row r="25" spans="1:5" ht="15.6">
+      <c r="A25" s="14" t="s">
+        <v>164</v>
+      </c>
+      <c r="B25" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="C25" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D25" s="17">
         <v>10197344043453</v>
       </c>
-      <c r="D25" s="5">
+      <c r="E25" s="17">
         <v>10197344043453</v>
       </c>
     </row>
-    <row r="26" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C26" s="5">
+    <row r="26" spans="1:5" ht="15.6">
+      <c r="A26" s="14" t="s">
+        <v>165</v>
+      </c>
+      <c r="B26" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C26" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D26" s="17">
         <v>10197344043439</v>
       </c>
-      <c r="D26" s="5">
+      <c r="E26" s="17">
         <v>10197344043439</v>
       </c>
     </row>
-    <row r="27" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C27" s="5">
+    <row r="27" spans="1:5" ht="15.6">
+      <c r="A27" s="14" t="s">
+        <v>165</v>
+      </c>
+      <c r="B27" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C27" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D27" s="17">
         <v>10197344043439</v>
       </c>
-      <c r="D27" s="5">
+      <c r="E27" s="17">
         <v>10197344043439</v>
       </c>
     </row>
-    <row r="28" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C28" s="5">
+    <row r="28" spans="1:5" ht="15.6">
+      <c r="A28" s="14" t="s">
+        <v>166</v>
+      </c>
+      <c r="B28" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C28" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D28" s="17">
         <v>10197344044245</v>
       </c>
-      <c r="D28" s="5">
+      <c r="E28" s="17">
         <v>10197344044245</v>
       </c>
     </row>
-    <row r="29" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C29" s="5">
+    <row r="29" spans="1:5" ht="15.6">
+      <c r="A29" s="14" t="s">
+        <v>166</v>
+      </c>
+      <c r="B29" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C29" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D29" s="17">
         <v>10197344044245</v>
       </c>
-      <c r="D29" s="5">
+      <c r="E29" s="17">
         <v>10197344044245</v>
       </c>
     </row>
-    <row r="30" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C30" s="5">
+    <row r="30" spans="1:5" ht="15.6">
+      <c r="A30" s="14" t="s">
+        <v>167</v>
+      </c>
+      <c r="B30" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C30" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D30" s="17">
         <v>10197344044252</v>
       </c>
-      <c r="D30" s="5">
+      <c r="E30" s="17">
         <v>10197344044252</v>
       </c>
     </row>
-    <row r="31" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C31" s="5">
+    <row r="31" spans="1:5" ht="15.6">
+      <c r="A31" s="14" t="s">
+        <v>167</v>
+      </c>
+      <c r="B31" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C31" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D31" s="17">
         <v>10197344044252</v>
       </c>
-      <c r="D31" s="5">
+      <c r="E31" s="17">
         <v>10197344044252</v>
       </c>
     </row>
-    <row r="32" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C32" s="5">
+    <row r="32" spans="1:5" ht="15.6">
+      <c r="A32" s="14" t="s">
+        <v>168</v>
+      </c>
+      <c r="B32" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C32" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D32" s="17">
         <v>10197344044269</v>
       </c>
-      <c r="D32" s="5">
+      <c r="E32" s="17">
         <v>10197344044269</v>
       </c>
     </row>
-    <row r="33" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C33" s="5">
+    <row r="33" spans="1:5" ht="15.6">
+      <c r="A33" s="14" t="s">
+        <v>168</v>
+      </c>
+      <c r="B33" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C33" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D33" s="17">
         <v>10197344044269</v>
       </c>
-      <c r="D33" s="5">
+      <c r="E33" s="17">
         <v>10197344044269</v>
       </c>
     </row>
-    <row r="34" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C34" s="5">
+    <row r="34" spans="1:5" ht="15.6">
+      <c r="A34" s="14" t="s">
+        <v>169</v>
+      </c>
+      <c r="B34" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="C34" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D34" s="17">
         <v>10197344044283</v>
       </c>
-      <c r="D34" s="5">
+      <c r="E34" s="17">
         <v>10197344044283</v>
       </c>
     </row>
-    <row r="35" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C35" s="5">
+    <row r="35" spans="1:5" ht="15.6">
+      <c r="A35" s="14" t="s">
+        <v>171</v>
+      </c>
+      <c r="B35" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="C35" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D35" s="17">
         <v>10197344044290</v>
       </c>
-      <c r="D35" s="5">
+      <c r="E35" s="17">
         <v>10197344044290</v>
       </c>
     </row>
-    <row r="36" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C36" s="5">
+    <row r="36" spans="1:5" ht="15.6">
+      <c r="A36" s="14" t="s">
+        <v>171</v>
+      </c>
+      <c r="B36" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="C36" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D36" s="17">
         <v>10197344044290</v>
       </c>
-      <c r="D36" s="5">
+      <c r="E36" s="17">
         <v>10197344044290</v>
       </c>
     </row>
-    <row r="37" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C37" s="5">
+    <row r="37" spans="1:5" ht="15.6">
+      <c r="A37" s="14" t="s">
+        <v>172</v>
+      </c>
+      <c r="B37" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="C37" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D37" s="17">
         <v>10197344044306</v>
       </c>
-      <c r="D37" s="5">
+      <c r="E37" s="17">
         <v>10197344044306</v>
       </c>
     </row>
-    <row r="38" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C38" s="5">
+    <row r="38" spans="1:5" ht="15.6">
+      <c r="A38" s="14" t="s">
+        <v>172</v>
+      </c>
+      <c r="B38" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="C38" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D38" s="17">
         <v>10197344044306</v>
       </c>
-      <c r="D38" s="5">
+      <c r="E38" s="17">
         <v>10197344044306</v>
       </c>
     </row>
-    <row r="39" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C39" s="5">
+    <row r="39" spans="1:5" ht="15.6">
+      <c r="A39" s="14" t="s">
+        <v>173</v>
+      </c>
+      <c r="B39" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="C39" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D39" s="17">
         <v>10197344044313</v>
       </c>
-      <c r="D39" s="5">
+      <c r="E39" s="17">
         <v>10197344044313</v>
       </c>
     </row>
-    <row r="40" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C40" s="5">
+    <row r="40" spans="1:5" ht="15.6">
+      <c r="A40" s="14" t="s">
+        <v>173</v>
+      </c>
+      <c r="B40" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="C40" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D40" s="17">
         <v>10197344044313</v>
       </c>
-      <c r="D40" s="5">
+      <c r="E40" s="17">
         <v>10197344044313</v>
       </c>
     </row>
-    <row r="41" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C41" s="5">
+    <row r="41" spans="1:5" ht="15.6">
+      <c r="A41" s="14" t="s">
+        <v>174</v>
+      </c>
+      <c r="B41" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="C41" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D41" s="17">
         <v>10197344044320</v>
       </c>
-      <c r="D41" s="5">
+      <c r="E41" s="17">
         <v>10197344044320</v>
       </c>
     </row>
-    <row r="42" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C42" s="5">
+    <row r="42" spans="1:5" ht="15.6">
+      <c r="A42" s="14" t="s">
+        <v>175</v>
+      </c>
+      <c r="B42" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C42" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D42" s="17">
         <v>10197344044351</v>
       </c>
-      <c r="D42" s="5">
+      <c r="E42" s="17">
         <v>10197344044351</v>
       </c>
     </row>
-    <row r="43" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C43" s="5">
+    <row r="43" spans="1:5" ht="15.6">
+      <c r="A43" s="14" t="s">
+        <v>175</v>
+      </c>
+      <c r="B43" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C43" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D43" s="17">
         <v>10197344044351</v>
       </c>
-      <c r="D43" s="5">
+      <c r="E43" s="17">
         <v>10197344044351</v>
       </c>
     </row>
-    <row r="44" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C44" s="5">
+    <row r="44" spans="1:5" ht="15.6">
+      <c r="A44" s="14" t="s">
+        <v>176</v>
+      </c>
+      <c r="B44" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C44" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D44" s="17">
         <v>10197344044382</v>
       </c>
-      <c r="D44" s="5">
+      <c r="E44" s="17">
         <v>10197344044382</v>
       </c>
     </row>
-    <row r="45" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C45" s="5">
+    <row r="45" spans="1:5" ht="15.6">
+      <c r="A45" s="14" t="s">
+        <v>176</v>
+      </c>
+      <c r="B45" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C45" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D45" s="17">
         <v>10197344044382</v>
       </c>
-      <c r="D45" s="5">
+      <c r="E45" s="17">
         <v>10197344044382</v>
       </c>
     </row>
-    <row r="46" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C46" s="5">
+    <row r="46" spans="1:5" ht="15.6">
+      <c r="A46" s="14" t="s">
+        <v>177</v>
+      </c>
+      <c r="B46" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="C46" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D46" s="17">
         <v>10197344044399</v>
       </c>
-      <c r="D46" s="5">
+      <c r="E46" s="17">
         <v>10197344044399</v>
       </c>
     </row>
-    <row r="47" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C47" s="5">
+    <row r="47" spans="1:5" ht="15.6">
+      <c r="A47" s="14" t="s">
+        <v>177</v>
+      </c>
+      <c r="B47" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="C47" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D47" s="17">
         <v>10197344044399</v>
       </c>
-      <c r="D47" s="5">
+      <c r="E47" s="17">
         <v>10197344044399</v>
       </c>
     </row>
-    <row r="48" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C48" s="5">
+    <row r="48" spans="1:5" ht="15.6">
+      <c r="A48" s="14" t="s">
+        <v>179</v>
+      </c>
+      <c r="B48" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="C48" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D48" s="17">
         <v>10197344044405</v>
       </c>
-      <c r="D48" s="5">
+      <c r="E48" s="17">
         <v>10197344044405</v>
       </c>
     </row>
-    <row r="49" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C49" s="5">
+    <row r="49" spans="1:5" ht="15.6">
+      <c r="A49" s="14" t="s">
+        <v>179</v>
+      </c>
+      <c r="B49" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="C49" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D49" s="17">
         <v>10197344044405</v>
       </c>
-      <c r="D49" s="5">
+      <c r="E49" s="17">
         <v>10197344044405</v>
       </c>
     </row>
-    <row r="50" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C50" s="5">
+    <row r="50" spans="1:5" ht="15.6">
+      <c r="A50" s="14" t="s">
+        <v>180</v>
+      </c>
+      <c r="B50" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="C50" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D50" s="17">
         <v>10197344044436</v>
       </c>
-      <c r="D50" s="5">
+      <c r="E50" s="17">
         <v>10197344044436</v>
       </c>
     </row>
-    <row r="51" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C51" s="5">
+    <row r="51" spans="1:5" ht="15.6">
+      <c r="A51" s="14" t="s">
+        <v>182</v>
+      </c>
+      <c r="B51" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="C51" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D51" s="17">
         <v>10197344044443</v>
       </c>
-      <c r="D51" s="5">
+      <c r="E51" s="17">
         <v>10197344044443</v>
       </c>
     </row>
-    <row r="52" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C52" s="5">
+    <row r="52" spans="1:5" ht="15.6">
+      <c r="A52" s="14" t="s">
+        <v>183</v>
+      </c>
+      <c r="B52" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="C52" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D52" s="17">
         <v>10197344044450</v>
       </c>
-      <c r="D52" s="5">
+      <c r="E52" s="17">
         <v>10197344044450</v>
       </c>
     </row>
-    <row r="53" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C53" s="5">
+    <row r="53" spans="1:5" ht="15.6">
+      <c r="A53" s="14" t="s">
+        <v>183</v>
+      </c>
+      <c r="B53" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="C53" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D53" s="17">
         <v>10197344044450</v>
       </c>
-      <c r="D53" s="5">
+      <c r="E53" s="17">
         <v>10197344044450</v>
       </c>
     </row>
-    <row r="54" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C54" s="5">
+    <row r="54" spans="1:5" ht="15.6">
+      <c r="A54" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="B54" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="C54" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D54" s="17">
         <v>10197344044467</v>
       </c>
-      <c r="D54" s="5">
+      <c r="E54" s="17">
         <v>10197344044467</v>
       </c>
     </row>
-    <row r="55" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C55" s="5">
+    <row r="55" spans="1:5" ht="15.6">
+      <c r="A55" s="14" t="s">
+        <v>186</v>
+      </c>
+      <c r="B55" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="C55" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D55" s="17">
         <v>10197344044498</v>
       </c>
-      <c r="D55" s="5">
+      <c r="E55" s="17">
         <v>10197344044498</v>
       </c>
     </row>
-    <row r="56" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C56" s="5">
+    <row r="56" spans="1:5" ht="15.6">
+      <c r="A56" s="14" t="s">
+        <v>188</v>
+      </c>
+      <c r="B56" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C56" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D56" s="17">
         <v>10197344044566</v>
       </c>
-      <c r="D56" s="5">
+      <c r="E56" s="17">
         <v>10197344044566</v>
       </c>
     </row>
-    <row r="57" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C57" s="5">
+    <row r="57" spans="1:5" ht="15.6">
+      <c r="A57" s="14" t="s">
+        <v>188</v>
+      </c>
+      <c r="B57" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C57" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D57" s="17">
         <v>10197344044566</v>
       </c>
-      <c r="D57" s="5">
+      <c r="E57" s="17">
         <v>10197344044566</v>
       </c>
     </row>
-    <row r="58" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C58" s="5">
+    <row r="58" spans="1:5" ht="15.6">
+      <c r="A58" s="14" t="s">
+        <v>189</v>
+      </c>
+      <c r="B58" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="C58" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D58" s="17">
         <v>10197344044573</v>
       </c>
-      <c r="D58" s="5">
+      <c r="E58" s="17">
         <v>10197344044573</v>
       </c>
     </row>
-    <row r="59" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C59" s="5">
+    <row r="59" spans="1:5" ht="15.6">
+      <c r="A59" s="14" t="s">
+        <v>191</v>
+      </c>
+      <c r="B59" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="C59" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D59" s="17">
         <v>10197344044597</v>
       </c>
-      <c r="D59" s="5">
+      <c r="E59" s="17">
         <v>10197344044597</v>
       </c>
     </row>
-    <row r="60" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C60" s="5">
+    <row r="60" spans="1:5" ht="15.6">
+      <c r="A60" s="14" t="s">
+        <v>191</v>
+      </c>
+      <c r="B60" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="C60" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D60" s="17">
         <v>10197344044597</v>
       </c>
-      <c r="D60" s="5">
+      <c r="E60" s="17">
         <v>10197344044597</v>
       </c>
     </row>
-    <row r="61" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C61" s="5">
+    <row r="61" spans="1:5" ht="15.6">
+      <c r="A61" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="B61" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="C61" s="19" t="s">
+        <v>143</v>
+      </c>
+      <c r="D61" s="20">
         <v>10197344043835</v>
       </c>
-      <c r="D61" s="5">
+      <c r="E61" s="20">
         <v>10197344043835</v>
       </c>
     </row>
-    <row r="62" spans="1:4" ht="15.6">
-[...6 lines deleted...]
-      <c r="C62" s="8">
+    <row r="62" spans="1:5" ht="15.6">
+      <c r="A62" s="21" t="s">
+        <v>192</v>
+      </c>
+      <c r="B62" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="C62" s="21" t="s">
+        <v>140</v>
+      </c>
+      <c r="D62" s="22">
         <v>10197344043835</v>
       </c>
-      <c r="D62" s="8">
+      <c r="E62" s="22">
         <v>10197344043835</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <UpdatePhase xmlns="7a365617-1017-4bd9-b165-3ebf1db5cdd6" xsi:nil="true"/>
-[...4 lines deleted...]
-    <NULL_x0020_Person_x0020_or_x0020_Group_x0020__x0028_mult_x0029_ xmlns="7a365617-1017-4bd9-b165-3ebf1db5cdd6">
+    <RESNumber xmlns="bcad8696-87b5-4252-9de6-94452217ddcf" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bcad8696-87b5-4252-9de6-94452217ddcf">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="20867c8d-1cc9-4acd-a073-94634f6a764f" xsi:nil="true"/>
+    <Status xmlns="bcad8696-87b5-4252-9de6-94452217ddcf" xsi:nil="true"/>
+    <FlaggedforOEA xmlns="bcad8696-87b5-4252-9de6-94452217ddcf">false</FlaggedforOEA>
+    <RCL_x0023_ xmlns="bcad8696-87b5-4252-9de6-94452217ddcf" xsi:nil="true"/>
+    <Owner xmlns="bcad8696-87b5-4252-9de6-94452217ddcf">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
-    </NULL_x0020_Person_x0020_or_x0020_Group_x0020__x0028_mult_x0029_>
-[...36 lines deleted...]
-    </Key_x0020_Project_x0020_Stakeholder>
+    </Owner>
+    <Comments xmlns="bcad8696-87b5-4252-9de6-94452217ddcf" xsi:nil="true"/>
+    <Notes xmlns="bcad8696-87b5-4252-9de6-94452217ddcf" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DDFF7C4FE29791479AD1E90B4B7422ED" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5576edaa4c8f3a0bd5cc64c61d1f8a79">
-[...2 lines deleted...]
-    <xsd:import namespace="f046a395-3119-4525-baa3-6547ff6d66aa"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003B1E95C36F87D146852F6FA738CD4815" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c990cbe4ffe7c664f1e2b359b95a7ff3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bcad8696-87b5-4252-9de6-94452217ddcf" xmlns:ns3="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="585b891fefe044c43b3feb2e87407327" ns2:_="" ns3:_="">
+    <xsd:import namespace="bcad8696-87b5-4252-9de6-94452217ddcf"/>
+    <xsd:import namespace="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:Document_x0020_Category" minOccurs="0"/>
-[...25 lines deleted...]
-                <xsd:element ref="ns2:Visible" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
-                <xsd:element ref="ns2:UpdatePhase" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:RESNumber" minOccurs="0"/>
+                <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:RESNumber" minOccurs="0"/>
+                <xsd:element ref="ns2:RCL_x0023_" minOccurs="0"/>
+                <xsd:element ref="ns2:Status" minOccurs="0"/>
+                <xsd:element ref="ns2:Comments" minOccurs="0"/>
+                <xsd:element ref="ns2:Owner" minOccurs="0"/>
+                <xsd:element ref="ns2:FlaggedforOEA" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a365617-1017-4bd9-b165-3ebf1db5cdd6" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bcad8696-87b5-4252-9de6-94452217ddcf" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="Document_x0020_Category" ma:index="8" nillable="true" ma:displayName="DMAIC Stage" ma:description="Select applicable DMAIC stage" ma:format="Dropdown" ma:internalName="Document_x0020_Category" ma:readOnly="false">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Choice">
-[...8 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="BPI_x0020_Document_x0020_Type" ma:index="9" nillable="true" ma:displayName="BPI Document Type" ma:description="Select applicable DMAIC document type" ma:format="Dropdown" ma:internalName="BPI_x0020_Document_x0020_Type" ma:readOnly="false">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Choice">
-[...22 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="BPI_x0020_ID_x003a_Project_x0020_Title" ma:index="10" nillable="true" ma:displayName="Project Name*" ma:internalName="BPI_x0020_ID_x003A_Project_x0020_Title" ma:readOnly="false">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="RESNumber" ma:index="11" nillable="true" ma:displayName="RES Number" ma:format="Dropdown" ma:internalName="RESNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="BPI_x0020_ID_x003a_CDRH_x0020_Tags" ma:index="11" nillable="true" ma:displayName="CDRH Tags*" ma:internalName="BPI_x0020_ID_x003A_CDRH_x0020_Tags" ma:readOnly="false">
+    <xsd:element name="Notes" ma:index="12" nillable="true" ma:displayName="Notes" ma:format="Dropdown" ma:internalName="Notes">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="BPI_x0020_Project_x0020_ID_x003a_Proposed_x0020_Process_x0020_Name" ma:index="12" nillable="true" ma:displayName="Proposed Project Name*" ma:internalName="BPI_x0020_Project_x0020_ID_x003A_Proposed_x0020_Process_x0020_Name" ma:readOnly="false">
+    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="79cf906e-e933-44a8-8421-1c91ada6f122" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="RCL_x0023_" ma:index="20" nillable="true" ma:displayName="RCL #" ma:format="Dropdown" ma:internalName="RCL_x0023_">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="BPI_x0020_ID_x003a_Project_x0020_Start_x0020_Date" ma:index="13" nillable="true" ma:displayName="Project Start Date*" ma:format="DateOnly" ma:internalName="BPI_x0020_ID_x003A_Project_x0020_Start_x0020_Date" ma:readOnly="false">
-[...9 lines deleted...]
-    <xsd:element name="BPI_x0020_ID_x003a_Project_x0020_Champion" ma:index="15" nillable="true" ma:displayName="Project Champion*" ma:internalName="BPI_x0020_ID_x003A_Project_x0020_Champion" ma:readOnly="false">
+    <xsd:element name="Status" ma:index="21" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="Status">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="BPI_x0020_ID_x003a_Project_x0020_POC" ma:index="16" nillable="true" ma:displayName="Project Sponsor/Approver*" ma:internalName="BPI_x0020_ID_x003A_Project_x0020_POC" ma:readOnly="false">
-[...70 lines deleted...]
-    <xsd:element name="DMAIC_x0020_Phase_x0020_Review_x0020_Comments" ma:index="25" nillable="true" ma:displayName="DMAIC Gate Review Comments" ma:internalName="DMAIC_x0020_Phase_x0020_Review_x0020_Comments" ma:readOnly="false">
+    <xsd:element name="Comments" ma:index="22" nillable="true" ma:displayName="Comments" ma:format="Dropdown" ma:internalName="Comments">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="DMAIC_x0020_Gate_x0020_Review_x0020_routed_x0020_to_x0020_Approver_x003f_" ma:index="26" nillable="true" ma:displayName="Routed to Approver?" ma:default="No" ma:format="Dropdown" ma:internalName="DMAIC_x0020_Gate_x0020_Review_x0020_routed_x0020_to_x0020_Approver_x003F_" ma:readOnly="false">
-[...15 lines deleted...]
-    <xsd:element name="Key_x0020_Project_x0020_Stakeholder" ma:index="28" nillable="true" ma:displayName="Project Stakeholders" ma:list="UserInfo" ma:SearchPeopleOnly="false" ma:SharePointGroup="0" ma:internalName="Key_x0020_Project_x0020_Stakeholder" ma:readOnly="false" ma:showField="Title">
+    <xsd:element name="Owner" ma:index="23" nillable="true" ma:displayName="Owner" ma:description="Person currently working on doc" ma:format="Dropdown" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="Owner">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="Approver_x0020__x0028_Start_x0020_and_x0020_End_x0029_" ma:index="29" nillable="true" ma:displayName="Approver (Start Date and End Date)" ma:internalName="Approver_x0020__x0028_Start_x0020_and_x0020_End_x0029_" ma:readOnly="false">
+    <xsd:element name="FlaggedforOEA" ma:index="24" nillable="true" ma:displayName="Flagged for OEA" ma:default="0" ma:format="Dropdown" ma:internalName="FlaggedforOEA">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-[...1 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Project_x0020_Doc_x0020_ID" ma:index="30" nillable="true" ma:displayName="Project Doc ID" ma:internalName="Project_x0020_Doc_x0020_ID" ma:readOnly="false">
-[...11 lines deleted...]
-    <xsd:element name="NULL_x0020_Person_x0020_or_x0020_Group_x0020__x0028_mult_x0029_" ma:index="32" nillable="true" ma:displayName="NULL PERSON OR GROUP (MULT)" ma:list="UserInfo" ma:SearchPeopleOnly="false" ma:SharePointGroup="0" ma:internalName="NULL_x0020_Person_x0020_or_x0020_Group_x0020__x0028_mult_x0029_" ma:readOnly="false" ma:showField="Title">
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="20867c8d-1cc9-4acd-a073-94634f6a764f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{a0fac72b-6fff-497a-99e5-f4fd608fda87}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c4f5cf56-fd93-49c6-9fd9-8f20379bb9e1">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:UserMulti">
+          <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
-              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
-[...7 lines deleted...]
-              </xsd:element>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...112 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -2095,127 +9177,72 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35A545E3-303C-423F-94F7-E17EACD281E7}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7BE48717-7861-42B9-BE40-734B6AFED74B}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C771F9B-2CE0-4F82-A78F-786B3EF37D12}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B6735B8-2924-477E-BCF9-8EAB91C3ABE3}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A6B2695-AF6C-4D16-A1D4-3EB23F10B753}">
-[...20 lines deleted...]
-</clbl:labelList>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{090942AC-ECCC-446E-90F1-921A2BCC2C13}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...16 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
-  <Company/>
-[...1 lines deleted...]
-  <SharedDoc>false</SharedDoc>
+  <Company>FDA</Company>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Novak, Hannah</dc:creator>
+  <dc:creator>Bittleman, Katelyn</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100DDFF7C4FE29791479AD1E90B4B7422ED</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x0101003B1E95C36F87D146852F6FA738CD4815</vt:lpwstr>
   </property>
 </Properties>
 </file>