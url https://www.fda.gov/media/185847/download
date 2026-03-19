--- v0 (2026-02-07)
+++ v1 (2026-03-19)
@@ -9,76 +9,76 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Fda.gov\wodc\ORA\OSPOP\DFE\Debarment\3. Current Debarments Downloadable file for Website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{01BA945F-3688-415D-AB29-76303A9AE340}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B3097361-3071-4DAE-A7EB-194CA7A86E54}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{26B53EDE-E313-4B57-846D-6E8C977FC572}"/>
   </bookViews>
   <sheets>
     <sheet name="Drug Imports" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="186">
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>First &amp; Middle Names</t>
   </si>
   <si>
     <t>Effective Date</t>
   </si>
   <si>
     <t>End/Term of Debarment</t>
   </si>
   <si>
     <t>FR Date.txt (MM/DD/YY)</t>
   </si>
   <si>
     <t>5 years%</t>
   </si>
   <si>
     <t>Singh</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
@@ -617,56 +617,100 @@
   </si>
   <si>
     <t>Nicole Shelby</t>
   </si>
   <si>
     <t>90 FR 53327</t>
   </si>
   <si>
     <t>91 FR 2940</t>
   </si>
   <si>
     <t>Hall</t>
   </si>
   <si>
     <t>Tyler Jordan</t>
   </si>
   <si>
     <t>Lamberty</t>
   </si>
   <si>
     <t>Paul Z.</t>
   </si>
   <si>
     <t>91 FR 5489</t>
   </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Jeremy Spencer</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">5 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF333333"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>years%</t>
+    </r>
+  </si>
+  <si>
+    <t>91 FR 6643</t>
+  </si>
+  <si>
+    <t>McCain</t>
+  </si>
+  <si>
+    <t>Sherrie R.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91 FR 8003 </t>
+  </si>
+  <si>
+    <t>Insprucker</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91 FR 8006 </t>
+  </si>
+  <si>
+    <t>Sherri</t>
+  </si>
+  <si>
+    <t>91 FR 8001</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="16">
+  <fonts count="17">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF333333"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10.5"/>
       <color rgb="FF333333"/>
       <name val="Roboto Condensed"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -722,88 +766,94 @@
     </font>
     <font>
       <sz val="10.5"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF333333"/>
       <name val="Arial Unicode MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10.5"/>
       <color theme="1"/>
       <name val="Arial Unicode MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial Unicode MS"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF333333"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -862,50 +912,56 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
@@ -1186,54 +1242,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/03/03/2022-04469/patrick-charles-bishop-final-debarment-order" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/11/29/2022-26012/jennings-ryan-staley-final-debarment-order" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/01/20/2023-00997/linda-godding-final-debarment-order" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/03/13/2025-04029/alnashir-alibhai-punjani-final-debarment-order" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/02/27/2023-03958/wojciech-lesniak-final-debarment-order" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/06/06/2024-12356/marina-sievert-final-debarment-order" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/09/19/2025-18213/william-goldsmith-final-debarment-order" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/content/pkg/FR-2020-03-17/pdf/2020-05450.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2019/11/29/2019-25824/tzvi-lexier-final-debarment-order" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/07/13/2022-14899/kris-a-hampton-bey-ii-final-debarment-order" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/01/20/2023-00999/mark-godding-final-debarment-order" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/02/23/2024-03650/taylor-mclaren-final-debarment-order" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/02/10/2022-02801/brenda-k-marmas-final-debarment-order" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2020/07/24/2020-16062/john-seil-lee-final-debarment-order" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/content/pkg/FR-2021-05-14/pdf/2021-10249.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/02/14/2022-03098/brian-michael-parks-final-debarment-order" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/11/15/2022-24805/david-elias-mendoza-final-debarment-order" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/06/03/2024-12064/shanif-abdul-punjani-final-debarment-order" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/01/08/2025-00126/yong-sheng-jiao-denial-of-hearing-final-debarment-order" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/03/13/2025-04028/harpreet-singh-final-debarment-order" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/03/26/2021-06258/ursula-wing-final-debarment-order" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/07/07/2022-14433/jhanna-novikov-final-debarment-order" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/08/15/2023-17481/ildiko-m-knoll-final-debarment-order" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/02/14/2024-03020/ross-lucien-final-debarment-order" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/08/15/2024-18268/ryan-stabile-final-debarment-order" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="87%20FR%20225" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/12/14/2022-27091/david-j-kempema-final-debarment-order" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/04/05/2024-07271/robert-lance-shuffert-final-debarment-order" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/03/26/2021-06219/thomas-j-whalen-final-debarment-order" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/12/15/2021-27056/julia-fees-final-debarment-order" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/05/17/2022-10505/howard-stanley-head-jr-final-debarment-order" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/06/12/2023-12487/luis-anarbol-moran-final-debarment-order" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/02/09/2024-02706/brendon-gagne-final-debarment-order" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/03/26/2024-06287/phillip-leonowens-final-debarment-order" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/06/13/2024-12974/richard-b-smith-iii-final-debarment-order" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/07/28/2021-16044/justin-ash-final-debarment-order" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2020/07/24/2020-16085/jin-su-park-final-debarment-order" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/03/03/2022-04484/george-kuiper-final-debarment-order" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/07/25/2022-15795/kenneth-zipperer-final-debarment-order" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/12/19/2023-27855/jeremy-walenty-final-debarment-order" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/06/03/2024-12066/michael-terry-little-final-debarment-order" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/03/13/2025-04030/jonathan-corbett-cosie-final-debarment-order" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{112E7A7F-4612-4AAE-B56F-C61B16BED865}">
-  <dimension ref="A1:BJ57"/>
+  <dimension ref="A1:BJ61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H14" sqref="H14"/>
+      <selection activeCell="F19" sqref="F19:F20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.28515625" style="28" customWidth="1"/>
     <col min="2" max="2" width="27" style="31" customWidth="1"/>
     <col min="3" max="3" width="28.7109375" style="4" customWidth="1"/>
     <col min="4" max="4" width="27.28515625" style="4" customWidth="1"/>
     <col min="5" max="5" width="26.140625" style="4" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" customWidth="1"/>
     <col min="8" max="8" width="53.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="16" customFormat="1">
       <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="16" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="16" t="s">
         <v>3</v>
@@ -1264,1241 +1320,1324 @@
       <c r="F2" s="24" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B3" s="15" t="s">
         <v>36</v>
       </c>
       <c r="C3" s="11">
         <v>44565</v>
       </c>
       <c r="D3" s="12" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="11">
         <v>44623</v>
       </c>
       <c r="F3" s="24" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:8">
-      <c r="A4" s="16" t="s">
+      <c r="A4" s="32" t="s">
+        <v>175</v>
+      </c>
+      <c r="B4" s="32" t="s">
+        <v>176</v>
+      </c>
+      <c r="C4" s="37">
+        <v>46065</v>
+      </c>
+      <c r="D4" s="38" t="s">
+        <v>177</v>
+      </c>
+      <c r="E4" s="37">
+        <v>46065</v>
+      </c>
+      <c r="F4" s="24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" s="16" t="s">
         <v>95</v>
       </c>
-      <c r="B4" s="16" t="s">
+      <c r="B5" s="16" t="s">
         <v>96</v>
       </c>
-      <c r="C4" s="14">
+      <c r="C5" s="14">
         <v>45729</v>
-      </c>
-[...18 lines deleted...]
-        <v>43907</v>
       </c>
       <c r="D5" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="E5" s="11">
-[...3 lines deleted...]
-        <v>102</v>
+      <c r="E5" s="14">
+        <v>45729</v>
+      </c>
+      <c r="F5" s="24" t="s">
+        <v>101</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="15" t="s">
-        <v>148</v>
+        <v>8</v>
       </c>
       <c r="B6" s="15" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>45806</v>
+        <v>9</v>
+      </c>
+      <c r="C6" s="11">
+        <v>43907</v>
       </c>
       <c r="D6" s="12" t="s">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>150</v>
+        <v>10</v>
+      </c>
+      <c r="E6" s="11">
+        <v>43907</v>
+      </c>
+      <c r="F6" s="24" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="15" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="B7" s="15" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>44545</v>
+        <v>149</v>
+      </c>
+      <c r="C7" s="25">
+        <v>45806</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>5</v>
       </c>
-      <c r="E7" s="11">
-[...3 lines deleted...]
-        <v>103</v>
+      <c r="E7" s="25">
+        <v>45806</v>
+      </c>
+      <c r="F7" s="24" t="s">
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="15" t="s">
-        <v>154</v>
+        <v>25</v>
       </c>
       <c r="B8" s="15" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>45807</v>
+        <v>26</v>
+      </c>
+      <c r="C8" s="11">
+        <v>44545</v>
       </c>
       <c r="D8" s="12" t="s">
         <v>5</v>
       </c>
-      <c r="E8" s="25">
-[...3 lines deleted...]
-        <v>156</v>
+      <c r="E8" s="11">
+        <v>44545</v>
+      </c>
+      <c r="F8" s="24" t="s">
+        <v>103</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="15" t="s">
-        <v>69</v>
+        <v>154</v>
       </c>
       <c r="B9" s="15" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>45279</v>
+        <v>155</v>
+      </c>
+      <c r="C9" s="25">
+        <v>45807</v>
       </c>
       <c r="D9" s="12" t="s">
         <v>5</v>
       </c>
-      <c r="E9" s="11">
-[...3 lines deleted...]
-        <v>104</v>
+      <c r="E9" s="25">
+        <v>45807</v>
+      </c>
+      <c r="F9" s="24" t="s">
+        <v>156</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="15" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B10" s="15" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>45331</v>
+        <v>70</v>
+      </c>
+      <c r="C10" s="11">
+        <v>45279</v>
       </c>
       <c r="D10" s="12" t="s">
         <v>5</v>
       </c>
-      <c r="E10" s="18">
-[...3 lines deleted...]
-        <v>105</v>
+      <c r="E10" s="11">
+        <v>45279</v>
+      </c>
+      <c r="F10" s="24" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="15" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
       <c r="B11" s="15" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>44946</v>
+        <v>72</v>
+      </c>
+      <c r="C11" s="18">
+        <v>45331</v>
       </c>
       <c r="D11" s="12" t="s">
         <v>5</v>
       </c>
-      <c r="E11" s="14">
-[...3 lines deleted...]
-        <v>106</v>
+      <c r="E11" s="18">
+        <v>45331</v>
+      </c>
+      <c r="F11" s="24" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="15" t="s">
         <v>52</v>
       </c>
       <c r="B12" s="15" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C12" s="14">
         <v>44946</v>
       </c>
       <c r="D12" s="12" t="s">
         <v>5</v>
       </c>
       <c r="E12" s="14">
         <v>44946</v>
       </c>
-      <c r="F12" s="12" t="s">
-        <v>107</v>
+      <c r="F12" s="24" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="B13" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" s="14">
+        <v>44946</v>
+      </c>
+      <c r="D13" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E13" s="14">
+        <v>44946</v>
+      </c>
+      <c r="F13" s="24" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="B13" s="15" t="s">
+      <c r="B14" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="C13" s="9">
+      <c r="C14" s="9">
         <v>45919</v>
       </c>
-      <c r="D13" s="12" t="s">
+      <c r="D14" s="12" t="s">
         <v>161</v>
       </c>
-      <c r="E13" s="9">
+      <c r="E14" s="9">
         <v>45919</v>
       </c>
-      <c r="F13" s="12" t="s">
+      <c r="F14" s="24" t="s">
         <v>162</v>
       </c>
-      <c r="H13" s="5"/>
-[...2 lines deleted...]
-      <c r="A14" s="32" t="s">
+      <c r="H14" s="5"/>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" s="32" t="s">
         <v>170</v>
       </c>
-      <c r="B14" s="32" t="s">
+      <c r="B15" s="32" t="s">
         <v>171</v>
       </c>
-      <c r="C14" s="9">
+      <c r="C15" s="9">
         <v>46045</v>
       </c>
-      <c r="D14" s="10" t="s">
+      <c r="D15" s="10" t="s">
         <v>161</v>
       </c>
-      <c r="E14" s="9">
+      <c r="E15" s="9">
         <v>46045</v>
       </c>
-      <c r="F14" s="12" t="s">
+      <c r="F15" s="24" t="s">
         <v>169</v>
       </c>
-      <c r="H14" s="5"/>
-[...2 lines deleted...]
-      <c r="A15" s="15" t="s">
+      <c r="H15" s="5"/>
+    </row>
+    <row r="16" spans="1:8" ht="18">
+      <c r="A16" s="15" t="s">
         <v>44</v>
       </c>
-      <c r="B15" s="15" t="s">
+      <c r="B16" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="C15" s="11">
+      <c r="C16" s="11">
         <v>44755</v>
       </c>
-      <c r="D15" s="12" t="s">
+      <c r="D16" s="12" t="s">
         <v>63</v>
       </c>
-      <c r="E15" s="11">
+      <c r="E16" s="11">
         <v>44755</v>
       </c>
-      <c r="F15" s="12" t="s">
+      <c r="F16" s="12" t="s">
         <v>108</v>
-      </c>
-[...18 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="17" spans="1:62">
       <c r="A17" s="15" t="s">
-        <v>151</v>
+        <v>40</v>
       </c>
       <c r="B17" s="15" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>45806</v>
+        <v>41</v>
+      </c>
+      <c r="C17" s="33">
+        <v>44698</v>
       </c>
       <c r="D17" s="12" t="s">
         <v>5</v>
       </c>
-      <c r="E17" s="25">
-        <v>45806</v>
+      <c r="E17" s="33">
+        <v>44698</v>
       </c>
       <c r="F17" s="12" t="s">
-        <v>153</v>
+        <v>109</v>
       </c>
     </row>
     <row r="18" spans="1:62">
       <c r="A18" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="B18" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="C18" s="25">
+        <v>45806</v>
+      </c>
+      <c r="D18" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E18" s="25">
+        <v>45806</v>
+      </c>
+      <c r="F18" s="12" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="19" spans="1:62">
+      <c r="A19" s="20" t="s">
+        <v>182</v>
+      </c>
+      <c r="B19" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="C19" s="37">
+        <v>46072</v>
+      </c>
+      <c r="D19" s="38" t="s">
+        <v>177</v>
+      </c>
+      <c r="E19" s="37">
+        <v>46072</v>
+      </c>
+      <c r="F19" s="38" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="20" spans="1:62">
+      <c r="A20" s="20" t="s">
+        <v>182</v>
+      </c>
+      <c r="B20" s="20" t="s">
+        <v>184</v>
+      </c>
+      <c r="C20" s="37">
+        <v>46072</v>
+      </c>
+      <c r="D20" s="38" t="s">
+        <v>177</v>
+      </c>
+      <c r="E20" s="37">
+        <v>46072</v>
+      </c>
+      <c r="F20" s="38" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="21" spans="1:62">
+      <c r="A21" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="B18" s="15" t="s">
+      <c r="B21" s="15" t="s">
         <v>93</v>
       </c>
-      <c r="C18" s="34">
+      <c r="C21" s="34">
         <v>45665</v>
       </c>
-      <c r="D18" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="34">
+      <c r="D21" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E21" s="34">
         <v>45665</v>
       </c>
-      <c r="F18" s="12" t="s">
+      <c r="F21" s="12" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="19" spans="1:62" s="6" customFormat="1" ht="14.25">
-      <c r="A19" s="15" t="s">
+    <row r="22" spans="1:62" s="6" customFormat="1" ht="14.25">
+      <c r="A22" s="15" t="s">
         <v>157</v>
       </c>
-      <c r="B19" s="15" t="s">
+      <c r="B22" s="15" t="s">
         <v>158</v>
       </c>
-      <c r="C19" s="11">
+      <c r="C22" s="11">
         <v>45888</v>
       </c>
-      <c r="D19" s="12" t="s">
+      <c r="D22" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="E19" s="11">
+      <c r="E22" s="11">
         <v>45888</v>
       </c>
-      <c r="F19" s="12" t="s">
+      <c r="F22" s="12" t="s">
         <v>159</v>
       </c>
-      <c r="G19" s="7"/>
-[...57 lines deleted...]
-      <c r="A20" s="15" t="s">
+      <c r="G22" s="7"/>
+      <c r="H22" s="7"/>
+      <c r="I22" s="7"/>
+      <c r="J22" s="7"/>
+      <c r="K22" s="7"/>
+      <c r="L22" s="7"/>
+      <c r="M22" s="7"/>
+      <c r="N22" s="7"/>
+      <c r="O22" s="7"/>
+      <c r="P22" s="7"/>
+      <c r="Q22" s="7"/>
+      <c r="R22" s="7"/>
+      <c r="S22" s="7"/>
+      <c r="T22" s="7"/>
+      <c r="U22" s="7"/>
+      <c r="V22" s="7"/>
+      <c r="W22" s="7"/>
+      <c r="X22" s="7"/>
+      <c r="Y22" s="7"/>
+      <c r="Z22" s="7"/>
+      <c r="AA22" s="7"/>
+      <c r="AB22" s="7"/>
+      <c r="AC22" s="7"/>
+      <c r="AD22" s="7"/>
+      <c r="AE22" s="7"/>
+      <c r="AF22" s="7"/>
+      <c r="AG22" s="7"/>
+      <c r="AH22" s="7"/>
+      <c r="AI22" s="7"/>
+      <c r="AJ22" s="7"/>
+      <c r="AK22" s="7"/>
+      <c r="AL22" s="7"/>
+      <c r="AM22" s="7"/>
+      <c r="AN22" s="7"/>
+      <c r="AO22" s="7"/>
+      <c r="AP22" s="7"/>
+      <c r="AQ22" s="7"/>
+      <c r="AR22" s="7"/>
+      <c r="AS22" s="7"/>
+      <c r="AT22" s="7"/>
+      <c r="AU22" s="7"/>
+      <c r="AV22" s="7"/>
+      <c r="AW22" s="7"/>
+      <c r="AX22" s="7"/>
+      <c r="AY22" s="7"/>
+      <c r="AZ22" s="7"/>
+      <c r="BA22" s="7"/>
+      <c r="BB22" s="7"/>
+      <c r="BC22" s="7"/>
+      <c r="BD22" s="7"/>
+      <c r="BE22" s="7"/>
+      <c r="BF22" s="7"/>
+      <c r="BG22" s="7"/>
+      <c r="BH22" s="7"/>
+      <c r="BI22" s="7"/>
+      <c r="BJ22" s="7"/>
+    </row>
+    <row r="23" spans="1:62" s="7" customFormat="1" ht="14.25">
+      <c r="A23" s="15" t="s">
         <v>50</v>
       </c>
-      <c r="B20" s="15" t="s">
+      <c r="B23" s="15" t="s">
         <v>51</v>
       </c>
-      <c r="C20" s="35">
+      <c r="C23" s="35">
         <v>44909</v>
       </c>
-      <c r="D20" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="35">
+      <c r="D23" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E23" s="35">
         <v>44909</v>
       </c>
-      <c r="F20" s="12" t="s">
+      <c r="F23" s="12" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="21" spans="1:62" ht="18">
-      <c r="A21" s="15" t="s">
+    <row r="24" spans="1:62" ht="18">
+      <c r="A24" s="15" t="s">
         <v>59</v>
       </c>
-      <c r="B21" s="15" t="s">
+      <c r="B24" s="15" t="s">
         <v>60</v>
       </c>
-      <c r="C21" s="35">
+      <c r="C24" s="35">
         <v>45153</v>
       </c>
-      <c r="D21" s="12" t="s">
+      <c r="D24" s="12" t="s">
         <v>94</v>
       </c>
-      <c r="E21" s="35">
+      <c r="E24" s="35">
         <v>45153</v>
       </c>
-      <c r="F21" s="12" t="s">
+      <c r="F24" s="12" t="s">
         <v>112</v>
-      </c>
-[...58 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="25" spans="1:62">
       <c r="A25" s="15" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="B25" s="15" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>44036</v>
+        <v>28</v>
+      </c>
+      <c r="C25" s="33">
+        <v>44565</v>
       </c>
       <c r="D25" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E25" s="33">
+        <v>44565</v>
+      </c>
+      <c r="F25" s="12" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="26" spans="1:62">
+      <c r="A26" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B26" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="C26" s="36">
+        <v>44623</v>
+      </c>
+      <c r="D26" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E26" s="36">
+        <v>44623</v>
+      </c>
+      <c r="F26" s="12" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="27" spans="1:62">
+      <c r="A27" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="B27" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="C27" s="36">
+        <v>46059</v>
+      </c>
+      <c r="D27" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="E25" s="11">
-[...43 lines deleted...]
-        <v>117</v>
+      <c r="E27" s="36">
+        <v>46059</v>
+      </c>
+      <c r="F27" s="12" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="28" spans="1:62">
       <c r="A28" s="15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B28" s="15" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C28" s="11">
-        <v>43798</v>
+        <v>44036</v>
       </c>
       <c r="D28" s="12" t="s">
         <v>10</v>
       </c>
       <c r="E28" s="11">
+        <v>44036</v>
+      </c>
+      <c r="F28" s="12" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="29" spans="1:62" s="4" customFormat="1">
+      <c r="A29" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="B29" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="C29" s="18">
+        <v>45377</v>
+      </c>
+      <c r="D29" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E29" s="18">
+        <v>45377</v>
+      </c>
+      <c r="F29" s="24" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="30" spans="1:62" ht="18">
+      <c r="A30" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="B30" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="C30" s="18">
+        <v>44984</v>
+      </c>
+      <c r="D30" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="E30" s="18">
+        <v>44984</v>
+      </c>
+      <c r="F30" s="24" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="31" spans="1:62">
+      <c r="A31" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="B31" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="11">
         <v>43798</v>
       </c>
-      <c r="F28" s="24" t="s">
+      <c r="D31" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" s="11">
+        <v>43798</v>
+      </c>
+      <c r="F31" s="24" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="29" spans="1:62">
-      <c r="A29" s="13" t="s">
+    <row r="32" spans="1:62">
+      <c r="A32" s="13" t="s">
         <v>83</v>
       </c>
-      <c r="B29" s="13" t="s">
+      <c r="B32" s="13" t="s">
         <v>84</v>
       </c>
-      <c r="C29" s="9">
+      <c r="C32" s="9">
         <v>45446</v>
       </c>
-      <c r="D29" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E29" s="9">
+      <c r="D32" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E32" s="9">
         <v>45446</v>
       </c>
-      <c r="F29" s="24" t="s">
+      <c r="F32" s="24" t="s">
         <v>119</v>
-      </c>
-[...58 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="20" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B33" s="20" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C33" s="18">
-        <v>45345</v>
+        <v>45336</v>
       </c>
       <c r="D33" s="12" t="s">
         <v>5</v>
       </c>
       <c r="E33" s="18">
-        <v>45345</v>
+        <v>45336</v>
       </c>
       <c r="F33" s="24" t="s">
-        <v>122</v>
-[...12 lines deleted...]
-      <c r="D34" s="21" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" s="20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B34" s="20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C34" s="25">
+        <v>45806</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E34" s="25">
+        <v>45806</v>
+      </c>
+      <c r="F34" s="26" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="18">
+      <c r="A35" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B35" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="C35" s="11">
+        <v>44602</v>
+      </c>
+      <c r="D35" s="21" t="s">
         <v>63</v>
       </c>
-      <c r="E34" s="23">
-[...18 lines deleted...]
-      </c>
       <c r="E35" s="11">
-        <v>44642</v>
+        <v>44602</v>
       </c>
       <c r="F35" s="24" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
     </row>
     <row r="36" spans="1:6">
-      <c r="A36" s="15" t="s">
-[...15 lines deleted...]
-        <v>125</v>
+      <c r="A36" s="20" t="s">
+        <v>179</v>
+      </c>
+      <c r="B36" s="20" t="s">
+        <v>180</v>
+      </c>
+      <c r="C36" s="37">
+        <v>46072</v>
+      </c>
+      <c r="D36" s="38" t="s">
+        <v>177</v>
+      </c>
+      <c r="E36" s="37">
+        <v>46072</v>
+      </c>
+      <c r="F36" s="38" t="s">
+        <v>181</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="20" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="B37" s="20" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="C37" s="18">
-        <v>45089</v>
-[...1 lines deleted...]
-      <c r="D37" s="19" t="s">
+        <v>45345</v>
+      </c>
+      <c r="D37" s="12" t="s">
         <v>5</v>
       </c>
       <c r="E37" s="18">
-        <v>45089</v>
+        <v>45345</v>
       </c>
       <c r="F37" s="24" t="s">
-        <v>126</v>
-[...16 lines deleted...]
-        <v>45275</v>
+        <v>122</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="18">
+      <c r="A38" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B38" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="C38" s="23">
+        <v>44880</v>
+      </c>
+      <c r="D38" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="E38" s="23">
+        <v>44880</v>
       </c>
       <c r="F38" s="24" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="15" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="B39" s="15" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="C39" s="11">
-        <v>44749</v>
+        <v>44642</v>
       </c>
       <c r="D39" s="12" t="s">
         <v>5</v>
       </c>
       <c r="E39" s="11">
-        <v>44749</v>
+        <v>44642</v>
       </c>
       <c r="F39" s="24" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="B40" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="C40" s="11">
+        <v>44642</v>
+      </c>
+      <c r="D40" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E40" s="11">
+        <v>44642</v>
+      </c>
+      <c r="F40" s="24" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="B41" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="C41" s="18">
+        <v>45089</v>
+      </c>
+      <c r="D41" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E41" s="18">
+        <v>45089</v>
+      </c>
+      <c r="F41" s="24" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" s="20" t="s">
+        <v>64</v>
+      </c>
+      <c r="B42" s="20" t="s">
+        <v>65</v>
+      </c>
+      <c r="C42" s="18">
+        <v>45275</v>
+      </c>
+      <c r="D42" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="E42" s="18">
+        <v>45275</v>
+      </c>
+      <c r="F42" s="24" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B43" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="C43" s="11">
+        <v>44749</v>
+      </c>
+      <c r="D43" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E43" s="11">
+        <v>44749</v>
+      </c>
+      <c r="F43" s="24" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" s="15" t="s">
         <v>163</v>
       </c>
-      <c r="B40" s="15" t="s">
+      <c r="B44" s="15" t="s">
         <v>164</v>
       </c>
-      <c r="C40" s="11">
+      <c r="C44" s="11">
         <v>45931</v>
       </c>
-      <c r="D40" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="11">
+      <c r="D44" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E44" s="11">
         <v>45931</v>
       </c>
-      <c r="F40" s="12" t="s">
+      <c r="F44" s="12" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="41" spans="1:6">
-      <c r="A41" s="15" t="s">
+    <row r="45" spans="1:6">
+      <c r="A45" s="15" t="s">
         <v>15</v>
       </c>
-      <c r="B41" s="15" t="s">
+      <c r="B45" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="C41" s="11">
+      <c r="C45" s="11">
         <v>44036</v>
       </c>
-      <c r="D41" s="12" t="s">
+      <c r="D45" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="E41" s="11">
+      <c r="E45" s="11">
         <v>44036</v>
       </c>
-      <c r="F41" s="24" t="s">
+      <c r="F45" s="24" t="s">
         <v>129</v>
-      </c>
-[...78 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="15" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="B46" s="15" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="C46" s="11">
-        <v>44330</v>
+        <v>44606</v>
       </c>
       <c r="D46" s="12" t="s">
         <v>5</v>
       </c>
       <c r="E46" s="11">
-        <v>44330</v>
+        <v>44606</v>
       </c>
       <c r="F46" s="24" t="s">
-        <v>133</v>
-[...10 lines deleted...]
-        <v>45387</v>
+        <v>130</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" s="8" customFormat="1">
+      <c r="A47" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="B47" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="C47" s="14">
+        <v>45729</v>
       </c>
       <c r="D47" s="12" t="s">
         <v>5</v>
       </c>
-      <c r="E47" s="18">
-        <v>45387</v>
+      <c r="E47" s="14">
+        <v>45729</v>
       </c>
       <c r="F47" s="24" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="B48" s="13" t="s">
+        <v>82</v>
+      </c>
+      <c r="C48" s="9">
+        <v>45446</v>
+      </c>
+      <c r="D48" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E48" s="9">
+        <v>45446</v>
+      </c>
+      <c r="F48" s="24" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" s="32" t="s">
+        <v>166</v>
+      </c>
+      <c r="B49" s="32" t="s">
+        <v>167</v>
+      </c>
+      <c r="C49" s="9">
+        <v>45986</v>
+      </c>
+      <c r="D49" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="E49" s="9">
+        <v>45986</v>
+      </c>
+      <c r="F49" s="24" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B50" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="C50" s="11">
+        <v>44330</v>
+      </c>
+      <c r="D50" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E50" s="11">
+        <v>44330</v>
+      </c>
+      <c r="F50" s="24" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" s="20" t="s">
+        <v>79</v>
+      </c>
+      <c r="B51" s="29" t="s">
+        <v>80</v>
+      </c>
+      <c r="C51" s="18">
+        <v>45387</v>
+      </c>
+      <c r="D51" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E51" s="18">
+        <v>45387</v>
+      </c>
+      <c r="F51" s="24" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" s="13" t="s">
         <v>85</v>
       </c>
-      <c r="B48" s="13" t="s">
+      <c r="B52" s="13" t="s">
         <v>86</v>
       </c>
-      <c r="C48" s="9">
+      <c r="C52" s="9">
         <v>45449</v>
       </c>
-      <c r="D48" s="10" t="s">
+      <c r="D52" s="10" t="s">
         <v>87</v>
       </c>
-      <c r="E48" s="9">
+      <c r="E52" s="9">
         <v>45449</v>
       </c>
-      <c r="F48" s="24" t="s">
+      <c r="F52" s="24" t="s">
         <v>135</v>
-      </c>
-[...78 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="13" t="s">
-        <v>67</v>
+        <v>6</v>
       </c>
       <c r="B53" s="13" t="s">
-        <v>68</v>
-[...8 lines deleted...]
-        <v>45279</v>
+        <v>98</v>
+      </c>
+      <c r="C53" s="14">
+        <v>45729</v>
+      </c>
+      <c r="D53" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E53" s="14">
+        <v>45729</v>
       </c>
       <c r="F53" s="24" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
     </row>
     <row r="54" spans="1:6">
-      <c r="A54" s="15" t="s">
-[...6 lines deleted...]
-        <v>44281</v>
+      <c r="A54" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="B54" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="C54" s="9">
+        <v>45456</v>
       </c>
       <c r="D54" s="12" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>44281</v>
+        <v>5</v>
+      </c>
+      <c r="E54" s="9">
+        <v>45456</v>
       </c>
       <c r="F54" s="24" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
     </row>
     <row r="55" spans="1:6">
-      <c r="A55" s="15" t="s">
-[...12 lines deleted...]
-        <v>44281</v>
+      <c r="A55" s="27" t="s">
+        <v>89</v>
+      </c>
+      <c r="B55" s="27" t="s">
+        <v>90</v>
+      </c>
+      <c r="C55" s="14">
+        <v>45519</v>
+      </c>
+      <c r="D55" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E55" s="14">
+        <v>45519</v>
       </c>
       <c r="F55" s="24" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="B56" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="C56" s="11">
+        <v>44840</v>
+      </c>
+      <c r="D56" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E56" s="11">
+        <v>44894</v>
+      </c>
+      <c r="F56" s="24" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="B57" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="C57" s="17">
+        <v>45279</v>
+      </c>
+      <c r="D57" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E57" s="17">
+        <v>45279</v>
+      </c>
+      <c r="F57" s="24" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="B58" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="C58" s="11">
+        <v>44281</v>
+      </c>
+      <c r="D58" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E58" s="11">
+        <v>44281</v>
+      </c>
+      <c r="F58" s="24" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="B59" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="C59" s="11">
+        <v>44281</v>
+      </c>
+      <c r="D59" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E59" s="11">
+        <v>44281</v>
+      </c>
+      <c r="F59" s="24" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="B56" s="30" t="s">
+      <c r="B60" s="30" t="s">
         <v>47</v>
       </c>
-      <c r="C56" s="11">
+      <c r="C60" s="11">
         <v>44767</v>
       </c>
-      <c r="D56" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="11">
+      <c r="D60" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="E60" s="11">
         <v>44767</v>
       </c>
-      <c r="F56" s="24" t="s">
+      <c r="F60" s="24" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="57" spans="1:6">
-[...5 lines deleted...]
-      <c r="F57" s="24"/>
+    <row r="61" spans="1:6">
+      <c r="A61" s="15"/>
+      <c r="B61" s="30"/>
+      <c r="C61" s="1"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="3"/>
+      <c r="F61" s="24"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="F25" r:id="rId1" display="https://www.federalregister.gov/documents/2020/07/24/2020-16062/john-seil-lee-final-debarment-order" xr:uid="{9CC3BA72-85CD-4F7E-BF6F-A35EB837DC19}"/>
-[...5 lines deleted...]
-    <hyperlink ref="F5" r:id="rId7" display="https://www.govinfo.gov/content/pkg/FR-2020-03-17/pdf/2020-05450.pdf" xr:uid="{35EC6E95-E1F8-4367-B9F7-C6082B7B36C4}"/>
+    <hyperlink ref="F28" r:id="rId1" display="https://www.federalregister.gov/documents/2020/07/24/2020-16062/john-seil-lee-final-debarment-order" xr:uid="{9CC3BA72-85CD-4F7E-BF6F-A35EB837DC19}"/>
+    <hyperlink ref="F31" r:id="rId2" display="https://www.federalregister.gov/documents/2019/11/29/2019-25824/tzvi-lexier-final-debarment-order" xr:uid="{9FB1D9CA-617C-4273-A9A1-B372349EF1AE}"/>
+    <hyperlink ref="F45" r:id="rId3" display="https://www.federalregister.gov/documents/2020/07/24/2020-16085/jin-su-park-final-debarment-order" xr:uid="{5D83EF22-E557-4B2C-80A0-F0EC43174EC9}"/>
+    <hyperlink ref="F58" r:id="rId4" display="https://www.federalregister.gov/documents/2021/03/26/2021-06219/thomas-j-whalen-final-debarment-order" xr:uid="{FC9EA58E-4659-409F-8CCA-060E33297C35}"/>
+    <hyperlink ref="F59" r:id="rId5" display="https://www.federalregister.gov/documents/2021/03/26/2021-06258/ursula-wing-final-debarment-order" xr:uid="{D060D46E-5658-420E-A3D0-13DD4C45F67C}"/>
+    <hyperlink ref="F50" r:id="rId6" xr:uid="{0691DBB7-2D7D-4B96-B262-8D629B929570}"/>
+    <hyperlink ref="F6" r:id="rId7" display="https://www.govinfo.gov/content/pkg/FR-2020-03-17/pdf/2020-05450.pdf" xr:uid="{35EC6E95-E1F8-4367-B9F7-C6082B7B36C4}"/>
     <hyperlink ref="F2" r:id="rId8" display="https://www.federalregister.gov/documents/2021/07/28/2021-16044/justin-ash-final-debarment-order" xr:uid="{43029A74-74D8-4032-A634-52BFAB384799}"/>
-    <hyperlink ref="F7" r:id="rId9" display="https://www.federalregister.gov/documents/2021/12/15/2021-27056/julia-fees-final-debarment-order" xr:uid="{A1669666-FEAE-43FB-9DC5-1B3253EDB931}"/>
-[...2 lines deleted...]
-    <hyperlink ref="F23" r:id="rId12" display="https://www.federalregister.gov/documents/2022/03/03/2022-04484/george-kuiper-final-debarment-order" xr:uid="{1C7B6D69-5A4D-4BA7-908F-6C3509256006}"/>
+    <hyperlink ref="F8" r:id="rId9" display="https://www.federalregister.gov/documents/2021/12/15/2021-27056/julia-fees-final-debarment-order" xr:uid="{A1669666-FEAE-43FB-9DC5-1B3253EDB931}"/>
+    <hyperlink ref="F25" r:id="rId10" xr:uid="{18A5D3B8-29A7-4CCE-A1F1-60FC7BF42B75}"/>
+    <hyperlink ref="F46" r:id="rId11" display="https://www.federalregister.gov/documents/2022/02/14/2022-03098/brian-michael-parks-final-debarment-order" xr:uid="{D41D30B4-7644-4506-92DE-1E6735518E26}"/>
+    <hyperlink ref="F26" r:id="rId12" display="https://www.federalregister.gov/documents/2022/03/03/2022-04484/george-kuiper-final-debarment-order" xr:uid="{1C7B6D69-5A4D-4BA7-908F-6C3509256006}"/>
     <hyperlink ref="F3" r:id="rId13" display="https://www.federalregister.gov/documents/2022/03/03/2022-04469/patrick-charles-bishop-final-debarment-order" xr:uid="{6631D2C0-82A4-4293-83A2-444F16E18E3E}"/>
-    <hyperlink ref="F16" r:id="rId14" display="https://www.federalregister.gov/documents/2022/05/17/2022-10505/howard-stanley-head-jr-final-debarment-order" xr:uid="{C500C4C2-9546-4E78-B494-631714F42E5C}"/>
-[...27 lines deleted...]
-    <hyperlink ref="F13" r:id="rId42" display="https://www.federalregister.gov/documents/2025/09/19/2025-18213/william-goldsmith-final-debarment-order" xr:uid="{EDC70103-B700-425E-A6EA-3F333A7738B5}"/>
+    <hyperlink ref="F17" r:id="rId14" display="https://www.federalregister.gov/documents/2022/05/17/2022-10505/howard-stanley-head-jr-final-debarment-order" xr:uid="{C500C4C2-9546-4E78-B494-631714F42E5C}"/>
+    <hyperlink ref="F43" r:id="rId15" display="https://www.federalregister.gov/documents/2022/07/07/2022-14433/jhanna-novikov-final-debarment-order" xr:uid="{53316959-8E60-418C-8116-7FC88509C98E}"/>
+    <hyperlink ref="F16" r:id="rId16" display="https://www.federalregister.gov/documents/2022/07/13/2022-14899/kris-a-hampton-bey-ii-final-debarment-order" xr:uid="{DAB024EE-9360-4195-9979-3BDC0119646D}"/>
+    <hyperlink ref="F60" r:id="rId17" display="https://www.federalregister.gov/documents/2022/07/25/2022-15795/kenneth-zipperer-final-debarment-order" xr:uid="{5D6434FE-B489-436C-9498-7A5FAF3157DD}"/>
+    <hyperlink ref="F56" r:id="rId18" display="https://www.federalregister.gov/documents/2022/11/29/2022-26012/jennings-ryan-staley-final-debarment-order" xr:uid="{B4998692-59A6-404F-8143-0B37321A61CE}"/>
+    <hyperlink ref="F23" r:id="rId19" display="https://www.federalregister.gov/documents/2022/12/14/2022-27091/david-j-kempema-final-debarment-order" xr:uid="{9BBAAD59-5A5C-4183-83FB-9E0E855EC4AB}"/>
+    <hyperlink ref="F13" r:id="rId20" display="https://www.federalregister.gov/documents/2023/01/20/2023-00999/mark-godding-final-debarment-order" xr:uid="{42B303A6-0A3A-4485-BEF4-4717AC0643A7}"/>
+    <hyperlink ref="F30" r:id="rId21" display="https://www.federalregister.gov/documents/2023/02/27/2023-03958/wojciech-lesniak-final-debarment-order" xr:uid="{96059CC5-B888-4047-A57F-862B5D635287}"/>
+    <hyperlink ref="F41" r:id="rId22" display="https://www.federalregister.gov/documents/2023/06/12/2023-12487/luis-anarbol-moran-final-debarment-order" xr:uid="{30E2A003-B4AF-4D30-BC83-06AE1E81F9E8}"/>
+    <hyperlink ref="F24" r:id="rId23" display="https://www.federalregister.gov/documents/2023/08/15/2023-17481/ildiko-m-knoll-final-debarment-order" xr:uid="{89E6D0E2-3DBC-4167-8393-E6E430E81899}"/>
+    <hyperlink ref="F38" r:id="rId24" display="https://www.federalregister.gov/documents/2022/11/15/2022-24805/david-elias-mendoza-final-debarment-order" xr:uid="{D240D43C-8974-470D-8909-31F20A1465C7}"/>
+    <hyperlink ref="F57" r:id="rId25" display="https://www.federalregister.gov/documents/2023/12/19/2023-27855/jeremy-walenty-final-debarment-order" xr:uid="{86EE0DDA-608C-4780-80BF-65CDCDF01BD1}"/>
+    <hyperlink ref="F12" r:id="rId26" display="https://www.federalregister.gov/documents/2023/01/20/2023-00997/linda-godding-final-debarment-order" xr:uid="{EC6B3816-3110-4F7A-9B76-3225E8656FA9}"/>
+    <hyperlink ref="F11" r:id="rId27" display="https://www.federalregister.gov/documents/2024/02/09/2024-02706/brendon-gagne-final-debarment-order" xr:uid="{EBF15A3B-7DF9-4F11-A88C-347BF4F889FC}"/>
+    <hyperlink ref="F33" r:id="rId28" display="https://www.federalregister.gov/documents/2024/02/14/2024-03020/ross-lucien-final-debarment-order" xr:uid="{94280350-7FAB-480F-A502-EF2A5F998506}"/>
+    <hyperlink ref="F37" r:id="rId29" display="https://www.federalregister.gov/documents/2024/02/23/2024-03650/taylor-mclaren-final-debarment-order" xr:uid="{6DD2F0CB-61AD-406E-AF3B-D76470BC6CE8}"/>
+    <hyperlink ref="F29" r:id="rId30" display="https://www.federalregister.gov/documents/2024/03/26/2024-06287/phillip-leonowens-final-debarment-order" xr:uid="{C46EE539-89C6-4D6E-9489-02820AA0B63F}"/>
+    <hyperlink ref="F51" r:id="rId31" display="https://www.federalregister.gov/documents/2024/04/05/2024-07271/robert-lance-shuffert-final-debarment-order" xr:uid="{6E56780E-9B30-40BB-87EB-1EFC84CCCF5E}"/>
+    <hyperlink ref="F48" r:id="rId32" display="https://www.federalregister.gov/documents/2024/06/03/2024-12064/shanif-abdul-punjani-final-debarment-order" xr:uid="{86DAB28C-26C3-4BD9-BFD2-F05C4C4E3146}"/>
+    <hyperlink ref="F32" r:id="rId33" display="https://www.federalregister.gov/documents/2024/06/03/2024-12066/michael-terry-little-final-debarment-order" xr:uid="{E62F2BC8-9101-4A3D-9631-8DE4C3F4B801}"/>
+    <hyperlink ref="F52" r:id="rId34" display="https://www.federalregister.gov/documents/2024/06/06/2024-12356/marina-sievert-final-debarment-order" xr:uid="{DAC7691A-7851-47AB-91E8-BB59A756EF4E}"/>
+    <hyperlink ref="F54" r:id="rId35" display="https://www.federalregister.gov/documents/2024/06/13/2024-12974/richard-b-smith-iii-final-debarment-order" xr:uid="{4C794CB5-12E5-4407-B8CA-1CC81B746D3E}"/>
+    <hyperlink ref="F55" r:id="rId36" display="https://www.federalregister.gov/documents/2024/08/15/2024-18268/ryan-stabile-final-debarment-order" xr:uid="{3DFE6B23-F406-4DE9-9D92-3873B656D53F}"/>
+    <hyperlink ref="F21" r:id="rId37" display="https://www.federalregister.gov/documents/2025/01/08/2025-00126/yong-sheng-jiao-denial-of-hearing-final-debarment-order" xr:uid="{974A9378-8E1C-431D-877F-23CBC0CD47BC}"/>
+    <hyperlink ref="F5" r:id="rId38" display="https://www.federalregister.gov/documents/2025/03/13/2025-04030/jonathan-corbett-cosie-final-debarment-order" xr:uid="{E26358B4-0F34-4567-AEF6-48E55DFB4FDF}"/>
+    <hyperlink ref="F47" r:id="rId39" display="https://www.federalregister.gov/documents/2025/03/13/2025-04029/alnashir-alibhai-punjani-final-debarment-order" xr:uid="{5968F907-DE7F-4997-AA7C-D880F7588B98}"/>
+    <hyperlink ref="F53" r:id="rId40" display="https://www.federalregister.gov/documents/2025/03/13/2025-04028/harpreet-singh-final-debarment-order" xr:uid="{DCFB607D-E5CC-4DDF-9AD9-CA2816EBDA89}"/>
+    <hyperlink ref="F35" r:id="rId41" display="https://www.federalregister.gov/documents/2022/02/10/2022-02801/brenda-k-marmas-final-debarment-order" xr:uid="{96D10A81-3461-4221-A5F6-83092947E491}"/>
+    <hyperlink ref="F14" r:id="rId42" display="https://www.federalregister.gov/documents/2025/09/19/2025-18213/william-goldsmith-final-debarment-order" xr:uid="{EDC70103-B700-425E-A6EA-3F333A7738B5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId43"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BA0BBDD33BC6854B8E56B43BA53AB5D2" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="64ef2489f1ac5c77b0b5cde0ee4b3dfa">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="7515f7af-4d3c-40c8-b37f-67951b32b2d4" xmlns:ns4="7e85fafd-78ea-424b-b6e4-a3b61b88f1ac" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="57d29c56ce8c19dead14293c2215c900" ns3:_="" ns4:_="">
     <xsd:import namespace="7515f7af-4d3c-40c8-b37f-67951b32b2d4"/>
     <xsd:import namespace="7e85fafd-78ea-424b-b6e4-a3b61b88f1ac"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -2629,90 +2768,87 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A3120DD-A1D4-47F5-BDE7-9EB5FCEF66D0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EF428D8-C1AC-43F0-98C9-941A75EA5A0C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FDF41C1-0ECD-40DE-9E40-39960E26C65E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7515f7af-4d3c-40c8-b37f-67951b32b2d4"/>
     <ds:schemaRef ds:uri="7e85fafd-78ea-424b-b6e4-a3b61b88f1ac"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EF428D8-C1AC-43F0-98C9-941A75EA5A0C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A3120DD-A1D4-47F5-BDE7-9EB5FCEF66D0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Drug Imports</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>FDA</Company>