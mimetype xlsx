--- v0 (2026-02-07)
+++ v1 (2026-03-31)
@@ -1,91 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29523"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/CDRH-OST-DDH-RT/Shared Documents/Device list updates/Device lists updated November 2025/arvr/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/CDRH-OST-DDH-RT/Shared Documents/Device list updates/Device lists updated Feb 2026/AR VR/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7B277B80-D39D-42A0-B5AA-1912FA68D458}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="18" documentId="11_24AD07B5D668D0DFE54878D6425DCE3A8746AC61" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{55218544-2C96-440A-A687-87328FDCFDDE}"/>
   <bookViews>
-    <workbookView xWindow="-210" yWindow="150" windowWidth="17760" windowHeight="15090" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B105" i="1" l="1"/>
+  <c r="B110" i="1" l="1"/>
+  <c r="B109" i="1"/>
+  <c r="B108" i="1"/>
+  <c r="B107" i="1"/>
+  <c r="B106" i="1"/>
+  <c r="B105" i="1"/>
   <c r="B104" i="1"/>
   <c r="B103" i="1"/>
   <c r="B102" i="1"/>
   <c r="B101" i="1"/>
   <c r="B100" i="1"/>
   <c r="B99" i="1"/>
   <c r="B98" i="1"/>
   <c r="B97" i="1"/>
   <c r="B96" i="1"/>
   <c r="B95" i="1"/>
   <c r="B94" i="1"/>
   <c r="B93" i="1"/>
   <c r="B92" i="1"/>
   <c r="B91" i="1"/>
   <c r="B90" i="1"/>
   <c r="B89" i="1"/>
   <c r="B88" i="1"/>
   <c r="B87" i="1"/>
   <c r="B86" i="1"/>
   <c r="B85" i="1"/>
   <c r="B84" i="1"/>
   <c r="B83" i="1"/>
   <c r="B82" i="1"/>
   <c r="B81" i="1"/>
   <c r="B80" i="1"/>
@@ -149,85 +151,121 @@
   <c r="B22" i="1"/>
   <c r="B21" i="1"/>
   <c r="B20" i="1"/>
   <c r="B19" i="1"/>
   <c r="B18" i="1"/>
   <c r="B17" i="1"/>
   <c r="B16" i="1"/>
   <c r="B15" i="1"/>
   <c r="B14" i="1"/>
   <c r="B13" i="1"/>
   <c r="B12" i="1"/>
   <c r="B11" i="1"/>
   <c r="B10" i="1"/>
   <c r="B9" i="1"/>
   <c r="B8" i="1"/>
   <c r="B7" i="1"/>
   <c r="B6" i="1"/>
   <c r="B5" i="1"/>
   <c r="B4" i="1"/>
   <c r="B3" i="1"/>
   <c r="B2" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="526" uniqueCount="288">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="551" uniqueCount="301">
   <si>
     <t>Date of Final Decision</t>
   </si>
   <si>
     <t>Submission Number</t>
   </si>
   <si>
     <t>Device</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Panel (Lead)</t>
   </si>
   <si>
     <t>Primary Product Code</t>
   </si>
   <si>
+    <t>10/21/2025</t>
+  </si>
+  <si>
+    <t>NeuroAlign software</t>
+  </si>
+  <si>
+    <t>Medivis, Inc.</t>
+  </si>
+  <si>
+    <t>Neurology</t>
+  </si>
+  <si>
+    <t>HAW</t>
+  </si>
+  <si>
+    <t>10/16/2025</t>
+  </si>
+  <si>
+    <t>Viewer (5.4); Elements Viewer; Mixed Reality Viewer; Smart Layout; Elements Viewer Smart Layout</t>
+  </si>
+  <si>
+    <t>Brainlab AG</t>
+  </si>
+  <si>
+    <t>Radiology</t>
+  </si>
+  <si>
+    <t>LLZ</t>
+  </si>
+  <si>
+    <t>10/03/2025</t>
+  </si>
+  <si>
+    <t>xvision Spine system</t>
+  </si>
+  <si>
+    <t>Augmedics, Ltd.</t>
+  </si>
+  <si>
+    <t>SBF</t>
+  </si>
+  <si>
     <t>09/29/2025</t>
   </si>
   <si>
     <t>SpineAR SNAP (SyncAR Spine)</t>
   </si>
   <si>
     <t>Surgical Theater, Inc.</t>
   </si>
   <si>
-    <t>Neurology</t>
-[...4 lines deleted...]
-  <si>
     <t>09/10/2025</t>
   </si>
   <si>
     <t>OptiVu Shoulder</t>
   </si>
   <si>
     <t>MR Surgical Solutions, LLC</t>
   </si>
   <si>
     <t>09/04/2025</t>
   </si>
   <si>
     <t>NextAR(TM) Shoulder Platform</t>
   </si>
   <si>
     <t>Medacta International S.A.</t>
   </si>
   <si>
     <t>08/25/2025</t>
   </si>
   <si>
     <t>NeuroEars-Anna</t>
   </si>
   <si>
     <t>NeuroEars Inc.</t>
@@ -262,125 +300,137 @@
   <si>
     <t>Rhythm Express Remote Cardiac Monitoring System (RX-1 mini)</t>
   </si>
   <si>
     <t>VivaQuant, Inc.</t>
   </si>
   <si>
     <t>Cardiovascular</t>
   </si>
   <si>
     <t>QYX</t>
   </si>
   <si>
     <t>07/09/2025</t>
   </si>
   <si>
     <t>07/08/2025</t>
   </si>
   <si>
     <t>ExcelsiusXR</t>
   </si>
   <si>
     <t>Globus Medical, Inc.</t>
   </si>
   <si>
+    <t>06/27/2025</t>
+  </si>
+  <si>
+    <t>Affirm 800</t>
+  </si>
+  <si>
+    <t>Digital Surgery Systems, Inc. (D.B.A True Digital Surgery)</t>
+  </si>
+  <si>
+    <t>IZI</t>
+  </si>
+  <si>
     <t>06/23/2025</t>
   </si>
   <si>
     <t>Digital Prism Correction Feature (DPCF)</t>
   </si>
   <si>
     <t>Apple Inc.</t>
   </si>
   <si>
     <t>Ophthalmic</t>
   </si>
   <si>
     <t>SCW</t>
   </si>
   <si>
+    <t>06/20/2025</t>
+  </si>
+  <si>
+    <t>Navient Image Guided Navigation System (ENT) (955-NC-NC)</t>
+  </si>
+  <si>
+    <t>Claronav</t>
+  </si>
+  <si>
+    <t>PGW</t>
+  </si>
+  <si>
     <t>05/16/2025</t>
   </si>
   <si>
     <t>Mixed Reality Spine Navigation</t>
   </si>
   <si>
-    <t>Brainlab AG</t>
-[...1 lines deleted...]
-  <si>
     <t>05/02/2025</t>
   </si>
   <si>
     <t>LUMYS (V1)</t>
   </si>
   <si>
     <t>INTRADYS</t>
   </si>
   <si>
-    <t>Radiology</t>
-[...4 lines deleted...]
-  <si>
     <t>04/09/2025</t>
   </si>
   <si>
     <t>Luminopia</t>
   </si>
   <si>
     <t>Luminopia, Inc.</t>
   </si>
   <si>
     <t>QQU</t>
   </si>
   <si>
     <t>03/21/2025</t>
   </si>
   <si>
     <t>ARVIS Surgical Navigation System</t>
   </si>
   <si>
     <t>Kico Knee Innovation Company Pty Limited</t>
   </si>
   <si>
     <t>03/20/2025</t>
   </si>
   <si>
     <t>Knee+</t>
   </si>
   <si>
     <t>Pixee Medical</t>
   </si>
   <si>
     <t>03/13/2025</t>
   </si>
   <si>
-    <t>xvision Spine system</t>
-[...1 lines deleted...]
-  <si>
     <t>Augmedics Ltd.</t>
   </si>
   <si>
     <t>01/14/2025</t>
   </si>
   <si>
     <t>SpectoMed (v1.0)</t>
   </si>
   <si>
     <t>Specto Medical</t>
   </si>
   <si>
     <t>01/13/2025</t>
   </si>
   <si>
     <t>ARVIS® Shoulder</t>
   </si>
   <si>
     <t>Kico Knee Innovation Company Pty Ltd</t>
   </si>
   <si>
     <t>12/24/2024</t>
   </si>
   <si>
     <t>12/04/2024</t>
@@ -424,74 +474,68 @@
   <si>
     <t>OnPoint Augmented Reality Spine System</t>
   </si>
   <si>
     <t>OnPoint Surgical, Inc.</t>
   </si>
   <si>
     <t>08/08/2024</t>
   </si>
   <si>
     <t>HipXpert and HipInsight System</t>
   </si>
   <si>
     <t>Surgical Planning Associates, Inc</t>
   </si>
   <si>
     <t>OSF</t>
   </si>
   <si>
     <t>07/26/2024</t>
   </si>
   <si>
     <t>Spine Navigation System</t>
   </si>
   <si>
-    <t>Medivis, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>OLO</t>
   </si>
   <si>
     <t>06/13/2024</t>
   </si>
   <si>
     <t>VERVE</t>
   </si>
   <si>
     <t>OculoMotor Technologies</t>
   </si>
   <si>
     <t>SBN</t>
   </si>
   <si>
     <t>05/21/2024</t>
   </si>
   <si>
-    <t>Viewer (5.4); Elements Viewer; Mixed Reality Viewer; Smart Layout; Elements Viewer Smart Layout</t>
-[...1 lines deleted...]
-  <si>
     <t>04/24/2024</t>
   </si>
   <si>
     <t>NextAR Spine Platform</t>
   </si>
   <si>
     <t>03/25/2024</t>
   </si>
   <si>
     <t>Cube Navigator</t>
   </si>
   <si>
     <t>Medical Templates AG</t>
   </si>
   <si>
     <t>03/08/2024</t>
   </si>
   <si>
     <t>Neo ADVISE software</t>
   </si>
   <si>
     <t>Comerge AG</t>
   </si>
   <si>
     <t>02/01/2024</t>
@@ -692,53 +736,50 @@
     <t>09/29/2022</t>
   </si>
   <si>
     <t>SpineAR SNAP</t>
   </si>
   <si>
     <t>09/01/2022</t>
   </si>
   <si>
     <t>07/29/2022</t>
   </si>
   <si>
     <t>OptiVu ROSA MxR</t>
   </si>
   <si>
     <t>Orthosoft, Inc. (d/b/a Zimmer CAS)</t>
   </si>
   <si>
     <t>07/12/2022</t>
   </si>
   <si>
     <t>Scopis ENT Software, Scopis ENT Software with TGS, Scopis Planning Software, Electromagnetic Navigation Unit</t>
   </si>
   <si>
     <t>Stryker Corporation</t>
-  </si>
-[...1 lines deleted...]
-    <t>PGW</t>
   </si>
   <si>
     <t>06/15/2022</t>
   </si>
   <si>
     <t>SurgiCase Viewer</t>
   </si>
   <si>
     <t>Materialise NV</t>
   </si>
   <si>
     <t>05/27/2022</t>
   </si>
   <si>
     <t>VisAR</t>
   </si>
   <si>
     <t>Novarad Corporation</t>
   </si>
   <si>
     <t>03/10/2022</t>
   </si>
   <si>
     <t>NextAR TKA Platform My Knee PPS</t>
   </si>
@@ -1019,106 +1060,103 @@
     <t>02/05/2016</t>
   </si>
   <si>
     <t>YuGo System</t>
   </si>
   <si>
     <t>BIOGAMING LTD.</t>
   </si>
   <si>
     <t>01/29/2016</t>
   </si>
   <si>
     <t>01/21/2015</t>
   </si>
   <si>
     <t>ECHO TRUE 3D VIEWER</t>
   </si>
   <si>
     <t>ECHO PIXEL INC.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="2">
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
-[...2 lines deleted...]
-      <alignment horizontal="left"/>
+      <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1382,2326 +1420,2452 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F105"/>
+  <dimension ref="A1:F110"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="20.42578125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="20.5703125" customWidth="1"/>
+    <col min="1" max="1" width="22.5703125" customWidth="1"/>
+    <col min="2" max="2" width="25.28515625" customWidth="1"/>
+    <col min="3" max="3" width="81.140625" customWidth="1"/>
+    <col min="4" max="4" width="40.5703125" customWidth="1"/>
+    <col min="5" max="5" width="17.7109375" customWidth="1"/>
+    <col min="6" max="6" width="23.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="2" customFormat="1">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2" spans="1:6">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="str">
+        <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K231897", "K231897")</f>
+        <v>K231897</v>
+      </c>
+      <c r="C2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" t="str">
+        <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K252476", "K252476")</f>
+        <v>K252476</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="str">
+        <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K251639", "K251639")</f>
+        <v>K251639</v>
+      </c>
+      <c r="C4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F4" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K252054", "K252054")</f>
         <v>K252054</v>
       </c>
-      <c r="C2" t="s">
-[...16 lines deleted...]
-      <c r="B3" t="str">
+      <c r="C5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E5" t="s">
+        <v>9</v>
+      </c>
+      <c r="F5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K252530", "K252530")</f>
         <v>K252530</v>
       </c>
-      <c r="C3" t="s">
-[...16 lines deleted...]
-      <c r="B4" t="str">
+      <c r="C6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K251737", "K251737")</f>
         <v>K251737</v>
       </c>
-      <c r="C4" t="s">
-[...16 lines deleted...]
-      <c r="B5" t="str">
+      <c r="C7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7" t="s">
+        <v>28</v>
+      </c>
+      <c r="E7" t="s">
+        <v>9</v>
+      </c>
+      <c r="F7" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K243709", "K243709")</f>
         <v>K243709</v>
       </c>
-      <c r="C5" t="s">
-[...16 lines deleted...]
-      <c r="B6" t="str">
+      <c r="C8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E8" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K251519", "K251519")</f>
         <v>K251519</v>
       </c>
-      <c r="C6" t="s">
-[...16 lines deleted...]
-      <c r="B7" t="str">
+      <c r="C9" t="s">
+        <v>34</v>
+      </c>
+      <c r="D9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9" t="s">
+        <v>9</v>
+      </c>
+      <c r="F9" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K252170", "K252170")</f>
         <v>K252170</v>
       </c>
-      <c r="C7" t="s">
-[...16 lines deleted...]
-      <c r="B8" t="str">
+      <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F10" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B11" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K250477", "K250477")</f>
         <v>K250477</v>
       </c>
-      <c r="C8" t="s">
-[...13 lines deleted...]
-      <c r="A9" t="s">
+      <c r="C11" t="s">
+        <v>39</v>
+      </c>
+      <c r="D11" t="s">
         <v>28</v>
       </c>
-      <c r="B9" t="str">
+      <c r="E11" t="s">
+        <v>9</v>
+      </c>
+      <c r="F11" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B12" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K241179", "K241179")</f>
         <v>K241179</v>
       </c>
-      <c r="C9" t="s">
-[...16 lines deleted...]
-      <c r="B10" t="str">
+      <c r="C12" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" t="s">
+        <v>43</v>
+      </c>
+      <c r="F12" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>45</v>
+      </c>
+      <c r="B13" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K250108", "K250108")</f>
         <v>K250108</v>
       </c>
-      <c r="C10" t="s">
-[...16 lines deleted...]
-      <c r="B11" t="str">
+      <c r="C13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E13" t="s">
+        <v>9</v>
+      </c>
+      <c r="F13" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K241525", "K241525")</f>
         <v>K241525</v>
       </c>
-      <c r="C11" t="s">
-[...16 lines deleted...]
-      <c r="B12" t="str">
+      <c r="C14" t="s">
+        <v>47</v>
+      </c>
+      <c r="D14" t="s">
+        <v>48</v>
+      </c>
+      <c r="E14" t="s">
+        <v>9</v>
+      </c>
+      <c r="F14" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>49</v>
+      </c>
+      <c r="B15" t="str">
+        <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K243077", "K243077")</f>
+        <v>K243077</v>
+      </c>
+      <c r="C15" t="s">
+        <v>50</v>
+      </c>
+      <c r="D15" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" t="s">
+        <v>14</v>
+      </c>
+      <c r="F15" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>53</v>
+      </c>
+      <c r="B16" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K250143", "K250143")</f>
         <v>K250143</v>
       </c>
-      <c r="C12" t="s">
-[...16 lines deleted...]
-      <c r="B13" t="str">
+      <c r="C16" t="s">
+        <v>54</v>
+      </c>
+      <c r="D16" t="s">
+        <v>55</v>
+      </c>
+      <c r="E16" t="s">
+        <v>56</v>
+      </c>
+      <c r="F16" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>58</v>
+      </c>
+      <c r="B17" t="str">
+        <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K243053", "K243053")</f>
+        <v>K243053</v>
+      </c>
+      <c r="C17" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" t="s">
+        <v>60</v>
+      </c>
+      <c r="E17" t="s">
+        <v>9</v>
+      </c>
+      <c r="F17" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K242569", "K242569")</f>
         <v>K242569</v>
       </c>
-      <c r="C13" t="s">
-[...16 lines deleted...]
-      <c r="B14" t="str">
+      <c r="C18" t="s">
+        <v>63</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>9</v>
+      </c>
+      <c r="F18" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>64</v>
+      </c>
+      <c r="B19" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K243069", "K243069")</f>
         <v>K243069</v>
       </c>
-      <c r="C14" t="s">
-[...16 lines deleted...]
-      <c r="B15" t="str">
+      <c r="C19" t="s">
+        <v>65</v>
+      </c>
+      <c r="D19" t="s">
+        <v>66</v>
+      </c>
+      <c r="E19" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>67</v>
+      </c>
+      <c r="B20" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K243819", "K243819")</f>
         <v>K243819</v>
       </c>
-      <c r="C15" t="s">
-[...16 lines deleted...]
-      <c r="B16" t="str">
+      <c r="C20" t="s">
+        <v>68</v>
+      </c>
+      <c r="D20" t="s">
+        <v>69</v>
+      </c>
+      <c r="E20" t="s">
+        <v>56</v>
+      </c>
+      <c r="F20" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>71</v>
+      </c>
+      <c r="B21" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K243980", "K243980")</f>
         <v>K243980</v>
       </c>
-      <c r="C16" t="s">
-[...16 lines deleted...]
-      <c r="B17" t="str">
+      <c r="C21" t="s">
+        <v>72</v>
+      </c>
+      <c r="D21" t="s">
+        <v>73</v>
+      </c>
+      <c r="E21" t="s">
+        <v>9</v>
+      </c>
+      <c r="F21" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>74</v>
+      </c>
+      <c r="B22" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K243975", "K243975")</f>
         <v>K243975</v>
       </c>
-      <c r="C17" t="s">
-[...16 lines deleted...]
-      <c r="B18" t="str">
+      <c r="C22" t="s">
+        <v>75</v>
+      </c>
+      <c r="D22" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" t="s">
+        <v>9</v>
+      </c>
+      <c r="F22" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>77</v>
+      </c>
+      <c r="B23" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K250255", "K250255")</f>
         <v>K250255</v>
       </c>
-      <c r="C18" t="s">
-[...16 lines deleted...]
-      <c r="B19" t="str">
+      <c r="C23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" t="s">
+        <v>78</v>
+      </c>
+      <c r="E23" t="s">
+        <v>9</v>
+      </c>
+      <c r="F23" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>79</v>
+      </c>
+      <c r="B24" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K242205", "K242205")</f>
         <v>K242205</v>
       </c>
-      <c r="C19" t="s">
-[...16 lines deleted...]
-      <c r="B20" t="str">
+      <c r="C24" t="s">
+        <v>80</v>
+      </c>
+      <c r="D24" t="s">
+        <v>81</v>
+      </c>
+      <c r="E24" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>82</v>
+      </c>
+      <c r="B25" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K243950", "K243950")</f>
         <v>K243950</v>
       </c>
-      <c r="C20" t="s">
-[...16 lines deleted...]
-      <c r="B21" t="str">
+      <c r="C25" t="s">
+        <v>83</v>
+      </c>
+      <c r="D25" t="s">
+        <v>84</v>
+      </c>
+      <c r="E25" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>85</v>
+      </c>
+      <c r="B26" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K243623", "K243623")</f>
         <v>K243623</v>
       </c>
-      <c r="C21" t="s">
-[...16 lines deleted...]
-      <c r="B22" t="str">
+      <c r="C26" t="s">
+        <v>21</v>
+      </c>
+      <c r="D26" t="s">
+        <v>22</v>
+      </c>
+      <c r="E26" t="s">
+        <v>9</v>
+      </c>
+      <c r="F26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>86</v>
+      </c>
+      <c r="B27" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K243417", "K243417")</f>
         <v>K243417</v>
       </c>
-      <c r="C22" t="s">
-[...16 lines deleted...]
-      <c r="B23" t="str">
+      <c r="C27" t="s">
+        <v>87</v>
+      </c>
+      <c r="D27" t="s">
+        <v>35</v>
+      </c>
+      <c r="E27" t="s">
+        <v>9</v>
+      </c>
+      <c r="F27" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>88</v>
+      </c>
+      <c r="B28" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K242271", "K242271")</f>
         <v>K242271</v>
       </c>
-      <c r="C23" t="s">
-[...16 lines deleted...]
-      <c r="B24" t="str">
+      <c r="C28" t="s">
+        <v>89</v>
+      </c>
+      <c r="D28" t="s">
+        <v>90</v>
+      </c>
+      <c r="E28" t="s">
+        <v>9</v>
+      </c>
+      <c r="F28" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>91</v>
+      </c>
+      <c r="B29" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K242058", "K242058")</f>
         <v>K242058</v>
       </c>
-      <c r="C24" t="s">
-[...16 lines deleted...]
-      <c r="B25" t="str">
+      <c r="C29" t="s">
+        <v>54</v>
+      </c>
+      <c r="D29" t="s">
+        <v>55</v>
+      </c>
+      <c r="E29" t="s">
+        <v>56</v>
+      </c>
+      <c r="F29" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>92</v>
+      </c>
+      <c r="B30" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K241481", "K241481")</f>
         <v>K241481</v>
       </c>
-      <c r="C25" t="s">
-[...13 lines deleted...]
-      <c r="A26" t="s">
+      <c r="C30" t="s">
+        <v>93</v>
+      </c>
+      <c r="D30" t="s">
         <v>78</v>
       </c>
-      <c r="B26" t="str">
+      <c r="E30" t="s">
+        <v>9</v>
+      </c>
+      <c r="F30" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>94</v>
+      </c>
+      <c r="B31" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K240094", "K240094")</f>
         <v>K240094</v>
       </c>
-      <c r="C26" t="s">
-[...16 lines deleted...]
-      <c r="B27" t="str">
+      <c r="C31" t="s">
+        <v>95</v>
+      </c>
+      <c r="D31" t="s">
+        <v>96</v>
+      </c>
+      <c r="E31" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>98</v>
+      </c>
+      <c r="B32" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K241870", "K241870")</f>
         <v>K241870</v>
       </c>
-      <c r="C27" t="s">
-[...16 lines deleted...]
-      <c r="B28" t="str">
+      <c r="C32" t="s">
+        <v>99</v>
+      </c>
+      <c r="D32" t="s">
+        <v>100</v>
+      </c>
+      <c r="E32" t="s">
+        <v>9</v>
+      </c>
+      <c r="F32" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>101</v>
+      </c>
+      <c r="B33" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K233315", "K233315")</f>
         <v>K233315</v>
       </c>
-      <c r="C28" t="s">
-[...16 lines deleted...]
-      <c r="B29" t="str">
+      <c r="C33" t="s">
+        <v>102</v>
+      </c>
+      <c r="D33" t="s">
+        <v>103</v>
+      </c>
+      <c r="E33" t="s">
+        <v>9</v>
+      </c>
+      <c r="F33" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>105</v>
+      </c>
+      <c r="B34" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K233725", "K233725")</f>
         <v>K233725</v>
       </c>
-      <c r="C29" t="s">
-[...16 lines deleted...]
-      <c r="B30" t="str">
+      <c r="C34" t="s">
+        <v>106</v>
+      </c>
+      <c r="D34" t="s">
+        <v>8</v>
+      </c>
+      <c r="E34" t="s">
+        <v>9</v>
+      </c>
+      <c r="F34" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>108</v>
+      </c>
+      <c r="B35" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K232930", "K232930")</f>
         <v>K232930</v>
       </c>
-      <c r="C30" t="s">
-[...16 lines deleted...]
-      <c r="B31" t="str">
+      <c r="C35" t="s">
+        <v>109</v>
+      </c>
+      <c r="D35" t="s">
+        <v>110</v>
+      </c>
+      <c r="E35" t="s">
+        <v>56</v>
+      </c>
+      <c r="F35" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>112</v>
+      </c>
+      <c r="B36" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K232759", "K232759")</f>
         <v>K232759</v>
       </c>
-      <c r="C31" t="s">
-[...16 lines deleted...]
-      <c r="B32" t="str">
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>14</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>113</v>
+      </c>
+      <c r="B37" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K233172", "K233172")</f>
         <v>K233172</v>
       </c>
-      <c r="C32" t="s">
-[...16 lines deleted...]
-      <c r="B33" t="str">
+      <c r="C37" t="s">
+        <v>114</v>
+      </c>
+      <c r="D37" t="s">
+        <v>28</v>
+      </c>
+      <c r="E37" t="s">
+        <v>9</v>
+      </c>
+      <c r="F37" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>115</v>
+      </c>
+      <c r="B38" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K240620", "K240620")</f>
         <v>K240620</v>
       </c>
-      <c r="C33" t="s">
-[...16 lines deleted...]
-      <c r="B34" t="str">
+      <c r="C38" t="s">
+        <v>116</v>
+      </c>
+      <c r="D38" t="s">
+        <v>117</v>
+      </c>
+      <c r="E38" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>118</v>
+      </c>
+      <c r="B39" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K230195", "K230195")</f>
         <v>K230195</v>
       </c>
-      <c r="C34" t="s">
-[...16 lines deleted...]
-      <c r="B35" t="str">
+      <c r="C39" t="s">
+        <v>119</v>
+      </c>
+      <c r="D39" t="s">
+        <v>120</v>
+      </c>
+      <c r="E39" t="s">
+        <v>9</v>
+      </c>
+      <c r="F39" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>118</v>
+      </c>
+      <c r="B40" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K233899", "K233899")</f>
         <v>K233899</v>
       </c>
-      <c r="C35" t="s">
-[...13 lines deleted...]
-      <c r="A36" t="s">
+      <c r="C40" t="s">
+        <v>75</v>
+      </c>
+      <c r="D40" t="s">
+        <v>76</v>
+      </c>
+      <c r="E40" t="s">
+        <v>9</v>
+      </c>
+      <c r="F40" t="s">
         <v>107</v>
       </c>
-      <c r="B36" t="str">
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>121</v>
+      </c>
+      <c r="B41" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K232339", "K232339")</f>
         <v>K232339</v>
       </c>
-      <c r="C36" t="s">
-[...16 lines deleted...]
-      <c r="B37" t="str">
+      <c r="C41" t="s">
+        <v>122</v>
+      </c>
+      <c r="D41" t="s">
+        <v>123</v>
+      </c>
+      <c r="E41" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>124</v>
+      </c>
+      <c r="B42" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K233568", "K233568")</f>
         <v>K233568</v>
       </c>
-      <c r="C37" t="s">
-[...16 lines deleted...]
-      <c r="B38" t="str">
+      <c r="C42" t="s">
+        <v>125</v>
+      </c>
+      <c r="D42" t="s">
+        <v>126</v>
+      </c>
+      <c r="E42" t="s">
+        <v>14</v>
+      </c>
+      <c r="F42" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>127</v>
+      </c>
+      <c r="B43" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K232176", "K232176")</f>
         <v>K232176</v>
       </c>
-      <c r="C38" t="s">
-[...16 lines deleted...]
-      <c r="B39" t="str">
+      <c r="C43" t="s">
+        <v>128</v>
+      </c>
+      <c r="D43" t="s">
+        <v>129</v>
+      </c>
+      <c r="E43" t="s">
+        <v>9</v>
+      </c>
+      <c r="F43" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>130</v>
+      </c>
+      <c r="B44" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K230814", "K230814")</f>
         <v>K230814</v>
       </c>
-      <c r="C39" t="s">
-[...16 lines deleted...]
-      <c r="B40" t="str">
+      <c r="C44" t="s">
+        <v>131</v>
+      </c>
+      <c r="D44" t="s">
+        <v>132</v>
+      </c>
+      <c r="E44" t="s">
+        <v>9</v>
+      </c>
+      <c r="F44" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>133</v>
+      </c>
+      <c r="B45" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K232280", "K232280")</f>
         <v>K232280</v>
       </c>
-      <c r="C40" t="s">
-[...16 lines deleted...]
-      <c r="B41" t="str">
+      <c r="C45" t="s">
+        <v>134</v>
+      </c>
+      <c r="D45" t="s">
+        <v>28</v>
+      </c>
+      <c r="E45" t="s">
+        <v>9</v>
+      </c>
+      <c r="F45" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>135</v>
+      </c>
+      <c r="B46" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K230249", "K230249")</f>
         <v>K230249</v>
       </c>
-      <c r="C41" t="s">
-[...16 lines deleted...]
-      <c r="B42" t="str">
+      <c r="C46" t="s">
+        <v>136</v>
+      </c>
+      <c r="D46" t="s">
+        <v>137</v>
+      </c>
+      <c r="E46" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>138</v>
+      </c>
+      <c r="B47" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K230825", "K230825")</f>
         <v>K230825</v>
       </c>
-      <c r="C42" t="s">
-[...16 lines deleted...]
-      <c r="B43" t="str">
+      <c r="C47" t="s">
+        <v>139</v>
+      </c>
+      <c r="D47" t="s">
+        <v>140</v>
+      </c>
+      <c r="E47" t="s">
+        <v>9</v>
+      </c>
+      <c r="F47" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>141</v>
+      </c>
+      <c r="B48" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K232189", "K232189")</f>
         <v>K232189</v>
       </c>
-      <c r="C43" t="s">
-[...16 lines deleted...]
-      <c r="B44" t="str">
+      <c r="C48" t="s">
+        <v>142</v>
+      </c>
+      <c r="D48" t="s">
+        <v>143</v>
+      </c>
+      <c r="E48" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>144</v>
+      </c>
+      <c r="B49" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K231284", "K231284")</f>
         <v>K231284</v>
       </c>
-      <c r="C44" t="s">
-[...16 lines deleted...]
-      <c r="B45" t="str">
+      <c r="C49" t="s">
+        <v>99</v>
+      </c>
+      <c r="D49" t="s">
+        <v>100</v>
+      </c>
+      <c r="E49" t="s">
+        <v>9</v>
+      </c>
+      <c r="F49" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>145</v>
+      </c>
+      <c r="B50" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K231611", "K231611")</f>
         <v>K231611</v>
       </c>
-      <c r="C45" t="s">
-[...16 lines deleted...]
-      <c r="B46" t="str">
+      <c r="C50" t="s">
+        <v>146</v>
+      </c>
+      <c r="D50" t="s">
+        <v>147</v>
+      </c>
+      <c r="E50" t="s">
+        <v>9</v>
+      </c>
+      <c r="F50" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>148</v>
+      </c>
+      <c r="B51" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K223769", "K223769")</f>
         <v>K223769</v>
       </c>
-      <c r="C46" t="s">
-[...16 lines deleted...]
-      <c r="B47" t="str">
+      <c r="C51" t="s">
+        <v>114</v>
+      </c>
+      <c r="D51" t="s">
+        <v>28</v>
+      </c>
+      <c r="E51" t="s">
+        <v>9</v>
+      </c>
+      <c r="F51" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>149</v>
+      </c>
+      <c r="B52" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K223290", "K223290")</f>
         <v>K223290</v>
       </c>
-      <c r="C47" t="s">
-[...16 lines deleted...]
-      <c r="B48" t="str">
+      <c r="C52" t="s">
+        <v>150</v>
+      </c>
+      <c r="D52" t="s">
+        <v>151</v>
+      </c>
+      <c r="E52" t="s">
+        <v>14</v>
+      </c>
+      <c r="F52" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>152</v>
+      </c>
+      <c r="B53" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K223125", "K223125")</f>
         <v>K223125</v>
       </c>
-      <c r="C48" t="s">
-[...16 lines deleted...]
-      <c r="B49" t="str">
+      <c r="C53" t="s">
+        <v>153</v>
+      </c>
+      <c r="D53" t="s">
+        <v>154</v>
+      </c>
+      <c r="E53" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>155</v>
+      </c>
+      <c r="B54" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K230567", "K230567")</f>
         <v>K230567</v>
       </c>
-      <c r="C49" t="s">
-[...16 lines deleted...]
-      <c r="B50" t="str">
+      <c r="C54" t="s">
+        <v>156</v>
+      </c>
+      <c r="D54" t="s">
+        <v>157</v>
+      </c>
+      <c r="E54" t="s">
+        <v>9</v>
+      </c>
+      <c r="F54" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>158</v>
+      </c>
+      <c r="B55" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K222035", "K222035")</f>
         <v>K222035</v>
       </c>
-      <c r="C50" t="s">
-[...16 lines deleted...]
-      <c r="B51" t="str">
+      <c r="C55" t="s">
+        <v>159</v>
+      </c>
+      <c r="D55" t="s">
+        <v>160</v>
+      </c>
+      <c r="E55" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>161</v>
+      </c>
+      <c r="B56" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K221870", "K221870")</f>
         <v>K221870</v>
       </c>
-      <c r="C51" t="s">
-[...16 lines deleted...]
-      <c r="B52" t="str">
+      <c r="C56" t="s">
+        <v>162</v>
+      </c>
+      <c r="D56" t="s">
+        <v>163</v>
+      </c>
+      <c r="E56" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>164</v>
+      </c>
+      <c r="B57" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K222676", "K222676")</f>
         <v>K222676</v>
       </c>
-      <c r="C52" t="s">
-[...16 lines deleted...]
-      <c r="B53" t="str">
+      <c r="C57" t="s">
+        <v>165</v>
+      </c>
+      <c r="D57" t="s">
+        <v>126</v>
+      </c>
+      <c r="E57" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>166</v>
+      </c>
+      <c r="B58" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K230789", "K230789")</f>
         <v>K230789</v>
       </c>
-      <c r="C53" t="s">
-[...16 lines deleted...]
-      <c r="B54" t="str">
+      <c r="C58" t="s">
+        <v>75</v>
+      </c>
+      <c r="D58" t="s">
+        <v>76</v>
+      </c>
+      <c r="E58" t="s">
+        <v>9</v>
+      </c>
+      <c r="F58" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>167</v>
+      </c>
+      <c r="B59" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K222757", "K222757")</f>
         <v>K222757</v>
       </c>
-      <c r="C54" t="s">
-[...16 lines deleted...]
-      <c r="B55" t="str">
+      <c r="C59" t="s">
+        <v>168</v>
+      </c>
+      <c r="D59" t="s">
+        <v>169</v>
+      </c>
+      <c r="E59" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>170</v>
+      </c>
+      <c r="B60" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K222510", "K222510")</f>
         <v>K222510</v>
       </c>
-      <c r="C55" t="s">
-[...16 lines deleted...]
-      <c r="B56" t="str">
+      <c r="C60" t="s">
+        <v>171</v>
+      </c>
+      <c r="D60" t="s">
+        <v>172</v>
+      </c>
+      <c r="E60" t="s">
+        <v>9</v>
+      </c>
+      <c r="F60" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>173</v>
+      </c>
+      <c r="B61" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K221796", "K221796")</f>
         <v>K221796</v>
       </c>
-      <c r="C56" t="s">
-[...16 lines deleted...]
-      <c r="B57" t="str">
+      <c r="C61" t="s">
+        <v>174</v>
+      </c>
+      <c r="D61" t="s">
+        <v>175</v>
+      </c>
+      <c r="E61" t="s">
+        <v>14</v>
+      </c>
+      <c r="F61" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>176</v>
+      </c>
+      <c r="B62" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K220554", "K220554")</f>
         <v>K220554</v>
       </c>
-      <c r="C57" t="s">
-[...16 lines deleted...]
-      <c r="B58" t="str">
+      <c r="C62" t="s">
+        <v>89</v>
+      </c>
+      <c r="D62" t="s">
+        <v>90</v>
+      </c>
+      <c r="E62" t="s">
+        <v>9</v>
+      </c>
+      <c r="F62" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>177</v>
+      </c>
+      <c r="B63" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K213215", "K213215")</f>
         <v>K213215</v>
       </c>
-      <c r="C58" t="s">
-[...16 lines deleted...]
-      <c r="B59" t="str">
+      <c r="C63" t="s">
+        <v>178</v>
+      </c>
+      <c r="D63" t="s">
+        <v>179</v>
+      </c>
+      <c r="E63" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>180</v>
+      </c>
+      <c r="B64" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K220905", "K220905")</f>
         <v>K220905</v>
       </c>
-      <c r="C59" t="s">
-[...16 lines deleted...]
-      <c r="B60" t="str">
+      <c r="C64" t="s">
+        <v>93</v>
+      </c>
+      <c r="D64" t="s">
+        <v>78</v>
+      </c>
+      <c r="E64" t="s">
+        <v>9</v>
+      </c>
+      <c r="F64" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>181</v>
+      </c>
+      <c r="B65" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K221659", "K221659")</f>
         <v>K221659</v>
       </c>
-      <c r="C60" t="s">
-[...16 lines deleted...]
-      <c r="B61" t="str">
+      <c r="C65" t="s">
+        <v>182</v>
+      </c>
+      <c r="D65" t="s">
+        <v>69</v>
+      </c>
+      <c r="E65" t="s">
+        <v>56</v>
+      </c>
+      <c r="F65" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>183</v>
+      </c>
+      <c r="B66" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K213128", "K213128")</f>
         <v>K213128</v>
       </c>
-      <c r="C61" t="s">
-[...16 lines deleted...]
-      <c r="B62" t="str">
+      <c r="C66" t="s">
+        <v>184</v>
+      </c>
+      <c r="D66" t="s">
+        <v>185</v>
+      </c>
+      <c r="E66" t="s">
+        <v>14</v>
+      </c>
+      <c r="F66" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>186</v>
+      </c>
+      <c r="B67" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K213034", "K213034")</f>
         <v>K213034</v>
       </c>
-      <c r="C62" t="s">
-[...16 lines deleted...]
-      <c r="B63" t="str">
+      <c r="C67" t="s">
+        <v>187</v>
+      </c>
+      <c r="D67" t="s">
+        <v>22</v>
+      </c>
+      <c r="E67" t="s">
+        <v>9</v>
+      </c>
+      <c r="F67" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>188</v>
+      </c>
+      <c r="B68" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K220104", "K220104")</f>
         <v>K220104</v>
       </c>
-      <c r="C63" t="s">
-[...16 lines deleted...]
-      <c r="B64" t="str">
+      <c r="C68" t="s">
+        <v>75</v>
+      </c>
+      <c r="D68" t="s">
+        <v>76</v>
+      </c>
+      <c r="E68" t="s">
+        <v>9</v>
+      </c>
+      <c r="F68" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>189</v>
+      </c>
+      <c r="B69" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K220733", "K220733")</f>
         <v>K220733</v>
       </c>
-      <c r="C64" t="s">
-[...16 lines deleted...]
-      <c r="B65" t="str">
+      <c r="C69" t="s">
+        <v>190</v>
+      </c>
+      <c r="D69" t="s">
+        <v>191</v>
+      </c>
+      <c r="E69" t="s">
+        <v>14</v>
+      </c>
+      <c r="F69" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>192</v>
+      </c>
+      <c r="B70" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K221098", "K221098")</f>
         <v>K221098</v>
       </c>
-      <c r="C65" t="s">
-[...16 lines deleted...]
-      <c r="B66" t="str">
+      <c r="C70" t="s">
+        <v>193</v>
+      </c>
+      <c r="D70" t="s">
+        <v>194</v>
+      </c>
+      <c r="E70" t="s">
+        <v>9</v>
+      </c>
+      <c r="F70" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>195</v>
+      </c>
+      <c r="B71" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K213684", "K213684")</f>
         <v>K213684</v>
       </c>
-      <c r="C66" t="s">
-[...16 lines deleted...]
-      <c r="B67" t="str">
+      <c r="C71" t="s">
+        <v>196</v>
+      </c>
+      <c r="D71" t="s">
+        <v>197</v>
+      </c>
+      <c r="E71" t="s">
+        <v>14</v>
+      </c>
+      <c r="F71" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>198</v>
+      </c>
+      <c r="B72" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K220146", "K220146")</f>
         <v>K220146</v>
       </c>
-      <c r="C67" t="s">
-[...16 lines deleted...]
-      <c r="B68" t="str">
+      <c r="C72" t="s">
+        <v>199</v>
+      </c>
+      <c r="D72" t="s">
+        <v>200</v>
+      </c>
+      <c r="E72" t="s">
+        <v>9</v>
+      </c>
+      <c r="F72" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>201</v>
+      </c>
+      <c r="B73" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K213751", "K213751")</f>
         <v>K213751</v>
       </c>
-      <c r="C68" t="s">
-[...16 lines deleted...]
-      <c r="B69" t="str">
+      <c r="C73" t="s">
+        <v>202</v>
+      </c>
+      <c r="D73" t="s">
+        <v>28</v>
+      </c>
+      <c r="E73" t="s">
+        <v>9</v>
+      </c>
+      <c r="F73" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>203</v>
+      </c>
+      <c r="B74" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K211254", "K211254")</f>
         <v>K211254</v>
       </c>
-      <c r="C69" t="s">
-[...16 lines deleted...]
-      <c r="B70" t="str">
+      <c r="C74" t="s">
+        <v>204</v>
+      </c>
+      <c r="D74" t="s">
+        <v>147</v>
+      </c>
+      <c r="E74" t="s">
+        <v>9</v>
+      </c>
+      <c r="F74" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>205</v>
+      </c>
+      <c r="B75" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfpmn/denovo.cfm?id=DEN210014", "DEN210014")</f>
         <v>DEN210014</v>
       </c>
-      <c r="C70" t="s">
-[...16 lines deleted...]
-      <c r="B71" t="str">
+      <c r="C75" t="s">
+        <v>206</v>
+      </c>
+      <c r="D75" t="s">
+        <v>207</v>
+      </c>
+      <c r="E75" t="s">
+        <v>9</v>
+      </c>
+      <c r="F75" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>208</v>
+      </c>
+      <c r="B76" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K210344", "K210344")</f>
         <v>K210344</v>
       </c>
-      <c r="C71" t="s">
-[...16 lines deleted...]
-      <c r="B72" t="str">
+      <c r="C76" t="s">
+        <v>209</v>
+      </c>
+      <c r="D76" t="s">
+        <v>210</v>
+      </c>
+      <c r="E76" t="s">
+        <v>14</v>
+      </c>
+      <c r="F76" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>211</v>
+      </c>
+      <c r="B77" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K210859", "K210859")</f>
         <v>K210859</v>
       </c>
-      <c r="C72" t="s">
-[...16 lines deleted...]
-      <c r="B73" t="str">
+      <c r="C77" t="s">
+        <v>114</v>
+      </c>
+      <c r="D77" t="s">
+        <v>212</v>
+      </c>
+      <c r="E77" t="s">
+        <v>9</v>
+      </c>
+      <c r="F77" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>213</v>
+      </c>
+      <c r="B78" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfpmn/denovo.cfm?id=DEN210005", "DEN210005")</f>
         <v>DEN210005</v>
       </c>
-      <c r="C73" t="s">
-[...16 lines deleted...]
-      <c r="B74" t="str">
+      <c r="C78" t="s">
+        <v>182</v>
+      </c>
+      <c r="D78" t="s">
+        <v>69</v>
+      </c>
+      <c r="E78" t="s">
+        <v>56</v>
+      </c>
+      <c r="F78" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>214</v>
+      </c>
+      <c r="B79" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K202927", "K202927")</f>
         <v>K202927</v>
       </c>
-      <c r="C74" t="s">
-[...16 lines deleted...]
-      <c r="B75" t="str">
+      <c r="C79" t="s">
+        <v>215</v>
+      </c>
+      <c r="D79" t="s">
+        <v>216</v>
+      </c>
+      <c r="E79" t="s">
+        <v>9</v>
+      </c>
+      <c r="F79" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>218</v>
+      </c>
+      <c r="B80" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K210726", "K210726")</f>
         <v>K210726</v>
       </c>
-      <c r="C75" t="s">
-[...16 lines deleted...]
-      <c r="B76" t="str">
+      <c r="C80" t="s">
+        <v>137</v>
+      </c>
+      <c r="D80" t="s">
+        <v>219</v>
+      </c>
+      <c r="E80" t="s">
+        <v>14</v>
+      </c>
+      <c r="F80" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>220</v>
+      </c>
+      <c r="B81" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K211188", "K211188")</f>
         <v>K211188</v>
       </c>
-      <c r="C76" t="s">
-[...16 lines deleted...]
-      <c r="B77" t="str">
+      <c r="C81" t="s">
+        <v>221</v>
+      </c>
+      <c r="D81" t="s">
+        <v>222</v>
+      </c>
+      <c r="E81" t="s">
+        <v>9</v>
+      </c>
+      <c r="F81" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>223</v>
+      </c>
+      <c r="B82" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K203115", "K203115")</f>
         <v>K203115</v>
       </c>
-      <c r="C77" t="s">
-[...16 lines deleted...]
-      <c r="B78" t="str">
+      <c r="C82" t="s">
+        <v>72</v>
+      </c>
+      <c r="D82" t="s">
+        <v>224</v>
+      </c>
+      <c r="E82" t="s">
+        <v>9</v>
+      </c>
+      <c r="F82" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>225</v>
+      </c>
+      <c r="B83" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K210072", "K210072")</f>
         <v>K210072</v>
       </c>
-      <c r="C78" t="s">
-[...16 lines deleted...]
-      <c r="B79" t="str">
+      <c r="C83" t="s">
+        <v>226</v>
+      </c>
+      <c r="D83" t="s">
+        <v>227</v>
+      </c>
+      <c r="E83" t="s">
+        <v>14</v>
+      </c>
+      <c r="F83" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>228</v>
+      </c>
+      <c r="B84" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K210153", "K210153")</f>
         <v>K210153</v>
       </c>
-      <c r="C79" t="s">
-[...16 lines deleted...]
-      <c r="B80" t="str">
+      <c r="C84" t="s">
+        <v>229</v>
+      </c>
+      <c r="D84" t="s">
+        <v>230</v>
+      </c>
+      <c r="E84" t="s">
+        <v>9</v>
+      </c>
+      <c r="F84" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>231</v>
+      </c>
+      <c r="B85" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K202750", "K202750")</f>
         <v>K202750</v>
       </c>
-      <c r="C80" t="s">
-[...16 lines deleted...]
-      <c r="B81" t="str">
+      <c r="C85" t="s">
+        <v>75</v>
+      </c>
+      <c r="D85" t="s">
+        <v>76</v>
+      </c>
+      <c r="E85" t="s">
+        <v>9</v>
+      </c>
+      <c r="F85" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>232</v>
+      </c>
+      <c r="B86" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K200384", "K200384")</f>
         <v>K200384</v>
       </c>
-      <c r="C81" t="s">
-[...16 lines deleted...]
-      <c r="B82" t="str">
+      <c r="C86" t="s">
+        <v>233</v>
+      </c>
+      <c r="D86" t="s">
+        <v>103</v>
+      </c>
+      <c r="E86" t="s">
+        <v>9</v>
+      </c>
+      <c r="F86" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>234</v>
+      </c>
+      <c r="B87" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K202152", "K202152")</f>
         <v>K202152</v>
       </c>
-      <c r="C82" t="s">
-[...16 lines deleted...]
-      <c r="B83" t="str">
+      <c r="C87" t="s">
+        <v>235</v>
+      </c>
+      <c r="D87" t="s">
+        <v>230</v>
+      </c>
+      <c r="E87" t="s">
+        <v>9</v>
+      </c>
+      <c r="F87" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>236</v>
+      </c>
+      <c r="B88" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K192890", "K192890")</f>
         <v>K192890</v>
       </c>
-      <c r="C83" t="s">
-[...16 lines deleted...]
-      <c r="B84" t="str">
+      <c r="C88" t="s">
+        <v>237</v>
+      </c>
+      <c r="D88" t="s">
+        <v>238</v>
+      </c>
+      <c r="E88" t="s">
+        <v>14</v>
+      </c>
+      <c r="F88" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>239</v>
+      </c>
+      <c r="B89" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K201465", "K201465")</f>
         <v>K201465</v>
       </c>
-      <c r="C84" t="s">
-[...16 lines deleted...]
-      <c r="B85" t="str">
+      <c r="C89" t="s">
+        <v>240</v>
+      </c>
+      <c r="D89" t="s">
+        <v>22</v>
+      </c>
+      <c r="E89" t="s">
+        <v>14</v>
+      </c>
+      <c r="F89" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>241</v>
+      </c>
+      <c r="B90" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K193559", "K193559")</f>
         <v>K193559</v>
       </c>
-      <c r="C85" t="s">
-[...16 lines deleted...]
-      <c r="B86" t="str">
+      <c r="C90" t="s">
+        <v>235</v>
+      </c>
+      <c r="D90" t="s">
+        <v>242</v>
+      </c>
+      <c r="E90" t="s">
+        <v>243</v>
+      </c>
+      <c r="F90" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>245</v>
+      </c>
+      <c r="B91" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K191014", "K191014")</f>
         <v>K191014</v>
       </c>
-      <c r="C86" t="s">
-[...16 lines deleted...]
-      <c r="B87" t="str">
+      <c r="C91" t="s">
+        <v>246</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>14</v>
+      </c>
+      <c r="F91" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>247</v>
+      </c>
+      <c r="B92" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K190929", "K190929")</f>
         <v>K190929</v>
       </c>
-      <c r="C87" t="s">
-[...16 lines deleted...]
-      <c r="B88" t="str">
+      <c r="C92" t="s">
+        <v>221</v>
+      </c>
+      <c r="D92" t="s">
+        <v>78</v>
+      </c>
+      <c r="E92" t="s">
+        <v>9</v>
+      </c>
+      <c r="F92" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>248</v>
+      </c>
+      <c r="B93" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K192186", "K192186")</f>
         <v>K192186</v>
       </c>
-      <c r="C88" t="s">
-[...16 lines deleted...]
-      <c r="B89" t="str">
+      <c r="C93" t="s">
+        <v>249</v>
+      </c>
+      <c r="D93" t="s">
+        <v>250</v>
+      </c>
+      <c r="E93" t="s">
+        <v>9</v>
+      </c>
+      <c r="F93" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>251</v>
+      </c>
+      <c r="B94" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K183489", "K183489")</f>
         <v>K183489</v>
       </c>
-      <c r="C89" t="s">
-[...16 lines deleted...]
-      <c r="B90" t="str">
+      <c r="C94" t="s">
+        <v>252</v>
+      </c>
+      <c r="D94" t="s">
+        <v>253</v>
+      </c>
+      <c r="E94" t="s">
+        <v>14</v>
+      </c>
+      <c r="F94" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A95" t="s">
+        <v>254</v>
+      </c>
+      <c r="B95" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K190764", "K190764")</f>
         <v>K190764</v>
       </c>
-      <c r="C90" t="s">
-[...16 lines deleted...]
-      <c r="B91" t="str">
+      <c r="C95" t="s">
+        <v>255</v>
+      </c>
+      <c r="D95" t="s">
+        <v>256</v>
+      </c>
+      <c r="E95" t="s">
+        <v>14</v>
+      </c>
+      <c r="F95" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A96" t="s">
+        <v>257</v>
+      </c>
+      <c r="B96" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K183296", "K183296")</f>
         <v>K183296</v>
       </c>
-      <c r="C91" t="s">
-[...16 lines deleted...]
-      <c r="B92" t="str">
+      <c r="C96" t="s">
+        <v>258</v>
+      </c>
+      <c r="D96" t="s">
+        <v>259</v>
+      </c>
+      <c r="E96" t="s">
+        <v>260</v>
+      </c>
+      <c r="F96" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A97" t="s">
+        <v>262</v>
+      </c>
+      <c r="B97" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K182643", "K182643")</f>
         <v>K182643</v>
       </c>
-      <c r="C92" t="s">
-[...16 lines deleted...]
-      <c r="B93" t="str">
+      <c r="C97" t="s">
+        <v>263</v>
+      </c>
+      <c r="D97" t="s">
+        <v>264</v>
+      </c>
+      <c r="E97" t="s">
+        <v>14</v>
+      </c>
+      <c r="F97" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A98" t="s">
+        <v>265</v>
+      </c>
+      <c r="B98" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K190074", "K190074")</f>
         <v>K190074</v>
       </c>
-      <c r="C93" t="s">
-[...16 lines deleted...]
-      <c r="B94" t="str">
+      <c r="C98" t="s">
+        <v>266</v>
+      </c>
+      <c r="D98" t="s">
+        <v>267</v>
+      </c>
+      <c r="E98" t="s">
+        <v>14</v>
+      </c>
+      <c r="F98" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A99" t="s">
+        <v>268</v>
+      </c>
+      <c r="B99" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K172418", "K172418")</f>
         <v>K172418</v>
       </c>
-      <c r="C94" t="s">
-[...16 lines deleted...]
-      <c r="B95" t="str">
+      <c r="C99" t="s">
+        <v>269</v>
+      </c>
+      <c r="D99" t="s">
+        <v>200</v>
+      </c>
+      <c r="E99" t="s">
+        <v>14</v>
+      </c>
+      <c r="F99" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A100" t="s">
+        <v>270</v>
+      </c>
+      <c r="B100" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K173274", "K173274")</f>
         <v>K173274</v>
       </c>
-      <c r="C95" t="s">
-[...16 lines deleted...]
-      <c r="B96" t="str">
+      <c r="C100" t="s">
+        <v>271</v>
+      </c>
+      <c r="D100" t="s">
+        <v>126</v>
+      </c>
+      <c r="E100" t="s">
+        <v>14</v>
+      </c>
+      <c r="F100" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A101" t="s">
+        <v>272</v>
+      </c>
+      <c r="B101" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K170793", "K170793")</f>
         <v>K170793</v>
       </c>
-      <c r="C96" t="s">
-[...16 lines deleted...]
-      <c r="B97" t="str">
+      <c r="C101" t="s">
+        <v>273</v>
+      </c>
+      <c r="D101" t="s">
+        <v>274</v>
+      </c>
+      <c r="E101" t="s">
+        <v>14</v>
+      </c>
+      <c r="F101" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A102" t="s">
+        <v>275</v>
+      </c>
+      <c r="B102" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K171356", "K171356")</f>
         <v>K171356</v>
       </c>
-      <c r="C97" t="s">
-[...16 lines deleted...]
-      <c r="B98" t="str">
+      <c r="C102" t="s">
+        <v>276</v>
+      </c>
+      <c r="D102" t="s">
+        <v>126</v>
+      </c>
+      <c r="E102" t="s">
+        <v>14</v>
+      </c>
+      <c r="F102" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A103" t="s">
+        <v>277</v>
+      </c>
+      <c r="B103" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K162748", "K162748")</f>
         <v>K162748</v>
       </c>
-      <c r="C98" t="s">
-[...16 lines deleted...]
-      <c r="B99" t="str">
+      <c r="C103" t="s">
+        <v>278</v>
+      </c>
+      <c r="D103" t="s">
+        <v>279</v>
+      </c>
+      <c r="E103" t="s">
+        <v>260</v>
+      </c>
+      <c r="F103" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A104" t="s">
+        <v>281</v>
+      </c>
+      <c r="B104" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K170167", "K170167")</f>
         <v>K170167</v>
       </c>
-      <c r="C99" t="s">
-[...16 lines deleted...]
-      <c r="B100" t="str">
+      <c r="C104" t="s">
+        <v>282</v>
+      </c>
+      <c r="D104" t="s">
+        <v>283</v>
+      </c>
+      <c r="E104" t="s">
+        <v>14</v>
+      </c>
+      <c r="F104" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A105" t="s">
+        <v>284</v>
+      </c>
+      <c r="B105" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K163245", "K163245")</f>
         <v>K163245</v>
       </c>
-      <c r="C100" t="s">
-[...16 lines deleted...]
-      <c r="B101" t="str">
+      <c r="C105" t="s">
+        <v>285</v>
+      </c>
+      <c r="D105" t="s">
+        <v>286</v>
+      </c>
+      <c r="E105" t="s">
+        <v>260</v>
+      </c>
+      <c r="F105" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A106" t="s">
+        <v>287</v>
+      </c>
+      <c r="B106" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K160584", "K160584")</f>
         <v>K160584</v>
       </c>
-      <c r="C101" t="s">
-[...16 lines deleted...]
-      <c r="B102" t="str">
+      <c r="C106" t="s">
+        <v>288</v>
+      </c>
+      <c r="D106" t="s">
+        <v>289</v>
+      </c>
+      <c r="E106" t="s">
+        <v>14</v>
+      </c>
+      <c r="F106" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A107" t="s">
+        <v>290</v>
+      </c>
+      <c r="B107" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K153004", "K153004")</f>
         <v>K153004</v>
       </c>
-      <c r="C102" t="s">
-[...16 lines deleted...]
-      <c r="B103" t="str">
+      <c r="C107" t="s">
+        <v>291</v>
+      </c>
+      <c r="D107" t="s">
+        <v>292</v>
+      </c>
+      <c r="E107" t="s">
+        <v>14</v>
+      </c>
+      <c r="F107" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A108" t="s">
+        <v>294</v>
+      </c>
+      <c r="B108" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K151955", "K151955")</f>
         <v>K151955</v>
       </c>
-      <c r="C103" t="s">
-[...16 lines deleted...]
-      <c r="B104" t="str">
+      <c r="C108" t="s">
+        <v>295</v>
+      </c>
+      <c r="D108" t="s">
+        <v>296</v>
+      </c>
+      <c r="E108" t="s">
+        <v>260</v>
+      </c>
+      <c r="F108" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A109" t="s">
+        <v>297</v>
+      </c>
+      <c r="B109" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K152915", "K152915")</f>
         <v>K152915</v>
       </c>
-      <c r="C104" t="s">
-[...16 lines deleted...]
-      <c r="B105" t="str">
+      <c r="C109" t="s">
+        <v>215</v>
+      </c>
+      <c r="D109" t="s">
+        <v>216</v>
+      </c>
+      <c r="E109" t="s">
+        <v>9</v>
+      </c>
+      <c r="F109" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A110" t="s">
+        <v>298</v>
+      </c>
+      <c r="B110" t="str">
         <f>HYPERLINK("https://www.accessdata.fda.gov/scripts/cdrh/cfdocs/cfPMN/pmn.cfm?ID=K142107", "K142107")</f>
         <v>K142107</v>
       </c>
-      <c r="C105" t="s">
-[...9 lines deleted...]
-        <v>49</v>
+      <c r="C110" t="s">
+        <v>299</v>
+      </c>
+      <c r="D110" t="s">
+        <v>300</v>
+      </c>
+      <c r="E110" t="s">
+        <v>14</v>
+      </c>
+      <c r="F110" t="s">
+        <v>15</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:F105" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010008C60646003D154C88E41543F257D231" ma:contentTypeVersion="59" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b6f99bbbf8cdbbd2ab04efcc3cf31422">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b9efc0f8-a1f4-471a-a587-3842cd17e879" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="2134953f-70a9-4f40-bb37-82851f0dfee5" xmlns:ns5="20867c8d-1cc9-4acd-a073-94634f6a764f" xmlns:ns6="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7f969c3acf374a507cd3b06ed145e00" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Presenter xmlns="2134953f-70a9-4f40-bb37-82851f0dfee5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2134953f-70a9-4f40-bb37-82851f0dfee5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Topic xmlns="2134953f-70a9-4f40-bb37-82851f0dfee5" xsi:nil="true"/>
+    <_Version xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <TaxCatchAll xmlns="20867c8d-1cc9-4acd-a073-94634f6a764f" xsi:nil="true"/>
+    <Project_x0020_Name xmlns="2134953f-70a9-4f40-bb37-82851f0dfee5" xsi:nil="true"/>
+    <DateandTime xmlns="2134953f-70a9-4f40-bb37-82851f0dfee5" xsi:nil="true"/>
+    <Presentationtitle xmlns="2134953f-70a9-4f40-bb37-82851f0dfee5" xsi:nil="true"/>
+    <Audience xmlns="2134953f-70a9-4f40-bb37-82851f0dfee5" xsi:nil="true"/>
+    <DDHDocStatus xmlns="b9efc0f8-a1f4-471a-a587-3842cd17e879" xsi:nil="true"/>
+    <Comment xmlns="2134953f-70a9-4f40-bb37-82851f0dfee5" xsi:nil="true"/>
+    <Conferenceorevent xmlns="2134953f-70a9-4f40-bb37-82851f0dfee5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010008C60646003D154C88E41543F257D231" ma:contentTypeVersion="61" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5d2c505a0032a520bc3dd662065de774">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b9efc0f8-a1f4-471a-a587-3842cd17e879" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="2134953f-70a9-4f40-bb37-82851f0dfee5" xmlns:ns5="20867c8d-1cc9-4acd-a073-94634f6a764f" xmlns:ns6="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e0ac7db0fe02891f5a98041dba7cb480" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="">
     <xsd:import namespace="b9efc0f8-a1f4-471a-a587-3842cd17e879"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="2134953f-70a9-4f40-bb37-82851f0dfee5"/>
     <xsd:import namespace="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:DDHDocStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:_Version" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns5:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns6:IconOverlay" minOccurs="0"/>
                 <xsd:element ref="ns4:Audience" minOccurs="0"/>
                 <xsd:element ref="ns4:Topic" minOccurs="0"/>
                 <xsd:element ref="ns4:Project_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns4:Presentationtitle" minOccurs="0"/>
                 <xsd:element ref="ns4:Conferenceorevent" minOccurs="0"/>
                 <xsd:element ref="ns4:Presenter" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceBillingMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:Comment" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns4:DateandTime" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b9efc0f8-a1f4-471a-a587-3842cd17e879" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="DDHDocStatus" ma:index="8" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="DDHDocStatus" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Current"/>
           <xsd:enumeration value="Draft"/>
           <xsd:enumeration value="Final"/>
           <xsd:enumeration value="Published"/>
           <xsd:enumeration value="Archive"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="24" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
@@ -3873,50 +4037,60 @@
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Presenter" ma:index="30" nillable="true" ma:displayName="Presenter " ma:format="Dropdown" ma:internalName="Presenter">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceBillingMetadata" ma:index="31" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Comment" ma:index="32" nillable="true" ma:displayName="Comment" ma:format="Dropdown" ma:internalName="Comment">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="33" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DateandTime" ma:index="34" nillable="true" ma:displayName="Date and Time" ma:format="DateTime" ma:internalName="DateandTime">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="20867c8d-1cc9-4acd-a073-94634f6a764f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{1dcf0b23-5e0a-4e1b-a6ef-171835b9516c}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b9efc0f8-a1f4-471a-a587-3842cd17e879">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="IconOverlay" ma:index="20" nillable="true" ma:displayName="IconOverlay" ma:hidden="true" ma:internalName="IconOverlay">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
@@ -3997,103 +4171,140 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDAF4ACE-7787-49DB-9255-B902B639676E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B15F9443-FD4D-43A6-BCC2-1ACDF359BE8B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="b9efc0f8-a1f4-471a-a587-3842cd17e879"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
+    <ds:schemaRef ds:uri="2134953f-70a9-4f40-bb37-82851f0dfee5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E97000DA-0A97-469B-A51C-A82F859D5B5E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C1BA7D7-F3EF-43F9-A644-862D21A264F9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="b9efc0f8-a1f4-471a-a587-3842cd17e879"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="2134953f-70a9-4f40-bb37-82851f0dfee5"/>
+    <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11C777DA-C671-4A07-8150-01F0BBC7D083}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{168D03C8-0439-4730-87BF-E1478159DA57}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Sheet1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>FoodandDrugAdministration@fda.hhs.gov</dc:creator>
+  <dc:creator>openpyxl;FDA</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010008C60646003D154C88E41543F257D231</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>