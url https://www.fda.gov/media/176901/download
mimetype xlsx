--- v0 (2026-02-09)
+++ v1 (2026-03-12)
@@ -8,67 +8,70 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/FDA-Track/Test Docs/FDA-TRACK/HFP/FDA-TRACK HFP/3 - Dataset Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="17" documentId="11_685C58D6B40B914ED072BA36641C8E118D4D39A0" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FB8AFB4A-E42D-4DFA-8EAC-B4C33E74B5C8}"/>
+  <xr:revisionPtr revIDLastSave="43" documentId="11_685C58D6B40B914ED072BA36641C8E118D4D39A0" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3609BBDA-6339-404B-BAF4-41AD28CE6C00}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="HFP_EducationOutreach_Dataset" sheetId="30" r:id="rId1"/>
+    <sheet name="HFP_EducationOutreach_Dataset" sheetId="42" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="772" uniqueCount="772">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="797" uniqueCount="797">
   <si>
     <t>Category</t>
   </si>
   <si>
+    <t>Broad Measure</t>
+  </si>
+  <si>
     <t>Description</t>
   </si>
   <si>
     <t>YYYY-MM</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Education and Outreach</t>
   </si>
   <si>
     <t>Number of website page views</t>
   </si>
   <si>
     <t>6222598</t>
   </si>
   <si>
     <t>Education and Outreach</t>
   </si>
   <si>
     <t>Top pages viewed: Top page #1</t>
   </si>
   <si>
     <t>Outbreak Investigation of Hepatitis A Virus Infections: Frozen Strawberries (February 2023)</t>
@@ -2048,50 +2051,122 @@
     <t>Education and Outreach</t>
   </si>
   <si>
     <t>Top pages viewed: Top page #5</t>
   </si>
   <si>
     <t>GMO Crops, Animal Food, and Beyond</t>
   </si>
   <si>
     <t>Education and Outreach</t>
   </si>
   <si>
     <t>Top Search engine used to view site</t>
   </si>
   <si>
     <t>Google</t>
   </si>
   <si>
     <t>Education and Outreach</t>
   </si>
   <si>
     <t>Average amount of seconds spent on site</t>
   </si>
   <si>
     <t>120</t>
+  </si>
+  <si>
+    <t>Education and Outreach</t>
+  </si>
+  <si>
+    <t>Number of website page views</t>
+  </si>
+  <si>
+    <t>8550000</t>
+  </si>
+  <si>
+    <t>Education and Outreach</t>
+  </si>
+  <si>
+    <t>Top pages viewed: Top page #1</t>
+  </si>
+  <si>
+    <t>Investigations of Foodborne Illness Outbreaks</t>
+  </si>
+  <si>
+    <t>Education and Outreach</t>
+  </si>
+  <si>
+    <t>Top pages viewed: Top page #2</t>
+  </si>
+  <si>
+    <t>Food Main Page</t>
+  </si>
+  <si>
+    <t>Education and Outreach</t>
+  </si>
+  <si>
+    <t>Top pages viewed: Top page #3</t>
+  </si>
+  <si>
+    <t>Investigation of Avian Influenza A (H5N1) Virus in Dairy Cattle</t>
+  </si>
+  <si>
+    <t>Education and Outreach</t>
+  </si>
+  <si>
+    <t>Top pages viewed: Top page #4</t>
+  </si>
+  <si>
+    <t>FDA Issues Warning About Imported Cookware That May Leach Lead: August 2025</t>
+  </si>
+  <si>
+    <t>Education and Outreach</t>
+  </si>
+  <si>
+    <t>Top pages viewed: Top page #5</t>
+  </si>
+  <si>
+    <t>FDA Advises Public Not to Eat, Sell, or Serve Certain Imported Frozen Shrimp from an Indonesian Firm</t>
+  </si>
+  <si>
+    <t>Education and Outreach</t>
+  </si>
+  <si>
+    <t>Top Search engine used to view site</t>
+  </si>
+  <si>
+    <t>Google</t>
+  </si>
+  <si>
+    <t>Education and Outreach</t>
+  </si>
+  <si>
+    <t>Average amount of seconds spent on site</t>
+  </si>
+  <si>
+    <t>204</t>
   </si>
   <si>
     <t>Education and Outreach</t>
   </si>
   <si>
     <t>Number of website page views</t>
   </si>
   <si>
     <t>9560000</t>
   </si>
   <si>
     <t>Education and Outreach</t>
   </si>
   <si>
     <t>Top pages viewed: Top page #1</t>
   </si>
   <si>
     <t>Investigation of Avian Influenza A (H5N1) Virus in Dairy Cattle</t>
   </si>
   <si>
     <t>Education and Outreach</t>
   </si>
   <si>
     <t>Top pages viewed: Top page #2</t>
   </si>
@@ -2716,3704 +2791,3820 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D257"/>
+  <dimension ref="A1:E265"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22.42578125" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="38.28515625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="124.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="38.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="124.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>197</v>
+      </c>
+      <c r="C2" t="s">
+        <v>198</v>
+      </c>
+      <c r="D2" s="1">
+        <v>43070</v>
+      </c>
+      <c r="E2" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>200</v>
+      </c>
+      <c r="C3" t="s">
+        <v>201</v>
+      </c>
+      <c r="D3" s="1">
+        <v>43070</v>
+      </c>
+      <c r="E3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>203</v>
+      </c>
+      <c r="C4" t="s">
+        <v>204</v>
+      </c>
+      <c r="D4" s="1">
+        <v>43070</v>
+      </c>
+      <c r="E4" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>206</v>
+      </c>
+      <c r="C5" t="s">
+        <v>207</v>
+      </c>
+      <c r="D5" s="1">
+        <v>43070</v>
+      </c>
+      <c r="E5" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>209</v>
+      </c>
+      <c r="C6" t="s">
+        <v>210</v>
+      </c>
+      <c r="D6" s="1">
+        <v>43070</v>
+      </c>
+      <c r="E6" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>212</v>
+      </c>
+      <c r="C7" t="s">
+        <v>213</v>
+      </c>
+      <c r="D7" s="1">
+        <v>43070</v>
+      </c>
+      <c r="E7" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>215</v>
+      </c>
+      <c r="C8" t="s">
+        <v>216</v>
+      </c>
+      <c r="D8" s="1">
+        <v>43070</v>
+      </c>
+      <c r="E8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>218</v>
+      </c>
+      <c r="C9" t="s">
+        <v>219</v>
+      </c>
+      <c r="D9" s="1">
+        <v>43070</v>
+      </c>
+      <c r="E9" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>221</v>
+      </c>
+      <c r="C10" t="s">
+        <v>222</v>
+      </c>
+      <c r="D10" s="1">
+        <v>43160</v>
+      </c>
+      <c r="E10" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>224</v>
+      </c>
+      <c r="C11" t="s">
+        <v>225</v>
+      </c>
+      <c r="D11" s="1">
+        <v>43160</v>
+      </c>
+      <c r="E11" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>227</v>
+      </c>
+      <c r="C12" t="s">
+        <v>228</v>
+      </c>
+      <c r="D12" s="1">
+        <v>43160</v>
+      </c>
+      <c r="E12" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>230</v>
+      </c>
+      <c r="C13" t="s">
+        <v>231</v>
+      </c>
+      <c r="D13" s="1">
+        <v>43160</v>
+      </c>
+      <c r="E13" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>233</v>
+      </c>
+      <c r="C14" t="s">
+        <v>234</v>
+      </c>
+      <c r="D14" s="1">
+        <v>43160</v>
+      </c>
+      <c r="E14" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>236</v>
+      </c>
+      <c r="C15" t="s">
+        <v>237</v>
+      </c>
+      <c r="D15" s="1">
+        <v>43160</v>
+      </c>
+      <c r="E15" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>239</v>
+      </c>
+      <c r="C16" t="s">
+        <v>240</v>
+      </c>
+      <c r="D16" s="1">
+        <v>43160</v>
+      </c>
+      <c r="E16" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>242</v>
+      </c>
+      <c r="C17" t="s">
+        <v>243</v>
+      </c>
+      <c r="D17" s="1">
+        <v>43160</v>
+      </c>
+      <c r="E17" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>245</v>
+      </c>
+      <c r="C18" t="s">
+        <v>246</v>
+      </c>
+      <c r="D18" s="1">
+        <v>43252</v>
+      </c>
+      <c r="E18" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>248</v>
+      </c>
+      <c r="C19" t="s">
+        <v>249</v>
+      </c>
+      <c r="D19" s="1">
+        <v>43252</v>
+      </c>
+      <c r="E19" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>251</v>
+      </c>
+      <c r="C20" t="s">
+        <v>252</v>
+      </c>
+      <c r="D20" s="1">
+        <v>43252</v>
+      </c>
+      <c r="E20" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>254</v>
+      </c>
+      <c r="C21" t="s">
+        <v>255</v>
+      </c>
+      <c r="D21" s="1">
+        <v>43252</v>
+      </c>
+      <c r="E21" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>257</v>
+      </c>
+      <c r="C22" t="s">
+        <v>258</v>
+      </c>
+      <c r="D22" s="1">
+        <v>43252</v>
+      </c>
+      <c r="E22" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>260</v>
+      </c>
+      <c r="C23" t="s">
+        <v>261</v>
+      </c>
+      <c r="D23" s="1">
+        <v>43252</v>
+      </c>
+      <c r="E23" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>263</v>
+      </c>
+      <c r="C24" t="s">
+        <v>264</v>
+      </c>
+      <c r="D24" s="1">
+        <v>43252</v>
+      </c>
+      <c r="E24" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>266</v>
+      </c>
+      <c r="C25" t="s">
+        <v>267</v>
+      </c>
+      <c r="D25" s="1">
+        <v>43252</v>
+      </c>
+      <c r="E25" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>269</v>
+      </c>
+      <c r="C26" t="s">
+        <v>270</v>
+      </c>
+      <c r="D26" s="1">
+        <v>43344</v>
+      </c>
+      <c r="E26" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>272</v>
+      </c>
+      <c r="C27" t="s">
+        <v>273</v>
+      </c>
+      <c r="D27" s="1">
+        <v>43344</v>
+      </c>
+      <c r="E27" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>275</v>
+      </c>
+      <c r="C28" t="s">
+        <v>276</v>
+      </c>
+      <c r="D28" s="1">
+        <v>43344</v>
+      </c>
+      <c r="E28" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>278</v>
+      </c>
+      <c r="C29" t="s">
+        <v>279</v>
+      </c>
+      <c r="D29" s="1">
+        <v>43344</v>
+      </c>
+      <c r="E29" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>281</v>
+      </c>
+      <c r="C30" t="s">
+        <v>282</v>
+      </c>
+      <c r="D30" s="1">
+        <v>43344</v>
+      </c>
+      <c r="E30" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>284</v>
+      </c>
+      <c r="C31" t="s">
+        <v>285</v>
+      </c>
+      <c r="D31" s="1">
+        <v>43344</v>
+      </c>
+      <c r="E31" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>287</v>
+      </c>
+      <c r="C32" t="s">
+        <v>288</v>
+      </c>
+      <c r="D32" s="1">
+        <v>43344</v>
+      </c>
+      <c r="E32" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>290</v>
+      </c>
+      <c r="C33" t="s">
+        <v>291</v>
+      </c>
+      <c r="D33" s="1">
+        <v>43344</v>
+      </c>
+      <c r="E33" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>293</v>
+      </c>
+      <c r="C34" t="s">
+        <v>294</v>
+      </c>
+      <c r="D34" s="1">
+        <v>43435</v>
+      </c>
+      <c r="E34" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>296</v>
+      </c>
+      <c r="C35" t="s">
+        <v>297</v>
+      </c>
+      <c r="D35" s="1">
+        <v>43435</v>
+      </c>
+      <c r="E35" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>299</v>
+      </c>
+      <c r="C36" t="s">
+        <v>300</v>
+      </c>
+      <c r="D36" s="1">
+        <v>43435</v>
+      </c>
+      <c r="E36" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>302</v>
+      </c>
+      <c r="C37" t="s">
+        <v>303</v>
+      </c>
+      <c r="D37" s="1">
+        <v>43435</v>
+      </c>
+      <c r="E37" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>305</v>
+      </c>
+      <c r="C38" t="s">
+        <v>306</v>
+      </c>
+      <c r="D38" s="1">
+        <v>43435</v>
+      </c>
+      <c r="E38" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>308</v>
+      </c>
+      <c r="C39" t="s">
+        <v>309</v>
+      </c>
+      <c r="D39" s="1">
+        <v>43435</v>
+      </c>
+      <c r="E39" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>311</v>
+      </c>
+      <c r="C40" t="s">
+        <v>312</v>
+      </c>
+      <c r="D40" s="1">
+        <v>43435</v>
+      </c>
+      <c r="E40" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>314</v>
+      </c>
+      <c r="C41" t="s">
+        <v>315</v>
+      </c>
+      <c r="D41" s="1">
+        <v>43435</v>
+      </c>
+      <c r="E41" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>317</v>
+      </c>
+      <c r="C42" t="s">
+        <v>318</v>
+      </c>
+      <c r="D42" s="1">
+        <v>43525</v>
+      </c>
+      <c r="E42" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>320</v>
+      </c>
+      <c r="C43" t="s">
+        <v>321</v>
+      </c>
+      <c r="D43" s="1">
+        <v>43525</v>
+      </c>
+      <c r="E43" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>323</v>
+      </c>
+      <c r="C44" t="s">
+        <v>324</v>
+      </c>
+      <c r="D44" s="1">
+        <v>43525</v>
+      </c>
+      <c r="E44" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>326</v>
+      </c>
+      <c r="C45" t="s">
+        <v>327</v>
+      </c>
+      <c r="D45" s="1">
+        <v>43525</v>
+      </c>
+      <c r="E45" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>329</v>
+      </c>
+      <c r="C46" t="s">
+        <v>330</v>
+      </c>
+      <c r="D46" s="1">
+        <v>43525</v>
+      </c>
+      <c r="E46" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>332</v>
+      </c>
+      <c r="C47" t="s">
+        <v>333</v>
+      </c>
+      <c r="D47" s="1">
+        <v>43525</v>
+      </c>
+      <c r="E47" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>335</v>
+      </c>
+      <c r="C48" t="s">
+        <v>336</v>
+      </c>
+      <c r="D48" s="1">
+        <v>43525</v>
+      </c>
+      <c r="E48" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>338</v>
+      </c>
+      <c r="C49" t="s">
+        <v>339</v>
+      </c>
+      <c r="D49" s="1">
+        <v>43525</v>
+      </c>
+      <c r="E49" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>341</v>
+      </c>
+      <c r="C50" t="s">
+        <v>342</v>
+      </c>
+      <c r="D50" s="1">
+        <v>43617</v>
+      </c>
+      <c r="E50" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>344</v>
+      </c>
+      <c r="C51" t="s">
+        <v>345</v>
+      </c>
+      <c r="D51" s="1">
+        <v>43617</v>
+      </c>
+      <c r="E51" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>347</v>
+      </c>
+      <c r="C52" t="s">
+        <v>348</v>
+      </c>
+      <c r="D52" s="1">
+        <v>43617</v>
+      </c>
+      <c r="E52" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>350</v>
+      </c>
+      <c r="C53" t="s">
+        <v>351</v>
+      </c>
+      <c r="D53" s="1">
+        <v>43617</v>
+      </c>
+      <c r="E53" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>353</v>
+      </c>
+      <c r="C54" t="s">
+        <v>354</v>
+      </c>
+      <c r="D54" s="1">
+        <v>43617</v>
+      </c>
+      <c r="E54" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>356</v>
+      </c>
+      <c r="C55" t="s">
+        <v>357</v>
+      </c>
+      <c r="D55" s="1">
+        <v>43617</v>
+      </c>
+      <c r="E55" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>359</v>
+      </c>
+      <c r="C56" t="s">
+        <v>360</v>
+      </c>
+      <c r="D56" s="1">
+        <v>43617</v>
+      </c>
+      <c r="E56" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>362</v>
+      </c>
+      <c r="C57" t="s">
+        <v>363</v>
+      </c>
+      <c r="D57" s="1">
+        <v>43617</v>
+      </c>
+      <c r="E57" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>365</v>
+      </c>
+      <c r="C58" t="s">
+        <v>366</v>
+      </c>
+      <c r="D58" s="1">
+        <v>43709</v>
+      </c>
+      <c r="E58" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>368</v>
+      </c>
+      <c r="C59" t="s">
+        <v>369</v>
+      </c>
+      <c r="D59" s="1">
+        <v>43709</v>
+      </c>
+      <c r="E59" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>371</v>
+      </c>
+      <c r="C60" t="s">
+        <v>372</v>
+      </c>
+      <c r="D60" s="1">
+        <v>43709</v>
+      </c>
+      <c r="E60" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>374</v>
+      </c>
+      <c r="C61" t="s">
+        <v>375</v>
+      </c>
+      <c r="D61" s="1">
+        <v>43709</v>
+      </c>
+      <c r="E61" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>377</v>
+      </c>
+      <c r="C62" t="s">
+        <v>378</v>
+      </c>
+      <c r="D62" s="1">
+        <v>43709</v>
+      </c>
+      <c r="E62" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>380</v>
+      </c>
+      <c r="C63" t="s">
+        <v>381</v>
+      </c>
+      <c r="D63" s="1">
+        <v>43709</v>
+      </c>
+      <c r="E63" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>383</v>
+      </c>
+      <c r="C64" t="s">
+        <v>384</v>
+      </c>
+      <c r="D64" s="1">
+        <v>43709</v>
+      </c>
+      <c r="E64" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>386</v>
+      </c>
+      <c r="C65" t="s">
+        <v>387</v>
+      </c>
+      <c r="D65" s="1">
+        <v>43709</v>
+      </c>
+      <c r="E65" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>389</v>
+      </c>
+      <c r="C66" t="s">
+        <v>390</v>
+      </c>
+      <c r="D66" s="1">
+        <v>43800</v>
+      </c>
+      <c r="E66" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>392</v>
+      </c>
+      <c r="C67" t="s">
+        <v>393</v>
+      </c>
+      <c r="D67" s="1">
+        <v>43800</v>
+      </c>
+      <c r="E67" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>395</v>
+      </c>
+      <c r="C68" t="s">
+        <v>396</v>
+      </c>
+      <c r="D68" s="1">
+        <v>43800</v>
+      </c>
+      <c r="E68" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>398</v>
+      </c>
+      <c r="C69" t="s">
+        <v>399</v>
+      </c>
+      <c r="D69" s="1">
+        <v>43800</v>
+      </c>
+      <c r="E69" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>401</v>
+      </c>
+      <c r="C70" t="s">
+        <v>402</v>
+      </c>
+      <c r="D70" s="1">
+        <v>43800</v>
+      </c>
+      <c r="E70" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>404</v>
+      </c>
+      <c r="C71" t="s">
+        <v>405</v>
+      </c>
+      <c r="D71" s="1">
+        <v>43800</v>
+      </c>
+      <c r="E71" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>407</v>
+      </c>
+      <c r="C72" t="s">
+        <v>408</v>
+      </c>
+      <c r="D72" s="1">
+        <v>43800</v>
+      </c>
+      <c r="E72" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>410</v>
+      </c>
+      <c r="C73" t="s">
+        <v>411</v>
+      </c>
+      <c r="D73" s="1">
+        <v>43800</v>
+      </c>
+      <c r="E73" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>413</v>
+      </c>
+      <c r="C74" t="s">
+        <v>414</v>
+      </c>
+      <c r="D74" s="1">
+        <v>43891</v>
+      </c>
+      <c r="E74" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>416</v>
+      </c>
+      <c r="C75" t="s">
+        <v>417</v>
+      </c>
+      <c r="D75" s="1">
+        <v>43891</v>
+      </c>
+      <c r="E75" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>419</v>
+      </c>
+      <c r="C76" t="s">
+        <v>420</v>
+      </c>
+      <c r="D76" s="1">
+        <v>43891</v>
+      </c>
+      <c r="E76" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>422</v>
+      </c>
+      <c r="C77" t="s">
+        <v>423</v>
+      </c>
+      <c r="D77" s="1">
+        <v>43891</v>
+      </c>
+      <c r="E77" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>425</v>
+      </c>
+      <c r="C78" t="s">
+        <v>426</v>
+      </c>
+      <c r="D78" s="1">
+        <v>43891</v>
+      </c>
+      <c r="E78" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>428</v>
+      </c>
+      <c r="C79" t="s">
+        <v>429</v>
+      </c>
+      <c r="D79" s="1">
+        <v>43891</v>
+      </c>
+      <c r="E79" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>431</v>
+      </c>
+      <c r="C80" t="s">
+        <v>432</v>
+      </c>
+      <c r="D80" s="1">
+        <v>43891</v>
+      </c>
+      <c r="E80" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>434</v>
+      </c>
+      <c r="C81" t="s">
+        <v>435</v>
+      </c>
+      <c r="D81" s="1">
+        <v>43891</v>
+      </c>
+      <c r="E81" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>437</v>
+      </c>
+      <c r="C82" t="s">
+        <v>438</v>
+      </c>
+      <c r="D82" s="1">
+        <v>43983</v>
+      </c>
+      <c r="E82" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>440</v>
+      </c>
+      <c r="C83" t="s">
+        <v>441</v>
+      </c>
+      <c r="D83" s="1">
+        <v>43983</v>
+      </c>
+      <c r="E83" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>443</v>
+      </c>
+      <c r="C84" t="s">
+        <v>444</v>
+      </c>
+      <c r="D84" s="1">
+        <v>43983</v>
+      </c>
+      <c r="E84" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>446</v>
+      </c>
+      <c r="C85" t="s">
+        <v>447</v>
+      </c>
+      <c r="D85" s="1">
+        <v>43983</v>
+      </c>
+      <c r="E85" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>449</v>
+      </c>
+      <c r="C86" t="s">
+        <v>450</v>
+      </c>
+      <c r="D86" s="1">
+        <v>43983</v>
+      </c>
+      <c r="E86" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>452</v>
+      </c>
+      <c r="C87" t="s">
+        <v>453</v>
+      </c>
+      <c r="D87" s="1">
+        <v>43983</v>
+      </c>
+      <c r="E87" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>455</v>
+      </c>
+      <c r="C88" t="s">
+        <v>456</v>
+      </c>
+      <c r="D88" s="1">
+        <v>43983</v>
+      </c>
+      <c r="E88" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>458</v>
+      </c>
+      <c r="C89" t="s">
+        <v>459</v>
+      </c>
+      <c r="D89" s="1">
+        <v>43983</v>
+      </c>
+      <c r="E89" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>461</v>
+      </c>
+      <c r="C90" t="s">
+        <v>462</v>
+      </c>
+      <c r="D90" s="1">
+        <v>44075</v>
+      </c>
+      <c r="E90" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>464</v>
+      </c>
+      <c r="C91" t="s">
+        <v>465</v>
+      </c>
+      <c r="D91" s="1">
+        <v>44075</v>
+      </c>
+      <c r="E91" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>467</v>
+      </c>
+      <c r="C92" t="s">
+        <v>468</v>
+      </c>
+      <c r="D92" s="1">
+        <v>44075</v>
+      </c>
+      <c r="E92" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>470</v>
+      </c>
+      <c r="C93" t="s">
+        <v>471</v>
+      </c>
+      <c r="D93" s="1">
+        <v>44075</v>
+      </c>
+      <c r="E93" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>473</v>
+      </c>
+      <c r="C94" t="s">
+        <v>474</v>
+      </c>
+      <c r="D94" s="1">
+        <v>44075</v>
+      </c>
+      <c r="E94" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A95" t="s">
+        <v>476</v>
+      </c>
+      <c r="C95" t="s">
+        <v>477</v>
+      </c>
+      <c r="D95" s="1">
+        <v>44075</v>
+      </c>
+      <c r="E95" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A96" t="s">
+        <v>479</v>
+      </c>
+      <c r="C96" t="s">
+        <v>480</v>
+      </c>
+      <c r="D96" s="1">
+        <v>44075</v>
+      </c>
+      <c r="E96" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A97" t="s">
+        <v>482</v>
+      </c>
+      <c r="C97" t="s">
+        <v>483</v>
+      </c>
+      <c r="D97" s="1">
+        <v>44075</v>
+      </c>
+      <c r="E97" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A98" t="s">
+        <v>485</v>
+      </c>
+      <c r="C98" t="s">
+        <v>486</v>
+      </c>
+      <c r="D98" s="1">
+        <v>44166</v>
+      </c>
+      <c r="E98" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A99" t="s">
+        <v>488</v>
+      </c>
+      <c r="C99" t="s">
+        <v>489</v>
+      </c>
+      <c r="D99" s="1">
+        <v>44166</v>
+      </c>
+      <c r="E99" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A100" t="s">
+        <v>491</v>
+      </c>
+      <c r="C100" t="s">
+        <v>492</v>
+      </c>
+      <c r="D100" s="1">
+        <v>44166</v>
+      </c>
+      <c r="E100" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A101" t="s">
+        <v>494</v>
+      </c>
+      <c r="C101" t="s">
+        <v>495</v>
+      </c>
+      <c r="D101" s="1">
+        <v>44166</v>
+      </c>
+      <c r="E101" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A102" t="s">
+        <v>497</v>
+      </c>
+      <c r="C102" t="s">
+        <v>498</v>
+      </c>
+      <c r="D102" s="1">
+        <v>44166</v>
+      </c>
+      <c r="E102" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A103" t="s">
+        <v>500</v>
+      </c>
+      <c r="C103" t="s">
+        <v>501</v>
+      </c>
+      <c r="D103" s="1">
+        <v>44166</v>
+      </c>
+      <c r="E103" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A104" t="s">
+        <v>503</v>
+      </c>
+      <c r="C104" t="s">
+        <v>504</v>
+      </c>
+      <c r="D104" s="1">
+        <v>44166</v>
+      </c>
+      <c r="E104" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A105" t="s">
+        <v>506</v>
+      </c>
+      <c r="C105" t="s">
+        <v>507</v>
+      </c>
+      <c r="D105" s="1">
+        <v>44166</v>
+      </c>
+      <c r="E105" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A106" t="s">
+        <v>509</v>
+      </c>
+      <c r="C106" t="s">
+        <v>510</v>
+      </c>
+      <c r="D106" s="1">
+        <v>44256</v>
+      </c>
+      <c r="E106" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A107" t="s">
+        <v>512</v>
+      </c>
+      <c r="C107" t="s">
+        <v>513</v>
+      </c>
+      <c r="D107" s="1">
+        <v>44256</v>
+      </c>
+      <c r="E107" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A108" t="s">
+        <v>515</v>
+      </c>
+      <c r="C108" t="s">
+        <v>516</v>
+      </c>
+      <c r="D108" s="1">
+        <v>44256</v>
+      </c>
+      <c r="E108" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A109" t="s">
+        <v>518</v>
+      </c>
+      <c r="C109" t="s">
+        <v>519</v>
+      </c>
+      <c r="D109" s="1">
+        <v>44256</v>
+      </c>
+      <c r="E109" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A110" t="s">
+        <v>521</v>
+      </c>
+      <c r="C110" t="s">
+        <v>522</v>
+      </c>
+      <c r="D110" s="1">
+        <v>44256</v>
+      </c>
+      <c r="E110" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A111" t="s">
+        <v>524</v>
+      </c>
+      <c r="C111" t="s">
+        <v>525</v>
+      </c>
+      <c r="D111" s="1">
+        <v>44256</v>
+      </c>
+      <c r="E111" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A112" t="s">
+        <v>527</v>
+      </c>
+      <c r="C112" t="s">
+        <v>528</v>
+      </c>
+      <c r="D112" s="1">
+        <v>44256</v>
+      </c>
+      <c r="E112" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A113" t="s">
+        <v>530</v>
+      </c>
+      <c r="C113" t="s">
+        <v>531</v>
+      </c>
+      <c r="D113" s="1">
+        <v>44256</v>
+      </c>
+      <c r="E113" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A114" t="s">
+        <v>533</v>
+      </c>
+      <c r="C114" t="s">
+        <v>534</v>
+      </c>
+      <c r="D114" s="1">
+        <v>44348</v>
+      </c>
+      <c r="E114" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A115" t="s">
+        <v>536</v>
+      </c>
+      <c r="C115" t="s">
+        <v>537</v>
+      </c>
+      <c r="D115" s="1">
+        <v>44348</v>
+      </c>
+      <c r="E115" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A116" t="s">
+        <v>539</v>
+      </c>
+      <c r="C116" t="s">
+        <v>540</v>
+      </c>
+      <c r="D116" s="1">
+        <v>44348</v>
+      </c>
+      <c r="E116" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A117" t="s">
+        <v>542</v>
+      </c>
+      <c r="C117" t="s">
+        <v>543</v>
+      </c>
+      <c r="D117" s="1">
+        <v>44348</v>
+      </c>
+      <c r="E117" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A118" t="s">
+        <v>545</v>
+      </c>
+      <c r="C118" t="s">
+        <v>546</v>
+      </c>
+      <c r="D118" s="1">
+        <v>44348</v>
+      </c>
+      <c r="E118" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A119" t="s">
+        <v>548</v>
+      </c>
+      <c r="C119" t="s">
+        <v>549</v>
+      </c>
+      <c r="D119" s="1">
+        <v>44348</v>
+      </c>
+      <c r="E119" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A120" t="s">
+        <v>551</v>
+      </c>
+      <c r="C120" t="s">
+        <v>552</v>
+      </c>
+      <c r="D120" s="1">
+        <v>44348</v>
+      </c>
+      <c r="E120" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A121" t="s">
+        <v>554</v>
+      </c>
+      <c r="C121" t="s">
+        <v>555</v>
+      </c>
+      <c r="D121" s="1">
+        <v>44348</v>
+      </c>
+      <c r="E121" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A122" t="s">
+        <v>557</v>
+      </c>
+      <c r="C122" t="s">
+        <v>558</v>
+      </c>
+      <c r="D122" s="1">
+        <v>44440</v>
+      </c>
+      <c r="E122" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A123" t="s">
+        <v>560</v>
+      </c>
+      <c r="C123" t="s">
+        <v>561</v>
+      </c>
+      <c r="D123" s="1">
+        <v>44440</v>
+      </c>
+      <c r="E123" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A124" t="s">
+        <v>563</v>
+      </c>
+      <c r="C124" t="s">
+        <v>564</v>
+      </c>
+      <c r="D124" s="1">
+        <v>44440</v>
+      </c>
+      <c r="E124" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A125" t="s">
+        <v>566</v>
+      </c>
+      <c r="C125" t="s">
+        <v>567</v>
+      </c>
+      <c r="D125" s="1">
+        <v>44440</v>
+      </c>
+      <c r="E125" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A126" t="s">
+        <v>569</v>
+      </c>
+      <c r="C126" t="s">
+        <v>570</v>
+      </c>
+      <c r="D126" s="1">
+        <v>44440</v>
+      </c>
+      <c r="E126" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A127" t="s">
+        <v>572</v>
+      </c>
+      <c r="C127" t="s">
+        <v>573</v>
+      </c>
+      <c r="D127" s="1">
+        <v>44440</v>
+      </c>
+      <c r="E127" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A128" t="s">
+        <v>575</v>
+      </c>
+      <c r="C128" t="s">
+        <v>576</v>
+      </c>
+      <c r="D128" s="1">
+        <v>44440</v>
+      </c>
+      <c r="E128" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A129" t="s">
+        <v>578</v>
+      </c>
+      <c r="C129" t="s">
+        <v>579</v>
+      </c>
+      <c r="D129" s="1">
+        <v>44440</v>
+      </c>
+      <c r="E129" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A130" t="s">
+        <v>581</v>
+      </c>
+      <c r="C130" t="s">
+        <v>582</v>
+      </c>
+      <c r="D130" s="1">
+        <v>44531</v>
+      </c>
+      <c r="E130" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A131" t="s">
+        <v>584</v>
+      </c>
+      <c r="C131" t="s">
+        <v>585</v>
+      </c>
+      <c r="D131" s="1">
+        <v>44531</v>
+      </c>
+      <c r="E131" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A132" t="s">
+        <v>587</v>
+      </c>
+      <c r="C132" t="s">
+        <v>588</v>
+      </c>
+      <c r="D132" s="1">
+        <v>44531</v>
+      </c>
+      <c r="E132" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A133" t="s">
+        <v>590</v>
+      </c>
+      <c r="C133" t="s">
+        <v>591</v>
+      </c>
+      <c r="D133" s="1">
+        <v>44531</v>
+      </c>
+      <c r="E133" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A134" t="s">
+        <v>593</v>
+      </c>
+      <c r="C134" t="s">
+        <v>594</v>
+      </c>
+      <c r="D134" s="1">
+        <v>44531</v>
+      </c>
+      <c r="E134" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A135" t="s">
+        <v>596</v>
+      </c>
+      <c r="C135" t="s">
+        <v>597</v>
+      </c>
+      <c r="D135" s="1">
+        <v>44531</v>
+      </c>
+      <c r="E135" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A136" t="s">
+        <v>599</v>
+      </c>
+      <c r="C136" t="s">
+        <v>600</v>
+      </c>
+      <c r="D136" s="1">
+        <v>44531</v>
+      </c>
+      <c r="E136" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A137" t="s">
+        <v>602</v>
+      </c>
+      <c r="C137" t="s">
+        <v>603</v>
+      </c>
+      <c r="D137" s="1">
+        <v>44531</v>
+      </c>
+      <c r="E137" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A138" t="s">
+        <v>605</v>
+      </c>
+      <c r="C138" t="s">
+        <v>606</v>
+      </c>
+      <c r="D138" s="1">
+        <v>44621</v>
+      </c>
+      <c r="E138" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A139" t="s">
+        <v>608</v>
+      </c>
+      <c r="C139" t="s">
+        <v>609</v>
+      </c>
+      <c r="D139" s="1">
+        <v>44621</v>
+      </c>
+      <c r="E139" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A140" t="s">
+        <v>611</v>
+      </c>
+      <c r="C140" t="s">
+        <v>612</v>
+      </c>
+      <c r="D140" s="1">
+        <v>44621</v>
+      </c>
+      <c r="E140" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A141" t="s">
+        <v>614</v>
+      </c>
+      <c r="C141" t="s">
+        <v>615</v>
+      </c>
+      <c r="D141" s="1">
+        <v>44621</v>
+      </c>
+      <c r="E141" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A142" t="s">
+        <v>617</v>
+      </c>
+      <c r="C142" t="s">
+        <v>618</v>
+      </c>
+      <c r="D142" s="1">
+        <v>44621</v>
+      </c>
+      <c r="E142" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A143" t="s">
+        <v>620</v>
+      </c>
+      <c r="C143" t="s">
+        <v>621</v>
+      </c>
+      <c r="D143" s="1">
+        <v>44621</v>
+      </c>
+      <c r="E143" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A144" t="s">
+        <v>623</v>
+      </c>
+      <c r="C144" t="s">
+        <v>624</v>
+      </c>
+      <c r="D144" s="1">
+        <v>44621</v>
+      </c>
+      <c r="E144" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A145" t="s">
+        <v>626</v>
+      </c>
+      <c r="C145" t="s">
+        <v>627</v>
+      </c>
+      <c r="D145" s="1">
+        <v>44621</v>
+      </c>
+      <c r="E145" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A146" t="s">
+        <v>629</v>
+      </c>
+      <c r="C146" t="s">
+        <v>630</v>
+      </c>
+      <c r="D146" s="1">
+        <v>44713</v>
+      </c>
+      <c r="E146" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A147" t="s">
+        <v>632</v>
+      </c>
+      <c r="C147" t="s">
+        <v>633</v>
+      </c>
+      <c r="D147" s="1">
+        <v>44713</v>
+      </c>
+      <c r="E147" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A148" t="s">
+        <v>635</v>
+      </c>
+      <c r="C148" t="s">
+        <v>636</v>
+      </c>
+      <c r="D148" s="1">
+        <v>44713</v>
+      </c>
+      <c r="E148" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A149" t="s">
+        <v>638</v>
+      </c>
+      <c r="C149" t="s">
+        <v>639</v>
+      </c>
+      <c r="D149" s="1">
+        <v>44713</v>
+      </c>
+      <c r="E149" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A150" t="s">
+        <v>641</v>
+      </c>
+      <c r="C150" t="s">
+        <v>642</v>
+      </c>
+      <c r="D150" s="1">
+        <v>44713</v>
+      </c>
+      <c r="E150" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A151" t="s">
+        <v>644</v>
+      </c>
+      <c r="C151" t="s">
+        <v>645</v>
+      </c>
+      <c r="D151" s="1">
+        <v>44713</v>
+      </c>
+      <c r="E151" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A152" t="s">
+        <v>647</v>
+      </c>
+      <c r="C152" t="s">
+        <v>648</v>
+      </c>
+      <c r="D152" s="1">
+        <v>44713</v>
+      </c>
+      <c r="E152" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A153" t="s">
+        <v>650</v>
+      </c>
+      <c r="C153" t="s">
+        <v>651</v>
+      </c>
+      <c r="D153" s="1">
+        <v>44713</v>
+      </c>
+      <c r="E153" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A154" t="s">
+        <v>653</v>
+      </c>
+      <c r="C154" t="s">
+        <v>654</v>
+      </c>
+      <c r="D154" s="1">
+        <v>44805</v>
+      </c>
+      <c r="E154" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A155" t="s">
+        <v>656</v>
+      </c>
+      <c r="C155" t="s">
+        <v>657</v>
+      </c>
+      <c r="D155" s="1">
+        <v>44805</v>
+      </c>
+      <c r="E155" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A156" t="s">
+        <v>659</v>
+      </c>
+      <c r="C156" t="s">
+        <v>660</v>
+      </c>
+      <c r="D156" s="1">
+        <v>44805</v>
+      </c>
+      <c r="E156" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A157" t="s">
+        <v>662</v>
+      </c>
+      <c r="C157" t="s">
+        <v>663</v>
+      </c>
+      <c r="D157" s="1">
+        <v>44805</v>
+      </c>
+      <c r="E157" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A158" t="s">
+        <v>665</v>
+      </c>
+      <c r="C158" t="s">
+        <v>666</v>
+      </c>
+      <c r="D158" s="1">
+        <v>44805</v>
+      </c>
+      <c r="E158" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A159" t="s">
+        <v>668</v>
+      </c>
+      <c r="C159" t="s">
+        <v>669</v>
+      </c>
+      <c r="D159" s="1">
+        <v>44805</v>
+      </c>
+      <c r="E159" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A160" t="s">
+        <v>671</v>
+      </c>
+      <c r="C160" t="s">
+        <v>672</v>
+      </c>
+      <c r="D160" s="1">
+        <v>44805</v>
+      </c>
+      <c r="E160" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A161" t="s">
+        <v>674</v>
+      </c>
+      <c r="C161" t="s">
+        <v>675</v>
+      </c>
+      <c r="D161" s="1">
+        <v>44805</v>
+      </c>
+      <c r="E161" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A162" t="s">
+        <v>101</v>
+      </c>
+      <c r="C162" t="s">
+        <v>102</v>
+      </c>
+      <c r="D162" s="1">
+        <v>44896</v>
+      </c>
+      <c r="E162" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A163" t="s">
+        <v>104</v>
+      </c>
+      <c r="C163" t="s">
+        <v>105</v>
+      </c>
+      <c r="D163" s="1">
+        <v>44896</v>
+      </c>
+      <c r="E163" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A164" t="s">
+        <v>107</v>
+      </c>
+      <c r="C164" t="s">
+        <v>108</v>
+      </c>
+      <c r="D164" s="1">
+        <v>44896</v>
+      </c>
+      <c r="E164" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A165" t="s">
+        <v>110</v>
+      </c>
+      <c r="C165" t="s">
+        <v>111</v>
+      </c>
+      <c r="D165" s="1">
+        <v>44896</v>
+      </c>
+      <c r="E165" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A166" t="s">
+        <v>113</v>
+      </c>
+      <c r="C166" t="s">
+        <v>114</v>
+      </c>
+      <c r="D166" s="1">
+        <v>44896</v>
+      </c>
+      <c r="E166" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A167" t="s">
+        <v>116</v>
+      </c>
+      <c r="C167" t="s">
+        <v>117</v>
+      </c>
+      <c r="D167" s="1">
+        <v>44896</v>
+      </c>
+      <c r="E167" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A168" t="s">
+        <v>119</v>
+      </c>
+      <c r="C168" t="s">
+        <v>120</v>
+      </c>
+      <c r="D168" s="1">
+        <v>44896</v>
+      </c>
+      <c r="E168" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A169" t="s">
+        <v>122</v>
+      </c>
+      <c r="C169" t="s">
+        <v>123</v>
+      </c>
+      <c r="D169" s="1">
+        <v>44896</v>
+      </c>
+      <c r="E169" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A170" t="s">
+        <v>125</v>
+      </c>
+      <c r="C170" t="s">
+        <v>126</v>
+      </c>
+      <c r="D170" s="1">
+        <v>44986</v>
+      </c>
+      <c r="E170" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A171" t="s">
+        <v>128</v>
+      </c>
+      <c r="C171" t="s">
+        <v>129</v>
+      </c>
+      <c r="D171" s="1">
+        <v>44986</v>
+      </c>
+      <c r="E171" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A172" t="s">
+        <v>131</v>
+      </c>
+      <c r="C172" t="s">
+        <v>132</v>
+      </c>
+      <c r="D172" s="1">
+        <v>44986</v>
+      </c>
+      <c r="E172" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A173" t="s">
+        <v>134</v>
+      </c>
+      <c r="C173" t="s">
+        <v>135</v>
+      </c>
+      <c r="D173" s="1">
+        <v>44986</v>
+      </c>
+      <c r="E173" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A174" t="s">
+        <v>137</v>
+      </c>
+      <c r="C174" t="s">
+        <v>138</v>
+      </c>
+      <c r="D174" s="1">
+        <v>44986</v>
+      </c>
+      <c r="E174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A175" t="s">
+        <v>140</v>
+      </c>
+      <c r="C175" t="s">
+        <v>141</v>
+      </c>
+      <c r="D175" s="1">
+        <v>44986</v>
+      </c>
+      <c r="E175" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A176" t="s">
+        <v>143</v>
+      </c>
+      <c r="C176" t="s">
+        <v>144</v>
+      </c>
+      <c r="D176" s="1">
+        <v>44986</v>
+      </c>
+      <c r="E176" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A177" t="s">
+        <v>146</v>
+      </c>
+      <c r="C177" t="s">
+        <v>147</v>
+      </c>
+      <c r="D177" s="1">
+        <v>44986</v>
+      </c>
+      <c r="E177" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A178" t="s">
+        <v>149</v>
+      </c>
+      <c r="C178" t="s">
+        <v>150</v>
+      </c>
+      <c r="D178" s="1">
+        <v>45078</v>
+      </c>
+      <c r="E178" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A179" t="s">
+        <v>152</v>
+      </c>
+      <c r="C179" t="s">
+        <v>153</v>
+      </c>
+      <c r="D179" s="1">
+        <v>45078</v>
+      </c>
+      <c r="E179" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A180" t="s">
+        <v>155</v>
+      </c>
+      <c r="C180" t="s">
+        <v>156</v>
+      </c>
+      <c r="D180" s="1">
+        <v>45078</v>
+      </c>
+      <c r="E180" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A181" t="s">
+        <v>158</v>
+      </c>
+      <c r="C181" t="s">
+        <v>159</v>
+      </c>
+      <c r="D181" s="1">
+        <v>45078</v>
+      </c>
+      <c r="E181" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A182" t="s">
+        <v>161</v>
+      </c>
+      <c r="C182" t="s">
+        <v>162</v>
+      </c>
+      <c r="D182" s="1">
+        <v>45078</v>
+      </c>
+      <c r="E182" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="183" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A183" t="s">
+        <v>164</v>
+      </c>
+      <c r="C183" t="s">
+        <v>165</v>
+      </c>
+      <c r="D183" s="1">
+        <v>45078</v>
+      </c>
+      <c r="E183" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A184" t="s">
+        <v>167</v>
+      </c>
+      <c r="C184" t="s">
+        <v>168</v>
+      </c>
+      <c r="D184" s="1">
+        <v>45078</v>
+      </c>
+      <c r="E184" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A185" t="s">
+        <v>170</v>
+      </c>
+      <c r="C185" t="s">
+        <v>171</v>
+      </c>
+      <c r="D185" s="1">
+        <v>45078</v>
+      </c>
+      <c r="E185" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A186" t="s">
+        <v>173</v>
+      </c>
+      <c r="C186" t="s">
+        <v>174</v>
+      </c>
+      <c r="D186" s="1">
+        <v>45170</v>
+      </c>
+      <c r="E186" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="187" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A187" t="s">
+        <v>176</v>
+      </c>
+      <c r="C187" t="s">
+        <v>177</v>
+      </c>
+      <c r="D187" s="1">
+        <v>45170</v>
+      </c>
+      <c r="E187" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A188" t="s">
+        <v>179</v>
+      </c>
+      <c r="C188" t="s">
+        <v>180</v>
+      </c>
+      <c r="D188" s="1">
+        <v>45170</v>
+      </c>
+      <c r="E188" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A189" t="s">
+        <v>182</v>
+      </c>
+      <c r="C189" t="s">
+        <v>183</v>
+      </c>
+      <c r="D189" s="1">
+        <v>45170</v>
+      </c>
+      <c r="E189" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="190" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A190" t="s">
+        <v>185</v>
+      </c>
+      <c r="C190" t="s">
+        <v>186</v>
+      </c>
+      <c r="D190" s="1">
+        <v>45170</v>
+      </c>
+      <c r="E190" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="191" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A191" t="s">
+        <v>188</v>
+      </c>
+      <c r="C191" t="s">
+        <v>189</v>
+      </c>
+      <c r="D191" s="1">
+        <v>45170</v>
+      </c>
+      <c r="E191" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="192" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A192" t="s">
+        <v>191</v>
+      </c>
+      <c r="C192" t="s">
+        <v>192</v>
+      </c>
+      <c r="D192" s="1">
+        <v>45170</v>
+      </c>
+      <c r="E192" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="193" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A193" t="s">
+        <v>194</v>
+      </c>
+      <c r="C193" t="s">
+        <v>195</v>
+      </c>
+      <c r="D193" s="1">
+        <v>45170</v>
+      </c>
+      <c r="E193" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="194" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A194" t="s">
+        <v>5</v>
+      </c>
+      <c r="C194" t="s">
+        <v>6</v>
+      </c>
+      <c r="D194" s="1">
+        <v>45261</v>
+      </c>
+      <c r="E194" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="195" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A195" t="s">
+        <v>8</v>
+      </c>
+      <c r="C195" t="s">
+        <v>9</v>
+      </c>
+      <c r="D195" s="1">
+        <v>45261</v>
+      </c>
+      <c r="E195" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="196" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A196" t="s">
+        <v>11</v>
+      </c>
+      <c r="C196" t="s">
+        <v>12</v>
+      </c>
+      <c r="D196" s="1">
+        <v>45261</v>
+      </c>
+      <c r="E196" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="197" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A197" t="s">
+        <v>14</v>
+      </c>
+      <c r="C197" t="s">
+        <v>15</v>
+      </c>
+      <c r="D197" s="1">
+        <v>45261</v>
+      </c>
+      <c r="E197" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="198" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A198" t="s">
+        <v>17</v>
+      </c>
+      <c r="C198" t="s">
+        <v>18</v>
+      </c>
+      <c r="D198" s="1">
+        <v>45261</v>
+      </c>
+      <c r="E198" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="199" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A199" t="s">
+        <v>20</v>
+      </c>
+      <c r="C199" t="s">
+        <v>21</v>
+      </c>
+      <c r="D199" s="1">
+        <v>45261</v>
+      </c>
+      <c r="E199" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A200" t="s">
+        <v>23</v>
+      </c>
+      <c r="C200" t="s">
+        <v>24</v>
+      </c>
+      <c r="D200" s="1">
+        <v>45261</v>
+      </c>
+      <c r="E200" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="201" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A201" t="s">
+        <v>26</v>
+      </c>
+      <c r="C201" t="s">
+        <v>27</v>
+      </c>
+      <c r="D201" s="1">
+        <v>45261</v>
+      </c>
+      <c r="E201" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="202" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A202" t="s">
+        <v>29</v>
+      </c>
+      <c r="C202" t="s">
+        <v>30</v>
+      </c>
+      <c r="D202" s="1">
+        <v>45352</v>
+      </c>
+      <c r="E202" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="203" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A203" t="s">
+        <v>32</v>
+      </c>
+      <c r="C203" t="s">
+        <v>33</v>
+      </c>
+      <c r="D203" s="1">
+        <v>45352</v>
+      </c>
+      <c r="E203" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="204" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A204" t="s">
+        <v>35</v>
+      </c>
+      <c r="C204" t="s">
+        <v>36</v>
+      </c>
+      <c r="D204" s="1">
+        <v>45352</v>
+      </c>
+      <c r="E204" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="205" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A205" t="s">
+        <v>38</v>
+      </c>
+      <c r="C205" t="s">
+        <v>39</v>
+      </c>
+      <c r="D205" s="1">
+        <v>45352</v>
+      </c>
+      <c r="E205" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="206" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A206" t="s">
+        <v>41</v>
+      </c>
+      <c r="C206" t="s">
+        <v>42</v>
+      </c>
+      <c r="D206" s="1">
+        <v>45352</v>
+      </c>
+      <c r="E206" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="207" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A207" t="s">
+        <v>44</v>
+      </c>
+      <c r="C207" t="s">
+        <v>45</v>
+      </c>
+      <c r="D207" s="1">
+        <v>45352</v>
+      </c>
+      <c r="E207" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="208" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A208" t="s">
+        <v>47</v>
+      </c>
+      <c r="C208" t="s">
+        <v>48</v>
+      </c>
+      <c r="D208" s="1">
+        <v>45352</v>
+      </c>
+      <c r="E208" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="209" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A209" t="s">
+        <v>50</v>
+      </c>
+      <c r="C209" t="s">
+        <v>51</v>
+      </c>
+      <c r="D209" s="1">
+        <v>45352</v>
+      </c>
+      <c r="E209" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="210" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A210" t="s">
+        <v>53</v>
+      </c>
+      <c r="C210" t="s">
+        <v>54</v>
+      </c>
+      <c r="D210" s="1">
+        <v>45444</v>
+      </c>
+      <c r="E210" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="211" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A211" t="s">
+        <v>56</v>
+      </c>
+      <c r="C211" t="s">
+        <v>57</v>
+      </c>
+      <c r="D211" s="1">
+        <v>45444</v>
+      </c>
+      <c r="E211" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="212" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A212" t="s">
+        <v>59</v>
+      </c>
+      <c r="C212" t="s">
+        <v>60</v>
+      </c>
+      <c r="D212" s="1">
+        <v>45444</v>
+      </c>
+      <c r="E212" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="213" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A213" t="s">
+        <v>62</v>
+      </c>
+      <c r="C213" t="s">
+        <v>63</v>
+      </c>
+      <c r="D213" s="1">
+        <v>45444</v>
+      </c>
+      <c r="E213" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A214" t="s">
+        <v>65</v>
+      </c>
+      <c r="C214" t="s">
+        <v>66</v>
+      </c>
+      <c r="D214" s="1">
+        <v>45444</v>
+      </c>
+      <c r="E214" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="215" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A215" t="s">
+        <v>68</v>
+      </c>
+      <c r="C215" t="s">
+        <v>69</v>
+      </c>
+      <c r="D215" s="1">
+        <v>45444</v>
+      </c>
+      <c r="E215" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="216" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A216" t="s">
+        <v>71</v>
+      </c>
+      <c r="C216" t="s">
+        <v>72</v>
+      </c>
+      <c r="D216" s="1">
+        <v>45444</v>
+      </c>
+      <c r="E216" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="217" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A217" t="s">
+        <v>74</v>
+      </c>
+      <c r="C217" t="s">
+        <v>75</v>
+      </c>
+      <c r="D217" s="1">
+        <v>45444</v>
+      </c>
+      <c r="E217" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A218" t="s">
+        <v>77</v>
+      </c>
+      <c r="C218" t="s">
+        <v>78</v>
+      </c>
+      <c r="D218" s="1">
+        <v>45536</v>
+      </c>
+      <c r="E218" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="219" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A219" t="s">
+        <v>80</v>
+      </c>
+      <c r="C219" t="s">
+        <v>81</v>
+      </c>
+      <c r="D219" s="1">
+        <v>45536</v>
+      </c>
+      <c r="E219" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="220" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A220" t="s">
+        <v>83</v>
+      </c>
+      <c r="C220" t="s">
+        <v>84</v>
+      </c>
+      <c r="D220" s="1">
+        <v>45536</v>
+      </c>
+      <c r="E220" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="221" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A221" t="s">
+        <v>86</v>
+      </c>
+      <c r="C221" t="s">
+        <v>87</v>
+      </c>
+      <c r="D221" s="1">
+        <v>45536</v>
+      </c>
+      <c r="E221" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A222" t="s">
+        <v>89</v>
+      </c>
+      <c r="C222" t="s">
+        <v>90</v>
+      </c>
+      <c r="D222" s="1">
+        <v>45536</v>
+      </c>
+      <c r="E222" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="223" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A223" t="s">
+        <v>92</v>
+      </c>
+      <c r="C223" t="s">
+        <v>93</v>
+      </c>
+      <c r="D223" s="1">
+        <v>45536</v>
+      </c>
+      <c r="E223" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="224" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A224" t="s">
+        <v>95</v>
+      </c>
+      <c r="C224" t="s">
+        <v>96</v>
+      </c>
+      <c r="D224" s="1">
+        <v>45536</v>
+      </c>
+      <c r="E224" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="225" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A225" t="s">
+        <v>98</v>
+      </c>
+      <c r="C225" t="s">
+        <v>99</v>
+      </c>
+      <c r="D225" s="1">
+        <v>45536</v>
+      </c>
+      <c r="E225" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="226" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A226" t="s">
+        <v>701</v>
+      </c>
+      <c r="C226" t="s">
+        <v>702</v>
+      </c>
+      <c r="D226" s="1">
+        <v>45627</v>
+      </c>
+      <c r="E226" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="227" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A227" t="s">
+        <v>704</v>
+      </c>
+      <c r="C227" t="s">
+        <v>705</v>
+      </c>
+      <c r="D227" s="1">
+        <v>45627</v>
+      </c>
+      <c r="E227" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="228" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A228" t="s">
+        <v>707</v>
+      </c>
+      <c r="C228" t="s">
+        <v>708</v>
+      </c>
+      <c r="D228" s="1">
+        <v>45627</v>
+      </c>
+      <c r="E228" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="229" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A229" t="s">
+        <v>710</v>
+      </c>
+      <c r="C229" t="s">
+        <v>711</v>
+      </c>
+      <c r="D229" s="1">
+        <v>45627</v>
+      </c>
+      <c r="E229" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A230" t="s">
+        <v>713</v>
+      </c>
+      <c r="C230" t="s">
+        <v>714</v>
+      </c>
+      <c r="D230" s="1">
+        <v>45627</v>
+      </c>
+      <c r="E230" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="231" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A231" t="s">
+        <v>716</v>
+      </c>
+      <c r="C231" t="s">
+        <v>717</v>
+      </c>
+      <c r="D231" s="1">
+        <v>45627</v>
+      </c>
+      <c r="E231" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="232" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A232" t="s">
+        <v>719</v>
+      </c>
+      <c r="C232" t="s">
+        <v>720</v>
+      </c>
+      <c r="D232" s="1">
+        <v>45627</v>
+      </c>
+      <c r="E232" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A233" t="s">
+        <v>722</v>
+      </c>
+      <c r="C233" t="s">
+        <v>723</v>
+      </c>
+      <c r="D233" s="1">
+        <v>45627</v>
+      </c>
+      <c r="E233" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A234" t="s">
+        <v>725</v>
+      </c>
+      <c r="C234" t="s">
+        <v>726</v>
+      </c>
+      <c r="D234" s="1">
+        <v>45717</v>
+      </c>
+      <c r="E234" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="235" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A235" t="s">
+        <v>728</v>
+      </c>
+      <c r="C235" t="s">
+        <v>729</v>
+      </c>
+      <c r="D235" s="1">
+        <v>45717</v>
+      </c>
+      <c r="E235" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="236" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A236" t="s">
+        <v>731</v>
+      </c>
+      <c r="C236" t="s">
+        <v>732</v>
+      </c>
+      <c r="D236" s="1">
+        <v>45717</v>
+      </c>
+      <c r="E236" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="237" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A237" t="s">
+        <v>734</v>
+      </c>
+      <c r="C237" t="s">
+        <v>735</v>
+      </c>
+      <c r="D237" s="1">
+        <v>45717</v>
+      </c>
+      <c r="E237" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="238" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A238" t="s">
+        <v>737</v>
+      </c>
+      <c r="C238" t="s">
+        <v>738</v>
+      </c>
+      <c r="D238" s="1">
+        <v>45717</v>
+      </c>
+      <c r="E238" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="239" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A239" t="s">
+        <v>740</v>
+      </c>
+      <c r="C239" t="s">
+        <v>741</v>
+      </c>
+      <c r="D239" s="1">
+        <v>45717</v>
+      </c>
+      <c r="E239" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="240" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A240" t="s">
+        <v>743</v>
+      </c>
+      <c r="C240" t="s">
+        <v>744</v>
+      </c>
+      <c r="D240" s="1">
+        <v>45717</v>
+      </c>
+      <c r="E240" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="241" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A241" t="s">
+        <v>746</v>
+      </c>
+      <c r="C241" t="s">
+        <v>747</v>
+      </c>
+      <c r="D241" s="1">
+        <v>45717</v>
+      </c>
+      <c r="E241" t="s">
         <v>748</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="242" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A242" t="s">
         <v>749</v>
       </c>
-      <c r="C2" s="1">
+      <c r="C242" t="s">
+        <v>750</v>
+      </c>
+      <c r="D242" s="1">
+        <v>45809</v>
+      </c>
+      <c r="E242" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="243" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A243" t="s">
+        <v>752</v>
+      </c>
+      <c r="C243" t="s">
+        <v>753</v>
+      </c>
+      <c r="D243" s="1">
+        <v>45809</v>
+      </c>
+      <c r="E243" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="244" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A244" t="s">
+        <v>755</v>
+      </c>
+      <c r="C244" t="s">
+        <v>756</v>
+      </c>
+      <c r="D244" s="1">
+        <v>45809</v>
+      </c>
+      <c r="E244" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="245" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A245" t="s">
+        <v>758</v>
+      </c>
+      <c r="C245" t="s">
+        <v>759</v>
+      </c>
+      <c r="D245" s="1">
+        <v>45809</v>
+      </c>
+      <c r="E245" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="246" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A246" t="s">
+        <v>761</v>
+      </c>
+      <c r="C246" t="s">
+        <v>762</v>
+      </c>
+      <c r="D246" s="1">
+        <v>45809</v>
+      </c>
+      <c r="E246" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="247" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A247" t="s">
+        <v>764</v>
+      </c>
+      <c r="C247" t="s">
+        <v>765</v>
+      </c>
+      <c r="D247" s="1">
+        <v>45809</v>
+      </c>
+      <c r="E247" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="248" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A248" t="s">
+        <v>767</v>
+      </c>
+      <c r="C248" t="s">
+        <v>768</v>
+      </c>
+      <c r="D248" s="1">
+        <v>45809</v>
+      </c>
+      <c r="E248" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="249" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A249" t="s">
+        <v>770</v>
+      </c>
+      <c r="C249" t="s">
+        <v>771</v>
+      </c>
+      <c r="D249" s="1">
+        <v>45809</v>
+      </c>
+      <c r="E249" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="250" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A250" t="s">
+        <v>773</v>
+      </c>
+      <c r="C250" t="s">
+        <v>774</v>
+      </c>
+      <c r="D250" s="1">
         <v>45901</v>
       </c>
-      <c r="D2" t="s">
-[...10 lines deleted...]
-      <c r="C3" s="1">
+      <c r="E250" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="251" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A251" t="s">
+        <v>776</v>
+      </c>
+      <c r="C251" t="s">
+        <v>777</v>
+      </c>
+      <c r="D251" s="1">
         <v>45901</v>
       </c>
-      <c r="D3" t="s">
-[...10 lines deleted...]
-      <c r="C4" s="1">
+      <c r="E251" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="252" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A252" t="s">
+        <v>779</v>
+      </c>
+      <c r="C252" t="s">
+        <v>780</v>
+      </c>
+      <c r="D252" s="1">
         <v>45901</v>
       </c>
-      <c r="D4" t="s">
-[...10 lines deleted...]
-      <c r="C5" s="1">
+      <c r="E252" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="253" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A253" t="s">
+        <v>782</v>
+      </c>
+      <c r="C253" t="s">
+        <v>783</v>
+      </c>
+      <c r="D253" s="1">
         <v>45901</v>
       </c>
-      <c r="D5" t="s">
-[...10 lines deleted...]
-      <c r="C6" s="1">
+      <c r="E253" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="254" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A254" t="s">
+        <v>785</v>
+      </c>
+      <c r="C254" t="s">
+        <v>786</v>
+      </c>
+      <c r="D254" s="1">
         <v>45901</v>
       </c>
-      <c r="D6" t="s">
-[...10 lines deleted...]
-      <c r="C7" s="1">
+      <c r="E254" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="255" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A255" t="s">
+        <v>788</v>
+      </c>
+      <c r="C255" t="s">
+        <v>789</v>
+      </c>
+      <c r="D255" s="1">
         <v>45901</v>
       </c>
-      <c r="D7" t="s">
-[...10 lines deleted...]
-      <c r="C8" s="1">
+      <c r="E255" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="256" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A256" t="s">
+        <v>791</v>
+      </c>
+      <c r="C256" t="s">
+        <v>792</v>
+      </c>
+      <c r="D256" s="1">
         <v>45901</v>
       </c>
-      <c r="D8" t="s">
-[...10 lines deleted...]
-      <c r="C9" s="1">
+      <c r="E256" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="257" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A257" t="s">
+        <v>794</v>
+      </c>
+      <c r="C257" t="s">
+        <v>795</v>
+      </c>
+      <c r="D257" s="1">
         <v>45901</v>
       </c>
-      <c r="D9" t="s">
-[...116 lines deleted...]
-      <c r="A18" t="s">
+      <c r="E257" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="258" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A258" t="s">
+        <v>677</v>
+      </c>
+      <c r="C258" t="s">
+        <v>678</v>
+      </c>
+      <c r="D258" s="1">
+        <v>45992</v>
+      </c>
+      <c r="E258" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="259" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A259" t="s">
+        <v>680</v>
+      </c>
+      <c r="C259" t="s">
+        <v>681</v>
+      </c>
+      <c r="D259" s="1">
+        <v>45992</v>
+      </c>
+      <c r="E259" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="260" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A260" t="s">
+        <v>683</v>
+      </c>
+      <c r="C260" t="s">
+        <v>684</v>
+      </c>
+      <c r="D260" s="1">
+        <v>45992</v>
+      </c>
+      <c r="E260" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="261" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A261" t="s">
+        <v>686</v>
+      </c>
+      <c r="C261" t="s">
+        <v>687</v>
+      </c>
+      <c r="D261" s="1">
+        <v>45992</v>
+      </c>
+      <c r="E261" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="262" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A262" t="s">
+        <v>689</v>
+      </c>
+      <c r="C262" t="s">
+        <v>690</v>
+      </c>
+      <c r="D262" s="1">
+        <v>45992</v>
+      </c>
+      <c r="E262" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="263" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A263" t="s">
+        <v>692</v>
+      </c>
+      <c r="C263" t="s">
+        <v>693</v>
+      </c>
+      <c r="D263" s="1">
+        <v>45992</v>
+      </c>
+      <c r="E263" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="264" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A264" t="s">
+        <v>695</v>
+      </c>
+      <c r="C264" t="s">
+        <v>696</v>
+      </c>
+      <c r="D264" s="1">
+        <v>45992</v>
+      </c>
+      <c r="E264" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="265" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A265" t="s">
+        <v>698</v>
+      </c>
+      <c r="C265" t="s">
+        <v>699</v>
+      </c>
+      <c r="D265" s="1">
+        <v>45992</v>
+      </c>
+      <c r="E265" t="s">
         <v>700</v>
       </c>
-      <c r="B18" t="s">
-[...3353 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D257">
-    <sortCondition descending="1" ref="C2:C257"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:E265">
+    <sortCondition ref="D2:D265"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="20867c8d-1cc9-4acd-a073-94634f6a764f" xsi:nil="true"/>
     <DateModified xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="596918df6aaaf2eed3534d0b61dbf5d1">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9faf0890699bccc6d2bf185ba7ce82f7" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ac8ff77954c40bf04afd8a3b45c139a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="75731eb5f67757d61a35da63f5a16223" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <xsd:import namespace="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <xsd:import namespace="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:DateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -6633,51 +6824,51 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57BEBD1F-521B-4802-A62B-56FA0158ED2C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0C1C82D-F501-4922-8CAF-C9DC05212DD8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D63C777-4066-4523-B403-DAB16C107EE6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B3C168A-3147-4683-BE51-AD36001225C6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <ds:schemaRef ds:uri="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">