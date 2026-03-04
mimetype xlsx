--- v0 (2026-02-11)
+++ v1 (2026-03-04)
@@ -11,79 +11,82 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/FDA-Track/Test Docs/FDA-TRACK/CDER/3 - Datasets/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="175" documentId="8_{E3E59EF8-DA48-4A98-8DEE-1F918C0390FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1832ABFC-7595-4479-80E3-05B5F45AC5D1}"/>
+  <xr:revisionPtr revIDLastSave="195" documentId="8_{E3E59EF8-DA48-4A98-8DEE-1F918C0390FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C047BFE2-E539-49BA-AD32-8A7E022C04BA}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{14055F6C-5559-4F16-9796-A13471A48D04}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{14055F6C-5559-4F16-9796-A13471A48D04}"/>
   </bookViews>
   <sheets>
     <sheet name="Policy and Science Dataset" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="FF7" i="1" l="1"/>
+  <c r="FE7" i="1"/>
+  <c r="FD7" i="1"/>
   <c r="FC7" i="1" l="1"/>
   <c r="FB7" i="1"/>
   <c r="FA7" i="1"/>
   <c r="EZ7" i="1"/>
   <c r="EY7" i="1"/>
   <c r="EX7" i="1"/>
   <c r="EW7" i="1"/>
   <c r="EV7" i="1"/>
   <c r="EU7" i="1"/>
   <c r="EZ10" i="1"/>
   <c r="EY10" i="1"/>
   <c r="EX10" i="1"/>
   <c r="EW10" i="1"/>
   <c r="EV10" i="1"/>
   <c r="EU10" i="1"/>
   <c r="EJ7" i="1"/>
   <c r="EE7" i="1"/>
   <c r="ET7" i="1"/>
   <c r="ES7" i="1"/>
   <c r="ER7" i="1"/>
   <c r="EQ7" i="1"/>
   <c r="EP7" i="1"/>
   <c r="EO7" i="1"/>
   <c r="EN7" i="1"/>
   <c r="EM7" i="1"/>
@@ -882,57 +885,57 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF5D48B2-E3FE-4FC9-B666-880EDF8F92CD}">
-  <dimension ref="A1:FC236"/>
+  <dimension ref="A1:FF236"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="1" topLeftCell="EQ2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="1" topLeftCell="FA2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="FD18" sqref="FD18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="31.7109375" style="6" customWidth="1"/>
     <col min="2" max="2" width="47.140625" style="6" customWidth="1"/>
     <col min="3" max="3" width="37.140625" style="6" customWidth="1"/>
     <col min="4" max="4" width="16" style="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="18.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="17.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="11.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="12.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="11.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="14.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="19.28515625" style="6" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="16" style="6" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="18.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="16.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="17.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.42578125" style="6" bestFit="1" customWidth="1"/>
@@ -1043,54 +1046,55 @@
     <col min="127" max="129" width="18.28515625" style="6" customWidth="1"/>
     <col min="130" max="132" width="18" style="6" customWidth="1"/>
     <col min="133" max="135" width="18.85546875" style="6" customWidth="1"/>
     <col min="136" max="136" width="15" style="6" bestFit="1" customWidth="1"/>
     <col min="137" max="137" width="17.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="138" max="138" width="17.28515625" style="6" bestFit="1" customWidth="1"/>
     <col min="139" max="141" width="18.85546875" style="6" customWidth="1"/>
     <col min="142" max="142" width="17.5703125" style="6" customWidth="1"/>
     <col min="143" max="143" width="16.28515625" style="6" customWidth="1"/>
     <col min="144" max="144" width="14.5703125" style="6" customWidth="1"/>
     <col min="145" max="145" width="14.42578125" style="6" customWidth="1"/>
     <col min="146" max="146" width="14.85546875" style="6" customWidth="1"/>
     <col min="147" max="147" width="17.5703125" style="6" bestFit="1" customWidth="1"/>
     <col min="148" max="148" width="14.5703125" style="6" bestFit="1" customWidth="1"/>
     <col min="149" max="149" width="16.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="150" max="150" width="16.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="151" max="151" width="14.140625" style="6" bestFit="1" customWidth="1"/>
     <col min="152" max="152" width="15.28515625" style="6" bestFit="1" customWidth="1"/>
     <col min="153" max="153" width="12.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="154" max="154" width="10.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="155" max="155" width="10.140625" style="6" bestFit="1" customWidth="1"/>
     <col min="156" max="156" width="11.140625" style="6" bestFit="1" customWidth="1"/>
     <col min="157" max="157" width="12" style="6" customWidth="1"/>
     <col min="158" max="158" width="13.7109375" style="6" customWidth="1"/>
     <col min="159" max="159" width="17.28515625" style="6" customWidth="1"/>
-    <col min="160" max="16384" width="9.140625" style="6"/>
+    <col min="160" max="162" width="17.5703125" style="6" customWidth="1"/>
+    <col min="163" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:159" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:162" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3">
         <v>41183</v>
       </c>
       <c r="E1" s="3">
         <v>41214</v>
       </c>
       <c r="F1" s="3">
         <v>41244</v>
       </c>
       <c r="G1" s="3">
         <v>41275</v>
       </c>
       <c r="H1" s="3">
         <v>41306</v>
       </c>
       <c r="I1" s="3">
@@ -1524,52 +1528,61 @@
       </c>
       <c r="EV1" s="4">
         <v>45689</v>
       </c>
       <c r="EW1" s="4">
         <v>45717</v>
       </c>
       <c r="EX1" s="4">
         <v>45748</v>
       </c>
       <c r="EY1" s="4">
         <v>45778</v>
       </c>
       <c r="EZ1" s="4">
         <v>45809</v>
       </c>
       <c r="FA1" s="4">
         <v>45839</v>
       </c>
       <c r="FB1" s="4">
         <v>45870</v>
       </c>
       <c r="FC1" s="4">
         <v>45901</v>
       </c>
+      <c r="FD1" s="4">
+        <v>45931</v>
+      </c>
+      <c r="FE1" s="4">
+        <v>45962</v>
+      </c>
+      <c r="FF1" s="4">
+        <v>45992</v>
+      </c>
     </row>
-    <row r="2" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="7">
         <v>14</v>
       </c>
       <c r="E2" s="7">
         <v>25</v>
       </c>
       <c r="F2" s="7">
         <v>22</v>
       </c>
       <c r="G2" s="7">
         <v>36</v>
       </c>
       <c r="H2" s="7">
         <v>20</v>
       </c>
       <c r="I2" s="7">
@@ -2003,52 +2016,61 @@
       </c>
       <c r="EV2" s="16">
         <v>30</v>
       </c>
       <c r="EW2" s="16">
         <v>28</v>
       </c>
       <c r="EX2" s="17">
         <v>38</v>
       </c>
       <c r="EY2" s="17">
         <v>32</v>
       </c>
       <c r="EZ2" s="17">
         <v>28</v>
       </c>
       <c r="FA2" s="17">
         <v>36</v>
       </c>
       <c r="FB2" s="17">
         <v>33</v>
       </c>
       <c r="FC2" s="17">
         <v>37</v>
       </c>
+      <c r="FD2" s="17">
+        <v>36</v>
+      </c>
+      <c r="FE2" s="17">
+        <v>33</v>
+      </c>
+      <c r="FF2" s="17">
+        <v>39</v>
+      </c>
     </row>
-    <row r="3" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="7">
         <v>4</v>
       </c>
       <c r="E3" s="7">
         <v>1</v>
       </c>
       <c r="F3" s="7">
         <v>4</v>
       </c>
       <c r="G3" s="7">
         <v>4</v>
       </c>
       <c r="H3" s="7">
         <v>6</v>
       </c>
       <c r="I3" s="7">
@@ -2482,52 +2504,61 @@
       </c>
       <c r="EV3" s="16">
         <v>1</v>
       </c>
       <c r="EW3" s="16">
         <v>1</v>
       </c>
       <c r="EX3" s="17">
         <v>1</v>
       </c>
       <c r="EY3" s="17">
         <v>1</v>
       </c>
       <c r="EZ3" s="17">
         <v>0</v>
       </c>
       <c r="FA3" s="17">
         <v>2</v>
       </c>
       <c r="FB3" s="17">
         <v>0</v>
       </c>
       <c r="FC3" s="17">
         <v>0</v>
       </c>
+      <c r="FD3" s="17">
+        <v>0</v>
+      </c>
+      <c r="FE3" s="17">
+        <v>1</v>
+      </c>
+      <c r="FF3" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="4" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="7">
         <v>2</v>
       </c>
       <c r="E4" s="7">
         <v>2</v>
       </c>
       <c r="F4" s="7">
         <v>1</v>
       </c>
       <c r="G4" s="7">
         <v>2</v>
       </c>
       <c r="H4" s="7">
         <v>2</v>
       </c>
       <c r="I4" s="7">
@@ -2961,52 +2992,61 @@
       </c>
       <c r="EV4" s="16">
         <v>0</v>
       </c>
       <c r="EW4" s="16">
         <v>1</v>
       </c>
       <c r="EX4" s="17">
         <v>2</v>
       </c>
       <c r="EY4" s="17">
         <v>1</v>
       </c>
       <c r="EZ4" s="17">
         <v>0</v>
       </c>
       <c r="FA4" s="17">
         <v>1</v>
       </c>
       <c r="FB4" s="17">
         <v>1</v>
       </c>
       <c r="FC4" s="17">
         <v>2</v>
       </c>
+      <c r="FD4" s="17">
+        <v>0</v>
+      </c>
+      <c r="FE4" s="17">
+        <v>1</v>
+      </c>
+      <c r="FF4" s="17">
+        <v>2</v>
+      </c>
     </row>
-    <row r="5" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="7">
         <v>0</v>
       </c>
       <c r="E5" s="7">
         <v>1</v>
       </c>
       <c r="F5" s="7">
         <v>0</v>
       </c>
       <c r="G5" s="7">
         <v>0</v>
       </c>
       <c r="H5" s="7">
         <v>0</v>
       </c>
       <c r="I5" s="7">
@@ -3440,52 +3480,61 @@
       </c>
       <c r="EV5" s="16">
         <v>0</v>
       </c>
       <c r="EW5" s="16">
         <v>0</v>
       </c>
       <c r="EX5" s="17">
         <v>0</v>
       </c>
       <c r="EY5" s="17">
         <v>0</v>
       </c>
       <c r="EZ5" s="17">
         <v>0</v>
       </c>
       <c r="FA5" s="17">
         <v>0</v>
       </c>
       <c r="FB5" s="17">
         <v>0</v>
       </c>
       <c r="FC5" s="17">
         <v>0</v>
       </c>
+      <c r="FD5" s="17">
+        <v>0</v>
+      </c>
+      <c r="FE5" s="17">
+        <v>0</v>
+      </c>
+      <c r="FF5" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="6" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D6" s="7">
         <v>3</v>
       </c>
       <c r="E6" s="7">
         <v>1</v>
       </c>
       <c r="F6" s="7">
         <v>7</v>
       </c>
       <c r="G6" s="7">
         <v>2</v>
       </c>
       <c r="H6" s="7">
         <v>2</v>
       </c>
       <c r="I6" s="7">
@@ -3919,52 +3968,61 @@
       </c>
       <c r="EV6" s="16">
         <v>7</v>
       </c>
       <c r="EW6" s="16">
         <v>5</v>
       </c>
       <c r="EX6" s="17">
         <v>5</v>
       </c>
       <c r="EY6" s="17">
         <v>6</v>
       </c>
       <c r="EZ6" s="17">
         <v>5</v>
       </c>
       <c r="FA6" s="17">
         <v>1</v>
       </c>
       <c r="FB6" s="17">
         <v>4</v>
       </c>
       <c r="FC6" s="17">
         <v>2</v>
       </c>
+      <c r="FD6" s="17">
+        <v>7</v>
+      </c>
+      <c r="FE6" s="17">
+        <v>9</v>
+      </c>
+      <c r="FF6" s="17">
+        <v>5</v>
+      </c>
     </row>
-    <row r="7" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="7">
         <f>SUM(D2:D6)</f>
         <v>23</v>
       </c>
       <c r="E7" s="7">
         <f t="shared" ref="E7:BP7" si="0">SUM(E2:E6)</f>
         <v>30</v>
       </c>
       <c r="F7" s="7">
         <f t="shared" si="0"/>
         <v>34</v>
       </c>
       <c r="G7" s="7">
         <f t="shared" si="0"/>
         <v>44</v>
       </c>
@@ -4554,52 +4612,64 @@
       </c>
       <c r="EX7" s="7">
         <f t="shared" si="2"/>
         <v>46</v>
       </c>
       <c r="EY7" s="7">
         <f t="shared" si="2"/>
         <v>40</v>
       </c>
       <c r="EZ7" s="7">
         <f t="shared" si="2"/>
         <v>33</v>
       </c>
       <c r="FA7" s="7">
         <f t="shared" si="2"/>
         <v>40</v>
       </c>
       <c r="FB7" s="7">
         <f t="shared" si="2"/>
         <v>38</v>
       </c>
       <c r="FC7" s="7">
         <f t="shared" si="2"/>
         <v>41</v>
       </c>
+      <c r="FD7" s="17">
+        <f t="shared" ref="FD7:FF7" si="3">SUBTOTAL(9,FD2:FD6)</f>
+        <v>43</v>
+      </c>
+      <c r="FE7" s="17">
+        <f t="shared" si="3"/>
+        <v>44</v>
+      </c>
+      <c r="FF7" s="17">
+        <f t="shared" si="3"/>
+        <v>46</v>
+      </c>
     </row>
-    <row r="8" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="7">
         <v>2</v>
       </c>
       <c r="E8" s="7">
         <v>3</v>
       </c>
       <c r="F8" s="7">
         <v>5</v>
       </c>
       <c r="G8" s="7">
         <v>2</v>
       </c>
       <c r="H8" s="7">
         <v>5</v>
       </c>
       <c r="I8" s="7">
@@ -5033,52 +5103,61 @@
       </c>
       <c r="EV8" s="16">
         <v>0</v>
       </c>
       <c r="EW8" s="16">
         <v>0</v>
       </c>
       <c r="EX8" s="16">
         <v>0</v>
       </c>
       <c r="EY8" s="17">
         <v>4</v>
       </c>
       <c r="EZ8" s="17">
         <v>4</v>
       </c>
       <c r="FA8" s="17">
         <v>2</v>
       </c>
       <c r="FB8" s="17">
         <v>1</v>
       </c>
       <c r="FC8" s="17">
         <v>6</v>
       </c>
+      <c r="FD8" s="17">
+        <v>1</v>
+      </c>
+      <c r="FE8" s="17">
+        <v>0</v>
+      </c>
+      <c r="FF8" s="17">
+        <v>5</v>
+      </c>
     </row>
-    <row r="9" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D9" s="7">
         <v>3</v>
       </c>
       <c r="E9" s="7">
         <v>2</v>
       </c>
       <c r="F9" s="7">
         <v>5</v>
       </c>
       <c r="G9" s="7">
         <v>1</v>
       </c>
       <c r="H9" s="7">
         <v>1</v>
       </c>
       <c r="I9" s="7">
@@ -5512,675 +5591,693 @@
       </c>
       <c r="EV9" s="16">
         <v>0</v>
       </c>
       <c r="EW9" s="16">
         <v>0</v>
       </c>
       <c r="EX9" s="16">
         <v>0</v>
       </c>
       <c r="EY9" s="17">
         <v>0</v>
       </c>
       <c r="EZ9" s="17">
         <v>4</v>
       </c>
       <c r="FA9" s="17">
         <v>1</v>
       </c>
       <c r="FB9" s="17">
         <v>0</v>
       </c>
       <c r="FC9" s="17">
         <v>5</v>
       </c>
+      <c r="FD9" s="17">
+        <v>2</v>
+      </c>
+      <c r="FE9" s="17">
+        <v>1</v>
+      </c>
+      <c r="FF9" s="17">
+        <v>4</v>
+      </c>
     </row>
-    <row r="10" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="7">
         <f>SUM(D8:D9)</f>
         <v>5</v>
       </c>
       <c r="E10" s="7">
-        <f t="shared" ref="E10:BP10" si="3">SUM(E8:E9)</f>
+        <f t="shared" ref="E10:BP10" si="4">SUM(E8:E9)</f>
         <v>5</v>
       </c>
       <c r="F10" s="7">
-        <f t="shared" si="3"/>
-[...254 lines deleted...]
-      <c r="BR10" s="7">
         <f t="shared" si="4"/>
         <v>10</v>
       </c>
-      <c r="BS10" s="7">
+      <c r="G10" s="7">
         <f t="shared" si="4"/>
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="BT10" s="7">
+        <v>3</v>
+      </c>
+      <c r="H10" s="7">
         <f t="shared" si="4"/>
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="BU10" s="7">
+        <v>6</v>
+      </c>
+      <c r="I10" s="7">
         <f t="shared" si="4"/>
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="BV10" s="7">
+        <v>3</v>
+      </c>
+      <c r="J10" s="7">
         <f t="shared" si="4"/>
         <v>9</v>
       </c>
-      <c r="BW10" s="7">
+      <c r="K10" s="7">
+        <f t="shared" si="4"/>
+        <v>6</v>
+      </c>
+      <c r="L10" s="7">
+        <f t="shared" si="4"/>
+        <v>5</v>
+      </c>
+      <c r="M10" s="7">
+        <f t="shared" si="4"/>
+        <v>5</v>
+      </c>
+      <c r="N10" s="7">
+        <f t="shared" si="4"/>
+        <v>4</v>
+      </c>
+      <c r="O10" s="7">
+        <f t="shared" si="4"/>
+        <v>7</v>
+      </c>
+      <c r="P10" s="7">
+        <f t="shared" si="4"/>
+        <v>5</v>
+      </c>
+      <c r="Q10" s="7">
+        <f t="shared" si="4"/>
+        <v>2</v>
+      </c>
+      <c r="R10" s="7">
+        <f t="shared" si="4"/>
+        <v>8</v>
+      </c>
+      <c r="S10" s="7">
+        <f t="shared" si="4"/>
+        <v>5</v>
+      </c>
+      <c r="T10" s="7">
+        <f t="shared" si="4"/>
+        <v>8</v>
+      </c>
+      <c r="U10" s="7">
+        <f t="shared" si="4"/>
+        <v>4</v>
+      </c>
+      <c r="V10" s="7">
+        <f t="shared" si="4"/>
+        <v>4</v>
+      </c>
+      <c r="W10" s="7">
+        <f t="shared" si="4"/>
+        <v>5</v>
+      </c>
+      <c r="X10" s="7">
+        <f t="shared" si="4"/>
+        <v>9</v>
+      </c>
+      <c r="Y10" s="7">
+        <f t="shared" si="4"/>
+        <v>7</v>
+      </c>
+      <c r="Z10" s="7">
+        <f t="shared" si="4"/>
+        <v>5</v>
+      </c>
+      <c r="AA10" s="7">
+        <f t="shared" si="4"/>
+        <v>2</v>
+      </c>
+      <c r="AB10" s="7">
+        <f t="shared" si="4"/>
+        <v>7</v>
+      </c>
+      <c r="AC10" s="7">
+        <f t="shared" si="4"/>
+        <v>7</v>
+      </c>
+      <c r="AD10" s="7">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
-      <c r="BX10" s="7">
+      <c r="AE10" s="7">
         <f t="shared" si="4"/>
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="BY10" s="7">
+        <v>1</v>
+      </c>
+      <c r="AF10" s="7">
+        <f t="shared" si="4"/>
+        <v>10</v>
+      </c>
+      <c r="AG10" s="7">
+        <f t="shared" si="4"/>
+        <v>6</v>
+      </c>
+      <c r="AH10" s="7">
+        <f t="shared" si="4"/>
+        <v>9</v>
+      </c>
+      <c r="AI10" s="7">
+        <f t="shared" si="4"/>
+        <v>8</v>
+      </c>
+      <c r="AJ10" s="7">
+        <f t="shared" si="4"/>
+        <v>8</v>
+      </c>
+      <c r="AK10" s="7">
+        <f t="shared" si="4"/>
+        <v>7</v>
+      </c>
+      <c r="AL10" s="7">
+        <f t="shared" si="4"/>
+        <v>9</v>
+      </c>
+      <c r="AM10" s="7">
+        <f t="shared" si="4"/>
+        <v>8</v>
+      </c>
+      <c r="AN10" s="7">
+        <f t="shared" si="4"/>
+        <v>10</v>
+      </c>
+      <c r="AO10" s="7">
+        <f t="shared" si="4"/>
+        <v>10</v>
+      </c>
+      <c r="AP10" s="7">
+        <f t="shared" si="4"/>
+        <v>5</v>
+      </c>
+      <c r="AQ10" s="7">
+        <f t="shared" si="4"/>
+        <v>2</v>
+      </c>
+      <c r="AR10" s="7">
+        <f t="shared" si="4"/>
+        <v>8</v>
+      </c>
+      <c r="AS10" s="7">
+        <f t="shared" si="4"/>
+        <v>5</v>
+      </c>
+      <c r="AT10" s="7">
+        <f t="shared" si="4"/>
+        <v>9</v>
+      </c>
+      <c r="AU10" s="7">
+        <f t="shared" si="4"/>
+        <v>5</v>
+      </c>
+      <c r="AV10" s="7">
+        <f t="shared" si="4"/>
+        <v>10</v>
+      </c>
+      <c r="AW10" s="7">
+        <f t="shared" si="4"/>
+        <v>9</v>
+      </c>
+      <c r="AX10" s="7">
+        <f t="shared" si="4"/>
+        <v>7</v>
+      </c>
+      <c r="AY10" s="7">
+        <f t="shared" si="4"/>
+        <v>7</v>
+      </c>
+      <c r="AZ10" s="7">
+        <f t="shared" si="4"/>
+        <v>6</v>
+      </c>
+      <c r="BA10" s="7">
+        <f t="shared" si="4"/>
+        <v>10</v>
+      </c>
+      <c r="BB10" s="7">
+        <f t="shared" si="4"/>
+        <v>10</v>
+      </c>
+      <c r="BC10" s="7">
+        <f t="shared" si="4"/>
+        <v>14</v>
+      </c>
+      <c r="BD10" s="7">
+        <f t="shared" si="4"/>
+        <v>2</v>
+      </c>
+      <c r="BE10" s="7">
+        <f t="shared" si="4"/>
+        <v>2</v>
+      </c>
+      <c r="BF10" s="7">
+        <f t="shared" si="4"/>
+        <v>2</v>
+      </c>
+      <c r="BG10" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="BH10" s="7">
+        <f t="shared" si="4"/>
+        <v>3</v>
+      </c>
+      <c r="BI10" s="7">
+        <f t="shared" si="4"/>
+        <v>2</v>
+      </c>
+      <c r="BJ10" s="7">
         <f t="shared" si="4"/>
         <v>4</v>
       </c>
-      <c r="BZ10" s="7">
+      <c r="BK10" s="7">
         <f t="shared" si="4"/>
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="CA10" s="7">
+        <v>2</v>
+      </c>
+      <c r="BL10" s="7">
         <f t="shared" si="4"/>
-        <v>1</v>
-[...21 lines deleted...]
-      <c r="CG10" s="7">
+        <v>22</v>
+      </c>
+      <c r="BM10" s="7">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
-      <c r="CH10" s="7">
+      <c r="BN10" s="7">
         <f t="shared" si="4"/>
-        <v>12</v>
-[...5 lines deleted...]
-      <c r="CJ10" s="7">
+        <v>11</v>
+      </c>
+      <c r="BO10" s="7">
         <f t="shared" si="4"/>
         <v>9</v>
       </c>
-      <c r="CK10" s="7">
-[...47 lines deleted...]
-      <c r="CW10" s="7">
+      <c r="BP10" s="7">
         <f t="shared" si="4"/>
         <v>9</v>
       </c>
-      <c r="CX10" s="7">
-[...20 lines deleted...]
-        <f t="shared" si="4"/>
+      <c r="BQ10" s="7">
+        <f t="shared" ref="BQ10:EB10" si="5">SUM(BQ8:BQ9)</f>
+        <v>8</v>
+      </c>
+      <c r="BR10" s="7">
+        <f t="shared" si="5"/>
+        <v>10</v>
+      </c>
+      <c r="BS10" s="7">
+        <f t="shared" si="5"/>
         <v>16</v>
       </c>
-      <c r="DD10" s="7">
-[...96 lines deleted...]
-        <f t="shared" si="4"/>
+      <c r="BT10" s="7">
+        <f t="shared" si="5"/>
+        <v>15</v>
+      </c>
+      <c r="BU10" s="7">
+        <f t="shared" si="5"/>
         <v>13</v>
       </c>
-      <c r="EC10" s="7">
-[...3 lines deleted...]
-      <c r="ED10" s="7">
+      <c r="BV10" s="7">
         <f t="shared" si="5"/>
         <v>9</v>
       </c>
-      <c r="EE10" s="7">
+      <c r="BW10" s="7">
         <f t="shared" si="5"/>
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="EF10" s="7">
+        <v>12</v>
+      </c>
+      <c r="BX10" s="7">
+        <f t="shared" si="5"/>
+        <v>13</v>
+      </c>
+      <c r="BY10" s="7">
+        <f t="shared" si="5"/>
+        <v>4</v>
+      </c>
+      <c r="BZ10" s="7">
+        <f t="shared" si="5"/>
+        <v>10</v>
+      </c>
+      <c r="CA10" s="7">
+        <f t="shared" si="5"/>
+        <v>1</v>
+      </c>
+      <c r="CB10" s="7">
+        <f t="shared" si="5"/>
+        <v>15</v>
+      </c>
+      <c r="CC10" s="7">
+        <f t="shared" si="5"/>
+        <v>10</v>
+      </c>
+      <c r="CD10" s="7">
+        <f t="shared" si="5"/>
+        <v>4</v>
+      </c>
+      <c r="CE10" s="7">
+        <f t="shared" si="5"/>
+        <v>10</v>
+      </c>
+      <c r="CF10" s="7">
+        <f t="shared" si="5"/>
+        <v>7</v>
+      </c>
+      <c r="CG10" s="7">
+        <f t="shared" si="5"/>
+        <v>12</v>
+      </c>
+      <c r="CH10" s="7">
+        <f t="shared" si="5"/>
+        <v>12</v>
+      </c>
+      <c r="CI10" s="7">
+        <f t="shared" si="5"/>
+        <v>6</v>
+      </c>
+      <c r="CJ10" s="7">
+        <f t="shared" si="5"/>
+        <v>9</v>
+      </c>
+      <c r="CK10" s="7">
+        <f t="shared" si="5"/>
+        <v>6</v>
+      </c>
+      <c r="CL10" s="7">
+        <f t="shared" si="5"/>
+        <v>6</v>
+      </c>
+      <c r="CM10" s="7">
+        <f t="shared" si="5"/>
+        <v>4</v>
+      </c>
+      <c r="CN10" s="7">
+        <f t="shared" si="5"/>
+        <v>5</v>
+      </c>
+      <c r="CO10" s="7">
+        <f t="shared" si="5"/>
+        <v>16</v>
+      </c>
+      <c r="CP10" s="7">
         <f t="shared" si="5"/>
         <v>8</v>
       </c>
-      <c r="EG10" s="7">
+      <c r="CQ10" s="7">
+        <f t="shared" si="5"/>
+        <v>5</v>
+      </c>
+      <c r="CR10" s="7">
+        <f t="shared" si="5"/>
+        <v>5</v>
+      </c>
+      <c r="CS10" s="7">
+        <f t="shared" si="5"/>
+        <v>4</v>
+      </c>
+      <c r="CT10" s="7">
+        <f t="shared" si="5"/>
+        <v>5</v>
+      </c>
+      <c r="CU10" s="7">
+        <f t="shared" si="5"/>
+        <v>11</v>
+      </c>
+      <c r="CV10" s="7">
+        <f t="shared" si="5"/>
+        <v>6</v>
+      </c>
+      <c r="CW10" s="7">
+        <f t="shared" si="5"/>
+        <v>9</v>
+      </c>
+      <c r="CX10" s="7">
+        <f t="shared" si="5"/>
+        <v>9</v>
+      </c>
+      <c r="CY10" s="7">
+        <f t="shared" si="5"/>
+        <v>6</v>
+      </c>
+      <c r="CZ10" s="7">
+        <f t="shared" si="5"/>
+        <v>5</v>
+      </c>
+      <c r="DA10" s="7">
         <f t="shared" si="5"/>
         <v>2</v>
       </c>
-      <c r="EH10" s="7">
+      <c r="DB10" s="7">
+        <f t="shared" si="5"/>
+        <v>3</v>
+      </c>
+      <c r="DC10" s="7">
+        <f t="shared" si="5"/>
+        <v>16</v>
+      </c>
+      <c r="DD10" s="7">
+        <f t="shared" si="5"/>
+        <v>5</v>
+      </c>
+      <c r="DE10" s="7">
+        <f t="shared" si="5"/>
+        <v>6</v>
+      </c>
+      <c r="DF10" s="7">
+        <f t="shared" si="5"/>
+        <v>5</v>
+      </c>
+      <c r="DG10" s="7">
+        <f t="shared" si="5"/>
+        <v>8</v>
+      </c>
+      <c r="DH10" s="7">
+        <f t="shared" si="5"/>
+        <v>4</v>
+      </c>
+      <c r="DI10" s="7">
+        <f t="shared" si="5"/>
+        <v>2</v>
+      </c>
+      <c r="DJ10" s="7">
+        <f t="shared" si="5"/>
+        <v>12</v>
+      </c>
+      <c r="DK10" s="7">
+        <f t="shared" si="5"/>
+        <v>3</v>
+      </c>
+      <c r="DL10" s="7">
+        <f t="shared" si="5"/>
+        <v>11</v>
+      </c>
+      <c r="DM10" s="7">
+        <f t="shared" si="5"/>
+        <v>5</v>
+      </c>
+      <c r="DN10" s="7">
+        <f t="shared" si="5"/>
+        <v>11</v>
+      </c>
+      <c r="DO10" s="7">
+        <f t="shared" si="5"/>
+        <v>10</v>
+      </c>
+      <c r="DP10" s="7">
+        <f t="shared" si="5"/>
+        <v>6</v>
+      </c>
+      <c r="DQ10" s="7">
+        <f t="shared" si="5"/>
+        <v>8</v>
+      </c>
+      <c r="DR10" s="7">
+        <f t="shared" si="5"/>
+        <v>7</v>
+      </c>
+      <c r="DS10" s="7">
+        <f t="shared" si="5"/>
+        <v>8</v>
+      </c>
+      <c r="DT10" s="7">
+        <f t="shared" si="5"/>
+        <v>16</v>
+      </c>
+      <c r="DU10" s="7">
+        <f t="shared" si="5"/>
+        <v>10</v>
+      </c>
+      <c r="DV10" s="7">
+        <f t="shared" si="5"/>
+        <v>3</v>
+      </c>
+      <c r="DW10" s="7">
+        <f t="shared" si="5"/>
+        <v>6</v>
+      </c>
+      <c r="DX10" s="7">
+        <f t="shared" si="5"/>
+        <v>7</v>
+      </c>
+      <c r="DY10" s="7">
+        <f t="shared" si="5"/>
+        <v>8</v>
+      </c>
+      <c r="DZ10" s="7">
+        <f t="shared" si="5"/>
+        <v>7</v>
+      </c>
+      <c r="EA10" s="7">
+        <f t="shared" si="5"/>
+        <v>14</v>
+      </c>
+      <c r="EB10" s="7">
         <f t="shared" si="5"/>
         <v>13</v>
       </c>
+      <c r="EC10" s="7">
+        <f t="shared" ref="EC10:EK10" si="6">SUM(EC8:EC9)</f>
+        <v>5</v>
+      </c>
+      <c r="ED10" s="7">
+        <f t="shared" si="6"/>
+        <v>9</v>
+      </c>
+      <c r="EE10" s="7">
+        <f t="shared" si="6"/>
+        <v>24</v>
+      </c>
+      <c r="EF10" s="7">
+        <f t="shared" si="6"/>
+        <v>8</v>
+      </c>
+      <c r="EG10" s="7">
+        <f t="shared" si="6"/>
+        <v>2</v>
+      </c>
+      <c r="EH10" s="7">
+        <f t="shared" si="6"/>
+        <v>13</v>
+      </c>
       <c r="EI10" s="7">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>5</v>
       </c>
       <c r="EJ10" s="7">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>5</v>
       </c>
       <c r="EK10" s="7">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>10</v>
       </c>
       <c r="EL10" s="11">
         <v>6</v>
       </c>
       <c r="EM10" s="11">
         <v>3</v>
       </c>
       <c r="EN10" s="11">
         <v>4</v>
       </c>
       <c r="EO10" s="11">
         <v>10</v>
       </c>
       <c r="EP10" s="11">
         <v>3</v>
       </c>
       <c r="EQ10" s="11">
         <v>5</v>
       </c>
       <c r="ER10" s="16">
         <v>6</v>
       </c>
       <c r="ES10" s="16">
         <v>2</v>
       </c>
       <c r="ET10" s="16">
         <v>7</v>
       </c>
       <c r="EU10" s="16">
-        <f t="shared" ref="EU10:EZ10" si="6">SUM(EU8:EU9)</f>
+        <f t="shared" ref="EU10:EZ10" si="7">SUM(EU8:EU9)</f>
         <v>9</v>
       </c>
       <c r="EV10" s="16">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="EW10" s="16">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="EX10" s="16">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="EY10" s="16">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>4</v>
       </c>
       <c r="EZ10" s="16">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>8</v>
       </c>
       <c r="FA10" s="16">
         <v>3</v>
       </c>
       <c r="FB10" s="17">
         <v>1</v>
       </c>
       <c r="FC10" s="17">
         <v>11</v>
       </c>
+      <c r="FD10" s="17">
+        <v>3</v>
+      </c>
+      <c r="FE10" s="17">
+        <v>1</v>
+      </c>
+      <c r="FF10" s="17">
+        <v>9</v>
+      </c>
     </row>
-    <row r="11" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="7">
         <v>3</v>
       </c>
       <c r="E11" s="7">
         <v>6</v>
       </c>
       <c r="F11" s="7">
         <v>4</v>
       </c>
       <c r="G11" s="7">
         <v>4</v>
       </c>
       <c r="H11" s="7">
         <v>1</v>
       </c>
       <c r="I11" s="7">
@@ -6614,52 +6711,61 @@
       </c>
       <c r="EV11" s="16">
         <v>0</v>
       </c>
       <c r="EW11" s="16">
         <v>0</v>
       </c>
       <c r="EX11" s="17">
         <v>0</v>
       </c>
       <c r="EY11" s="17">
         <v>2</v>
       </c>
       <c r="EZ11" s="17">
         <v>0</v>
       </c>
       <c r="FA11" s="17">
         <v>2</v>
       </c>
       <c r="FB11" s="17">
         <v>0</v>
       </c>
       <c r="FC11" s="17">
         <v>0</v>
       </c>
+      <c r="FD11" s="17">
+        <v>0</v>
+      </c>
+      <c r="FE11" s="17">
+        <v>0</v>
+      </c>
+      <c r="FF11" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="12" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D12" s="9">
         <v>119</v>
       </c>
       <c r="E12" s="9">
         <v>227</v>
       </c>
       <c r="F12" s="9">
         <v>123</v>
       </c>
       <c r="G12" s="9">
         <v>33</v>
       </c>
       <c r="H12" s="9">
         <v>54</v>
       </c>
       <c r="I12" s="9">
@@ -7093,52 +7199,61 @@
       </c>
       <c r="EV12" s="16">
         <v>98</v>
       </c>
       <c r="EW12" s="16">
         <v>191</v>
       </c>
       <c r="EX12" s="17">
         <v>223</v>
       </c>
       <c r="EY12" s="17">
         <v>131</v>
       </c>
       <c r="EZ12" s="17">
         <v>224</v>
       </c>
       <c r="FA12" s="17">
         <v>25</v>
       </c>
       <c r="FB12" s="17">
         <v>30</v>
       </c>
       <c r="FC12" s="17">
         <v>194</v>
       </c>
+      <c r="FD12" s="17">
+        <v>225</v>
+      </c>
+      <c r="FE12" s="17">
+        <v>105</v>
+      </c>
+      <c r="FF12" s="17">
+        <v>63</v>
+      </c>
     </row>
-    <row r="13" spans="1:159" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:162" x14ac:dyDescent="0.25">
       <c r="D13" s="12"/>
       <c r="E13" s="12"/>
       <c r="F13" s="12"/>
       <c r="G13" s="12"/>
       <c r="H13" s="12"/>
       <c r="I13" s="12"/>
       <c r="J13" s="12"/>
       <c r="K13" s="12"/>
       <c r="L13" s="12"/>
       <c r="M13" s="12"/>
       <c r="N13" s="12"/>
       <c r="O13" s="12"/>
       <c r="P13" s="12"/>
       <c r="Q13" s="12"/>
       <c r="R13" s="12"/>
       <c r="S13" s="12"/>
       <c r="T13" s="12"/>
       <c r="U13" s="12"/>
       <c r="V13" s="12"/>
       <c r="W13" s="12"/>
       <c r="X13" s="12"/>
       <c r="Y13" s="12"/>
       <c r="Z13" s="12"/>
       <c r="AA13" s="12"/>
       <c r="AB13" s="12"/>
@@ -7171,51 +7286,51 @@
       <c r="BC13" s="12"/>
       <c r="BD13" s="12"/>
       <c r="BE13" s="12"/>
       <c r="BF13" s="12"/>
       <c r="BG13" s="12"/>
       <c r="BH13" s="12"/>
       <c r="BI13" s="12"/>
       <c r="BJ13" s="12"/>
       <c r="BK13" s="12"/>
       <c r="BL13" s="12"/>
       <c r="BM13" s="12"/>
       <c r="BN13" s="12"/>
       <c r="BO13" s="12"/>
       <c r="BP13" s="12"/>
       <c r="BQ13" s="12"/>
       <c r="BR13" s="12"/>
       <c r="BS13" s="12"/>
       <c r="BT13" s="12"/>
       <c r="BU13" s="12"/>
       <c r="BV13" s="12"/>
       <c r="BW13" s="12"/>
       <c r="BX13" s="14"/>
       <c r="BY13" s="14"/>
       <c r="BZ13" s="14"/>
     </row>
-    <row r="14" spans="1:159" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:162" x14ac:dyDescent="0.25">
       <c r="D14" s="12"/>
       <c r="E14" s="12"/>
       <c r="F14" s="12"/>
       <c r="G14" s="12"/>
       <c r="H14" s="12"/>
       <c r="I14" s="12"/>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
       <c r="L14" s="12"/>
       <c r="M14" s="12"/>
       <c r="N14" s="12"/>
       <c r="O14" s="12"/>
       <c r="P14" s="12"/>
       <c r="Q14" s="12"/>
       <c r="R14" s="12"/>
       <c r="S14" s="12"/>
       <c r="T14" s="12"/>
       <c r="U14" s="12"/>
       <c r="V14" s="12"/>
       <c r="W14" s="12"/>
       <c r="X14" s="12"/>
       <c r="Y14" s="12"/>
       <c r="Z14" s="12"/>
       <c r="AA14" s="12"/>
       <c r="AB14" s="12"/>
@@ -7248,51 +7363,51 @@
       <c r="BC14" s="12"/>
       <c r="BD14" s="12"/>
       <c r="BE14" s="12"/>
       <c r="BF14" s="12"/>
       <c r="BG14" s="12"/>
       <c r="BH14" s="12"/>
       <c r="BI14" s="12"/>
       <c r="BJ14" s="12"/>
       <c r="BK14" s="12"/>
       <c r="BL14" s="12"/>
       <c r="BM14" s="12"/>
       <c r="BN14" s="12"/>
       <c r="BO14" s="12"/>
       <c r="BP14" s="12"/>
       <c r="BQ14" s="12"/>
       <c r="BR14" s="12"/>
       <c r="BS14" s="12"/>
       <c r="BT14" s="12"/>
       <c r="BU14" s="12"/>
       <c r="BV14" s="12"/>
       <c r="BW14" s="15"/>
       <c r="BX14" s="14"/>
       <c r="BY14" s="14"/>
       <c r="BZ14" s="14"/>
     </row>
-    <row r="15" spans="1:159" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:162" x14ac:dyDescent="0.25">
       <c r="D15" s="12"/>
       <c r="E15" s="12"/>
       <c r="F15" s="12"/>
       <c r="G15" s="12"/>
       <c r="H15" s="12"/>
       <c r="I15" s="12"/>
       <c r="J15" s="12"/>
       <c r="K15" s="12"/>
       <c r="L15" s="12"/>
       <c r="M15" s="12"/>
       <c r="N15" s="12"/>
       <c r="O15" s="12"/>
       <c r="P15" s="12"/>
       <c r="Q15" s="12"/>
       <c r="R15" s="12"/>
       <c r="S15" s="12"/>
       <c r="T15" s="12"/>
       <c r="U15" s="12"/>
       <c r="V15" s="12"/>
       <c r="W15" s="12"/>
       <c r="X15" s="12"/>
       <c r="Y15" s="12"/>
       <c r="Z15" s="12"/>
       <c r="AA15" s="12"/>
       <c r="AB15" s="12"/>
@@ -7325,51 +7440,51 @@
       <c r="BC15" s="12"/>
       <c r="BD15" s="12"/>
       <c r="BE15" s="12"/>
       <c r="BF15" s="12"/>
       <c r="BG15" s="12"/>
       <c r="BH15" s="12"/>
       <c r="BI15" s="12"/>
       <c r="BJ15" s="12"/>
       <c r="BK15" s="12"/>
       <c r="BL15" s="12"/>
       <c r="BM15" s="12"/>
       <c r="BN15" s="12"/>
       <c r="BO15" s="12"/>
       <c r="BP15" s="12"/>
       <c r="BQ15" s="12"/>
       <c r="BR15" s="12"/>
       <c r="BS15" s="12"/>
       <c r="BT15" s="12"/>
       <c r="BU15" s="12"/>
       <c r="BV15" s="12"/>
       <c r="BW15" s="12"/>
       <c r="BX15" s="14"/>
       <c r="BY15" s="14"/>
       <c r="BZ15" s="14"/>
     </row>
-    <row r="16" spans="1:159" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:162" x14ac:dyDescent="0.25">
       <c r="D16" s="12"/>
       <c r="E16" s="12"/>
       <c r="F16" s="12"/>
       <c r="G16" s="12"/>
       <c r="H16" s="12"/>
       <c r="I16" s="12"/>
       <c r="J16" s="12"/>
       <c r="K16" s="12"/>
       <c r="L16" s="12"/>
       <c r="M16" s="12"/>
       <c r="N16" s="12"/>
       <c r="O16" s="12"/>
       <c r="P16" s="12"/>
       <c r="Q16" s="12"/>
       <c r="R16" s="12"/>
       <c r="S16" s="12"/>
       <c r="T16" s="12"/>
       <c r="U16" s="12"/>
       <c r="V16" s="12"/>
       <c r="W16" s="12"/>
       <c r="X16" s="12"/>
       <c r="Y16" s="12"/>
       <c r="Z16" s="12"/>
       <c r="AA16" s="12"/>
       <c r="AB16" s="12"/>
@@ -23934,64 +24049,52 @@
       <c r="BW236" s="12"/>
       <c r="BX236" s="12"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="EB7" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...12 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c7316665a594fc904e617730886ee03a" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ac8ff77954c40bf04afd8a3b45c139a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="75731eb5f67757d61a35da63f5a16223" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <xsd:import namespace="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <xsd:import namespace="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:DateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -24191,93 +24294,89 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <DateModified xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="20867c8d-1cc9-4acd-a073-94634f6a764f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EF9DCE5-29AF-4BD6-8BF6-A7A9C1967334}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7628916-47E5-44A5-B3BC-6C5BDD172EB0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <ds:schemaRef ds:uri="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-  </ds:schemaRefs>
-[...18 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A74FD75D-F7B9-4B1B-9C55-AE7978EEA2B2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7d2fdb41-339c-4257-87f2-a665730b31fc}" enabled="0" method="" siteId="{7d2fdb41-339c-4257-87f2-a665730b31fc}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">