--- v0 (2026-02-08)
+++ v1 (2026-02-28)
@@ -9,53 +9,53 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/FDA-Track/Test Docs/FDA-TRACK/CDER/3 - Datasets/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="122" documentId="8_{6CD3D08E-616E-4E0D-BD1B-EE58C46A00E0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0EA52048-BEBF-444C-9F54-214A9C91369A}"/>
+  <xr:revisionPtr revIDLastSave="130" documentId="8_{6CD3D08E-616E-4E0D-BD1B-EE58C46A00E0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{ACFFD8CA-29BB-4290-9C09-567BB5ED9F8A}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Patient Safety Tools Dataset" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -606,57 +606,57 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:FC18"/>
+  <dimension ref="A1:FF18"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="96" zoomScaleNormal="96" workbookViewId="0">
-      <pane xSplit="2" ySplit="1" topLeftCell="EP2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="1" topLeftCell="EV2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="FE15" sqref="FE15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="28" style="16" customWidth="1"/>
     <col min="2" max="2" width="43.140625" style="16" customWidth="1"/>
     <col min="3" max="3" width="33.85546875" style="16" customWidth="1"/>
     <col min="4" max="4" width="16.140625" style="16" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="18.85546875" style="16" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.42578125" style="16" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.42578125" style="16" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="17.85546875" style="16" bestFit="1" customWidth="1"/>
     <col min="9" max="12" width="16.28515625" style="16" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="16.42578125" style="16" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="16.5703125" style="16" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="19.28515625" style="16" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="16.5703125" style="16" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.85546875" style="16" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="18.42578125" style="16" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="16.42578125" style="16" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="17.85546875" style="16" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="16.28515625" style="16" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="16" style="16" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="16.28515625" style="16" bestFit="1" customWidth="1"/>
     <col min="24" max="26" width="16.140625" style="16" bestFit="1" customWidth="1"/>
@@ -756,54 +756,57 @@
     <col min="127" max="129" width="17.7109375" style="16" customWidth="1"/>
     <col min="130" max="132" width="17.42578125" style="16" customWidth="1"/>
     <col min="133" max="134" width="17.7109375" style="16" customWidth="1"/>
     <col min="135" max="135" width="18.7109375" style="16" customWidth="1"/>
     <col min="136" max="136" width="15" style="16" bestFit="1" customWidth="1"/>
     <col min="137" max="137" width="17.7109375" style="16" bestFit="1" customWidth="1"/>
     <col min="138" max="141" width="17.28515625" style="16" customWidth="1"/>
     <col min="142" max="142" width="13" style="16" customWidth="1"/>
     <col min="143" max="143" width="13.28515625" style="16" customWidth="1"/>
     <col min="144" max="144" width="13" style="16" customWidth="1"/>
     <col min="145" max="145" width="13.42578125" style="16" customWidth="1"/>
     <col min="146" max="146" width="15.7109375" style="16" customWidth="1"/>
     <col min="147" max="147" width="18.140625" style="16" bestFit="1" customWidth="1"/>
     <col min="148" max="148" width="15" style="16" bestFit="1" customWidth="1"/>
     <col min="149" max="149" width="17.42578125" style="16" bestFit="1" customWidth="1"/>
     <col min="150" max="150" width="17.28515625" style="16" bestFit="1" customWidth="1"/>
     <col min="151" max="151" width="14.7109375" style="16" bestFit="1" customWidth="1"/>
     <col min="152" max="152" width="15.85546875" style="16" bestFit="1" customWidth="1"/>
     <col min="153" max="153" width="13" style="16" bestFit="1" customWidth="1"/>
     <col min="154" max="154" width="11.140625" style="16" bestFit="1" customWidth="1"/>
     <col min="155" max="155" width="10.5703125" style="16" bestFit="1" customWidth="1"/>
     <col min="156" max="156" width="11.5703125" style="16" bestFit="1" customWidth="1"/>
     <col min="157" max="157" width="11.42578125" style="16" customWidth="1"/>
     <col min="158" max="158" width="13.5703125" style="16" customWidth="1"/>
     <col min="159" max="159" width="18.140625" style="16" bestFit="1" customWidth="1"/>
-    <col min="160" max="16384" width="8.85546875" style="16"/>
+    <col min="160" max="160" width="16.28515625" style="16" customWidth="1"/>
+    <col min="161" max="161" width="18.28515625" style="16" customWidth="1"/>
+    <col min="162" max="162" width="17.42578125" style="16" customWidth="1"/>
+    <col min="163" max="16384" width="8.85546875" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:159" s="6" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:162" s="6" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4">
         <v>41183</v>
       </c>
       <c r="E1" s="4">
         <v>41214</v>
       </c>
       <c r="F1" s="4">
         <v>41244</v>
       </c>
       <c r="G1" s="4">
         <v>41275</v>
       </c>
       <c r="H1" s="4">
         <v>41306</v>
       </c>
       <c r="I1" s="4">
@@ -1237,52 +1240,61 @@
       </c>
       <c r="EV1" s="5">
         <v>45689</v>
       </c>
       <c r="EW1" s="5">
         <v>45717</v>
       </c>
       <c r="EX1" s="5">
         <v>45748</v>
       </c>
       <c r="EY1" s="5">
         <v>45778</v>
       </c>
       <c r="EZ1" s="5">
         <v>45809</v>
       </c>
       <c r="FA1" s="5">
         <v>45839</v>
       </c>
       <c r="FB1" s="5">
         <v>45870</v>
       </c>
       <c r="FC1" s="5">
         <v>45901</v>
       </c>
+      <c r="FD1" s="5">
+        <v>45931</v>
+      </c>
+      <c r="FE1" s="5">
+        <v>45962</v>
+      </c>
+      <c r="FF1" s="5">
+        <v>45992</v>
+      </c>
     </row>
-    <row r="2" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="8">
         <v>46295</v>
       </c>
       <c r="E2" s="8">
         <v>44881</v>
       </c>
       <c r="F2" s="8">
         <v>43209</v>
       </c>
       <c r="G2" s="8">
         <v>43642</v>
       </c>
       <c r="H2" s="8">
         <v>42667</v>
       </c>
       <c r="I2" s="8">
@@ -1716,52 +1728,61 @@
       </c>
       <c r="EV2" s="20">
         <v>86194</v>
       </c>
       <c r="EW2" s="20">
         <v>87888</v>
       </c>
       <c r="EX2" s="14">
         <v>90989</v>
       </c>
       <c r="EY2" s="14">
         <v>88822</v>
       </c>
       <c r="EZ2" s="14">
         <v>88529</v>
       </c>
       <c r="FA2" s="14">
         <v>100244</v>
       </c>
       <c r="FB2" s="14">
         <v>106482</v>
       </c>
       <c r="FC2" s="14">
         <v>89154</v>
       </c>
+      <c r="FD2" s="14">
+        <v>87082</v>
+      </c>
+      <c r="FE2" s="14">
+        <v>82630</v>
+      </c>
+      <c r="FF2" s="14">
+        <v>92566</v>
+      </c>
     </row>
-    <row r="3" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="8">
         <v>9698</v>
       </c>
       <c r="E3" s="8">
         <v>14182</v>
       </c>
       <c r="F3" s="8">
         <v>9750</v>
       </c>
       <c r="G3" s="8">
         <v>12566</v>
       </c>
       <c r="H3" s="8">
         <v>10315</v>
       </c>
       <c r="I3" s="8">
@@ -2195,52 +2216,61 @@
       </c>
       <c r="EV3" s="20">
         <v>12204</v>
       </c>
       <c r="EW3" s="20">
         <v>11932</v>
       </c>
       <c r="EX3" s="14">
         <v>12692</v>
       </c>
       <c r="EY3" s="14">
         <v>10943</v>
       </c>
       <c r="EZ3" s="14">
         <v>11656</v>
       </c>
       <c r="FA3" s="14">
         <v>12844</v>
       </c>
       <c r="FB3" s="14">
         <v>18901</v>
       </c>
       <c r="FC3" s="14">
         <v>11094</v>
       </c>
+      <c r="FD3" s="14">
+        <v>11173</v>
+      </c>
+      <c r="FE3" s="14">
+        <v>10662</v>
+      </c>
+      <c r="FF3" s="14">
+        <v>11927</v>
+      </c>
     </row>
-    <row r="4" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="8">
         <v>31495</v>
       </c>
       <c r="E4" s="8">
         <v>25521</v>
       </c>
       <c r="F4" s="8">
         <v>20692</v>
       </c>
       <c r="G4" s="8">
         <v>49253</v>
       </c>
       <c r="H4" s="8">
         <v>26332</v>
       </c>
       <c r="I4" s="8">
@@ -2674,52 +2704,61 @@
       </c>
       <c r="EV4" s="20">
         <v>70041</v>
       </c>
       <c r="EW4" s="20">
         <v>70380</v>
       </c>
       <c r="EX4" s="14">
         <v>63939</v>
       </c>
       <c r="EY4" s="14">
         <v>77046</v>
       </c>
       <c r="EZ4" s="14">
         <v>69493</v>
       </c>
       <c r="FA4" s="14">
         <v>83187</v>
       </c>
       <c r="FB4" s="14">
         <v>71895</v>
       </c>
       <c r="FC4" s="14">
         <v>71497</v>
       </c>
+      <c r="FD4" s="14">
+        <v>71076</v>
+      </c>
+      <c r="FE4" s="14">
+        <v>67766</v>
+      </c>
+      <c r="FF4" s="14">
+        <v>63151</v>
+      </c>
     </row>
-    <row r="5" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="8"/>
       <c r="E5" s="8"/>
       <c r="F5" s="8">
         <v>5</v>
       </c>
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8">
         <v>6</v>
       </c>
       <c r="J5" s="8"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8">
         <v>0</v>
       </c>
       <c r="M5" s="8"/>
@@ -3073,52 +3112,61 @@
       </c>
       <c r="EV5" s="20">
         <v>4</v>
       </c>
       <c r="EW5" s="20">
         <v>1</v>
       </c>
       <c r="EX5" s="14">
         <v>1</v>
       </c>
       <c r="EY5" s="14">
         <v>0</v>
       </c>
       <c r="EZ5" s="14">
         <v>0</v>
       </c>
       <c r="FA5" s="14">
         <v>1</v>
       </c>
       <c r="FB5" s="14">
         <v>1</v>
       </c>
       <c r="FC5" s="14">
         <v>2</v>
       </c>
+      <c r="FD5" s="14">
+        <v>2</v>
+      </c>
+      <c r="FE5" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF5" s="14">
+        <v>3</v>
+      </c>
     </row>
-    <row r="6" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8">
         <v>2</v>
       </c>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8">
         <v>1</v>
       </c>
       <c r="J6" s="8"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8">
         <v>3</v>
       </c>
       <c r="M6" s="8"/>
@@ -3472,52 +3520,61 @@
       </c>
       <c r="EV6" s="20">
         <v>0</v>
       </c>
       <c r="EW6" s="20">
         <v>0</v>
       </c>
       <c r="EX6" s="14">
         <v>3</v>
       </c>
       <c r="EY6" s="14">
         <v>0</v>
       </c>
       <c r="EZ6" s="14">
         <v>1</v>
       </c>
       <c r="FA6" s="14">
         <v>0</v>
       </c>
       <c r="FB6" s="14">
         <v>0</v>
       </c>
       <c r="FC6" s="14">
         <v>1</v>
       </c>
+      <c r="FD6" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE6" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF6" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="7" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="8"/>
       <c r="E7" s="8"/>
       <c r="F7" s="8">
         <v>0</v>
       </c>
       <c r="G7" s="8"/>
       <c r="H7" s="8"/>
       <c r="I7" s="8">
         <v>1</v>
       </c>
       <c r="J7" s="8"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8">
         <v>0</v>
       </c>
       <c r="M7" s="8"/>
@@ -3863,52 +3920,61 @@
       </c>
       <c r="EV7" s="20">
         <v>1</v>
       </c>
       <c r="EW7" s="20">
         <v>0</v>
       </c>
       <c r="EX7" s="14">
         <v>1</v>
       </c>
       <c r="EY7" s="14">
         <v>0</v>
       </c>
       <c r="EZ7" s="14">
         <v>0</v>
       </c>
       <c r="FA7" s="14">
         <v>0</v>
       </c>
       <c r="FB7" s="14">
         <v>0</v>
       </c>
       <c r="FC7" s="14">
         <v>0</v>
       </c>
+      <c r="FD7" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE7" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF7" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="8" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="8"/>
       <c r="E8" s="8"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8"/>
       <c r="P8" s="8"/>
       <c r="Q8" s="8"/>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
@@ -4236,52 +4302,61 @@
       </c>
       <c r="EV8" s="20">
         <v>3</v>
       </c>
       <c r="EW8" s="20">
         <v>8</v>
       </c>
       <c r="EX8" s="14">
         <v>6</v>
       </c>
       <c r="EY8" s="14">
         <v>6</v>
       </c>
       <c r="EZ8" s="14">
         <v>2</v>
       </c>
       <c r="FA8" s="14">
         <v>4</v>
       </c>
       <c r="FB8" s="14">
         <v>9</v>
       </c>
       <c r="FC8" s="14">
         <v>4</v>
       </c>
+      <c r="FD8" s="14">
+        <v>6</v>
+      </c>
+      <c r="FE8" s="14">
+        <v>3</v>
+      </c>
+      <c r="FF8" s="14">
+        <v>8</v>
+      </c>
     </row>
-    <row r="9" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>17</v>
       </c>
       <c r="D9" s="8"/>
       <c r="E9" s="8"/>
       <c r="F9" s="8"/>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8"/>
       <c r="J9" s="8"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8"/>
       <c r="P9" s="8"/>
       <c r="Q9" s="8"/>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
@@ -4609,52 +4684,61 @@
       </c>
       <c r="EV9" s="20">
         <v>4</v>
       </c>
       <c r="EW9" s="20">
         <v>6</v>
       </c>
       <c r="EX9" s="14">
         <v>4</v>
       </c>
       <c r="EY9" s="14">
         <v>4</v>
       </c>
       <c r="EZ9" s="14">
         <v>3</v>
       </c>
       <c r="FA9" s="14">
         <v>7</v>
       </c>
       <c r="FB9" s="14">
         <v>5</v>
       </c>
       <c r="FC9" s="14">
         <v>7</v>
       </c>
+      <c r="FD9" s="14">
+        <v>6</v>
+      </c>
+      <c r="FE9" s="14">
+        <v>2</v>
+      </c>
+      <c r="FF9" s="14">
+        <v>1</v>
+      </c>
     </row>
-    <row r="10" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
       <c r="J10" s="8"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8"/>
       <c r="P10" s="8"/>
       <c r="Q10" s="8"/>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
@@ -4998,52 +5082,61 @@
       </c>
       <c r="EV10" s="21">
         <v>45</v>
       </c>
       <c r="EW10" s="21">
         <v>72</v>
       </c>
       <c r="EX10" s="21">
         <v>60</v>
       </c>
       <c r="EY10" s="21">
         <v>48</v>
       </c>
       <c r="EZ10" s="21">
         <v>70</v>
       </c>
       <c r="FA10" s="21">
         <v>68</v>
       </c>
       <c r="FB10" s="14">
         <v>41</v>
       </c>
       <c r="FC10" s="14">
         <v>82</v>
       </c>
+      <c r="FD10" s="14">
+        <v>96</v>
+      </c>
+      <c r="FE10" s="14">
+        <v>78</v>
+      </c>
+      <c r="FF10" s="14">
+        <v>42</v>
+      </c>
     </row>
-    <row r="11" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8"/>
       <c r="P11" s="8"/>
       <c r="Q11" s="8"/>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
@@ -5387,52 +5480,61 @@
       </c>
       <c r="EV11" s="21">
         <v>9</v>
       </c>
       <c r="EW11" s="21">
         <v>14</v>
       </c>
       <c r="EX11" s="21">
         <v>11</v>
       </c>
       <c r="EY11" s="21">
         <v>11</v>
       </c>
       <c r="EZ11" s="21">
         <v>12</v>
       </c>
       <c r="FA11" s="21">
         <v>8</v>
       </c>
       <c r="FB11" s="14">
         <v>4</v>
       </c>
       <c r="FC11" s="14">
         <v>26</v>
       </c>
+      <c r="FD11" s="14">
+        <v>18</v>
+      </c>
+      <c r="FE11" s="14">
+        <v>9</v>
+      </c>
+      <c r="FF11" s="14">
+        <v>3</v>
+      </c>
     </row>
-    <row r="12" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="8"/>
       <c r="E12" s="8"/>
       <c r="F12" s="8"/>
       <c r="G12" s="8"/>
       <c r="H12" s="8"/>
       <c r="I12" s="8"/>
       <c r="J12" s="8"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8"/>
       <c r="P12" s="8"/>
       <c r="Q12" s="8"/>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
@@ -5776,52 +5878,61 @@
       </c>
       <c r="EV12" s="21">
         <v>15</v>
       </c>
       <c r="EW12" s="21">
         <v>25</v>
       </c>
       <c r="EX12" s="21">
         <v>11</v>
       </c>
       <c r="EY12" s="21">
         <v>23</v>
       </c>
       <c r="EZ12" s="21">
         <v>22</v>
       </c>
       <c r="FA12" s="21">
         <v>31</v>
       </c>
       <c r="FB12" s="14">
         <v>9</v>
       </c>
       <c r="FC12" s="14">
         <v>21</v>
       </c>
+      <c r="FD12" s="14">
+        <v>31</v>
+      </c>
+      <c r="FE12" s="14">
+        <v>31</v>
+      </c>
+      <c r="FF12" s="14">
+        <v>10</v>
+      </c>
     </row>
-    <row r="13" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D13" s="8"/>
       <c r="E13" s="8"/>
       <c r="F13" s="8"/>
       <c r="G13" s="8"/>
       <c r="H13" s="8"/>
       <c r="I13" s="8"/>
       <c r="J13" s="8"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8"/>
       <c r="P13" s="8"/>
       <c r="Q13" s="8"/>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
@@ -6165,52 +6276,61 @@
       </c>
       <c r="EV13" s="21">
         <v>24</v>
       </c>
       <c r="EW13" s="21">
         <v>22</v>
       </c>
       <c r="EX13" s="21">
         <v>32</v>
       </c>
       <c r="EY13" s="21">
         <v>32</v>
       </c>
       <c r="EZ13" s="21">
         <v>36</v>
       </c>
       <c r="FA13" s="21">
         <v>22</v>
       </c>
       <c r="FB13" s="14">
         <v>17</v>
       </c>
       <c r="FC13" s="14">
         <v>34</v>
       </c>
+      <c r="FD13" s="14">
+        <v>57</v>
+      </c>
+      <c r="FE13" s="14">
+        <v>35</v>
+      </c>
+      <c r="FF13" s="14">
+        <v>20</v>
+      </c>
     </row>
-    <row r="14" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8"/>
       <c r="P14" s="8"/>
       <c r="Q14" s="8"/>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
@@ -6554,52 +6674,61 @@
       </c>
       <c r="EV14" s="21">
         <v>35</v>
       </c>
       <c r="EW14" s="21">
         <v>55</v>
       </c>
       <c r="EX14" s="21">
         <v>61</v>
       </c>
       <c r="EY14" s="21">
         <v>49</v>
       </c>
       <c r="EZ14" s="21">
         <v>62</v>
       </c>
       <c r="FA14" s="21">
         <v>62</v>
       </c>
       <c r="FB14" s="14">
         <v>33</v>
       </c>
       <c r="FC14" s="14">
         <v>80</v>
       </c>
+      <c r="FD14" s="14">
+        <v>90</v>
+      </c>
+      <c r="FE14" s="14">
+        <v>57</v>
+      </c>
+      <c r="FF14" s="14">
+        <v>41</v>
+      </c>
     </row>
-    <row r="15" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>24</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D15" s="8"/>
       <c r="E15" s="8"/>
       <c r="F15" s="8"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
       <c r="J15" s="8"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8"/>
       <c r="P15" s="8"/>
       <c r="Q15" s="8"/>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
@@ -6943,52 +7072,61 @@
       </c>
       <c r="EV15" s="21">
         <v>33</v>
       </c>
       <c r="EW15" s="21">
         <v>61</v>
       </c>
       <c r="EX15" s="21">
         <v>64</v>
       </c>
       <c r="EY15" s="21">
         <v>46</v>
       </c>
       <c r="EZ15" s="21">
         <v>65</v>
       </c>
       <c r="FA15" s="21">
         <v>55</v>
       </c>
       <c r="FB15" s="14">
         <v>29</v>
       </c>
       <c r="FC15" s="14">
         <v>72</v>
       </c>
+      <c r="FD15" s="14">
+        <v>87</v>
+      </c>
+      <c r="FE15" s="14">
+        <v>66</v>
+      </c>
+      <c r="FF15" s="14">
+        <v>39</v>
+      </c>
     </row>
-    <row r="16" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D16" s="8"/>
       <c r="E16" s="8"/>
       <c r="F16" s="8"/>
       <c r="G16" s="8"/>
       <c r="H16" s="8"/>
       <c r="I16" s="8"/>
       <c r="J16" s="8"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8"/>
       <c r="P16" s="8"/>
       <c r="Q16" s="8"/>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
@@ -7332,52 +7470,61 @@
       </c>
       <c r="EV16" s="21">
         <v>41</v>
       </c>
       <c r="EW16" s="21">
         <v>71</v>
       </c>
       <c r="EX16" s="21">
         <v>61</v>
       </c>
       <c r="EY16" s="21">
         <v>56</v>
       </c>
       <c r="EZ16" s="21">
         <v>66</v>
       </c>
       <c r="FA16" s="21">
         <v>67</v>
       </c>
       <c r="FB16" s="14">
         <v>37</v>
       </c>
       <c r="FC16" s="14">
         <v>82</v>
       </c>
+      <c r="FD16" s="14">
+        <v>82</v>
+      </c>
+      <c r="FE16" s="14">
+        <v>80</v>
+      </c>
+      <c r="FF16" s="14">
+        <v>37</v>
+      </c>
     </row>
-    <row r="17" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
       <c r="H17" s="8"/>
       <c r="I17" s="8"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8"/>
       <c r="P17" s="8"/>
       <c r="Q17" s="8"/>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
@@ -7721,52 +7868,61 @@
       </c>
       <c r="EV17" s="21">
         <v>202</v>
       </c>
       <c r="EW17" s="21">
         <v>320</v>
       </c>
       <c r="EX17" s="21">
         <v>300</v>
       </c>
       <c r="EY17" s="21">
         <v>265</v>
       </c>
       <c r="EZ17" s="21">
         <v>333</v>
       </c>
       <c r="FA17" s="21">
         <v>313</v>
       </c>
       <c r="FB17" s="14">
         <v>170</v>
       </c>
       <c r="FC17" s="14">
         <v>397</v>
       </c>
+      <c r="FD17" s="14">
+        <v>461</v>
+      </c>
+      <c r="FE17" s="14">
+        <v>356</v>
+      </c>
+      <c r="FF17" s="14">
+        <v>192</v>
+      </c>
     </row>
-    <row r="18" spans="1:159" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:162" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D18" s="8">
         <v>1</v>
       </c>
       <c r="E18" s="8">
         <v>1</v>
       </c>
       <c r="F18" s="8">
         <v>5</v>
       </c>
       <c r="G18" s="8">
         <v>0</v>
       </c>
       <c r="H18" s="8">
         <v>1</v>
       </c>
       <c r="I18" s="8">
@@ -8198,86 +8354,83 @@
       <c r="EU18" s="20">
         <v>0</v>
       </c>
       <c r="EV18" s="20">
         <v>0</v>
       </c>
       <c r="EW18" s="20">
         <v>0</v>
       </c>
       <c r="EX18" s="14">
         <v>0</v>
       </c>
       <c r="EY18" s="14">
         <v>0</v>
       </c>
       <c r="EZ18" s="14">
         <v>6</v>
       </c>
       <c r="FA18" s="14">
         <v>1</v>
       </c>
       <c r="FB18" s="14">
         <v>2</v>
       </c>
       <c r="FC18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF18" s="14">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...12 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="af2242a3545b01a26bc87f948ddb4682" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ac8ff77954c40bf04afd8a3b45c139a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="75731eb5f67757d61a35da63f5a16223" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <xsd:import namespace="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <xsd:import namespace="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:DateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -8477,79 +8630,91 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <DateModified xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="20867c8d-1cc9-4acd-a073-94634f6a764f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C51226F9-2897-4F48-9C57-66854B75EA7B}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75E3ACC4-62E8-4666-B8D6-62F4946FB367}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <ds:schemaRef ds:uri="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9C406F7-D314-4BD2-B323-EF03A704EDA4}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50710333-6A8B-4C95-9A04-4352CB058329}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>