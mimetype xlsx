--- v0 (2026-02-08)
+++ v1 (2026-02-28)
@@ -9,82 +9,82 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/FDA-Track/Test Docs/FDA-TRACK/CDER/3 - Datasets/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="475" documentId="8_{CD5D8CE0-BCF7-4D76-AB25-B1A1A445A42D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9EEF6B2C-DCF5-4123-8AA6-813A4A54103B}"/>
+  <xr:revisionPtr revIDLastSave="485" documentId="8_{CD5D8CE0-BCF7-4D76-AB25-B1A1A445A42D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{20C1AD21-72AD-473B-962F-251DCC6DF209}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{14055F6C-5559-4F16-9796-A13471A48D04}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{14055F6C-5559-4F16-9796-A13471A48D04}"/>
   </bookViews>
   <sheets>
     <sheet name="Compliance Dataset" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Compliance Dataset'!$A$1:$CO$37</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="673" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="117">
   <si>
     <t>CDER Dashboard Name</t>
   </si>
   <si>
     <t>Metric</t>
   </si>
   <si>
     <t>Metric Definition</t>
   </si>
   <si>
     <t>Compliance</t>
   </si>
   <si>
     <t>Number of recall events - Class I</t>
   </si>
   <si>
     <t>A drug recall is the most effective way to protect the public from a defective or potentially harmful product.  A recall is a voluntary action taken by a company to remove a defective drug product from the market. FDA classifies recalls into three categories.
 Class I Recalls: A dangerous or defective product that could cause serious health problems or death.</t>
   </si>
   <si>
     <t>Number of recall events - Class II</t>
   </si>
   <si>
     <t>A drug recall is the most effective way to protect the public from a defective or potentially harmful product.  A recall is a voluntary action taken by a company to remove a defective drug product from the market. FDA classifies recalls into three categories.
 Class II Recalls: A product that might cause a temporary health problem or pose slight threat of a serious nature.</t>
@@ -968,86 +968,87 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF5D48B2-E3FE-4FC9-B666-880EDF8F92CD}">
-  <dimension ref="A1:DD249"/>
+  <dimension ref="A1:DG249"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="91" zoomScaleNormal="91" workbookViewId="0">
-      <pane xSplit="2" ySplit="1" topLeftCell="CS2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="1" topLeftCell="DA2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="DE30" sqref="DE30:DG37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="99.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="60.28515625" style="1" customWidth="1"/>
     <col min="4" max="84" width="19" style="1" customWidth="1"/>
     <col min="85" max="90" width="19" style="8" customWidth="1"/>
     <col min="91" max="93" width="19" style="1" customWidth="1"/>
     <col min="94" max="94" width="13.42578125" style="1" customWidth="1"/>
     <col min="95" max="95" width="15.140625" style="1" customWidth="1"/>
     <col min="96" max="96" width="17.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="97" max="97" width="14.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="98" max="98" width="16.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="99" max="99" width="16.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="100" max="100" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="101" max="101" width="15.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="102" max="102" width="12.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="103" max="103" width="10.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="104" max="104" width="10.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="105" max="105" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="106" max="106" width="11.42578125" style="8" customWidth="1"/>
     <col min="107" max="107" width="13.28515625" style="8" bestFit="1" customWidth="1"/>
     <col min="108" max="108" width="17.85546875" style="8" customWidth="1"/>
-    <col min="109" max="16384" width="9.140625" style="1"/>
+    <col min="109" max="111" width="16.85546875" style="1" customWidth="1"/>
+    <col min="112" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:108" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:111" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="30" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="31" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="31" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="33">
         <v>42736</v>
       </c>
       <c r="E1" s="33">
         <v>42767</v>
       </c>
       <c r="F1" s="33">
         <v>42795</v>
       </c>
       <c r="G1" s="33">
         <v>42826</v>
       </c>
       <c r="H1" s="33">
         <v>42856</v>
       </c>
       <c r="I1" s="33">
@@ -1328,52 +1329,61 @@
       </c>
       <c r="CW1" s="32">
         <v>45689</v>
       </c>
       <c r="CX1" s="32">
         <v>45717</v>
       </c>
       <c r="CY1" s="32">
         <v>45748</v>
       </c>
       <c r="CZ1" s="32">
         <v>45778</v>
       </c>
       <c r="DA1" s="32">
         <v>45809</v>
       </c>
       <c r="DB1" s="41">
         <v>45839</v>
       </c>
       <c r="DC1" s="41">
         <v>45870</v>
       </c>
       <c r="DD1" s="41">
         <v>45901</v>
       </c>
-    </row>
-    <row r="2" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE1" s="41">
+        <v>45931</v>
+      </c>
+      <c r="DF1" s="41">
+        <v>45962</v>
+      </c>
+      <c r="DG1" s="41">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="2" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="3">
         <v>0</v>
       </c>
       <c r="E2" s="3">
         <v>4</v>
       </c>
       <c r="F2" s="3">
         <v>1</v>
       </c>
       <c r="G2" s="3">
         <v>5</v>
       </c>
       <c r="H2" s="3">
         <v>3</v>
       </c>
       <c r="I2" s="3">
@@ -1654,52 +1664,61 @@
       </c>
       <c r="CW2" s="35">
         <v>3</v>
       </c>
       <c r="CX2" s="35">
         <v>5</v>
       </c>
       <c r="CY2" s="7">
         <v>1</v>
       </c>
       <c r="CZ2" s="7">
         <v>2</v>
       </c>
       <c r="DA2" s="7">
         <v>3</v>
       </c>
       <c r="DB2" s="39">
         <v>1</v>
       </c>
       <c r="DC2" s="39">
         <v>1</v>
       </c>
       <c r="DD2" s="39">
         <v>3</v>
       </c>
-    </row>
-    <row r="3" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE2" s="39">
+        <v>2</v>
+      </c>
+      <c r="DF2" s="39">
+        <v>2</v>
+      </c>
+      <c r="DG2" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="3">
         <v>12</v>
       </c>
       <c r="E3" s="3">
         <v>19</v>
       </c>
       <c r="F3" s="3">
         <v>24</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
         <v>15</v>
       </c>
       <c r="I3" s="3">
@@ -1980,52 +1999,61 @@
       </c>
       <c r="CW3" s="35">
         <v>13</v>
       </c>
       <c r="CX3" s="35">
         <v>27</v>
       </c>
       <c r="CY3" s="7">
         <v>26</v>
       </c>
       <c r="CZ3" s="7">
         <v>18</v>
       </c>
       <c r="DA3" s="7">
         <v>18</v>
       </c>
       <c r="DB3" s="39">
         <v>22</v>
       </c>
       <c r="DC3" s="39">
         <v>25</v>
       </c>
       <c r="DD3" s="39">
         <v>26</v>
       </c>
-    </row>
-    <row r="4" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE3" s="39">
+        <v>35</v>
+      </c>
+      <c r="DF3" s="39">
+        <v>10</v>
+      </c>
+      <c r="DG3" s="39">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="4" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="3">
         <v>14</v>
       </c>
       <c r="E4" s="3">
         <v>5</v>
       </c>
       <c r="F4" s="3">
         <v>11</v>
       </c>
       <c r="G4" s="3">
         <v>14</v>
       </c>
       <c r="H4" s="3">
         <v>15</v>
       </c>
       <c r="I4" s="3">
@@ -2306,52 +2334,61 @@
       </c>
       <c r="CW4" s="35">
         <v>1</v>
       </c>
       <c r="CX4" s="35">
         <v>3</v>
       </c>
       <c r="CY4" s="7">
         <v>2</v>
       </c>
       <c r="CZ4" s="7">
         <v>0</v>
       </c>
       <c r="DA4" s="7">
         <v>2</v>
       </c>
       <c r="DB4" s="39">
         <v>4</v>
       </c>
       <c r="DC4" s="39">
         <v>2</v>
       </c>
       <c r="DD4" s="39">
         <v>3</v>
       </c>
-    </row>
-    <row r="5" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE4" s="39">
+        <v>5</v>
+      </c>
+      <c r="DF4" s="39">
+        <v>2</v>
+      </c>
+      <c r="DG4" s="39">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="3">
         <v>0</v>
       </c>
       <c r="E5" s="3">
         <v>4</v>
       </c>
       <c r="F5" s="3">
         <v>1</v>
       </c>
       <c r="G5" s="3">
         <v>12</v>
       </c>
       <c r="H5" s="3">
         <v>4</v>
       </c>
       <c r="I5" s="3">
@@ -2632,52 +2669,61 @@
       </c>
       <c r="CW5" s="35">
         <v>3</v>
       </c>
       <c r="CX5" s="35">
         <v>8</v>
       </c>
       <c r="CY5" s="7">
         <v>1</v>
       </c>
       <c r="CZ5" s="7">
         <v>2</v>
       </c>
       <c r="DA5" s="7">
         <v>8</v>
       </c>
       <c r="DB5" s="39">
         <v>3</v>
       </c>
       <c r="DC5" s="39">
         <v>2</v>
       </c>
       <c r="DD5" s="39">
         <v>7</v>
       </c>
-    </row>
-    <row r="6" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE5" s="39">
+        <v>2</v>
+      </c>
+      <c r="DF5" s="39">
+        <v>3</v>
+      </c>
+      <c r="DG5" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="3">
         <v>197</v>
       </c>
       <c r="E6" s="3">
         <v>35</v>
       </c>
       <c r="F6" s="3">
         <v>110</v>
       </c>
       <c r="G6" s="3">
         <v>26</v>
       </c>
       <c r="H6" s="3">
         <v>165</v>
       </c>
       <c r="I6" s="3">
@@ -2958,52 +3004,61 @@
       </c>
       <c r="CW6" s="35">
         <v>30</v>
       </c>
       <c r="CX6" s="35">
         <v>48</v>
       </c>
       <c r="CY6" s="7">
         <v>86</v>
       </c>
       <c r="CZ6" s="7">
         <v>54</v>
       </c>
       <c r="DA6" s="7">
         <v>40</v>
       </c>
       <c r="DB6" s="39">
         <v>38</v>
       </c>
       <c r="DC6" s="39">
         <v>53</v>
       </c>
       <c r="DD6" s="39">
         <v>53</v>
       </c>
-    </row>
-    <row r="7" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE6" s="39">
+        <v>136</v>
+      </c>
+      <c r="DF6" s="39">
+        <v>42</v>
+      </c>
+      <c r="DG6" s="39">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="3">
         <v>16</v>
       </c>
       <c r="E7" s="3">
         <v>5</v>
       </c>
       <c r="F7" s="3">
         <v>17</v>
       </c>
       <c r="G7" s="3">
         <v>27</v>
       </c>
       <c r="H7" s="3">
         <v>19</v>
       </c>
       <c r="I7" s="3">
@@ -3284,52 +3339,61 @@
       </c>
       <c r="CW7" s="35">
         <v>1</v>
       </c>
       <c r="CX7" s="35">
         <v>3</v>
       </c>
       <c r="CY7" s="7">
         <v>3</v>
       </c>
       <c r="CZ7" s="7">
         <v>0</v>
       </c>
       <c r="DA7" s="7">
         <v>2</v>
       </c>
       <c r="DB7" s="39">
         <v>7</v>
       </c>
       <c r="DC7" s="39">
         <v>3</v>
       </c>
       <c r="DD7" s="39">
         <v>8</v>
       </c>
-    </row>
-    <row r="8" spans="1:108" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE7" s="39">
+        <v>11</v>
+      </c>
+      <c r="DF7" s="39">
+        <v>2</v>
+      </c>
+      <c r="DG7" s="39">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:111" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3" t="s">
@@ -3610,52 +3674,61 @@
       </c>
       <c r="CW8" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CX8" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CY8" s="7" t="s">
         <v>115</v>
       </c>
       <c r="CZ8" s="7" t="s">
         <v>114</v>
       </c>
       <c r="DA8" s="35" t="s">
         <v>15</v>
       </c>
       <c r="DB8" s="40" t="s">
         <v>116</v>
       </c>
       <c r="DC8" s="39" t="s">
         <v>112</v>
       </c>
       <c r="DD8" s="39" t="s">
         <v>114</v>
       </c>
-    </row>
-    <row r="9" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE8" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DF8" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DG8" s="39" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="9" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="3">
         <v>0</v>
       </c>
       <c r="E9" s="3">
         <v>3</v>
       </c>
       <c r="F9" s="3">
         <v>1</v>
       </c>
       <c r="G9" s="3">
         <v>3</v>
       </c>
       <c r="H9" s="3">
         <v>1</v>
       </c>
       <c r="I9" s="3">
@@ -3936,52 +4009,61 @@
       </c>
       <c r="CW9" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CX9" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CY9" s="7">
         <v>1</v>
       </c>
       <c r="CZ9" s="7" t="s">
         <v>114</v>
       </c>
       <c r="DA9" s="7">
         <v>2</v>
       </c>
       <c r="DB9" s="39">
         <v>1</v>
       </c>
       <c r="DC9" s="39">
         <v>1</v>
       </c>
       <c r="DD9" s="39" t="s">
         <v>114</v>
       </c>
-    </row>
-    <row r="10" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE9" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DF9" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DG9" s="39" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="10" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="3">
         <v>0</v>
       </c>
       <c r="E10" s="3">
         <v>3</v>
       </c>
       <c r="F10" s="3">
         <v>1</v>
       </c>
       <c r="G10" s="3">
         <v>9</v>
       </c>
       <c r="H10" s="3">
         <v>5</v>
       </c>
       <c r="I10" s="3">
@@ -4262,52 +4344,61 @@
       </c>
       <c r="CW10" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CX10" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CY10" s="7">
         <v>1</v>
       </c>
       <c r="CZ10" s="7" t="s">
         <v>114</v>
       </c>
       <c r="DA10" s="7">
         <v>7</v>
       </c>
       <c r="DB10" s="39">
         <v>3</v>
       </c>
       <c r="DC10" s="39">
         <v>2</v>
       </c>
       <c r="DD10" s="39" t="s">
         <v>114</v>
       </c>
-    </row>
-    <row r="11" spans="1:108" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE10" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DF10" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DG10" s="39" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="11" spans="1:111" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="I11" s="3" t="s">
@@ -4588,52 +4679,61 @@
       </c>
       <c r="CW11" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CX11" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CY11" s="7" t="s">
         <v>114</v>
       </c>
       <c r="CZ11" s="7" t="s">
         <v>114</v>
       </c>
       <c r="DA11" s="7" t="s">
         <v>114</v>
       </c>
       <c r="DB11" s="39" t="s">
         <v>114</v>
       </c>
       <c r="DC11" s="39" t="s">
         <v>114</v>
       </c>
       <c r="DD11" s="39" t="s">
         <v>114</v>
       </c>
-    </row>
-    <row r="12" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE11" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DF11" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DG11" s="39" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="12" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D12" s="3">
         <v>0</v>
       </c>
       <c r="E12" s="3">
         <v>1</v>
       </c>
       <c r="F12" s="3">
         <v>1</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>1</v>
       </c>
       <c r="I12" s="3">
@@ -4914,52 +5014,61 @@
       </c>
       <c r="CW12" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CX12" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CY12" s="7" t="s">
         <v>114</v>
       </c>
       <c r="CZ12" s="7" t="s">
         <v>114</v>
       </c>
       <c r="DA12" s="7" t="s">
         <v>114</v>
       </c>
       <c r="DB12" s="39" t="s">
         <v>114</v>
       </c>
       <c r="DC12" s="39" t="s">
         <v>114</v>
       </c>
       <c r="DD12" s="39" t="s">
         <v>114</v>
       </c>
-    </row>
-    <row r="13" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE12" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DF12" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DG12" s="39" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="13" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D13" s="3">
         <v>0</v>
       </c>
       <c r="E13" s="3">
         <v>4</v>
       </c>
       <c r="F13" s="3">
         <v>1</v>
       </c>
       <c r="G13" s="3">
         <v>2</v>
       </c>
       <c r="H13" s="3">
         <v>1</v>
       </c>
       <c r="I13" s="3">
@@ -5240,52 +5349,61 @@
       </c>
       <c r="CW13" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CX13" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CY13" s="7" t="s">
         <v>114</v>
       </c>
       <c r="CZ13" s="7" t="s">
         <v>114</v>
       </c>
       <c r="DA13" s="7" t="s">
         <v>114</v>
       </c>
       <c r="DB13" s="39" t="s">
         <v>114</v>
       </c>
       <c r="DC13" s="39" t="s">
         <v>114</v>
       </c>
       <c r="DD13" s="39" t="s">
         <v>114</v>
       </c>
-    </row>
-    <row r="14" spans="1:108" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE13" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DF13" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DG13" s="39" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:111" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>59</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="3" t="s">
@@ -5566,52 +5684,61 @@
       </c>
       <c r="CW14" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CX14" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CY14" s="7" t="s">
         <v>114</v>
       </c>
       <c r="CZ14" s="7" t="s">
         <v>114</v>
       </c>
       <c r="DA14" s="7" t="s">
         <v>114</v>
       </c>
       <c r="DB14" s="39" t="s">
         <v>114</v>
       </c>
       <c r="DC14" s="39" t="s">
         <v>114</v>
       </c>
       <c r="DD14" s="39" t="s">
         <v>114</v>
       </c>
-    </row>
-    <row r="15" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE14" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DF14" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DG14" s="39" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D15" s="3">
         <v>0</v>
       </c>
       <c r="E15" s="3">
         <v>0</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>1</v>
       </c>
       <c r="I15" s="3">
@@ -5892,52 +6019,61 @@
       </c>
       <c r="CW15" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CX15" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CY15" s="7" t="s">
         <v>114</v>
       </c>
       <c r="CZ15" s="7" t="s">
         <v>114</v>
       </c>
       <c r="DA15" s="7" t="s">
         <v>114</v>
       </c>
       <c r="DB15" s="39" t="s">
         <v>114</v>
       </c>
       <c r="DC15" s="39" t="s">
         <v>114</v>
       </c>
       <c r="DD15" s="39" t="s">
         <v>114</v>
       </c>
-    </row>
-    <row r="16" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE15" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DF15" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DG15" s="39" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D16" s="3">
         <v>0</v>
       </c>
       <c r="E16" s="3">
         <v>0</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>2</v>
       </c>
       <c r="H16" s="3">
         <v>1</v>
       </c>
       <c r="I16" s="3">
@@ -6218,52 +6354,61 @@
       </c>
       <c r="CW16" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CX16" s="35" t="s">
         <v>114</v>
       </c>
       <c r="CY16" s="7" t="s">
         <v>114</v>
       </c>
       <c r="CZ16" s="7">
         <v>3</v>
       </c>
       <c r="DA16" s="7" t="s">
         <v>114</v>
       </c>
       <c r="DB16" s="7" t="s">
         <v>114</v>
       </c>
       <c r="DC16" s="7" t="s">
         <v>114</v>
       </c>
       <c r="DD16" s="7" t="s">
         <v>114</v>
       </c>
-    </row>
-    <row r="17" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE16" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DF16" s="39" t="s">
+        <v>114</v>
+      </c>
+      <c r="DG16" s="39" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D17" s="3">
         <v>0</v>
       </c>
       <c r="E17" s="3">
         <v>0</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>0</v>
       </c>
       <c r="H17" s="3">
         <v>0</v>
       </c>
       <c r="I17" s="3">
@@ -6498,52 +6643,61 @@
       </c>
       <c r="CW17" s="35">
         <v>0</v>
       </c>
       <c r="CX17" s="35">
         <v>0</v>
       </c>
       <c r="CY17" s="7">
         <v>0</v>
       </c>
       <c r="CZ17" s="7">
         <v>0</v>
       </c>
       <c r="DA17" s="7">
         <v>0</v>
       </c>
       <c r="DB17" s="7">
         <v>0</v>
       </c>
       <c r="DC17" s="7">
         <v>0</v>
       </c>
       <c r="DD17" s="7">
         <v>0</v>
       </c>
-    </row>
-    <row r="18" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE17" s="39">
+        <v>0</v>
+      </c>
+      <c r="DF17" s="39">
+        <v>0</v>
+      </c>
+      <c r="DG17" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>95</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D18" s="3">
         <v>1</v>
       </c>
       <c r="E18" s="3">
         <v>1</v>
       </c>
       <c r="F18" s="3">
         <v>6</v>
       </c>
       <c r="G18" s="3">
         <v>4</v>
       </c>
       <c r="H18" s="3">
         <v>4</v>
       </c>
       <c r="I18" s="3">
@@ -6778,52 +6932,61 @@
       </c>
       <c r="CW18" s="36">
         <v>0</v>
       </c>
       <c r="CX18" s="36">
         <v>0</v>
       </c>
       <c r="CY18" s="36">
         <v>1</v>
       </c>
       <c r="CZ18" s="36">
         <v>0</v>
       </c>
       <c r="DA18" s="36">
         <v>0</v>
       </c>
       <c r="DB18" s="36">
         <v>0</v>
       </c>
       <c r="DC18" s="7">
         <v>0</v>
       </c>
       <c r="DD18" s="7">
         <v>1</v>
       </c>
-    </row>
-    <row r="19" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE18" s="39">
+        <v>0</v>
+      </c>
+      <c r="DF18" s="39">
+        <v>0</v>
+      </c>
+      <c r="DG18" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D19" s="3">
         <v>7</v>
       </c>
       <c r="E19" s="3">
         <v>4</v>
       </c>
       <c r="F19" s="3">
         <v>4</v>
       </c>
       <c r="G19" s="3">
         <v>5</v>
       </c>
       <c r="H19" s="3">
         <v>3</v>
       </c>
       <c r="I19" s="3">
@@ -7058,52 +7221,61 @@
       </c>
       <c r="CW19" s="36">
         <v>0</v>
       </c>
       <c r="CX19" s="36">
         <v>0</v>
       </c>
       <c r="CY19" s="36">
         <v>0</v>
       </c>
       <c r="CZ19" s="36">
         <v>0</v>
       </c>
       <c r="DA19" s="36">
         <v>0</v>
       </c>
       <c r="DB19" s="36">
         <v>1</v>
       </c>
       <c r="DC19" s="7">
         <v>0</v>
       </c>
       <c r="DD19" s="7">
         <v>0</v>
       </c>
-    </row>
-    <row r="20" spans="1:108" s="17" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE19" s="39">
+        <v>0</v>
+      </c>
+      <c r="DF19" s="39">
+        <v>1</v>
+      </c>
+      <c r="DG19" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:111" s="17" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="17" t="s">
         <v>3</v>
       </c>
       <c r="B20" s="18" t="s">
         <v>72</v>
       </c>
       <c r="C20" s="18" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="19"/>
       <c r="E20" s="19"/>
       <c r="F20" s="19"/>
       <c r="G20" s="19"/>
       <c r="H20" s="19"/>
       <c r="I20" s="19"/>
       <c r="J20" s="19"/>
       <c r="K20" s="19"/>
       <c r="L20" s="19"/>
       <c r="M20" s="19"/>
       <c r="N20" s="19"/>
       <c r="O20" s="19"/>
       <c r="P20" s="19">
         <v>4</v>
       </c>
       <c r="Q20" s="19">
@@ -7289,51 +7461,51 @@
         <v>42</v>
       </c>
       <c r="CM20" s="21"/>
       <c r="CN20" s="21"/>
       <c r="CO20" s="21" t="s">
         <v>42</v>
       </c>
       <c r="CP20" s="21"/>
       <c r="CQ20" s="21"/>
       <c r="CR20" s="21" t="s">
         <v>42</v>
       </c>
       <c r="CU20" s="21" t="s">
         <v>42</v>
       </c>
       <c r="CV20" s="38"/>
       <c r="CW20" s="38"/>
       <c r="CX20" s="38"/>
       <c r="CY20" s="38"/>
       <c r="CZ20" s="38"/>
       <c r="DA20" s="38"/>
       <c r="DB20" s="21"/>
       <c r="DC20" s="21"/>
       <c r="DD20" s="21"/>
     </row>
-    <row r="21" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B21" s="22" t="s">
         <v>91</v>
       </c>
       <c r="C21" s="22" t="s">
         <v>79</v>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
       <c r="P21" s="3"/>
       <c r="Q21" s="3"/>
       <c r="R21" s="3"/>
       <c r="S21" s="3"/>
@@ -7462,52 +7634,61 @@
       </c>
       <c r="CW21" s="36">
         <v>0</v>
       </c>
       <c r="CX21" s="36">
         <v>0</v>
       </c>
       <c r="CY21" s="36">
         <v>0</v>
       </c>
       <c r="CZ21" s="36">
         <v>0</v>
       </c>
       <c r="DA21" s="36">
         <v>0</v>
       </c>
       <c r="DB21" s="36">
         <v>0</v>
       </c>
       <c r="DC21" s="7">
         <v>0</v>
       </c>
       <c r="DD21" s="7">
         <v>0</v>
       </c>
-    </row>
-    <row r="22" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE21" s="7">
+        <v>0</v>
+      </c>
+      <c r="DF21" s="7">
+        <v>0</v>
+      </c>
+      <c r="DG21" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B22" s="22" t="s">
         <v>92</v>
       </c>
       <c r="C22" s="22" t="s">
         <v>89</v>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
       <c r="Q22" s="3"/>
       <c r="R22" s="3"/>
       <c r="S22" s="3"/>
@@ -7636,52 +7817,61 @@
       </c>
       <c r="CW22" s="36">
         <v>2</v>
       </c>
       <c r="CX22" s="36">
         <v>0</v>
       </c>
       <c r="CY22" s="36">
         <v>2</v>
       </c>
       <c r="CZ22" s="36">
         <v>0</v>
       </c>
       <c r="DA22" s="36">
         <v>2</v>
       </c>
       <c r="DB22" s="36">
         <v>0</v>
       </c>
       <c r="DC22" s="7">
         <v>0</v>
       </c>
       <c r="DD22" s="7">
         <v>1</v>
       </c>
-    </row>
-    <row r="23" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE22" s="7">
+        <v>0</v>
+      </c>
+      <c r="DF22" s="7">
+        <v>1</v>
+      </c>
+      <c r="DG22" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B23" s="23" t="s">
         <v>105</v>
       </c>
       <c r="C23" s="23" t="s">
         <v>80</v>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="3"/>
       <c r="O23" s="3"/>
       <c r="P23" s="3"/>
       <c r="Q23" s="3"/>
       <c r="R23" s="3"/>
       <c r="S23" s="3"/>
@@ -7810,52 +8000,61 @@
       </c>
       <c r="CW23" s="36">
         <v>0</v>
       </c>
       <c r="CX23" s="36">
         <v>0</v>
       </c>
       <c r="CY23" s="36">
         <v>1</v>
       </c>
       <c r="CZ23" s="36">
         <v>0</v>
       </c>
       <c r="DA23" s="36">
         <v>1</v>
       </c>
       <c r="DB23" s="36">
         <v>0</v>
       </c>
       <c r="DC23" s="7">
         <v>0</v>
       </c>
       <c r="DD23" s="7">
         <v>1</v>
       </c>
-    </row>
-    <row r="24" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE23" s="7">
+        <v>0</v>
+      </c>
+      <c r="DF23" s="7">
+        <v>1</v>
+      </c>
+      <c r="DG23" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B24" s="23" t="s">
         <v>106</v>
       </c>
       <c r="C24" s="23" t="s">
         <v>81</v>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
       <c r="N24" s="3"/>
       <c r="O24" s="3"/>
       <c r="P24" s="3"/>
       <c r="Q24" s="3"/>
       <c r="R24" s="3"/>
       <c r="S24" s="3"/>
@@ -7984,52 +8183,61 @@
       </c>
       <c r="CW24" s="36">
         <v>2</v>
       </c>
       <c r="CX24" s="36">
         <v>0</v>
       </c>
       <c r="CY24" s="36">
         <v>1</v>
       </c>
       <c r="CZ24" s="36">
         <v>0</v>
       </c>
       <c r="DA24" s="36">
         <v>1</v>
       </c>
       <c r="DB24" s="36">
         <v>0</v>
       </c>
       <c r="DC24" s="7">
         <v>0</v>
       </c>
       <c r="DD24" s="7">
         <v>0</v>
       </c>
-    </row>
-    <row r="25" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE24" s="7">
+        <v>0</v>
+      </c>
+      <c r="DF24" s="7">
+        <v>0</v>
+      </c>
+      <c r="DG24" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B25" s="23" t="s">
         <v>107</v>
       </c>
       <c r="C25" s="23" t="s">
         <v>82</v>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
       <c r="O25" s="3"/>
       <c r="P25" s="3"/>
       <c r="Q25" s="3"/>
       <c r="R25" s="3"/>
       <c r="S25" s="3"/>
@@ -8158,52 +8366,61 @@
       </c>
       <c r="CW25" s="36">
         <v>0</v>
       </c>
       <c r="CX25" s="36">
         <v>0</v>
       </c>
       <c r="CY25" s="36">
         <v>0</v>
       </c>
       <c r="CZ25" s="36">
         <v>0</v>
       </c>
       <c r="DA25" s="36">
         <v>0</v>
       </c>
       <c r="DB25" s="36">
         <v>0</v>
       </c>
       <c r="DC25" s="7">
         <v>0</v>
       </c>
       <c r="DD25" s="7">
         <v>0</v>
       </c>
-    </row>
-    <row r="26" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE25" s="7">
+        <v>0</v>
+      </c>
+      <c r="DF25" s="7">
+        <v>0</v>
+      </c>
+      <c r="DG25" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B26" s="23" t="s">
         <v>90</v>
       </c>
       <c r="C26" s="23" t="s">
         <v>108</v>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="3"/>
       <c r="O26" s="3"/>
       <c r="P26" s="3"/>
       <c r="Q26" s="3"/>
       <c r="R26" s="3"/>
       <c r="S26" s="3"/>
@@ -8332,52 +8549,61 @@
       </c>
       <c r="CW26" s="36">
         <v>0</v>
       </c>
       <c r="CX26" s="36">
         <v>0</v>
       </c>
       <c r="CY26" s="36">
         <v>0</v>
       </c>
       <c r="CZ26" s="36">
         <v>0</v>
       </c>
       <c r="DA26" s="36">
         <v>0</v>
       </c>
       <c r="DB26" s="36">
         <v>0</v>
       </c>
       <c r="DC26" s="7">
         <v>0</v>
       </c>
       <c r="DD26" s="7">
         <v>0</v>
       </c>
-    </row>
-    <row r="27" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE26" s="7">
+        <v>0</v>
+      </c>
+      <c r="DF26" s="7">
+        <v>0</v>
+      </c>
+      <c r="DG26" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D27" s="3">
         <v>0</v>
       </c>
       <c r="E27" s="3">
         <v>0</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>0</v>
       </c>
       <c r="H27" s="3">
         <v>0</v>
       </c>
       <c r="I27" s="3">
@@ -8612,52 +8838,61 @@
       </c>
       <c r="CW27" s="35">
         <v>0</v>
       </c>
       <c r="CX27" s="35">
         <v>0</v>
       </c>
       <c r="CY27" s="7">
         <v>0</v>
       </c>
       <c r="CZ27" s="7">
         <v>0</v>
       </c>
       <c r="DA27" s="7">
         <v>0</v>
       </c>
       <c r="DB27" s="7">
         <v>0</v>
       </c>
       <c r="DC27" s="7">
         <v>0</v>
       </c>
       <c r="DD27" s="7">
         <v>0</v>
       </c>
-    </row>
-    <row r="28" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE27" s="7">
+        <v>0</v>
+      </c>
+      <c r="DF27" s="7">
+        <v>0</v>
+      </c>
+      <c r="DG27" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>97</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D28" s="3">
         <v>0</v>
       </c>
       <c r="E28" s="3">
         <v>0</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>0</v>
       </c>
       <c r="H28" s="3">
         <v>1</v>
       </c>
       <c r="I28" s="3">
@@ -8892,52 +9127,61 @@
       </c>
       <c r="CW28" s="36">
         <v>0</v>
       </c>
       <c r="CX28" s="36">
         <v>1</v>
       </c>
       <c r="CY28" s="36">
         <v>3</v>
       </c>
       <c r="CZ28" s="36">
         <v>1</v>
       </c>
       <c r="DA28" s="36">
         <v>0</v>
       </c>
       <c r="DB28" s="36">
         <v>1</v>
       </c>
       <c r="DC28" s="7">
         <v>0</v>
       </c>
       <c r="DD28" s="7">
         <v>1</v>
       </c>
-    </row>
-    <row r="29" spans="1:108" s="17" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE28" s="7">
+        <v>1</v>
+      </c>
+      <c r="DF28" s="7">
+        <v>1</v>
+      </c>
+      <c r="DG28" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:111" s="17" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="17" t="s">
         <v>3</v>
       </c>
       <c r="B29" s="18" t="s">
         <v>74</v>
       </c>
       <c r="C29" s="18" t="s">
         <v>73</v>
       </c>
       <c r="D29" s="19"/>
       <c r="E29" s="19"/>
       <c r="F29" s="19"/>
       <c r="G29" s="19"/>
       <c r="H29" s="19"/>
       <c r="I29" s="19"/>
       <c r="J29" s="19"/>
       <c r="K29" s="19"/>
       <c r="L29" s="19"/>
       <c r="M29" s="19"/>
       <c r="N29" s="19"/>
       <c r="O29" s="19"/>
       <c r="P29" s="19">
         <v>3</v>
       </c>
       <c r="Q29" s="19">
@@ -9123,51 +9367,51 @@
         <v>42</v>
       </c>
       <c r="CM29" s="21"/>
       <c r="CN29" s="21"/>
       <c r="CO29" s="21" t="s">
         <v>42</v>
       </c>
       <c r="CP29" s="21"/>
       <c r="CQ29" s="21"/>
       <c r="CR29" s="21" t="s">
         <v>42</v>
       </c>
       <c r="CU29" s="21" t="s">
         <v>42</v>
       </c>
       <c r="CV29" s="38"/>
       <c r="CW29" s="38"/>
       <c r="CX29" s="38"/>
       <c r="CY29" s="38"/>
       <c r="CZ29" s="38"/>
       <c r="DA29" s="38"/>
       <c r="DB29" s="21"/>
       <c r="DC29" s="21"/>
       <c r="DD29" s="21"/>
     </row>
-    <row r="30" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B30" s="22" t="s">
         <v>99</v>
       </c>
       <c r="C30" s="22" t="s">
         <v>79</v>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="3"/>
       <c r="O30" s="3"/>
       <c r="P30" s="3"/>
       <c r="Q30" s="3"/>
       <c r="R30" s="3"/>
       <c r="S30" s="3"/>
@@ -9296,52 +9540,61 @@
       </c>
       <c r="CW30" s="36">
         <v>1</v>
       </c>
       <c r="CX30" s="36">
         <v>0</v>
       </c>
       <c r="CY30" s="36">
         <v>0</v>
       </c>
       <c r="CZ30" s="36">
         <v>0</v>
       </c>
       <c r="DA30" s="36">
         <v>0</v>
       </c>
       <c r="DB30" s="36">
         <v>0</v>
       </c>
       <c r="DC30" s="7">
         <v>0</v>
       </c>
       <c r="DD30" s="7">
         <v>0</v>
       </c>
-    </row>
-    <row r="31" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE30" s="7">
+        <v>0</v>
+      </c>
+      <c r="DF30" s="7">
+        <v>0</v>
+      </c>
+      <c r="DG30" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B31" s="22" t="s">
         <v>100</v>
       </c>
       <c r="C31" s="22" t="s">
         <v>89</v>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="3"/>
       <c r="O31" s="3"/>
       <c r="P31" s="3"/>
       <c r="Q31" s="3"/>
       <c r="R31" s="3"/>
       <c r="S31" s="3"/>
@@ -9470,52 +9723,61 @@
       </c>
       <c r="CW31" s="36">
         <v>2</v>
       </c>
       <c r="CX31" s="36">
         <v>3</v>
       </c>
       <c r="CY31" s="36">
         <v>3</v>
       </c>
       <c r="CZ31" s="36">
         <v>5</v>
       </c>
       <c r="DA31" s="36">
         <v>3</v>
       </c>
       <c r="DB31" s="36">
         <v>5</v>
       </c>
       <c r="DC31" s="7">
         <v>7</v>
       </c>
       <c r="DD31" s="7">
         <v>6</v>
       </c>
-    </row>
-    <row r="32" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE31" s="7">
+        <v>1</v>
+      </c>
+      <c r="DF31" s="7">
+        <v>6</v>
+      </c>
+      <c r="DG31" s="7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="32" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B32" s="22" t="s">
         <v>111</v>
       </c>
       <c r="C32" s="23" t="s">
         <v>81</v>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
       <c r="N32" s="3"/>
       <c r="O32" s="3"/>
       <c r="P32" s="3"/>
       <c r="Q32" s="3"/>
       <c r="R32" s="3"/>
       <c r="S32" s="3"/>
@@ -9644,52 +9906,61 @@
       </c>
       <c r="CW32" s="36">
         <v>0</v>
       </c>
       <c r="CX32" s="36">
         <v>0</v>
       </c>
       <c r="CY32" s="36">
         <v>0</v>
       </c>
       <c r="CZ32" s="36">
         <v>0</v>
       </c>
       <c r="DA32" s="36">
         <v>0</v>
       </c>
       <c r="DB32" s="36">
         <v>0</v>
       </c>
       <c r="DC32" s="7">
         <v>0</v>
       </c>
       <c r="DD32" s="7">
         <v>0</v>
       </c>
-    </row>
-    <row r="33" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE32" s="7">
+        <v>0</v>
+      </c>
+      <c r="DF32" s="7">
+        <v>0</v>
+      </c>
+      <c r="DG32" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B33" s="23" t="s">
         <v>110</v>
       </c>
       <c r="C33" s="22" t="s">
         <v>84</v>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
       <c r="Q33" s="3"/>
       <c r="R33" s="3"/>
       <c r="S33" s="3"/>
@@ -9818,52 +10089,61 @@
       </c>
       <c r="CW33" s="36">
         <v>0</v>
       </c>
       <c r="CX33" s="36">
         <v>1</v>
       </c>
       <c r="CY33" s="36">
         <v>1</v>
       </c>
       <c r="CZ33" s="36">
         <v>1</v>
       </c>
       <c r="DA33" s="36">
         <v>0</v>
       </c>
       <c r="DB33" s="36">
         <v>3</v>
       </c>
       <c r="DC33" s="7">
         <v>6</v>
       </c>
       <c r="DD33" s="7">
         <v>4</v>
       </c>
-    </row>
-    <row r="34" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE33" s="7">
+        <v>0</v>
+      </c>
+      <c r="DF33" s="7">
+        <v>4</v>
+      </c>
+      <c r="DG33" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B34" s="23" t="s">
         <v>109</v>
       </c>
       <c r="C34" s="23" t="s">
         <v>85</v>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
       <c r="L34" s="3"/>
       <c r="M34" s="3"/>
       <c r="N34" s="3"/>
       <c r="O34" s="3"/>
       <c r="P34" s="3"/>
       <c r="Q34" s="3"/>
       <c r="R34" s="3"/>
       <c r="S34" s="3"/>
@@ -9992,52 +10272,61 @@
       </c>
       <c r="CW34" s="36">
         <v>3</v>
       </c>
       <c r="CX34" s="36">
         <v>2</v>
       </c>
       <c r="CY34" s="36">
         <v>2</v>
       </c>
       <c r="CZ34" s="36">
         <v>4</v>
       </c>
       <c r="DA34" s="36">
         <v>3</v>
       </c>
       <c r="DB34" s="36">
         <v>2</v>
       </c>
       <c r="DC34" s="7">
         <v>1</v>
       </c>
       <c r="DD34" s="7">
         <v>1</v>
       </c>
-    </row>
-    <row r="35" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE34" s="7">
+        <v>1</v>
+      </c>
+      <c r="DF34" s="7">
+        <v>1</v>
+      </c>
+      <c r="DG34" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B35" s="23" t="s">
         <v>101</v>
       </c>
       <c r="C35" s="23" t="s">
         <v>83</v>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
       <c r="N35" s="3"/>
       <c r="O35" s="3"/>
       <c r="P35" s="3"/>
       <c r="Q35" s="3"/>
       <c r="R35" s="3"/>
       <c r="S35" s="3"/>
@@ -10166,52 +10455,61 @@
       </c>
       <c r="CW35" s="36">
         <v>0</v>
       </c>
       <c r="CX35" s="36">
         <v>0</v>
       </c>
       <c r="CY35" s="36">
         <v>0</v>
       </c>
       <c r="CZ35" s="36">
         <v>0</v>
       </c>
       <c r="DA35" s="36">
         <v>1</v>
       </c>
       <c r="DB35" s="36">
         <v>0</v>
       </c>
       <c r="DC35" s="7">
         <v>0</v>
       </c>
       <c r="DD35" s="7">
         <v>1</v>
       </c>
-    </row>
-    <row r="36" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE35" s="7">
+        <v>1</v>
+      </c>
+      <c r="DF35" s="7">
+        <v>1</v>
+      </c>
+      <c r="DG35" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D36" s="3">
         <v>4</v>
       </c>
       <c r="E36" s="3">
         <v>2</v>
       </c>
       <c r="F36" s="3">
         <v>3</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>3</v>
       </c>
       <c r="I36" s="3">
@@ -10492,52 +10790,61 @@
       </c>
       <c r="CW36" s="37">
         <v>2</v>
       </c>
       <c r="CX36" s="37">
         <v>4</v>
       </c>
       <c r="CY36" s="27">
         <v>3</v>
       </c>
       <c r="CZ36" s="27">
         <v>3</v>
       </c>
       <c r="DA36" s="27">
         <v>2</v>
       </c>
       <c r="DB36" s="27">
         <v>4</v>
       </c>
       <c r="DC36" s="27">
         <v>2</v>
       </c>
       <c r="DD36" s="27">
         <v>1</v>
       </c>
-    </row>
-    <row r="37" spans="1:108" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DE36" s="7">
+        <v>8</v>
+      </c>
+      <c r="DF36" s="7">
+        <v>2</v>
+      </c>
+      <c r="DG36" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="37" spans="1:111" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D37" s="3">
         <v>180</v>
       </c>
       <c r="E37" s="3">
         <v>2</v>
       </c>
       <c r="F37" s="3">
         <v>83</v>
       </c>
       <c r="G37" s="3">
         <v>7</v>
       </c>
       <c r="H37" s="3">
         <v>149</v>
       </c>
       <c r="I37" s="28">
@@ -10818,292 +11125,301 @@
       </c>
       <c r="CW37" s="37">
         <v>2</v>
       </c>
       <c r="CX37" s="37">
         <v>6</v>
       </c>
       <c r="CY37" s="27">
         <v>7</v>
       </c>
       <c r="CZ37" s="27">
         <v>7</v>
       </c>
       <c r="DA37" s="27">
         <v>20</v>
       </c>
       <c r="DB37" s="27">
         <v>5</v>
       </c>
       <c r="DC37" s="27">
         <v>17</v>
       </c>
       <c r="DD37" s="27">
         <v>1</v>
       </c>
-    </row>
-    <row r="38" spans="1:108" x14ac:dyDescent="0.25">
+      <c r="DE37" s="7">
+        <v>86</v>
+      </c>
+      <c r="DF37" s="7">
+        <v>2</v>
+      </c>
+      <c r="DG37" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="38" spans="1:111" x14ac:dyDescent="0.25">
       <c r="D38" s="29"/>
       <c r="E38" s="29"/>
       <c r="F38" s="29"/>
       <c r="G38" s="29"/>
       <c r="H38" s="29"/>
       <c r="I38" s="29"/>
       <c r="J38" s="29"/>
       <c r="K38" s="29"/>
       <c r="L38" s="29"/>
       <c r="M38" s="29"/>
       <c r="N38" s="29"/>
       <c r="O38" s="29"/>
       <c r="P38" s="29"/>
       <c r="Q38" s="29"/>
       <c r="R38" s="29"/>
       <c r="S38" s="29"/>
       <c r="T38" s="29"/>
       <c r="U38" s="29"/>
       <c r="V38" s="29"/>
       <c r="W38" s="29"/>
       <c r="X38" s="29"/>
       <c r="Y38" s="29"/>
     </row>
-    <row r="39" spans="1:108" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:111" x14ac:dyDescent="0.25">
       <c r="D39" s="29"/>
       <c r="E39" s="29"/>
       <c r="F39" s="29"/>
       <c r="G39" s="29"/>
       <c r="H39" s="29"/>
       <c r="I39" s="29"/>
       <c r="J39" s="29"/>
       <c r="K39" s="29"/>
       <c r="L39" s="29"/>
       <c r="M39" s="29"/>
       <c r="N39" s="29"/>
       <c r="O39" s="29"/>
       <c r="P39" s="29"/>
       <c r="Q39" s="29"/>
       <c r="R39" s="29"/>
       <c r="S39" s="29"/>
       <c r="T39" s="29"/>
       <c r="U39" s="29"/>
       <c r="V39" s="29"/>
       <c r="W39" s="29"/>
       <c r="X39" s="29"/>
       <c r="Y39" s="29"/>
     </row>
-    <row r="40" spans="1:108" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:111" x14ac:dyDescent="0.25">
       <c r="D40" s="29"/>
       <c r="E40" s="29"/>
       <c r="F40" s="29"/>
       <c r="G40" s="29"/>
       <c r="H40" s="29"/>
       <c r="I40" s="29"/>
       <c r="J40" s="29"/>
       <c r="K40" s="29"/>
       <c r="L40" s="29"/>
       <c r="M40" s="29"/>
       <c r="N40" s="29"/>
       <c r="O40" s="29"/>
       <c r="P40" s="29"/>
       <c r="Q40" s="29"/>
       <c r="R40" s="29"/>
       <c r="S40" s="29"/>
       <c r="T40" s="29"/>
       <c r="U40" s="29"/>
       <c r="V40" s="29"/>
       <c r="W40" s="29"/>
       <c r="X40" s="29"/>
       <c r="Y40" s="29"/>
     </row>
-    <row r="41" spans="1:108" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:111" x14ac:dyDescent="0.25">
       <c r="D41" s="29"/>
       <c r="E41" s="29"/>
       <c r="F41" s="29"/>
       <c r="G41" s="29"/>
       <c r="H41" s="29"/>
       <c r="I41" s="29"/>
       <c r="J41" s="29"/>
       <c r="K41" s="29"/>
       <c r="L41" s="29"/>
       <c r="M41" s="29"/>
       <c r="N41" s="29"/>
       <c r="O41" s="29"/>
       <c r="P41" s="29"/>
       <c r="Q41" s="29"/>
       <c r="R41" s="29"/>
       <c r="S41" s="29"/>
       <c r="T41" s="29"/>
       <c r="U41" s="29"/>
       <c r="V41" s="29"/>
       <c r="W41" s="29"/>
       <c r="X41" s="29"/>
       <c r="Y41" s="29"/>
     </row>
-    <row r="42" spans="1:108" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:111" x14ac:dyDescent="0.25">
       <c r="D42" s="29"/>
       <c r="E42" s="29"/>
       <c r="F42" s="29"/>
       <c r="G42" s="29"/>
       <c r="H42" s="29"/>
       <c r="I42" s="29"/>
       <c r="J42" s="29"/>
       <c r="K42" s="29"/>
       <c r="L42" s="29"/>
       <c r="M42" s="29"/>
       <c r="N42" s="29"/>
       <c r="O42" s="29"/>
       <c r="P42" s="29"/>
       <c r="Q42" s="29"/>
       <c r="R42" s="29"/>
       <c r="S42" s="29"/>
       <c r="T42" s="29"/>
       <c r="U42" s="29"/>
       <c r="V42" s="29"/>
       <c r="W42" s="29"/>
       <c r="X42" s="29"/>
       <c r="Y42" s="29"/>
     </row>
-    <row r="43" spans="1:108" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:111" x14ac:dyDescent="0.25">
       <c r="D43" s="29"/>
       <c r="E43" s="29"/>
       <c r="F43" s="29"/>
       <c r="G43" s="29"/>
       <c r="H43" s="29"/>
       <c r="I43" s="29"/>
       <c r="J43" s="29"/>
       <c r="K43" s="29"/>
       <c r="L43" s="29"/>
       <c r="M43" s="29"/>
       <c r="N43" s="29"/>
       <c r="O43" s="29"/>
       <c r="P43" s="29"/>
       <c r="Q43" s="29"/>
       <c r="R43" s="29"/>
       <c r="S43" s="29"/>
       <c r="T43" s="29"/>
       <c r="U43" s="29"/>
       <c r="V43" s="29"/>
       <c r="W43" s="29"/>
       <c r="X43" s="29"/>
       <c r="Y43" s="29"/>
     </row>
-    <row r="44" spans="1:108" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:111" x14ac:dyDescent="0.25">
       <c r="D44" s="29"/>
       <c r="E44" s="29"/>
       <c r="F44" s="29"/>
       <c r="G44" s="29"/>
       <c r="H44" s="29"/>
       <c r="I44" s="29"/>
       <c r="J44" s="29"/>
       <c r="K44" s="29"/>
       <c r="L44" s="29"/>
       <c r="M44" s="29"/>
       <c r="N44" s="29"/>
       <c r="O44" s="29"/>
       <c r="P44" s="29"/>
       <c r="Q44" s="29"/>
       <c r="R44" s="29"/>
       <c r="S44" s="29"/>
       <c r="T44" s="29"/>
       <c r="U44" s="29"/>
       <c r="V44" s="29"/>
       <c r="W44" s="29"/>
       <c r="X44" s="29"/>
       <c r="Y44" s="29"/>
     </row>
-    <row r="45" spans="1:108" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:111" x14ac:dyDescent="0.25">
       <c r="D45" s="29"/>
       <c r="E45" s="29"/>
       <c r="F45" s="29"/>
       <c r="G45" s="29"/>
       <c r="H45" s="29"/>
       <c r="I45" s="29"/>
       <c r="J45" s="29"/>
       <c r="K45" s="29"/>
       <c r="L45" s="29"/>
       <c r="M45" s="29"/>
       <c r="N45" s="29"/>
       <c r="O45" s="29"/>
       <c r="P45" s="29"/>
       <c r="Q45" s="29"/>
       <c r="R45" s="29"/>
       <c r="S45" s="29"/>
       <c r="T45" s="29"/>
       <c r="U45" s="29"/>
       <c r="V45" s="29"/>
       <c r="W45" s="29"/>
       <c r="X45" s="29"/>
       <c r="Y45" s="29"/>
     </row>
-    <row r="46" spans="1:108" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:111" x14ac:dyDescent="0.25">
       <c r="D46" s="29"/>
       <c r="E46" s="29"/>
       <c r="F46" s="29"/>
       <c r="G46" s="29"/>
       <c r="H46" s="29"/>
       <c r="I46" s="29"/>
       <c r="J46" s="29"/>
       <c r="K46" s="29"/>
       <c r="L46" s="29"/>
       <c r="M46" s="29"/>
       <c r="N46" s="29"/>
       <c r="O46" s="29"/>
       <c r="P46" s="29"/>
       <c r="Q46" s="29"/>
       <c r="R46" s="29"/>
       <c r="S46" s="29"/>
       <c r="T46" s="29"/>
       <c r="U46" s="29"/>
       <c r="V46" s="29"/>
       <c r="W46" s="29"/>
       <c r="X46" s="29"/>
       <c r="Y46" s="29"/>
     </row>
-    <row r="47" spans="1:108" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:111" x14ac:dyDescent="0.25">
       <c r="D47" s="29"/>
       <c r="E47" s="29"/>
       <c r="F47" s="29"/>
       <c r="G47" s="29"/>
       <c r="H47" s="29"/>
       <c r="I47" s="29"/>
       <c r="J47" s="29"/>
       <c r="K47" s="29"/>
       <c r="L47" s="29"/>
       <c r="M47" s="29"/>
       <c r="N47" s="29"/>
       <c r="O47" s="29"/>
       <c r="P47" s="29"/>
       <c r="Q47" s="29"/>
       <c r="R47" s="29"/>
       <c r="S47" s="29"/>
       <c r="T47" s="29"/>
       <c r="U47" s="29"/>
       <c r="V47" s="29"/>
       <c r="W47" s="29"/>
       <c r="X47" s="29"/>
       <c r="Y47" s="29"/>
     </row>
-    <row r="48" spans="1:108" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:111" x14ac:dyDescent="0.25">
       <c r="D48" s="29"/>
       <c r="E48" s="29"/>
       <c r="F48" s="29"/>
       <c r="G48" s="29"/>
       <c r="H48" s="29"/>
       <c r="I48" s="29"/>
       <c r="J48" s="29"/>
       <c r="K48" s="29"/>
       <c r="L48" s="29"/>
       <c r="M48" s="29"/>
       <c r="N48" s="29"/>
       <c r="O48" s="29"/>
       <c r="P48" s="29"/>
       <c r="Q48" s="29"/>
       <c r="R48" s="29"/>
       <c r="S48" s="29"/>
       <c r="T48" s="29"/>
       <c r="U48" s="29"/>
       <c r="V48" s="29"/>
       <c r="W48" s="29"/>
       <c r="X48" s="29"/>
       <c r="Y48" s="29"/>
     </row>
     <row r="49" spans="4:25" x14ac:dyDescent="0.25">
       <c r="D49" s="29"/>
@@ -15926,52 +16242,52 @@
       <c r="U249" s="29"/>
       <c r="V249" s="29"/>
       <c r="W249" s="29"/>
       <c r="X249" s="29"/>
       <c r="Y249" s="29"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="596918df6aaaf2eed3534d0b61dbf5d1">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9faf0890699bccc6d2bf185ba7ce82f7" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ac8ff77954c40bf04afd8a3b45c139a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="75731eb5f67757d61a35da63f5a16223" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <xsd:import namespace="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <xsd:import namespace="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:DateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -16172,96 +16488,96 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <DateModified xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="20867c8d-1cc9-4acd-a073-94634f6a764f" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0079A03-BD83-4FE0-B2FF-2FC71797847C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D82A6318-DA7C-443D-B82B-E26352BFA6F2}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0AC19053-007E-4305-9BF0-F9B9DE5E46B8}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A1FAEBF-0073-4B5C-BF8F-389B7520A983}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0AC19053-007E-4305-9BF0-F9B9DE5E46B8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Compliance Dataset</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>