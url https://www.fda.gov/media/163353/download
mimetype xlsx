--- v0 (2026-02-07)
+++ v1 (2026-02-27)
@@ -14,102 +14,102 @@
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/FDA-Track/Test Docs/FDA-TRACK/CDER/3 - Datasets/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="132" documentId="8_{058852C6-F839-4A32-B669-571A1405EB25}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DD371FE7-2C54-4CAC-93FD-49BC25B00FB6}"/>
+  <xr:revisionPtr revIDLastSave="157" documentId="8_{058852C6-F839-4A32-B669-571A1405EB25}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B77194B1-6659-43A5-B3FA-0F89CD72BF9A}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="830" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="830" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Biosimilars Dataset" sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Biosimilars Dataset'!$A$1:$AM$16</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="AJ8" i="7" l="1"/>
   <c r="AG8" i="7"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={1D185B0D-C775-45E5-9690-D7ABC7FC7F54}</author>
   </authors>
   <commentList>
     <comment ref="BE14" authorId="0" shapeId="0" xr:uid="{1D185B0D-C775-45E5-9690-D7ABC7FC7F54}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     No actions were reported in FY20 Q2</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="36">
   <si>
     <t>CDER Dashboard Name</t>
   </si>
   <si>
     <t>Metric</t>
   </si>
   <si>
     <t>Metric Definition</t>
   </si>
   <si>
     <t>Biosimilars</t>
   </si>
   <si>
     <t>Number of original BLA submissions</t>
   </si>
   <si>
     <t>Under the Biosimilars User Fee Act (BsUFA), sponsors are assessed user fees that provide FDA with the additional resources needed to meet agreed upon performance goals.  BsUFA sets goal dates for CDER to take action on biosimilar applications submitted for review.  An action is a decision.  Examples include, approving a biosimilar, not approving a biosimilar, and delaying approval for a biosimilar for further information. 
 A Biosimilar Biologic License Application (BLA) is the application a manufacturer of a biosimilar or interchangeable product submits under 351(k) of the PHS Act to CDER for consideration of approval.</t>
   </si>
   <si>
     <t xml:space="preserve">Number of BsUFA original supplements with clinical data </t>
   </si>
   <si>
     <t xml:space="preserve">Under the Biosimilars User Fee Act (BsUFA), sponsors are assessed user fees that provide FDA with the additional resources needed to meet agreed upon performance goals.  BsUFA sets goal dates for CDER to take action on biosimilar applications submitted for review.  An action is a decision.  Examples include, approving a biosimilar, not approving a biosimilar, and delaying approval for a biosimilar for further information. 
 Supplements with clinical data to biosimilar BLAs are applications to make certain changes (e.g., add an indication) to an approved marketing application. </t>
@@ -753,57 +753,57 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <threadedComment ref="BE14" dT="2020-05-14T18:03:53.95" personId="{D2644F6C-1691-4890-8AA1-23BC185F52D3}" id="{1D185B0D-C775-45E5-9690-D7ABC7FC7F54}">
     <text>No actions were reported in FY20 Q2</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:DS241"/>
+  <dimension ref="A1:DV241"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="1" topLeftCell="DH2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="1" topLeftCell="DN2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="DT16" sqref="DT16:DU16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="21.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="28" style="19" customWidth="1"/>
     <col min="2" max="2" width="66.5703125" style="19" customWidth="1"/>
     <col min="3" max="3" width="67.42578125" style="19" customWidth="1"/>
     <col min="4" max="4" width="15.85546875" style="19" customWidth="1"/>
     <col min="5" max="5" width="18.7109375" style="19" customWidth="1"/>
     <col min="6" max="6" width="18.28515625" style="19" customWidth="1"/>
     <col min="7" max="7" width="16.42578125" style="19" customWidth="1"/>
     <col min="8" max="8" width="17.7109375" style="19" customWidth="1"/>
     <col min="9" max="9" width="14.42578125" style="19" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" style="19" customWidth="1"/>
     <col min="11" max="11" width="11.85546875" style="19" customWidth="1"/>
     <col min="12" max="12" width="12.42578125" style="19" customWidth="1"/>
     <col min="13" max="13" width="11.85546875" style="19" customWidth="1"/>
     <col min="14" max="14" width="14.7109375" style="19" customWidth="1"/>
     <col min="15" max="15" width="19.28515625" style="19" customWidth="1"/>
     <col min="16" max="16" width="16" style="19" customWidth="1"/>
     <col min="17" max="17" width="18.85546875" style="19" customWidth="1"/>
     <col min="18" max="18" width="18.42578125" style="19" customWidth="1"/>
     <col min="19" max="19" width="16.28515625" style="19" customWidth="1"/>
     <col min="20" max="20" width="17.5703125" style="19" customWidth="1"/>
     <col min="21" max="21" width="14.28515625" style="19" customWidth="1"/>
@@ -878,54 +878,56 @@
     <col min="97" max="99" width="18.42578125" style="19" customWidth="1"/>
     <col min="100" max="100" width="16" style="19" bestFit="1" customWidth="1"/>
     <col min="101" max="101" width="18.85546875" style="19" bestFit="1" customWidth="1"/>
     <col min="102" max="102" width="18.42578125" style="19" bestFit="1" customWidth="1"/>
     <col min="103" max="103" width="18.28515625" style="19" bestFit="1" customWidth="1"/>
     <col min="104" max="104" width="18" style="19" bestFit="1" customWidth="1"/>
     <col min="105" max="105" width="14.42578125" style="19" bestFit="1" customWidth="1"/>
     <col min="106" max="106" width="10.7109375" style="22" bestFit="1" customWidth="1"/>
     <col min="107" max="107" width="10.140625" style="22" bestFit="1" customWidth="1"/>
     <col min="108" max="108" width="11.140625" style="22" bestFit="1" customWidth="1"/>
     <col min="109" max="109" width="10.140625" style="19" bestFit="1" customWidth="1"/>
     <col min="110" max="110" width="13.28515625" style="19" bestFit="1" customWidth="1"/>
     <col min="111" max="111" width="17.5703125" style="19" bestFit="1" customWidth="1"/>
     <col min="112" max="112" width="14.5703125" style="19" bestFit="1" customWidth="1"/>
     <col min="113" max="113" width="16.85546875" style="19" bestFit="1" customWidth="1"/>
     <col min="114" max="114" width="16.7109375" style="19" bestFit="1" customWidth="1"/>
     <col min="115" max="115" width="14.140625" style="19" bestFit="1" customWidth="1"/>
     <col min="116" max="116" width="15.28515625" style="19" bestFit="1" customWidth="1"/>
     <col min="117" max="117" width="12.42578125" style="19" bestFit="1" customWidth="1"/>
     <col min="118" max="118" width="10.7109375" style="19" bestFit="1" customWidth="1"/>
     <col min="119" max="119" width="10.140625" style="19" bestFit="1" customWidth="1"/>
     <col min="120" max="120" width="11.140625" style="19" bestFit="1" customWidth="1"/>
     <col min="121" max="121" width="10.140625" style="19" bestFit="1" customWidth="1"/>
     <col min="122" max="122" width="13.28515625" style="19" bestFit="1" customWidth="1"/>
     <col min="123" max="123" width="17.5703125" style="19" bestFit="1" customWidth="1"/>
-    <col min="124" max="16384" width="9.140625" style="19"/>
+    <col min="124" max="125" width="17.28515625" style="19" customWidth="1"/>
+    <col min="126" max="126" width="17.5703125" style="19" bestFit="1" customWidth="1"/>
+    <col min="127" max="16384" width="9.140625" style="19"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:123" s="4" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:126" s="4" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3">
         <v>42278</v>
       </c>
       <c r="E1" s="3">
         <v>42309</v>
       </c>
       <c r="F1" s="3">
         <v>42339</v>
       </c>
       <c r="G1" s="3">
         <v>42370</v>
       </c>
       <c r="H1" s="3">
         <v>42401</v>
       </c>
       <c r="I1" s="3">
@@ -1251,52 +1253,61 @@
       </c>
       <c r="DL1" s="3">
         <v>45689</v>
       </c>
       <c r="DM1" s="3">
         <v>45717</v>
       </c>
       <c r="DN1" s="3">
         <v>45748</v>
       </c>
       <c r="DO1" s="3">
         <v>45778</v>
       </c>
       <c r="DP1" s="3">
         <v>45809</v>
       </c>
       <c r="DQ1" s="3">
         <v>45839</v>
       </c>
       <c r="DR1" s="3">
         <v>45870</v>
       </c>
       <c r="DS1" s="3">
         <v>45901</v>
       </c>
-    </row>
-    <row r="2" spans="1:123" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="DT1" s="3">
+        <v>45931</v>
+      </c>
+      <c r="DU1" s="3">
+        <v>45962</v>
+      </c>
+      <c r="DV1" s="3">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="2" spans="1:126" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="9">
         <v>2</v>
       </c>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="9">
         <v>1</v>
       </c>
       <c r="J2" s="9"/>
       <c r="K2" s="9"/>
       <c r="L2" s="9">
         <v>0</v>
       </c>
       <c r="M2" s="9"/>
@@ -1456,52 +1467,55 @@
       <c r="DC2" s="11"/>
       <c r="DD2" s="11">
         <v>1</v>
       </c>
       <c r="DG2" s="11">
         <v>6</v>
       </c>
       <c r="DJ2" s="11">
         <v>9</v>
       </c>
       <c r="DK2" s="11"/>
       <c r="DL2" s="11"/>
       <c r="DM2" s="24">
         <v>1</v>
       </c>
       <c r="DN2" s="10"/>
       <c r="DO2" s="10"/>
       <c r="DP2" s="10">
         <v>5</v>
       </c>
       <c r="DQ2" s="10"/>
       <c r="DR2" s="10"/>
       <c r="DS2" s="10">
         <v>3</v>
       </c>
-    </row>
-    <row r="3" spans="1:123" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="DV2" s="10">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:126" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8">
         <v>0</v>
       </c>
       <c r="G3" s="8"/>
       <c r="H3" s="8"/>
       <c r="I3" s="8">
         <v>0</v>
       </c>
       <c r="J3" s="8"/>
       <c r="K3" s="8"/>
       <c r="L3" s="8">
         <v>0</v>
       </c>
       <c r="M3" s="8"/>
@@ -1661,52 +1675,55 @@
       <c r="DC3" s="11"/>
       <c r="DD3" s="10" t="s">
         <v>8</v>
       </c>
       <c r="DG3" s="10" t="s">
         <v>8</v>
       </c>
       <c r="DJ3" s="10" t="s">
         <v>8</v>
       </c>
       <c r="DK3" s="11"/>
       <c r="DL3" s="11"/>
       <c r="DM3" s="10" t="s">
         <v>8</v>
       </c>
       <c r="DN3" s="24"/>
       <c r="DO3" s="24"/>
       <c r="DP3" s="10" t="s">
         <v>8</v>
       </c>
       <c r="DQ3" s="24"/>
       <c r="DR3" s="10"/>
       <c r="DS3" s="10" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:123" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="DV3" s="10" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="4" spans="1:126" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D4" s="8"/>
       <c r="E4" s="8"/>
       <c r="F4" s="8"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8"/>
       <c r="M4" s="8"/>
       <c r="N4" s="8"/>
       <c r="O4" s="8"/>
       <c r="P4" s="8"/>
       <c r="Q4" s="8"/>
       <c r="R4" s="8"/>
       <c r="S4" s="8"/>
@@ -1810,52 +1827,55 @@
       <c r="DC4" s="11"/>
       <c r="DD4" s="11">
         <v>2</v>
       </c>
       <c r="DG4" s="11">
         <v>0</v>
       </c>
       <c r="DJ4" s="11">
         <v>0</v>
       </c>
       <c r="DK4" s="11"/>
       <c r="DL4" s="11"/>
       <c r="DM4" s="24">
         <v>0</v>
       </c>
       <c r="DN4" s="10"/>
       <c r="DO4" s="10"/>
       <c r="DP4" s="10">
         <v>0</v>
       </c>
       <c r="DQ4" s="10"/>
       <c r="DR4" s="10"/>
       <c r="DS4" s="10">
         <v>2</v>
       </c>
-    </row>
-    <row r="5" spans="1:123" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="DV4" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="5" spans="1:126" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="8"/>
       <c r="E5" s="8"/>
       <c r="F5" s="8">
         <v>0</v>
       </c>
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8">
         <v>0</v>
       </c>
       <c r="J5" s="8"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8">
         <v>1</v>
       </c>
       <c r="M5" s="8"/>
@@ -2015,52 +2035,55 @@
       <c r="DC5" s="11"/>
       <c r="DD5" s="11">
         <v>8</v>
       </c>
       <c r="DG5" s="11">
         <v>8</v>
       </c>
       <c r="DJ5" s="11">
         <v>5</v>
       </c>
       <c r="DK5" s="11"/>
       <c r="DL5" s="11"/>
       <c r="DM5" s="24">
         <v>6</v>
       </c>
       <c r="DN5" s="10"/>
       <c r="DO5" s="10"/>
       <c r="DP5" s="10">
         <v>1</v>
       </c>
       <c r="DQ5" s="10"/>
       <c r="DR5" s="10"/>
       <c r="DS5" s="10">
         <v>3</v>
       </c>
-    </row>
-    <row r="6" spans="1:123" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="DV5" s="10">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:126" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>13</v>
       </c>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8">
         <v>0</v>
       </c>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8">
         <v>2</v>
       </c>
       <c r="J6" s="8"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8">
         <v>3</v>
       </c>
       <c r="M6" s="8"/>
@@ -2220,52 +2243,55 @@
       <c r="DC6" s="11"/>
       <c r="DD6" s="11">
         <v>2</v>
       </c>
       <c r="DG6" s="11">
         <v>2</v>
       </c>
       <c r="DJ6" s="11">
         <v>3</v>
       </c>
       <c r="DK6" s="11"/>
       <c r="DL6" s="11"/>
       <c r="DM6" s="24">
         <v>5</v>
       </c>
       <c r="DN6" s="10"/>
       <c r="DO6" s="10"/>
       <c r="DP6" s="10">
         <v>4</v>
       </c>
       <c r="DQ6" s="10"/>
       <c r="DR6" s="10"/>
       <c r="DS6" s="10">
         <v>8</v>
       </c>
-    </row>
-    <row r="7" spans="1:123" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="DV6" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="7" spans="1:126" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="8"/>
       <c r="E7" s="8"/>
       <c r="F7" s="8">
         <v>2</v>
       </c>
       <c r="G7" s="8"/>
       <c r="H7" s="8"/>
       <c r="I7" s="8">
         <v>3</v>
       </c>
       <c r="J7" s="8"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8">
         <v>1</v>
       </c>
       <c r="M7" s="8"/>
@@ -2425,52 +2451,55 @@
       <c r="DC7" s="11"/>
       <c r="DD7" s="11">
         <v>3</v>
       </c>
       <c r="DG7" s="11">
         <v>5</v>
       </c>
       <c r="DJ7" s="11">
         <v>3</v>
       </c>
       <c r="DK7" s="11"/>
       <c r="DL7" s="11"/>
       <c r="DM7" s="24">
         <v>2</v>
       </c>
       <c r="DN7" s="10"/>
       <c r="DO7" s="10"/>
       <c r="DP7" s="10">
         <v>1</v>
       </c>
       <c r="DQ7" s="10"/>
       <c r="DR7" s="10"/>
       <c r="DS7" s="10">
         <v>2</v>
       </c>
-    </row>
-    <row r="8" spans="1:123" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="DV7" s="10">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8" spans="1:126" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="8"/>
       <c r="E8" s="8"/>
       <c r="F8" s="8">
         <v>16</v>
       </c>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8">
         <v>8</v>
       </c>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8">
         <v>11</v>
       </c>
       <c r="M8" s="8"/>
@@ -2632,52 +2661,55 @@
       <c r="DC8" s="10"/>
       <c r="DD8" s="10" t="s">
         <v>8</v>
       </c>
       <c r="DG8" s="10" t="s">
         <v>8</v>
       </c>
       <c r="DJ8" s="10" t="s">
         <v>8</v>
       </c>
       <c r="DK8" s="11"/>
       <c r="DL8" s="11"/>
       <c r="DM8" s="10" t="s">
         <v>8</v>
       </c>
       <c r="DN8" s="24"/>
       <c r="DO8" s="24"/>
       <c r="DP8" s="10" t="s">
         <v>8</v>
       </c>
       <c r="DQ8" s="24"/>
       <c r="DR8" s="10"/>
       <c r="DS8" s="10" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="9" spans="1:123" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="DV8" s="10" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:126" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="8"/>
       <c r="E9" s="8"/>
       <c r="F9" s="8"/>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8"/>
       <c r="J9" s="8"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8"/>
       <c r="P9" s="8"/>
       <c r="Q9" s="8"/>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
@@ -2781,52 +2813,55 @@
       <c r="DC9" s="11"/>
       <c r="DD9" s="11">
         <v>8</v>
       </c>
       <c r="DG9" s="11">
         <v>4</v>
       </c>
       <c r="DJ9" s="11">
         <v>5</v>
       </c>
       <c r="DK9" s="11"/>
       <c r="DL9" s="11"/>
       <c r="DM9" s="24">
         <v>6</v>
       </c>
       <c r="DN9" s="10"/>
       <c r="DO9" s="10"/>
       <c r="DP9" s="10">
         <v>8</v>
       </c>
       <c r="DQ9" s="10"/>
       <c r="DR9" s="10"/>
       <c r="DS9" s="10">
         <v>7</v>
       </c>
-    </row>
-    <row r="10" spans="1:123" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="DV9" s="10">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:126" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
       <c r="J10" s="8"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8"/>
       <c r="P10" s="8"/>
       <c r="Q10" s="8"/>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
@@ -2930,52 +2965,55 @@
       <c r="DC10" s="11"/>
       <c r="DD10" s="11">
         <v>14</v>
       </c>
       <c r="DG10" s="11">
         <v>18</v>
       </c>
       <c r="DJ10" s="11">
         <v>16</v>
       </c>
       <c r="DK10" s="11"/>
       <c r="DL10" s="11"/>
       <c r="DM10" s="24">
         <v>19</v>
       </c>
       <c r="DN10" s="10"/>
       <c r="DO10" s="10"/>
       <c r="DP10" s="10">
         <v>7</v>
       </c>
       <c r="DQ10" s="10"/>
       <c r="DR10" s="10"/>
       <c r="DS10" s="10">
         <v>11</v>
       </c>
-    </row>
-    <row r="11" spans="1:123" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="DV10" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:126" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8">
         <v>1</v>
       </c>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8">
         <v>1</v>
       </c>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8">
         <v>1</v>
       </c>
       <c r="M11" s="8"/>
@@ -3135,52 +3173,55 @@
       <c r="DC11" s="11"/>
       <c r="DD11" s="11">
         <v>0</v>
       </c>
       <c r="DG11" s="11">
         <v>0</v>
       </c>
       <c r="DJ11" s="11">
         <v>0</v>
       </c>
       <c r="DK11" s="11"/>
       <c r="DL11" s="11"/>
       <c r="DM11" s="24">
         <v>0</v>
       </c>
       <c r="DN11" s="10"/>
       <c r="DO11" s="10"/>
       <c r="DP11" s="10">
         <v>1</v>
       </c>
       <c r="DQ11" s="10"/>
       <c r="DR11" s="10"/>
       <c r="DS11" s="10">
         <v>0</v>
       </c>
-    </row>
-    <row r="12" spans="1:123" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="DV11" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:126" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D12" s="8"/>
       <c r="E12" s="8"/>
       <c r="F12" s="8">
         <v>1</v>
       </c>
       <c r="G12" s="8"/>
       <c r="H12" s="8"/>
       <c r="I12" s="8">
         <v>2</v>
       </c>
       <c r="J12" s="8"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8">
         <v>4</v>
       </c>
       <c r="M12" s="8"/>
@@ -3340,52 +3381,55 @@
       <c r="DC12" s="11"/>
       <c r="DD12" s="11">
         <v>5</v>
       </c>
       <c r="DG12" s="11">
         <v>4</v>
       </c>
       <c r="DJ12" s="11">
         <v>1</v>
       </c>
       <c r="DK12" s="11"/>
       <c r="DL12" s="11"/>
       <c r="DM12" s="24">
         <v>3</v>
       </c>
       <c r="DN12" s="10"/>
       <c r="DO12" s="10"/>
       <c r="DP12" s="10">
         <v>2</v>
       </c>
       <c r="DQ12" s="10"/>
       <c r="DR12" s="10"/>
       <c r="DS12" s="10">
         <v>8</v>
       </c>
-    </row>
-    <row r="13" spans="1:123" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="DV12" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:126" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="8"/>
       <c r="E13" s="8"/>
       <c r="F13" s="8">
         <v>0</v>
       </c>
       <c r="G13" s="8"/>
       <c r="H13" s="8"/>
       <c r="I13" s="8">
         <v>0</v>
       </c>
       <c r="J13" s="8"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8">
         <v>0</v>
       </c>
       <c r="M13" s="8"/>
@@ -3545,52 +3589,55 @@
       <c r="DC13" s="11"/>
       <c r="DD13" s="11">
         <v>10</v>
       </c>
       <c r="DG13" s="11">
         <v>21</v>
       </c>
       <c r="DJ13" s="11">
         <v>10</v>
       </c>
       <c r="DK13" s="11"/>
       <c r="DL13" s="11"/>
       <c r="DM13" s="24">
         <v>8</v>
       </c>
       <c r="DN13" s="10"/>
       <c r="DO13" s="10"/>
       <c r="DP13" s="10">
         <v>12</v>
       </c>
       <c r="DQ13" s="10"/>
       <c r="DR13" s="10"/>
       <c r="DS13" s="10">
         <v>15</v>
       </c>
-    </row>
-    <row r="14" spans="1:123" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="DV13" s="10">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="14" spans="1:126" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14">
         <v>1</v>
       </c>
       <c r="G14" s="14"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14">
         <v>1</v>
       </c>
       <c r="J14" s="14"/>
       <c r="K14" s="14"/>
       <c r="L14" s="14">
         <v>1</v>
       </c>
       <c r="M14" s="14"/>
@@ -3750,52 +3797,55 @@
       <c r="DC14" s="11"/>
       <c r="DD14" s="16">
         <v>0.92</v>
       </c>
       <c r="DG14" s="16">
         <v>1</v>
       </c>
       <c r="DJ14" s="23">
         <v>1</v>
       </c>
       <c r="DK14" s="11"/>
       <c r="DL14" s="11"/>
       <c r="DM14" s="25">
         <v>0.91</v>
       </c>
       <c r="DN14" s="15"/>
       <c r="DO14" s="15"/>
       <c r="DP14" s="15">
         <v>1</v>
       </c>
       <c r="DQ14" s="15"/>
       <c r="DR14" s="15"/>
       <c r="DS14" s="15">
         <v>1</v>
       </c>
-    </row>
-    <row r="15" spans="1:123" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="DV14" s="15">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:126" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="8"/>
       <c r="E15" s="8"/>
       <c r="F15" s="8">
         <v>1</v>
       </c>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8">
         <v>2</v>
       </c>
       <c r="J15" s="8"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8">
         <v>5</v>
       </c>
       <c r="M15" s="8"/>
@@ -3955,52 +4005,55 @@
       <c r="DC15" s="11"/>
       <c r="DD15" s="11">
         <v>8</v>
       </c>
       <c r="DG15" s="11">
         <v>2</v>
       </c>
       <c r="DJ15" s="11">
         <v>2</v>
       </c>
       <c r="DK15" s="11"/>
       <c r="DL15" s="11"/>
       <c r="DM15" s="24">
         <v>0</v>
       </c>
       <c r="DN15" s="10"/>
       <c r="DO15" s="10"/>
       <c r="DP15" s="10">
         <v>2</v>
       </c>
       <c r="DQ15" s="10"/>
       <c r="DR15" s="10"/>
       <c r="DS15" s="10">
         <v>1</v>
       </c>
-    </row>
-    <row r="16" spans="1:123" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="DV15" s="10">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="16" spans="1:126" s="6" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D16" s="8">
         <v>57</v>
       </c>
       <c r="E16" s="8">
         <v>59</v>
       </c>
       <c r="F16" s="8">
         <v>59</v>
       </c>
       <c r="G16" s="8">
         <v>58</v>
       </c>
       <c r="H16" s="8">
         <v>58</v>
       </c>
       <c r="I16" s="8">
@@ -4325,50 +4378,59 @@
         <v>117</v>
       </c>
       <c r="DL16" s="11">
         <v>118</v>
       </c>
       <c r="DM16" s="24">
         <v>119</v>
       </c>
       <c r="DN16" s="10">
         <v>119</v>
       </c>
       <c r="DO16" s="10">
         <v>124</v>
       </c>
       <c r="DP16" s="10">
         <v>124</v>
       </c>
       <c r="DQ16" s="10">
         <v>125</v>
       </c>
       <c r="DR16" s="10">
         <v>130</v>
       </c>
       <c r="DS16" s="10">
         <v>126</v>
+      </c>
+      <c r="DT16" s="10">
+        <v>127</v>
+      </c>
+      <c r="DU16" s="10">
+        <v>130</v>
+      </c>
+      <c r="DV16" s="10">
+        <v>135</v>
       </c>
     </row>
     <row r="18" spans="4:41" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D18" s="18"/>
       <c r="E18" s="18"/>
       <c r="F18" s="18"/>
       <c r="G18" s="18"/>
       <c r="H18" s="18"/>
       <c r="I18" s="18"/>
       <c r="J18" s="18"/>
       <c r="K18" s="18"/>
       <c r="L18" s="18"/>
       <c r="M18" s="18"/>
       <c r="N18" s="18"/>
       <c r="O18" s="18"/>
       <c r="P18" s="18"/>
       <c r="Q18" s="18"/>
       <c r="R18" s="18"/>
       <c r="S18" s="18"/>
       <c r="T18" s="18"/>
       <c r="U18" s="18"/>
       <c r="V18" s="18"/>
       <c r="W18" s="18"/>
       <c r="X18" s="18"/>
       <c r="Y18" s="18"/>
@@ -12863,52 +12925,73 @@
       <c r="AJ241" s="18"/>
       <c r="AK241" s="18"/>
       <c r="AL241" s="18"/>
       <c r="AM241" s="18"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="10" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="db101495e007721b52901cd023214990">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="af2242a3545b01a26bc87f948ddb4682" ns2:_="" ns3:_="" ns4:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <DateModified xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="20867c8d-1cc9-4acd-a073-94634f6a764f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ac8ff77954c40bf04afd8a3b45c139a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="75731eb5f67757d61a35da63f5a16223" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <xsd:import namespace="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <xsd:import namespace="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:DateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -13108,99 +13191,78 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{417FC083-9C59-42F6-9FE4-63030ECB90E4}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B15C989E-9A7C-4FF5-8A63-B411D65D771B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6DD55A00-0C41-4024-90BA-8829880E8F85}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B15C989E-9A7C-4FF5-8A63-B411D65D771B}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACF41097-5257-43AA-B000-3D353646E04F}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Biosimilars Dataset</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>