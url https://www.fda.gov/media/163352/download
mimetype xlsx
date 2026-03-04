--- v0 (2026-02-08)
+++ v1 (2026-03-04)
@@ -10,53 +10,53 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/FDA-Track/Test Docs/FDA-TRACK/CDER/3 - Datasets/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="384" documentId="8_{D484EC18-03CF-4F47-9391-5044D319410A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{57CFC84D-4261-4133-B59F-E7AF486C1CEC}"/>
+  <xr:revisionPtr revIDLastSave="391" documentId="8_{D484EC18-03CF-4F47-9391-5044D319410A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6F2C852E-16D4-4122-A737-26666D3BD444}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{14055F6C-5559-4F16-9796-A13471A48D04}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{14055F6C-5559-4F16-9796-A13471A48D04}"/>
   </bookViews>
   <sheets>
     <sheet name="Drugs and Biologics Dataset" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -811,57 +811,57 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF5D48B2-E3FE-4FC9-B666-880EDF8F92CD}">
-  <dimension ref="A1:DS262"/>
+  <dimension ref="A1:DV262"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="1" topLeftCell="DG2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="1" topLeftCell="DN2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="DV1" sqref="DV1:DV1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.140625" style="21" customWidth="1"/>
     <col min="2" max="2" width="58.42578125" style="22" customWidth="1"/>
     <col min="3" max="3" width="37.140625" style="21" customWidth="1"/>
     <col min="4" max="4" width="15.85546875" style="21" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="18.7109375" style="21" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.28515625" style="21" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.42578125" style="21" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="17.7109375" style="21" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14.42578125" style="21" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" style="21" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="11.85546875" style="21" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="12.42578125" style="21" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="11.85546875" style="21" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="14.7109375" style="21" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="19.28515625" style="21" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="16" style="21" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.85546875" style="21" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="18.42578125" style="21" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="16.28515625" style="21" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="17.5703125" style="21" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.28515625" style="21" bestFit="1" customWidth="1"/>
@@ -932,54 +932,56 @@
     <col min="88" max="90" width="18.28515625" style="21" bestFit="1" customWidth="1"/>
     <col min="91" max="93" width="18" style="21" customWidth="1"/>
     <col min="94" max="97" width="18.140625" style="21" customWidth="1"/>
     <col min="98" max="98" width="18.42578125" style="21" customWidth="1"/>
     <col min="99" max="99" width="18.140625" style="21" customWidth="1"/>
     <col min="100" max="100" width="15" style="21" customWidth="1"/>
     <col min="101" max="101" width="17.7109375" style="21" bestFit="1" customWidth="1"/>
     <col min="102" max="105" width="17.28515625" style="21" customWidth="1"/>
     <col min="106" max="106" width="10.7109375" style="21" bestFit="1" customWidth="1"/>
     <col min="107" max="107" width="10.140625" style="21" bestFit="1" customWidth="1"/>
     <col min="108" max="108" width="11.140625" style="21" bestFit="1" customWidth="1"/>
     <col min="109" max="109" width="10.140625" style="21" bestFit="1" customWidth="1"/>
     <col min="110" max="110" width="13.28515625" style="21" bestFit="1" customWidth="1"/>
     <col min="111" max="111" width="17.5703125" style="21" bestFit="1" customWidth="1"/>
     <col min="112" max="112" width="14.5703125" style="21" bestFit="1" customWidth="1"/>
     <col min="113" max="113" width="16.85546875" style="21" bestFit="1" customWidth="1"/>
     <col min="114" max="114" width="16.7109375" style="21" bestFit="1" customWidth="1"/>
     <col min="115" max="115" width="14.140625" style="21" bestFit="1" customWidth="1"/>
     <col min="116" max="116" width="15.28515625" style="21" bestFit="1" customWidth="1"/>
     <col min="117" max="117" width="12.42578125" style="21" bestFit="1" customWidth="1"/>
     <col min="118" max="118" width="10.7109375" style="21" bestFit="1" customWidth="1"/>
     <col min="119" max="119" width="10.140625" style="21" bestFit="1" customWidth="1"/>
     <col min="120" max="120" width="11.140625" style="21" bestFit="1" customWidth="1"/>
     <col min="121" max="122" width="12.85546875" style="21" customWidth="1"/>
     <col min="123" max="123" width="17.42578125" style="21" customWidth="1"/>
-    <col min="124" max="16384" width="9.140625" style="21"/>
+    <col min="124" max="125" width="18" style="21" customWidth="1"/>
+    <col min="126" max="126" width="17.42578125" style="21" customWidth="1"/>
+    <col min="127" max="16384" width="9.140625" style="21"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:123" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:126" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4">
         <v>42278</v>
       </c>
       <c r="E1" s="4">
         <v>42309</v>
       </c>
       <c r="F1" s="4">
         <v>42339</v>
       </c>
       <c r="G1" s="4">
         <v>42370</v>
       </c>
       <c r="H1" s="4">
         <v>42401</v>
       </c>
       <c r="I1" s="4">
@@ -1305,52 +1307,61 @@
       </c>
       <c r="DL1" s="4">
         <v>45689</v>
       </c>
       <c r="DM1" s="4">
         <v>45717</v>
       </c>
       <c r="DN1" s="4">
         <v>45748</v>
       </c>
       <c r="DO1" s="4">
         <v>45778</v>
       </c>
       <c r="DP1" s="4">
         <v>45809</v>
       </c>
       <c r="DQ1" s="4">
         <v>45839</v>
       </c>
       <c r="DR1" s="4">
         <v>45870</v>
       </c>
       <c r="DS1" s="4">
         <v>45901</v>
       </c>
-    </row>
-    <row r="2" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DT1" s="4">
+        <v>45931</v>
+      </c>
+      <c r="DU1" s="4">
+        <v>45962</v>
+      </c>
+      <c r="DV1" s="4">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="2" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A2" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="9">
         <v>4</v>
       </c>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9">
         <v>2</v>
       </c>
       <c r="J2" s="9"/>
       <c r="K2" s="9"/>
       <c r="L2" s="9">
         <v>2</v>
       </c>
       <c r="M2" s="9"/>
@@ -1507,52 +1518,55 @@
         <v>5</v>
       </c>
       <c r="DD2" s="13">
         <v>2</v>
       </c>
       <c r="DG2" s="13">
         <v>6</v>
       </c>
       <c r="DJ2" s="13">
         <v>7</v>
       </c>
       <c r="DK2" s="28"/>
       <c r="DL2" s="28"/>
       <c r="DM2" s="28">
         <v>3</v>
       </c>
       <c r="DN2" s="29"/>
       <c r="DO2" s="29"/>
       <c r="DP2" s="29">
         <v>7</v>
       </c>
       <c r="DR2" s="13"/>
       <c r="DS2" s="13">
         <v>5</v>
       </c>
-    </row>
-    <row r="3" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV2" s="13">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="9">
         <v>23</v>
       </c>
       <c r="G3" s="9"/>
       <c r="H3" s="9"/>
       <c r="I3" s="9">
         <v>28</v>
       </c>
       <c r="J3" s="9"/>
       <c r="K3" s="9"/>
       <c r="L3" s="9">
         <v>33</v>
       </c>
       <c r="M3" s="9"/>
@@ -1709,52 +1723,55 @@
         <v>22</v>
       </c>
       <c r="DD3" s="13">
         <v>23</v>
       </c>
       <c r="DG3" s="13">
         <v>26</v>
       </c>
       <c r="DJ3" s="13">
         <v>41</v>
       </c>
       <c r="DK3" s="28"/>
       <c r="DL3" s="28"/>
       <c r="DM3" s="28">
         <v>23</v>
       </c>
       <c r="DN3" s="29"/>
       <c r="DO3" s="29"/>
       <c r="DP3" s="29">
         <v>28</v>
       </c>
       <c r="DR3" s="13"/>
       <c r="DS3" s="13">
         <v>35</v>
       </c>
-    </row>
-    <row r="4" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV3" s="13">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="8"/>
       <c r="E4" s="8"/>
       <c r="F4" s="9">
         <v>7</v>
       </c>
       <c r="G4" s="9"/>
       <c r="H4" s="9"/>
       <c r="I4" s="9">
         <v>4</v>
       </c>
       <c r="J4" s="9"/>
       <c r="K4" s="9"/>
       <c r="L4" s="9">
         <v>13</v>
       </c>
       <c r="M4" s="9"/>
@@ -1911,52 +1928,55 @@
         <v>9</v>
       </c>
       <c r="DD4" s="13">
         <v>13</v>
       </c>
       <c r="DG4" s="13">
         <v>3</v>
       </c>
       <c r="DJ4" s="13">
         <v>19</v>
       </c>
       <c r="DK4" s="28"/>
       <c r="DL4" s="28"/>
       <c r="DM4" s="28">
         <v>11</v>
       </c>
       <c r="DN4" s="29"/>
       <c r="DO4" s="29"/>
       <c r="DP4" s="29">
         <v>4</v>
       </c>
       <c r="DR4" s="13"/>
       <c r="DS4" s="13">
         <v>5</v>
       </c>
-    </row>
-    <row r="5" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV4" s="13">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A5" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="8"/>
       <c r="E5" s="8"/>
       <c r="F5" s="9">
         <v>20</v>
       </c>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9">
         <v>26</v>
       </c>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9">
         <v>22</v>
       </c>
       <c r="M5" s="9"/>
@@ -2113,52 +2133,55 @@
         <v>18</v>
       </c>
       <c r="DD5" s="13">
         <v>12</v>
       </c>
       <c r="DG5" s="13">
         <v>16</v>
       </c>
       <c r="DJ5" s="13">
         <v>29</v>
       </c>
       <c r="DK5" s="28"/>
       <c r="DL5" s="28"/>
       <c r="DM5" s="28">
         <v>15</v>
       </c>
       <c r="DN5" s="29"/>
       <c r="DO5" s="29"/>
       <c r="DP5" s="29">
         <v>28</v>
       </c>
       <c r="DR5" s="13"/>
       <c r="DS5" s="13">
         <v>16</v>
       </c>
-    </row>
-    <row r="6" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV5" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>13</v>
       </c>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="9">
         <v>0</v>
       </c>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9">
         <v>0</v>
       </c>
       <c r="J6" s="9"/>
       <c r="K6" s="9"/>
       <c r="L6" s="9">
         <v>0</v>
       </c>
       <c r="M6" s="9"/>
@@ -2315,52 +2338,55 @@
         <v>0</v>
       </c>
       <c r="DD6" s="13">
         <v>0</v>
       </c>
       <c r="DG6" s="13">
         <v>13</v>
       </c>
       <c r="DJ6" s="13">
         <v>0</v>
       </c>
       <c r="DK6" s="28"/>
       <c r="DL6" s="28"/>
       <c r="DM6" s="28">
         <v>0</v>
       </c>
       <c r="DN6" s="29"/>
       <c r="DO6" s="29"/>
       <c r="DP6" s="29">
         <v>0</v>
       </c>
       <c r="DR6" s="13"/>
       <c r="DS6" s="13">
         <v>19</v>
       </c>
-    </row>
-    <row r="7" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV6" s="13">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="8"/>
       <c r="E7" s="8"/>
       <c r="F7" s="9">
         <v>6</v>
       </c>
       <c r="G7" s="9"/>
       <c r="H7" s="9"/>
       <c r="I7" s="9">
         <v>8</v>
       </c>
       <c r="J7" s="9"/>
       <c r="K7" s="9"/>
       <c r="L7" s="9">
         <v>10</v>
       </c>
       <c r="M7" s="9"/>
@@ -2518,52 +2544,55 @@
       </c>
       <c r="DD7" s="13">
         <v>12</v>
       </c>
       <c r="DG7" s="13">
         <v>14</v>
       </c>
       <c r="DJ7" s="13">
         <v>18</v>
       </c>
       <c r="DK7" s="28"/>
       <c r="DL7" s="28"/>
       <c r="DM7" s="28">
         <v>11</v>
       </c>
       <c r="DN7" s="29"/>
       <c r="DO7" s="29"/>
       <c r="DP7" s="29">
         <v>14</v>
       </c>
       <c r="DQ7" s="13"/>
       <c r="DR7" s="13"/>
       <c r="DS7" s="13">
         <v>5</v>
       </c>
-    </row>
-    <row r="8" spans="1:123" s="12" customFormat="1" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="DV7" s="13">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="8" spans="1:126" s="12" customFormat="1" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="8"/>
       <c r="E8" s="8"/>
       <c r="F8" s="9">
         <v>6</v>
       </c>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9">
         <v>17</v>
       </c>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9">
         <v>8</v>
       </c>
       <c r="M8" s="9"/>
@@ -2721,52 +2750,55 @@
       </c>
       <c r="DD8" s="13">
         <v>11</v>
       </c>
       <c r="DG8" s="13">
         <v>16</v>
       </c>
       <c r="DJ8" s="13">
         <v>34</v>
       </c>
       <c r="DK8" s="28"/>
       <c r="DL8" s="28"/>
       <c r="DM8" s="28">
         <v>27</v>
       </c>
       <c r="DN8" s="29"/>
       <c r="DO8" s="29"/>
       <c r="DP8" s="29">
         <v>28</v>
       </c>
       <c r="DQ8" s="13"/>
       <c r="DR8" s="13"/>
       <c r="DS8" s="13">
         <v>20</v>
       </c>
-    </row>
-    <row r="9" spans="1:123" s="12" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DV8" s="13">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:126" s="12" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="8"/>
       <c r="E9" s="8"/>
       <c r="F9" s="9">
         <v>41</v>
       </c>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="9">
         <v>26</v>
       </c>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
       <c r="L9" s="9">
         <v>28</v>
       </c>
       <c r="M9" s="9"/>
@@ -2924,52 +2956,55 @@
       </c>
       <c r="DD9" s="13">
         <v>44</v>
       </c>
       <c r="DG9" s="13">
         <v>46</v>
       </c>
       <c r="DJ9" s="13">
         <v>44</v>
       </c>
       <c r="DK9" s="28"/>
       <c r="DL9" s="28"/>
       <c r="DM9" s="28">
         <v>31</v>
       </c>
       <c r="DN9" s="29"/>
       <c r="DO9" s="29"/>
       <c r="DP9" s="29">
         <v>38</v>
       </c>
       <c r="DQ9" s="13"/>
       <c r="DR9" s="13"/>
       <c r="DS9" s="13">
         <v>24</v>
       </c>
-    </row>
-    <row r="10" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV9" s="13">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A10" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="9">
         <v>13</v>
       </c>
       <c r="G10" s="9"/>
       <c r="H10" s="9"/>
       <c r="I10" s="9">
         <v>13</v>
       </c>
       <c r="J10" s="9"/>
       <c r="K10" s="9"/>
       <c r="L10" s="9">
         <v>9</v>
       </c>
       <c r="M10" s="9"/>
@@ -3127,52 +3162,55 @@
       </c>
       <c r="DD10" s="13">
         <v>15</v>
       </c>
       <c r="DG10" s="13">
         <v>11</v>
       </c>
       <c r="DJ10" s="13">
         <v>24</v>
       </c>
       <c r="DK10" s="28"/>
       <c r="DL10" s="28"/>
       <c r="DM10" s="28">
         <v>12</v>
       </c>
       <c r="DN10" s="29"/>
       <c r="DO10" s="29"/>
       <c r="DP10" s="29">
         <v>26</v>
       </c>
       <c r="DQ10" s="13"/>
       <c r="DR10" s="13"/>
       <c r="DS10" s="13">
         <v>13</v>
       </c>
-    </row>
-    <row r="11" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV10" s="13">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="11" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="9">
         <v>34</v>
       </c>
       <c r="G11" s="9"/>
       <c r="H11" s="9"/>
       <c r="I11" s="9">
         <v>30</v>
       </c>
       <c r="J11" s="9"/>
       <c r="K11" s="9"/>
       <c r="L11" s="9">
         <v>27</v>
       </c>
       <c r="M11" s="9"/>
@@ -3330,52 +3368,55 @@
       </c>
       <c r="DD11" s="13">
         <v>40</v>
       </c>
       <c r="DG11" s="13">
         <v>33</v>
       </c>
       <c r="DJ11" s="13">
         <v>54</v>
       </c>
       <c r="DK11" s="28"/>
       <c r="DL11" s="28"/>
       <c r="DM11" s="28">
         <v>45</v>
       </c>
       <c r="DN11" s="29"/>
       <c r="DO11" s="29"/>
       <c r="DP11" s="29">
         <v>40</v>
       </c>
       <c r="DQ11" s="13"/>
       <c r="DR11" s="13"/>
       <c r="DS11" s="13">
         <v>22</v>
       </c>
-    </row>
-    <row r="12" spans="1:123" s="12" customFormat="1" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="DV11" s="13">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="12" spans="1:126" s="12" customFormat="1" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A12" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>25</v>
       </c>
       <c r="D12" s="8"/>
       <c r="E12" s="8"/>
       <c r="F12" s="9">
         <v>0</v>
       </c>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9">
         <v>0</v>
       </c>
       <c r="J12" s="9"/>
       <c r="K12" s="9"/>
       <c r="L12" s="9">
         <v>0</v>
       </c>
       <c r="M12" s="9"/>
@@ -3533,52 +3574,55 @@
       </c>
       <c r="DD12" s="13">
         <v>0</v>
       </c>
       <c r="DG12" s="13">
         <v>18</v>
       </c>
       <c r="DJ12" s="13">
         <v>0</v>
       </c>
       <c r="DK12" s="28"/>
       <c r="DL12" s="28"/>
       <c r="DM12" s="28">
         <v>1</v>
       </c>
       <c r="DN12" s="29"/>
       <c r="DO12" s="29"/>
       <c r="DP12" s="29">
         <v>0</v>
       </c>
       <c r="DQ12" s="13"/>
       <c r="DR12" s="13"/>
       <c r="DS12" s="13">
         <v>9</v>
       </c>
-    </row>
-    <row r="13" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV12" s="13">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="13" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A13" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="8"/>
       <c r="E13" s="8"/>
       <c r="F13" s="9">
         <v>7</v>
       </c>
       <c r="G13" s="9"/>
       <c r="H13" s="9"/>
       <c r="I13" s="9">
         <v>3</v>
       </c>
       <c r="J13" s="9"/>
       <c r="K13" s="9"/>
       <c r="L13" s="9">
         <v>2</v>
       </c>
       <c r="M13" s="9"/>
@@ -3736,52 +3780,55 @@
       </c>
       <c r="DD13" s="13">
         <v>3</v>
       </c>
       <c r="DG13" s="13">
         <v>7</v>
       </c>
       <c r="DJ13" s="13">
         <v>8</v>
       </c>
       <c r="DK13" s="28"/>
       <c r="DL13" s="28"/>
       <c r="DM13" s="28">
         <v>1</v>
       </c>
       <c r="DN13" s="29"/>
       <c r="DO13" s="29"/>
       <c r="DP13" s="29">
         <v>6</v>
       </c>
       <c r="DQ13" s="13"/>
       <c r="DR13" s="13"/>
       <c r="DS13" s="13">
         <v>3</v>
       </c>
-    </row>
-    <row r="14" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV13" s="13">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="14" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A14" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="9">
         <v>37</v>
       </c>
       <c r="G14" s="9"/>
       <c r="H14" s="9"/>
       <c r="I14" s="9">
         <v>23</v>
       </c>
       <c r="J14" s="9"/>
       <c r="K14" s="9"/>
       <c r="L14" s="9">
         <v>31</v>
       </c>
       <c r="M14" s="9"/>
@@ -3939,52 +3986,55 @@
       </c>
       <c r="DD14" s="13">
         <v>28</v>
       </c>
       <c r="DG14" s="13">
         <v>25</v>
       </c>
       <c r="DJ14" s="13">
         <v>24</v>
       </c>
       <c r="DK14" s="28"/>
       <c r="DL14" s="28"/>
       <c r="DM14" s="28">
         <v>25</v>
       </c>
       <c r="DN14" s="29"/>
       <c r="DO14" s="29"/>
       <c r="DP14" s="29">
         <v>27</v>
       </c>
       <c r="DQ14" s="13"/>
       <c r="DR14" s="13"/>
       <c r="DS14" s="13">
         <v>37</v>
       </c>
-    </row>
-    <row r="15" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV14" s="13">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="15" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>31</v>
       </c>
       <c r="D15" s="8"/>
       <c r="E15" s="8"/>
       <c r="F15" s="9">
         <v>15</v>
       </c>
       <c r="G15" s="9"/>
       <c r="H15" s="9"/>
       <c r="I15" s="9">
         <v>3</v>
       </c>
       <c r="J15" s="9"/>
       <c r="K15" s="9"/>
       <c r="L15" s="9">
         <v>10</v>
       </c>
       <c r="M15" s="9"/>
@@ -4142,52 +4192,55 @@
       </c>
       <c r="DD15" s="13">
         <v>10</v>
       </c>
       <c r="DG15" s="13">
         <v>11</v>
       </c>
       <c r="DJ15" s="13">
         <v>11</v>
       </c>
       <c r="DK15" s="28"/>
       <c r="DL15" s="28"/>
       <c r="DM15" s="28">
         <v>8</v>
       </c>
       <c r="DN15" s="29"/>
       <c r="DO15" s="29"/>
       <c r="DP15" s="29">
         <v>9</v>
       </c>
       <c r="DQ15" s="13"/>
       <c r="DR15" s="13"/>
       <c r="DS15" s="13">
         <v>11</v>
       </c>
-    </row>
-    <row r="16" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV15" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A16" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="8"/>
       <c r="E16" s="8"/>
       <c r="F16" s="9">
         <v>29</v>
       </c>
       <c r="G16" s="9"/>
       <c r="H16" s="9"/>
       <c r="I16" s="9">
         <v>23</v>
       </c>
       <c r="J16" s="9"/>
       <c r="K16" s="9"/>
       <c r="L16" s="9">
         <v>23</v>
       </c>
       <c r="M16" s="9"/>
@@ -4345,52 +4398,55 @@
       </c>
       <c r="DD16" s="13">
         <v>21</v>
       </c>
       <c r="DG16" s="13">
         <v>21</v>
       </c>
       <c r="DJ16" s="13">
         <v>21</v>
       </c>
       <c r="DK16" s="28"/>
       <c r="DL16" s="28"/>
       <c r="DM16" s="28">
         <v>18</v>
       </c>
       <c r="DN16" s="29"/>
       <c r="DO16" s="29"/>
       <c r="DP16" s="29">
         <v>24</v>
       </c>
       <c r="DQ16" s="13"/>
       <c r="DR16" s="13"/>
       <c r="DS16" s="13">
         <v>29</v>
       </c>
-    </row>
-    <row r="17" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV16" s="13">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="17" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A17" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="9">
         <v>18</v>
       </c>
       <c r="G17" s="9"/>
       <c r="H17" s="9"/>
       <c r="I17" s="9">
         <v>6</v>
       </c>
       <c r="J17" s="9"/>
       <c r="K17" s="9"/>
       <c r="L17" s="9">
         <v>8</v>
       </c>
       <c r="M17" s="9"/>
@@ -4548,52 +4604,55 @@
       </c>
       <c r="DD17" s="13">
         <v>12</v>
       </c>
       <c r="DG17" s="13">
         <v>13</v>
       </c>
       <c r="DJ17" s="13">
         <v>16</v>
       </c>
       <c r="DK17" s="28"/>
       <c r="DL17" s="28"/>
       <c r="DM17" s="28">
         <v>7</v>
       </c>
       <c r="DN17" s="29"/>
       <c r="DO17" s="29"/>
       <c r="DP17" s="29">
         <v>9</v>
       </c>
       <c r="DQ17" s="13"/>
       <c r="DR17" s="13"/>
       <c r="DS17" s="13">
         <v>16</v>
       </c>
-    </row>
-    <row r="18" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV17" s="13">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="18" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A18" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>37</v>
       </c>
       <c r="D18" s="8"/>
       <c r="E18" s="8"/>
       <c r="F18" s="9">
         <v>7</v>
       </c>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9">
         <v>1</v>
       </c>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9">
         <v>5</v>
       </c>
       <c r="M18" s="9"/>
@@ -4751,52 +4810,55 @@
       </c>
       <c r="DD18" s="13">
         <v>5</v>
       </c>
       <c r="DG18" s="13">
         <v>6</v>
       </c>
       <c r="DJ18" s="13">
         <v>7</v>
       </c>
       <c r="DK18" s="28"/>
       <c r="DL18" s="28"/>
       <c r="DM18" s="28">
         <v>2</v>
       </c>
       <c r="DN18" s="29"/>
       <c r="DO18" s="29"/>
       <c r="DP18" s="29">
         <v>7</v>
       </c>
       <c r="DQ18" s="13"/>
       <c r="DR18" s="13"/>
       <c r="DS18" s="13">
         <v>4</v>
       </c>
-    </row>
-    <row r="19" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV18" s="13">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="19" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>39</v>
       </c>
       <c r="D19" s="8"/>
       <c r="E19" s="8"/>
       <c r="F19" s="9">
         <v>11</v>
       </c>
       <c r="G19" s="9"/>
       <c r="H19" s="9"/>
       <c r="I19" s="9">
         <v>1</v>
       </c>
       <c r="J19" s="9"/>
       <c r="K19" s="9"/>
       <c r="L19" s="9">
         <v>3</v>
       </c>
       <c r="M19" s="9"/>
@@ -4954,52 +5016,55 @@
       </c>
       <c r="DD19" s="13">
         <v>6</v>
       </c>
       <c r="DG19" s="13">
         <v>9</v>
       </c>
       <c r="DJ19" s="13">
         <v>10</v>
       </c>
       <c r="DK19" s="28"/>
       <c r="DL19" s="28"/>
       <c r="DM19" s="28">
         <v>9</v>
       </c>
       <c r="DN19" s="29"/>
       <c r="DO19" s="29"/>
       <c r="DP19" s="29">
         <v>6</v>
       </c>
       <c r="DQ19" s="13"/>
       <c r="DR19" s="13"/>
       <c r="DS19" s="13">
         <v>8</v>
       </c>
-    </row>
-    <row r="20" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV19" s="13">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="20" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A20" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>41</v>
       </c>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="9">
         <v>4</v>
       </c>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9">
         <v>0</v>
       </c>
       <c r="J20" s="9"/>
       <c r="K20" s="9"/>
       <c r="L20" s="9">
         <v>4</v>
       </c>
       <c r="M20" s="9"/>
@@ -5157,52 +5222,55 @@
       </c>
       <c r="DD20" s="13">
         <v>4</v>
       </c>
       <c r="DG20" s="13">
         <v>1</v>
       </c>
       <c r="DJ20" s="13">
         <v>3</v>
       </c>
       <c r="DK20" s="28"/>
       <c r="DL20" s="28"/>
       <c r="DM20" s="28">
         <v>0</v>
       </c>
       <c r="DN20" s="29"/>
       <c r="DO20" s="29"/>
       <c r="DP20" s="29">
         <v>5</v>
       </c>
       <c r="DQ20" s="13"/>
       <c r="DR20" s="13"/>
       <c r="DS20" s="13">
         <v>5</v>
       </c>
-    </row>
-    <row r="21" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV20" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A21" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>43</v>
       </c>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="9"/>
       <c r="G21" s="9"/>
       <c r="H21" s="9"/>
       <c r="I21" s="9"/>
       <c r="J21" s="9"/>
       <c r="K21" s="9"/>
       <c r="L21" s="9"/>
       <c r="M21" s="9"/>
       <c r="N21" s="9"/>
       <c r="O21" s="9"/>
       <c r="P21" s="9"/>
       <c r="Q21" s="9"/>
       <c r="R21" s="9"/>
       <c r="S21" s="9"/>
@@ -5302,52 +5370,55 @@
       <c r="DA21" s="13">
         <v>2</v>
       </c>
       <c r="DD21" s="13">
         <v>2</v>
       </c>
       <c r="DG21" s="13">
         <v>2</v>
       </c>
       <c r="DJ21" s="13">
         <v>6</v>
       </c>
       <c r="DM21" s="28">
         <v>0</v>
       </c>
       <c r="DN21" s="29"/>
       <c r="DO21" s="29"/>
       <c r="DP21" s="29">
         <v>3</v>
       </c>
       <c r="DQ21" s="13"/>
       <c r="DR21" s="13"/>
       <c r="DS21" s="13">
         <v>1</v>
       </c>
-    </row>
-    <row r="22" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV21" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A22" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>45</v>
       </c>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="F22" s="9"/>
       <c r="G22" s="9"/>
       <c r="H22" s="9"/>
       <c r="I22" s="9"/>
       <c r="J22" s="9"/>
       <c r="K22" s="9"/>
       <c r="L22" s="9"/>
       <c r="M22" s="9"/>
       <c r="N22" s="9"/>
       <c r="O22" s="9"/>
       <c r="P22" s="9"/>
       <c r="Q22" s="9"/>
       <c r="R22" s="9"/>
       <c r="S22" s="9"/>
@@ -5447,52 +5518,55 @@
       <c r="DA22" s="13">
         <v>5</v>
       </c>
       <c r="DD22" s="13">
         <v>11</v>
       </c>
       <c r="DG22" s="13">
         <v>6</v>
       </c>
       <c r="DJ22" s="13">
         <v>8</v>
       </c>
       <c r="DM22" s="28">
         <v>7</v>
       </c>
       <c r="DN22" s="29"/>
       <c r="DO22" s="29"/>
       <c r="DP22" s="29">
         <v>3</v>
       </c>
       <c r="DQ22" s="13"/>
       <c r="DR22" s="13"/>
       <c r="DS22" s="13">
         <v>11</v>
       </c>
-    </row>
-    <row r="23" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV22" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B23" s="14" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="9"/>
       <c r="G23" s="9"/>
       <c r="H23" s="9"/>
       <c r="I23" s="9"/>
       <c r="J23" s="9"/>
       <c r="K23" s="9"/>
       <c r="L23" s="9"/>
       <c r="M23" s="9"/>
       <c r="N23" s="9"/>
       <c r="O23" s="9"/>
       <c r="P23" s="9"/>
       <c r="Q23" s="9"/>
       <c r="R23" s="9"/>
       <c r="S23" s="9"/>
@@ -5592,52 +5666,55 @@
       <c r="DA23" s="13">
         <v>4</v>
       </c>
       <c r="DD23" s="13">
         <v>6</v>
       </c>
       <c r="DG23" s="13">
         <v>7</v>
       </c>
       <c r="DJ23" s="13">
         <v>9</v>
       </c>
       <c r="DM23" s="28">
         <v>4</v>
       </c>
       <c r="DN23" s="29"/>
       <c r="DO23" s="29"/>
       <c r="DP23" s="29">
         <v>3</v>
       </c>
       <c r="DQ23" s="13"/>
       <c r="DR23" s="13"/>
       <c r="DS23" s="13">
         <v>5</v>
       </c>
-    </row>
-    <row r="24" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV23" s="13">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="24" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A24" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B24" s="14" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D24" s="8"/>
       <c r="E24" s="8"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
       <c r="M24" s="9"/>
       <c r="N24" s="9"/>
       <c r="O24" s="9"/>
       <c r="P24" s="9"/>
       <c r="Q24" s="9"/>
       <c r="R24" s="9"/>
       <c r="S24" s="9"/>
@@ -5737,52 +5814,55 @@
       <c r="DA24" s="13">
         <v>3</v>
       </c>
       <c r="DD24" s="13">
         <v>7</v>
       </c>
       <c r="DG24" s="13">
         <v>1</v>
       </c>
       <c r="DJ24" s="13">
         <v>5</v>
       </c>
       <c r="DM24" s="28">
         <v>3</v>
       </c>
       <c r="DN24" s="29"/>
       <c r="DO24" s="29"/>
       <c r="DP24" s="29">
         <v>3</v>
       </c>
       <c r="DQ24" s="13"/>
       <c r="DR24" s="13"/>
       <c r="DS24" s="13">
         <v>7</v>
       </c>
-    </row>
-    <row r="25" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV24" s="13">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="25" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A25" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D25" s="8"/>
       <c r="E25" s="8"/>
       <c r="F25" s="9"/>
       <c r="G25" s="9"/>
       <c r="H25" s="9"/>
       <c r="I25" s="9"/>
       <c r="J25" s="9"/>
       <c r="K25" s="9"/>
       <c r="L25" s="9"/>
       <c r="M25" s="9"/>
       <c r="N25" s="9"/>
       <c r="O25" s="9"/>
       <c r="P25" s="9"/>
       <c r="Q25" s="9"/>
       <c r="R25" s="9"/>
       <c r="S25" s="9"/>
@@ -5882,52 +5962,55 @@
       <c r="DA25" s="13">
         <v>4</v>
       </c>
       <c r="DD25" s="13">
         <v>7</v>
       </c>
       <c r="DG25" s="13">
         <v>6</v>
       </c>
       <c r="DJ25" s="13">
         <v>11</v>
       </c>
       <c r="DM25" s="28">
         <v>4</v>
       </c>
       <c r="DN25" s="29"/>
       <c r="DO25" s="29"/>
       <c r="DP25" s="29">
         <v>5</v>
       </c>
       <c r="DQ25" s="13"/>
       <c r="DR25" s="13"/>
       <c r="DS25" s="13">
         <v>8</v>
       </c>
-    </row>
-    <row r="26" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV25" s="13">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="26" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A26" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B26" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
       <c r="F26" s="9"/>
       <c r="G26" s="9"/>
       <c r="H26" s="9"/>
       <c r="I26" s="9"/>
       <c r="J26" s="9"/>
       <c r="K26" s="9"/>
       <c r="L26" s="9"/>
       <c r="M26" s="9"/>
       <c r="N26" s="9"/>
       <c r="O26" s="9"/>
       <c r="P26" s="9"/>
       <c r="Q26" s="9"/>
       <c r="R26" s="9"/>
       <c r="S26" s="9"/>
@@ -6027,52 +6110,55 @@
       <c r="DA26" s="13">
         <v>3</v>
       </c>
       <c r="DD26" s="13">
         <v>4</v>
       </c>
       <c r="DG26" s="13">
         <v>3</v>
       </c>
       <c r="DJ26" s="13">
         <v>6</v>
       </c>
       <c r="DM26" s="28">
         <v>1</v>
       </c>
       <c r="DN26" s="29"/>
       <c r="DO26" s="29"/>
       <c r="DP26" s="29">
         <v>3</v>
       </c>
       <c r="DQ26" s="13"/>
       <c r="DR26" s="13"/>
       <c r="DS26" s="13">
         <v>0</v>
       </c>
-    </row>
-    <row r="27" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV26" s="13">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="27" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B27" s="14" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D27" s="8"/>
       <c r="E27" s="8"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
       <c r="L27" s="9"/>
       <c r="M27" s="9"/>
       <c r="N27" s="9"/>
       <c r="O27" s="9"/>
       <c r="P27" s="9"/>
       <c r="Q27" s="9"/>
       <c r="R27" s="9"/>
       <c r="S27" s="9"/>
@@ -6172,52 +6258,55 @@
       <c r="DA27" s="13">
         <v>1</v>
       </c>
       <c r="DD27" s="13">
         <v>3</v>
       </c>
       <c r="DG27" s="13">
         <v>4</v>
       </c>
       <c r="DJ27" s="13">
         <v>7</v>
       </c>
       <c r="DM27" s="28">
         <v>5</v>
       </c>
       <c r="DN27" s="29"/>
       <c r="DO27" s="29"/>
       <c r="DP27" s="29">
         <v>3</v>
       </c>
       <c r="DQ27" s="13"/>
       <c r="DR27" s="13"/>
       <c r="DS27" s="13">
         <v>6</v>
       </c>
-    </row>
-    <row r="28" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV27" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A28" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B28" s="14" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D28" s="8"/>
       <c r="E28" s="8"/>
       <c r="F28" s="9"/>
       <c r="G28" s="9"/>
       <c r="H28" s="9"/>
       <c r="I28" s="9"/>
       <c r="J28" s="9"/>
       <c r="K28" s="9"/>
       <c r="L28" s="9"/>
       <c r="M28" s="9"/>
       <c r="N28" s="9"/>
       <c r="O28" s="9"/>
       <c r="P28" s="9"/>
       <c r="Q28" s="9"/>
       <c r="R28" s="9"/>
       <c r="S28" s="9"/>
@@ -6317,52 +6406,55 @@
       <c r="DA28" s="13">
         <v>0</v>
       </c>
       <c r="DD28" s="13">
         <v>4</v>
       </c>
       <c r="DG28" s="13">
         <v>1</v>
       </c>
       <c r="DJ28" s="13">
         <v>2</v>
       </c>
       <c r="DM28" s="28">
         <v>0</v>
       </c>
       <c r="DN28" s="29"/>
       <c r="DO28" s="29"/>
       <c r="DP28" s="29">
         <v>1</v>
       </c>
       <c r="DQ28" s="13"/>
       <c r="DR28" s="13"/>
       <c r="DS28" s="13">
         <v>3</v>
       </c>
-    </row>
-    <row r="29" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV28" s="13">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A29" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>59</v>
       </c>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
       <c r="F29" s="9">
         <v>24</v>
       </c>
       <c r="G29" s="9"/>
       <c r="H29" s="9"/>
       <c r="I29" s="9">
         <v>21</v>
       </c>
       <c r="J29" s="9"/>
       <c r="K29" s="9"/>
       <c r="L29" s="9">
         <v>31</v>
       </c>
       <c r="M29" s="9"/>
@@ -6520,52 +6612,55 @@
       </c>
       <c r="DD29" s="13">
         <v>35</v>
       </c>
       <c r="DG29" s="13">
         <v>29</v>
       </c>
       <c r="DJ29" s="13">
         <v>36</v>
       </c>
       <c r="DK29" s="28"/>
       <c r="DL29" s="28"/>
       <c r="DM29" s="28">
         <v>19</v>
       </c>
       <c r="DN29" s="29"/>
       <c r="DO29" s="29"/>
       <c r="DP29" s="28">
         <v>28</v>
       </c>
       <c r="DQ29" s="13"/>
       <c r="DR29" s="13"/>
       <c r="DS29" s="13">
         <v>24</v>
       </c>
-    </row>
-    <row r="30" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV29" s="13">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="30" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A30" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>61</v>
       </c>
       <c r="D30" s="8"/>
       <c r="E30" s="8"/>
       <c r="F30" s="9">
         <v>274</v>
       </c>
       <c r="G30" s="9"/>
       <c r="H30" s="9"/>
       <c r="I30" s="9">
         <v>211</v>
       </c>
       <c r="J30" s="9"/>
       <c r="K30" s="9"/>
       <c r="L30" s="9">
         <v>265</v>
       </c>
       <c r="M30" s="9"/>
@@ -6723,52 +6818,55 @@
       </c>
       <c r="DD30" s="13">
         <v>163</v>
       </c>
       <c r="DG30" s="13">
         <v>160</v>
       </c>
       <c r="DJ30" s="13">
         <v>168</v>
       </c>
       <c r="DK30" s="28"/>
       <c r="DL30" s="28"/>
       <c r="DM30" s="28">
         <v>131</v>
       </c>
       <c r="DN30" s="29"/>
       <c r="DO30" s="29"/>
       <c r="DP30" s="28">
         <v>164</v>
       </c>
       <c r="DQ30" s="13"/>
       <c r="DR30" s="13"/>
       <c r="DS30" s="13">
         <v>150</v>
       </c>
-    </row>
-    <row r="31" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV30" s="13">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="31" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>63</v>
       </c>
       <c r="D31" s="8"/>
       <c r="E31" s="8"/>
       <c r="F31" s="9"/>
       <c r="G31" s="9"/>
       <c r="H31" s="9"/>
       <c r="I31" s="9"/>
       <c r="J31" s="9"/>
       <c r="K31" s="9"/>
       <c r="L31" s="9"/>
       <c r="M31" s="9"/>
       <c r="N31" s="9"/>
       <c r="O31" s="9"/>
       <c r="P31" s="9"/>
       <c r="Q31" s="9"/>
       <c r="R31" s="9"/>
       <c r="S31" s="9"/>
@@ -6910,52 +7008,55 @@
       </c>
       <c r="DD31" s="13">
         <v>70</v>
       </c>
       <c r="DG31" s="13">
         <v>72</v>
       </c>
       <c r="DJ31" s="13">
         <v>76</v>
       </c>
       <c r="DK31" s="28"/>
       <c r="DL31" s="28"/>
       <c r="DM31" s="28">
         <v>41</v>
       </c>
       <c r="DN31" s="29"/>
       <c r="DO31" s="29"/>
       <c r="DP31" s="28">
         <v>65</v>
       </c>
       <c r="DQ31" s="13"/>
       <c r="DR31" s="13"/>
       <c r="DS31" s="13">
         <v>61</v>
       </c>
-    </row>
-    <row r="32" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV31" s="13">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="32" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A32" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>65</v>
       </c>
       <c r="D32" s="8"/>
       <c r="E32" s="8"/>
       <c r="F32" s="9">
         <v>130</v>
       </c>
       <c r="G32" s="9"/>
       <c r="H32" s="9"/>
       <c r="I32" s="9">
         <v>121</v>
       </c>
       <c r="J32" s="9"/>
       <c r="K32" s="9"/>
       <c r="L32" s="9">
         <v>125</v>
       </c>
       <c r="M32" s="9"/>
@@ -7113,52 +7214,55 @@
       </c>
       <c r="DD32" s="13">
         <v>157</v>
       </c>
       <c r="DG32" s="13">
         <v>177</v>
       </c>
       <c r="DJ32" s="13">
         <v>185</v>
       </c>
       <c r="DK32" s="28"/>
       <c r="DL32" s="28"/>
       <c r="DM32" s="28">
         <v>151</v>
       </c>
       <c r="DN32" s="29"/>
       <c r="DO32" s="29"/>
       <c r="DP32" s="28">
         <v>176</v>
       </c>
       <c r="DQ32" s="13"/>
       <c r="DR32" s="13"/>
       <c r="DS32" s="13">
         <v>127</v>
       </c>
-    </row>
-    <row r="33" spans="1:123" s="12" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DV32" s="13">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="33" spans="1:126" s="12" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>67</v>
       </c>
       <c r="D33" s="8"/>
       <c r="E33" s="8"/>
       <c r="F33" s="9"/>
       <c r="G33" s="9"/>
       <c r="H33" s="9"/>
       <c r="I33" s="9"/>
       <c r="J33" s="9"/>
       <c r="K33" s="9"/>
       <c r="L33" s="9"/>
       <c r="M33" s="9"/>
       <c r="N33" s="9"/>
       <c r="O33" s="9"/>
       <c r="P33" s="9"/>
       <c r="Q33" s="9"/>
       <c r="R33" s="9"/>
       <c r="S33" s="9"/>
@@ -7260,52 +7364,55 @@
       </c>
       <c r="DD33" s="13">
         <v>41</v>
       </c>
       <c r="DG33" s="13">
         <v>34</v>
       </c>
       <c r="DJ33" s="13">
         <v>43</v>
       </c>
       <c r="DK33" s="28"/>
       <c r="DL33" s="28"/>
       <c r="DM33" s="28">
         <v>50</v>
       </c>
       <c r="DN33" s="29"/>
       <c r="DO33" s="29"/>
       <c r="DP33" s="28">
         <v>56</v>
       </c>
       <c r="DQ33" s="13"/>
       <c r="DR33" s="13"/>
       <c r="DS33" s="13">
         <v>33</v>
       </c>
-    </row>
-    <row r="34" spans="1:123" s="12" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DV33" s="13">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="34" spans="1:126" s="12" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>69</v>
       </c>
       <c r="D34" s="8"/>
       <c r="E34" s="8"/>
       <c r="F34" s="9"/>
       <c r="G34" s="9"/>
       <c r="H34" s="9"/>
       <c r="I34" s="9"/>
       <c r="J34" s="9"/>
       <c r="K34" s="9"/>
       <c r="L34" s="9"/>
       <c r="M34" s="9"/>
       <c r="N34" s="9"/>
       <c r="O34" s="9"/>
       <c r="P34" s="9"/>
       <c r="Q34" s="9"/>
       <c r="R34" s="9"/>
       <c r="S34" s="9"/>
@@ -7407,52 +7514,55 @@
       </c>
       <c r="DD34" s="13">
         <v>3</v>
       </c>
       <c r="DG34" s="13">
         <v>2</v>
       </c>
       <c r="DJ34" s="13">
         <v>6</v>
       </c>
       <c r="DK34" s="28"/>
       <c r="DL34" s="28"/>
       <c r="DM34" s="28">
         <v>3</v>
       </c>
       <c r="DN34" s="29"/>
       <c r="DO34" s="29"/>
       <c r="DP34" s="28">
         <v>10</v>
       </c>
       <c r="DQ34" s="13"/>
       <c r="DR34" s="13"/>
       <c r="DS34" s="13">
         <v>2</v>
       </c>
-    </row>
-    <row r="35" spans="1:123" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="DV34" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:126" s="12" customFormat="1" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B35" s="7" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>71</v>
       </c>
       <c r="D35" s="8"/>
       <c r="E35" s="8"/>
       <c r="F35" s="9">
         <v>256</v>
       </c>
       <c r="G35" s="9"/>
       <c r="H35" s="9"/>
       <c r="I35" s="9">
         <v>242</v>
       </c>
       <c r="J35" s="9"/>
       <c r="K35" s="9"/>
       <c r="L35" s="9">
         <v>287</v>
       </c>
       <c r="M35" s="9"/>
@@ -7610,52 +7720,55 @@
       </c>
       <c r="DD35" s="13">
         <v>574</v>
       </c>
       <c r="DG35" s="13">
         <v>579</v>
       </c>
       <c r="DJ35" s="13">
         <v>588</v>
       </c>
       <c r="DK35" s="28"/>
       <c r="DL35" s="28"/>
       <c r="DM35" s="28">
         <v>479</v>
       </c>
       <c r="DN35" s="29"/>
       <c r="DO35" s="29"/>
       <c r="DP35" s="28">
         <v>570</v>
       </c>
       <c r="DQ35" s="13"/>
       <c r="DR35" s="13"/>
       <c r="DS35" s="13">
         <v>621</v>
       </c>
-    </row>
-    <row r="36" spans="1:123" s="12" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DV35" s="13">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="36" spans="1:126" s="12" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B36" s="7" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>73</v>
       </c>
       <c r="D36" s="17"/>
       <c r="E36" s="17"/>
       <c r="F36" s="18">
         <v>0.92592592592592593</v>
       </c>
       <c r="G36" s="18"/>
       <c r="H36" s="18"/>
       <c r="I36" s="18">
         <v>0.97058823529411764</v>
       </c>
       <c r="J36" s="18"/>
       <c r="K36" s="18"/>
       <c r="L36" s="18">
         <v>0.98333333333333328</v>
       </c>
       <c r="M36" s="18"/>
@@ -7813,52 +7926,55 @@
       </c>
       <c r="DD36" s="27">
         <v>0.90909090909090906</v>
       </c>
       <c r="DG36" s="27">
         <v>0.93478260869565222</v>
       </c>
       <c r="DJ36" s="27">
         <v>1</v>
       </c>
       <c r="DK36" s="30"/>
       <c r="DL36" s="30"/>
       <c r="DM36" s="30">
         <v>0.97</v>
       </c>
       <c r="DN36" s="31"/>
       <c r="DO36" s="31"/>
       <c r="DP36" s="30">
         <v>0.91</v>
       </c>
       <c r="DQ36" s="13"/>
       <c r="DR36" s="13"/>
       <c r="DS36" s="19">
         <v>0.98</v>
       </c>
-    </row>
-    <row r="37" spans="1:123" s="12" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="DV36" s="19">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:126" s="12" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B37" s="7" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>75</v>
       </c>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="9">
         <v>229</v>
       </c>
       <c r="G37" s="9"/>
       <c r="H37" s="9"/>
       <c r="I37" s="9">
         <v>181</v>
       </c>
       <c r="J37" s="9"/>
       <c r="K37" s="9"/>
       <c r="L37" s="9">
         <v>167</v>
       </c>
       <c r="M37" s="9"/>
@@ -8012,453 +8128,456 @@
         <v>319</v>
       </c>
       <c r="DA37" s="13">
         <v>237</v>
       </c>
       <c r="DD37" s="13">
         <v>285</v>
       </c>
       <c r="DG37" s="13">
         <v>273</v>
       </c>
       <c r="DJ37" s="13">
         <v>343</v>
       </c>
       <c r="DM37" s="13">
         <v>270</v>
       </c>
       <c r="DP37" s="13">
         <v>284</v>
       </c>
       <c r="DQ37" s="13"/>
       <c r="DR37" s="13"/>
       <c r="DS37" s="13">
         <v>312</v>
       </c>
-    </row>
-    <row r="38" spans="1:123" x14ac:dyDescent="0.25">
+      <c r="DV37" s="13">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="38" spans="1:126" x14ac:dyDescent="0.25">
       <c r="D38" s="23"/>
       <c r="E38" s="23"/>
       <c r="F38" s="23"/>
       <c r="G38" s="23"/>
       <c r="H38" s="23"/>
       <c r="I38" s="23"/>
       <c r="J38" s="23"/>
       <c r="K38" s="23"/>
       <c r="L38" s="23"/>
       <c r="M38" s="23"/>
       <c r="N38" s="23"/>
       <c r="O38" s="23"/>
       <c r="P38" s="23"/>
       <c r="Q38" s="23"/>
       <c r="R38" s="23"/>
       <c r="S38" s="23"/>
       <c r="T38" s="23"/>
       <c r="U38" s="23"/>
       <c r="V38" s="23"/>
       <c r="W38" s="23"/>
       <c r="X38" s="23"/>
       <c r="Y38" s="23"/>
       <c r="Z38" s="23"/>
       <c r="AA38" s="23"/>
       <c r="AB38" s="23"/>
       <c r="AC38" s="23"/>
       <c r="AD38" s="23"/>
       <c r="AE38" s="23"/>
       <c r="AF38" s="23"/>
       <c r="AG38" s="23"/>
       <c r="AH38" s="23"/>
       <c r="AI38" s="23"/>
       <c r="AJ38" s="23"/>
       <c r="AK38" s="23"/>
       <c r="AL38" s="23"/>
       <c r="AM38" s="23"/>
       <c r="AN38" s="23"/>
       <c r="DA38" s="24"/>
     </row>
-    <row r="39" spans="1:123" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:126" x14ac:dyDescent="0.25">
       <c r="D39" s="23"/>
       <c r="E39" s="23"/>
       <c r="F39" s="23"/>
       <c r="G39" s="23"/>
       <c r="H39" s="23"/>
       <c r="I39" s="23"/>
       <c r="J39" s="23"/>
       <c r="K39" s="23"/>
       <c r="L39" s="23"/>
       <c r="M39" s="23"/>
       <c r="N39" s="23"/>
       <c r="O39" s="23"/>
       <c r="P39" s="23"/>
       <c r="Q39" s="23"/>
       <c r="R39" s="23"/>
       <c r="S39" s="23"/>
       <c r="T39" s="23"/>
       <c r="U39" s="23"/>
       <c r="V39" s="23"/>
       <c r="W39" s="23"/>
       <c r="X39" s="23"/>
       <c r="Y39" s="23"/>
       <c r="Z39" s="23"/>
       <c r="AA39" s="23"/>
       <c r="AB39" s="23"/>
       <c r="AC39" s="23"/>
       <c r="AD39" s="23"/>
       <c r="AE39" s="23"/>
       <c r="AF39" s="23"/>
       <c r="AG39" s="23"/>
       <c r="AH39" s="23"/>
       <c r="AI39" s="23"/>
       <c r="AJ39" s="23"/>
       <c r="AK39" s="23"/>
       <c r="AL39" s="23"/>
       <c r="AM39" s="23"/>
       <c r="DA39" s="24"/>
     </row>
-    <row r="40" spans="1:123" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:126" x14ac:dyDescent="0.25">
       <c r="D40" s="23"/>
       <c r="E40" s="23"/>
       <c r="F40" s="23"/>
       <c r="G40" s="23"/>
       <c r="H40" s="23"/>
       <c r="I40" s="23"/>
       <c r="J40" s="23"/>
       <c r="K40" s="23"/>
       <c r="L40" s="23"/>
       <c r="M40" s="23"/>
       <c r="N40" s="23"/>
       <c r="O40" s="23"/>
       <c r="P40" s="23"/>
       <c r="Q40" s="23"/>
       <c r="R40" s="23"/>
       <c r="S40" s="23"/>
       <c r="T40" s="23"/>
       <c r="U40" s="23"/>
       <c r="V40" s="23"/>
       <c r="W40" s="23"/>
       <c r="X40" s="23"/>
       <c r="Y40" s="23"/>
       <c r="Z40" s="23"/>
       <c r="AA40" s="23"/>
       <c r="AB40" s="23"/>
       <c r="AC40" s="23"/>
       <c r="AD40" s="23"/>
       <c r="AE40" s="23"/>
       <c r="AF40" s="23"/>
       <c r="AG40" s="23"/>
       <c r="AH40" s="23"/>
       <c r="AI40" s="23"/>
       <c r="AJ40" s="23"/>
       <c r="AK40" s="23"/>
       <c r="AL40" s="23"/>
       <c r="AM40" s="25"/>
       <c r="AN40" s="26"/>
       <c r="AO40" s="26"/>
       <c r="AP40" s="26"/>
       <c r="DA40" s="24"/>
     </row>
-    <row r="41" spans="1:123" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:126" x14ac:dyDescent="0.25">
       <c r="D41" s="23"/>
       <c r="E41" s="23"/>
       <c r="F41" s="23"/>
       <c r="G41" s="23"/>
       <c r="H41" s="23"/>
       <c r="I41" s="23"/>
       <c r="J41" s="23"/>
       <c r="K41" s="23"/>
       <c r="L41" s="23"/>
       <c r="M41" s="23"/>
       <c r="N41" s="23"/>
       <c r="O41" s="23"/>
       <c r="P41" s="23"/>
       <c r="Q41" s="23"/>
       <c r="R41" s="23"/>
       <c r="S41" s="23"/>
       <c r="T41" s="23"/>
       <c r="U41" s="23"/>
       <c r="V41" s="23"/>
       <c r="W41" s="23"/>
       <c r="X41" s="23"/>
       <c r="Y41" s="23"/>
       <c r="Z41" s="23"/>
       <c r="AA41" s="23"/>
       <c r="AB41" s="23"/>
       <c r="AC41" s="23"/>
       <c r="AD41" s="23"/>
       <c r="AE41" s="23"/>
       <c r="AF41" s="23"/>
       <c r="AG41" s="23"/>
       <c r="AH41" s="23"/>
       <c r="AI41" s="23"/>
       <c r="AJ41" s="23"/>
       <c r="AK41" s="23"/>
       <c r="AL41" s="23"/>
       <c r="AM41" s="23"/>
       <c r="AN41" s="23"/>
       <c r="DA41" s="24"/>
     </row>
-    <row r="42" spans="1:123" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:126" x14ac:dyDescent="0.25">
       <c r="D42" s="23"/>
       <c r="E42" s="23"/>
       <c r="F42" s="23"/>
       <c r="G42" s="23"/>
       <c r="H42" s="23"/>
       <c r="I42" s="23"/>
       <c r="J42" s="23"/>
       <c r="K42" s="23"/>
       <c r="L42" s="23"/>
       <c r="M42" s="23"/>
       <c r="N42" s="23"/>
       <c r="O42" s="23"/>
       <c r="P42" s="23"/>
       <c r="Q42" s="23"/>
       <c r="R42" s="23"/>
       <c r="S42" s="23"/>
       <c r="T42" s="23"/>
       <c r="U42" s="23"/>
       <c r="V42" s="23"/>
       <c r="W42" s="23"/>
       <c r="X42" s="23"/>
       <c r="Y42" s="23"/>
       <c r="Z42" s="23"/>
       <c r="AA42" s="23"/>
       <c r="AB42" s="23"/>
       <c r="AC42" s="23"/>
       <c r="AD42" s="23"/>
       <c r="AE42" s="23"/>
       <c r="AF42" s="23"/>
       <c r="AG42" s="23"/>
       <c r="AH42" s="23"/>
       <c r="AI42" s="23"/>
       <c r="AJ42" s="23"/>
       <c r="AK42" s="23"/>
       <c r="AL42" s="23"/>
       <c r="AM42" s="23"/>
       <c r="AN42" s="23"/>
       <c r="DA42" s="24"/>
     </row>
-    <row r="43" spans="1:123" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:126" x14ac:dyDescent="0.25">
       <c r="D43" s="23"/>
       <c r="E43" s="23"/>
       <c r="F43" s="23"/>
       <c r="G43" s="23"/>
       <c r="H43" s="23"/>
       <c r="I43" s="23"/>
       <c r="J43" s="23"/>
       <c r="K43" s="23"/>
       <c r="L43" s="23"/>
       <c r="M43" s="23"/>
       <c r="N43" s="23"/>
       <c r="O43" s="23"/>
       <c r="P43" s="23"/>
       <c r="Q43" s="23"/>
       <c r="R43" s="23"/>
       <c r="S43" s="23"/>
       <c r="T43" s="23"/>
       <c r="U43" s="23"/>
       <c r="V43" s="23"/>
       <c r="W43" s="23"/>
       <c r="X43" s="23"/>
       <c r="Y43" s="23"/>
       <c r="Z43" s="23"/>
       <c r="AA43" s="23"/>
       <c r="AB43" s="23"/>
       <c r="AC43" s="23"/>
       <c r="AD43" s="23"/>
       <c r="AE43" s="23"/>
       <c r="AF43" s="23"/>
       <c r="AG43" s="23"/>
       <c r="AH43" s="23"/>
       <c r="AI43" s="23"/>
       <c r="AJ43" s="23"/>
       <c r="AK43" s="23"/>
       <c r="AL43" s="23"/>
       <c r="AM43" s="23"/>
       <c r="AN43" s="23"/>
       <c r="DA43" s="24"/>
     </row>
-    <row r="44" spans="1:123" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:126" x14ac:dyDescent="0.25">
       <c r="D44" s="23"/>
       <c r="E44" s="23"/>
       <c r="F44" s="23"/>
       <c r="G44" s="23"/>
       <c r="H44" s="23"/>
       <c r="I44" s="23"/>
       <c r="J44" s="23"/>
       <c r="K44" s="23"/>
       <c r="L44" s="23"/>
       <c r="M44" s="23"/>
       <c r="N44" s="23"/>
       <c r="O44" s="23"/>
       <c r="P44" s="23"/>
       <c r="Q44" s="23"/>
       <c r="R44" s="23"/>
       <c r="S44" s="23"/>
       <c r="T44" s="23"/>
       <c r="U44" s="23"/>
       <c r="V44" s="23"/>
       <c r="W44" s="23"/>
       <c r="X44" s="23"/>
       <c r="Y44" s="23"/>
       <c r="Z44" s="23"/>
       <c r="AA44" s="23"/>
       <c r="AB44" s="23"/>
       <c r="AC44" s="23"/>
       <c r="AD44" s="23"/>
       <c r="AE44" s="23"/>
       <c r="AF44" s="23"/>
       <c r="AG44" s="23"/>
       <c r="AH44" s="23"/>
       <c r="AI44" s="23"/>
       <c r="AJ44" s="23"/>
       <c r="AK44" s="23"/>
       <c r="AL44" s="23"/>
       <c r="AM44" s="23"/>
       <c r="AN44" s="23"/>
       <c r="DA44" s="24"/>
     </row>
-    <row r="45" spans="1:123" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:126" x14ac:dyDescent="0.25">
       <c r="D45" s="23"/>
       <c r="E45" s="23"/>
       <c r="F45" s="23"/>
       <c r="G45" s="23"/>
       <c r="H45" s="23"/>
       <c r="I45" s="23"/>
       <c r="J45" s="23"/>
       <c r="K45" s="23"/>
       <c r="L45" s="23"/>
       <c r="M45" s="23"/>
       <c r="N45" s="23"/>
       <c r="O45" s="23"/>
       <c r="P45" s="23"/>
       <c r="Q45" s="23"/>
       <c r="R45" s="23"/>
       <c r="S45" s="23"/>
       <c r="T45" s="23"/>
       <c r="U45" s="23"/>
       <c r="V45" s="23"/>
       <c r="W45" s="23"/>
       <c r="X45" s="23"/>
       <c r="Y45" s="23"/>
       <c r="Z45" s="23"/>
       <c r="AA45" s="23"/>
       <c r="AB45" s="23"/>
       <c r="AC45" s="23"/>
       <c r="AD45" s="23"/>
       <c r="AE45" s="23"/>
       <c r="AF45" s="23"/>
       <c r="AG45" s="23"/>
       <c r="AH45" s="23"/>
       <c r="AI45" s="23"/>
       <c r="AJ45" s="23"/>
       <c r="AK45" s="23"/>
       <c r="AL45" s="23"/>
       <c r="AM45" s="23"/>
       <c r="AN45" s="23"/>
       <c r="DA45" s="24"/>
     </row>
-    <row r="46" spans="1:123" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:126" x14ac:dyDescent="0.25">
       <c r="D46" s="23"/>
       <c r="E46" s="23"/>
       <c r="F46" s="23"/>
       <c r="G46" s="23"/>
       <c r="H46" s="23"/>
       <c r="I46" s="23"/>
       <c r="J46" s="23"/>
       <c r="K46" s="23"/>
       <c r="L46" s="23"/>
       <c r="M46" s="23"/>
       <c r="N46" s="23"/>
       <c r="O46" s="23"/>
       <c r="P46" s="23"/>
       <c r="Q46" s="23"/>
       <c r="R46" s="23"/>
       <c r="S46" s="23"/>
       <c r="T46" s="23"/>
       <c r="U46" s="23"/>
       <c r="V46" s="23"/>
       <c r="W46" s="23"/>
       <c r="X46" s="23"/>
       <c r="Y46" s="23"/>
       <c r="Z46" s="23"/>
       <c r="AA46" s="23"/>
       <c r="AB46" s="23"/>
       <c r="AC46" s="23"/>
       <c r="AD46" s="23"/>
       <c r="AE46" s="23"/>
       <c r="AF46" s="23"/>
       <c r="AG46" s="23"/>
       <c r="AH46" s="23"/>
       <c r="AI46" s="23"/>
       <c r="AJ46" s="23"/>
       <c r="AK46" s="23"/>
       <c r="AL46" s="23"/>
       <c r="AM46" s="23"/>
       <c r="AN46" s="23"/>
       <c r="DA46" s="24"/>
     </row>
-    <row r="47" spans="1:123" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:126" x14ac:dyDescent="0.25">
       <c r="D47" s="23"/>
       <c r="E47" s="23"/>
       <c r="F47" s="23"/>
       <c r="G47" s="23"/>
       <c r="H47" s="23"/>
       <c r="I47" s="23"/>
       <c r="J47" s="23"/>
       <c r="K47" s="23"/>
       <c r="L47" s="23"/>
       <c r="M47" s="23"/>
       <c r="N47" s="23"/>
       <c r="O47" s="23"/>
       <c r="P47" s="23"/>
       <c r="Q47" s="23"/>
       <c r="R47" s="23"/>
       <c r="S47" s="23"/>
       <c r="T47" s="23"/>
       <c r="U47" s="23"/>
       <c r="V47" s="23"/>
       <c r="W47" s="23"/>
       <c r="X47" s="23"/>
       <c r="Y47" s="23"/>
       <c r="Z47" s="23"/>
       <c r="AA47" s="23"/>
       <c r="AB47" s="23"/>
       <c r="AC47" s="23"/>
       <c r="AD47" s="23"/>
       <c r="AE47" s="23"/>
       <c r="AF47" s="23"/>
       <c r="AG47" s="23"/>
       <c r="AH47" s="23"/>
       <c r="AI47" s="23"/>
       <c r="AJ47" s="23"/>
       <c r="AK47" s="23"/>
       <c r="AL47" s="23"/>
       <c r="AM47" s="23"/>
       <c r="AN47" s="23"/>
       <c r="DA47" s="24"/>
     </row>
-    <row r="48" spans="1:123" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:126" x14ac:dyDescent="0.25">
       <c r="D48" s="23"/>
       <c r="E48" s="23"/>
       <c r="F48" s="23"/>
       <c r="G48" s="23"/>
       <c r="H48" s="23"/>
       <c r="I48" s="23"/>
       <c r="J48" s="23"/>
       <c r="K48" s="23"/>
       <c r="L48" s="23"/>
       <c r="M48" s="23"/>
       <c r="N48" s="23"/>
       <c r="O48" s="23"/>
       <c r="P48" s="23"/>
       <c r="Q48" s="23"/>
       <c r="R48" s="23"/>
       <c r="S48" s="23"/>
       <c r="T48" s="23"/>
       <c r="U48" s="23"/>
       <c r="V48" s="23"/>
       <c r="W48" s="23"/>
       <c r="X48" s="23"/>
       <c r="Y48" s="23"/>
       <c r="Z48" s="23"/>
       <c r="AA48" s="23"/>
       <c r="AB48" s="23"/>
@@ -16890,52 +17009,61 @@
       <c r="AJ262" s="23"/>
       <c r="AK262" s="23"/>
       <c r="AL262" s="23"/>
       <c r="AM262" s="23"/>
       <c r="AN262" s="23"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="596918df6aaaf2eed3534d0b61dbf5d1">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9faf0890699bccc6d2bf185ba7ce82f7" ns2:_="" ns3:_="" ns4:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ac8ff77954c40bf04afd8a3b45c139a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="75731eb5f67757d61a35da63f5a16223" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <xsd:import namespace="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <xsd:import namespace="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:DateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -17135,97 +17263,72 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <DateModified xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="20867c8d-1cc9-4acd-a073-94634f6a764f" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D81BD428-A9FD-4BF3-8887-CFBD38FC4BAD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86EB046C-45B1-40D6-86C8-5017528B1D9B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86EB046C-45B1-40D6-86C8-5017528B1D9B}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E26D7B1A-D55E-48FE-AE52-48B54290F523}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA4E4511-C6B7-406B-8805-69D7F9E78BFB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <ds:schemaRef ds:uri="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7d2fdb41-339c-4257-87f2-a665730b31fc}" enabled="0" method="" siteId="{7d2fdb41-339c-4257-87f2-a665730b31fc}" removed="1"/>
 </clbl:labelList>
 </file>