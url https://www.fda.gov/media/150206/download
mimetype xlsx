--- v0 (2026-02-07)
+++ v1 (2026-02-27)
@@ -14,169 +14,169 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/FDA-Track/Test Docs/FDA-TRACK/HFP/FSMA Dashboards/FDA-TRACK Process/2 - Import Controls/4 - Dataset Download Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="891" documentId="13_ncr:1_{4C423F3C-6F49-4502-852C-8F4D3B552D59}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B050D95D-99E3-4718-AE78-12913F9408D7}"/>
+  <xr:revisionPtr revIDLastSave="928" documentId="13_ncr:1_{4C423F3C-6F49-4502-852C-8F4D3B552D59}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CB583052-5230-4234-8C4B-90AE6D497900}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="689" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="6" r:id="rId1"/>
     <sheet name="I. Foreign Inspections" sheetId="8" r:id="rId2"/>
     <sheet name="II. Imported HF Recalls" sheetId="12" r:id="rId3"/>
     <sheet name="III. Imported AF Recalls" sheetId="3" r:id="rId4"/>
     <sheet name="I. FSVP Inspections" sheetId="11" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'II. Imported HF Recalls'!$A$5:$AK$31</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'III. Imported AF Recalls'!$A$5:$AK$23</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'II. Imported HF Recalls'!$A$5:$AL$31</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'III. Imported AF Recalls'!$A$5:$AL$23</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AK24" i="12" l="1"/>
-[...62 lines deleted...]
-  <c r="AP6" i="8"/>
+  <c r="AL24" i="12" l="1"/>
+  <c r="AL31" i="12" l="1"/>
+  <c r="AL30" i="12"/>
+  <c r="AL29" i="12"/>
+  <c r="AL28" i="12"/>
+  <c r="AL27" i="12"/>
+  <c r="AL26" i="12"/>
+  <c r="AL25" i="12"/>
+  <c r="AL23" i="12"/>
+  <c r="AL22" i="12"/>
+  <c r="AL21" i="12"/>
+  <c r="AL20" i="12"/>
+  <c r="AL19" i="12"/>
+  <c r="AL18" i="12"/>
+  <c r="AL17" i="12"/>
+  <c r="AL16" i="12"/>
+  <c r="AL15" i="12"/>
+  <c r="AL14" i="12"/>
+  <c r="AL13" i="12"/>
+  <c r="AL12" i="12"/>
+  <c r="AL11" i="12"/>
+  <c r="AL9" i="12"/>
+  <c r="AL8" i="12"/>
+  <c r="AL10" i="12"/>
+  <c r="AL7" i="12"/>
+  <c r="AL6" i="12"/>
   <c r="AO10" i="11"/>
-  <c r="AO12" i="11" l="1"/>
-[...6 lines deleted...]
-  <c r="AP13" i="8"/>
+  <c r="AO7" i="11"/>
   <c r="AO8" i="11"/>
-  <c r="AO7" i="11"/>
-  <c r="AP11" i="8" l="1"/>
+  <c r="AO11" i="11"/>
+  <c r="AO12" i="11"/>
+  <c r="AO6" i="11"/>
+  <c r="AL7" i="3"/>
+  <c r="AL8" i="3"/>
+  <c r="AL9" i="3"/>
+  <c r="AL10" i="3"/>
+  <c r="AL11" i="3"/>
+  <c r="AL12" i="3"/>
+  <c r="AL13" i="3"/>
+  <c r="AL14" i="3"/>
+  <c r="AL15" i="3"/>
+  <c r="AL16" i="3"/>
+  <c r="AL17" i="3"/>
+  <c r="AL18" i="3"/>
+  <c r="AL19" i="3"/>
+  <c r="AL20" i="3"/>
+  <c r="AL21" i="3"/>
+  <c r="AL22" i="3"/>
+  <c r="AL23" i="3"/>
+  <c r="AL6" i="3"/>
   <c r="AP7" i="8"/>
   <c r="AP8" i="8"/>
   <c r="AP9" i="8"/>
-  <c r="AO11" i="11" l="1"/>
+  <c r="AP10" i="8"/>
+  <c r="AP11" i="8"/>
+  <c r="AP13" i="8"/>
+  <c r="AP14" i="8"/>
+  <c r="AP15" i="8"/>
+  <c r="AP16" i="8"/>
+  <c r="AP17" i="8"/>
+  <c r="AP18" i="8"/>
+  <c r="AP6" i="8"/>
+  <c r="AP6" i="11" l="1"/>
+  <c r="AQ6" i="8"/>
+  <c r="AP10" i="11"/>
+  <c r="AP12" i="11" l="1"/>
+  <c r="AQ10" i="8" l="1"/>
+  <c r="AQ14" i="8"/>
+  <c r="AQ18" i="8" l="1"/>
+  <c r="AQ17" i="8"/>
+  <c r="AQ15" i="8"/>
+  <c r="AQ16" i="8"/>
+  <c r="AQ13" i="8"/>
+  <c r="AP8" i="11"/>
+  <c r="AP7" i="11"/>
+  <c r="AQ11" i="8" l="1"/>
+  <c r="AQ7" i="8"/>
+  <c r="AQ8" i="8"/>
+  <c r="AQ9" i="8"/>
+  <c r="AP11" i="11" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="372" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="376" uniqueCount="105">
   <si>
     <t>Measure Description:</t>
   </si>
   <si>
     <t>Measure Title:</t>
   </si>
   <si>
     <t>Measures Description:</t>
   </si>
   <si>
     <t>Measure Data:</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Measure Definitions:</t>
   </si>
   <si>
     <t>FY 2017 Q2</t>
   </si>
   <si>
     <t>FY 2017 Q3</t>
   </si>
   <si>
@@ -465,54 +465,57 @@
   <si>
     <t>The data provided within this workbook are produced on an ongoing basis for performance management purposes and are subject to change due to updates of preliminary estimates, corrections, or other reasons.</t>
   </si>
   <si>
     <t>FY 2024 Q2</t>
   </si>
   <si>
     <t>FY 2024 Q3</t>
   </si>
   <si>
     <t>FY 2024 Q4</t>
   </si>
   <si>
     <t>FY 2025 Q1</t>
   </si>
   <si>
     <t>FY 2025 Q3</t>
   </si>
   <si>
     <t>FY 2025 Q2</t>
   </si>
   <si>
     <t>Foreign object</t>
   </si>
   <si>
-    <t>Information is current as of 9/30/2025.</t>
-[...1 lines deleted...]
-  <si>
     <t>FY 2025 Q4</t>
+  </si>
+  <si>
+    <t>Information is current as of 12/31/2025.</t>
+  </si>
+  <si>
+    <t>FY 2026 Q1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -934,285 +937,289 @@
   <dimension ref="A1:K5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="1" spans="1:11" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B1" s="13"/>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
       <c r="G1" s="13"/>
       <c r="H1" s="13"/>
       <c r="I1" s="13"/>
       <c r="J1" s="13"/>
       <c r="K1" s="13"/>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="13" t="s">
         <v>94</v>
       </c>
       <c r="B5" s="13"/>
       <c r="C5" s="13"/>
       <c r="D5" s="13"/>
       <c r="E5" s="13"/>
       <c r="F5" s="13"/>
       <c r="G5" s="13"/>
       <c r="H5" s="13"/>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A5:K5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{41380D0C-3759-43AE-9668-BEBEB3084B7E}">
-  <dimension ref="A1:AP18"/>
+  <dimension ref="A1:AQ18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.28515625" customWidth="1"/>
     <col min="2" max="2" width="68.140625" customWidth="1"/>
     <col min="3" max="4" width="16.85546875" bestFit="1" customWidth="1"/>
-    <col min="5" max="41" width="13.140625" customWidth="1"/>
-    <col min="42" max="42" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="5" max="42" width="13.140625" customWidth="1"/>
+    <col min="43" max="43" width="13.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:42" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
       <c r="I1" s="6"/>
       <c r="J1" s="6"/>
       <c r="K1" s="6"/>
       <c r="L1" s="6"/>
       <c r="M1" s="6"/>
       <c r="N1" s="6"/>
       <c r="O1" s="6"/>
       <c r="P1" s="6"/>
       <c r="Q1" s="6"/>
       <c r="R1" s="6"/>
       <c r="S1" s="6"/>
       <c r="T1" s="6"/>
       <c r="U1" s="6"/>
       <c r="V1" s="6"/>
       <c r="W1" s="6"/>
       <c r="X1" s="6"/>
       <c r="Y1" s="6"/>
       <c r="Z1" s="6"/>
       <c r="AA1" s="6"/>
       <c r="AB1" s="6"/>
       <c r="AC1" s="6"/>
       <c r="AD1" s="6"/>
       <c r="AE1" s="6"/>
       <c r="AF1" s="6"/>
       <c r="AG1" s="6"/>
       <c r="AH1" s="6"/>
       <c r="AI1" s="6"/>
       <c r="AJ1" s="6"/>
       <c r="AK1" s="6"/>
       <c r="AL1" s="6"/>
       <c r="AM1" s="6"/>
       <c r="AN1" s="6"/>
       <c r="AO1" s="6"/>
       <c r="AP1" s="6"/>
+      <c r="AQ1" s="6"/>
     </row>
-    <row r="2" spans="1:42" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="6"/>
       <c r="M2" s="6"/>
       <c r="N2" s="6"/>
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
       <c r="Q2" s="6"/>
       <c r="R2" s="6"/>
       <c r="S2" s="6"/>
       <c r="T2" s="6"/>
       <c r="U2" s="6"/>
       <c r="V2" s="6"/>
       <c r="W2" s="6"/>
       <c r="X2" s="6"/>
       <c r="Y2" s="6"/>
       <c r="Z2" s="6"/>
       <c r="AA2" s="6"/>
       <c r="AB2" s="6"/>
       <c r="AC2" s="6"/>
       <c r="AD2" s="6"/>
       <c r="AE2" s="6"/>
       <c r="AF2" s="6"/>
       <c r="AG2" s="6"/>
       <c r="AH2" s="6"/>
       <c r="AI2" s="6"/>
       <c r="AJ2" s="6"/>
       <c r="AK2" s="6"/>
       <c r="AL2" s="6"/>
       <c r="AM2" s="6"/>
       <c r="AN2" s="6"/>
       <c r="AO2" s="6"/>
       <c r="AP2" s="6"/>
+      <c r="AQ2" s="6"/>
     </row>
-    <row r="3" spans="1:42" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:43" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C3" s="8"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
       <c r="P3" s="6"/>
       <c r="Q3" s="6"/>
       <c r="R3" s="6"/>
       <c r="S3" s="6"/>
       <c r="T3" s="6"/>
       <c r="U3" s="6"/>
       <c r="V3" s="6"/>
       <c r="W3" s="6"/>
       <c r="X3" s="6"/>
       <c r="Y3" s="6"/>
       <c r="Z3" s="6"/>
       <c r="AA3" s="6"/>
       <c r="AB3" s="6"/>
       <c r="AC3" s="6"/>
       <c r="AD3" s="6"/>
       <c r="AE3" s="6"/>
       <c r="AF3" s="6"/>
       <c r="AG3" s="6"/>
       <c r="AH3" s="6"/>
       <c r="AI3" s="6"/>
       <c r="AJ3" s="6"/>
       <c r="AK3" s="6"/>
       <c r="AL3" s="6"/>
       <c r="AM3" s="6"/>
       <c r="AN3" s="6"/>
       <c r="AO3" s="6"/>
       <c r="AP3" s="6"/>
+      <c r="AQ3" s="6"/>
     </row>
-    <row r="4" spans="1:42" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:43" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C4" s="8"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="6"/>
       <c r="N4" s="6"/>
       <c r="O4" s="6"/>
       <c r="P4" s="6"/>
       <c r="Q4" s="6"/>
       <c r="R4" s="6"/>
       <c r="S4" s="6"/>
       <c r="T4" s="6"/>
       <c r="U4" s="6"/>
       <c r="V4" s="6"/>
       <c r="W4" s="6"/>
       <c r="X4" s="6"/>
       <c r="Y4" s="6"/>
       <c r="Z4" s="6"/>
       <c r="AA4" s="6"/>
       <c r="AB4" s="6"/>
       <c r="AC4" s="6"/>
       <c r="AD4" s="6"/>
       <c r="AE4" s="6"/>
       <c r="AF4" s="6"/>
       <c r="AG4" s="6"/>
       <c r="AH4" s="6"/>
       <c r="AI4" s="6"/>
       <c r="AJ4" s="6"/>
       <c r="AK4" s="6"/>
       <c r="AL4" s="6"/>
       <c r="AM4" s="6"/>
       <c r="AN4" s="6"/>
       <c r="AO4" s="6"/>
       <c r="AP4" s="6"/>
+      <c r="AQ4" s="6"/>
     </row>
-    <row r="5" spans="1:42" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>7</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="I5" s="5" t="s">
@@ -1287,60 +1294,63 @@
       <c r="AF5" s="5" t="s">
         <v>92</v>
       </c>
       <c r="AG5" s="5" t="s">
         <v>93</v>
       </c>
       <c r="AH5" s="5" t="s">
         <v>95</v>
       </c>
       <c r="AI5" s="5" t="s">
         <v>96</v>
       </c>
       <c r="AJ5" s="5" t="s">
         <v>97</v>
       </c>
       <c r="AK5" s="5" t="s">
         <v>98</v>
       </c>
       <c r="AL5" s="5" t="s">
         <v>100</v>
       </c>
       <c r="AM5" s="5" t="s">
         <v>99</v>
       </c>
       <c r="AN5" s="5" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="AO5" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AP5" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="AP5" s="5" t="s">
+      <c r="AQ5" s="5" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="6" spans="1:42" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A6" s="6"/>
       <c r="B6" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E6" s="6">
         <v>0</v>
       </c>
       <c r="F6" s="9">
         <v>0</v>
       </c>
       <c r="G6" s="9">
         <v>20</v>
       </c>
       <c r="H6" s="9">
         <v>26</v>
       </c>
       <c r="I6" s="9">
         <v>21</v>
       </c>
@@ -1410,65 +1420,68 @@
       <c r="AE6" s="6">
         <v>37</v>
       </c>
       <c r="AF6" s="6">
         <v>16</v>
       </c>
       <c r="AG6" s="6">
         <v>13</v>
       </c>
       <c r="AH6" s="6">
         <v>19</v>
       </c>
       <c r="AI6" s="6">
         <v>30</v>
       </c>
       <c r="AJ6" s="6">
         <v>26</v>
       </c>
       <c r="AK6" s="6">
         <v>19</v>
       </c>
       <c r="AL6" s="6">
         <v>15</v>
       </c>
       <c r="AM6" s="6">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="AN6" s="6">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="AO6" s="6">
-        <f>SUM(E6:AN6)</f>
-[...4 lines deleted...]
-        <v>0.12737387300978323</v>
+        <v>4</v>
+      </c>
+      <c r="AP6" s="6">
+        <f>SUM(E6:AO6)</f>
+        <v>670</v>
+      </c>
+      <c r="AQ6" s="7">
+        <f>AP6/SUM($AP$6:$AP$11)</f>
+        <v>0.12689393939393939</v>
       </c>
     </row>
-    <row r="7" spans="1:42" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A7" s="6"/>
       <c r="B7" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E7" s="6">
         <v>0</v>
       </c>
       <c r="F7" s="6">
         <v>0</v>
       </c>
       <c r="G7" s="6">
         <v>0</v>
       </c>
       <c r="H7" s="9">
         <v>0</v>
       </c>
       <c r="I7" s="9">
         <v>6</v>
       </c>
@@ -1538,65 +1551,68 @@
       <c r="AE7" s="6">
         <v>30</v>
       </c>
       <c r="AF7" s="6">
         <v>20</v>
       </c>
       <c r="AG7" s="6">
         <v>26</v>
       </c>
       <c r="AH7" s="6">
         <v>19</v>
       </c>
       <c r="AI7" s="6">
         <v>18</v>
       </c>
       <c r="AJ7" s="6">
         <v>24</v>
       </c>
       <c r="AK7" s="6">
         <v>20</v>
       </c>
       <c r="AL7" s="6">
         <v>21</v>
       </c>
       <c r="AM7" s="6">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="AN7" s="6">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="AO7" s="6">
-        <f t="shared" ref="AO7:AO18" si="0">SUM(E7:AN7)</f>
-[...4 lines deleted...]
-        <v>9.4571264147324002E-2</v>
+        <v>2</v>
+      </c>
+      <c r="AP7" s="6">
+        <f t="shared" ref="AP7:AP18" si="0">SUM(E7:AO7)</f>
+        <v>498</v>
+      </c>
+      <c r="AQ7" s="7">
+        <f t="shared" ref="AQ7:AQ11" si="1">AP7/SUM($AP$6:$AP$11)</f>
+        <v>9.4318181818181815E-2</v>
       </c>
     </row>
-    <row r="8" spans="1:42" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A8" s="6"/>
       <c r="B8" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E8" s="6">
         <v>0</v>
       </c>
       <c r="F8" s="6">
         <v>0</v>
       </c>
       <c r="G8" s="6">
         <v>0</v>
       </c>
       <c r="H8" s="9">
         <v>0</v>
       </c>
       <c r="I8" s="9">
         <v>1</v>
       </c>
@@ -1666,65 +1682,68 @@
       <c r="AE8" s="9">
         <v>0</v>
       </c>
       <c r="AF8" s="9">
         <v>1</v>
       </c>
       <c r="AG8" s="9">
         <v>3</v>
       </c>
       <c r="AH8" s="9">
         <v>2</v>
       </c>
       <c r="AI8" s="9">
         <v>0</v>
       </c>
       <c r="AJ8" s="9">
         <v>0</v>
       </c>
       <c r="AK8" s="9">
         <v>1</v>
       </c>
       <c r="AL8" s="9">
         <v>1</v>
       </c>
       <c r="AM8" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AN8" s="9">
         <v>0</v>
       </c>
-      <c r="AO8" s="6">
+      <c r="AO8" s="9">
+        <v>0</v>
+      </c>
+      <c r="AP8" s="6">
         <f t="shared" si="0"/>
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="AP8" s="7">
+        <v>21</v>
+      </c>
+      <c r="AQ8" s="7">
         <f t="shared" si="1"/>
-        <v>3.8365624400537117E-3</v>
+        <v>3.9772727272727269E-3</v>
       </c>
     </row>
-    <row r="9" spans="1:42" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A9" s="6"/>
       <c r="B9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E9" s="9">
         <v>0</v>
       </c>
       <c r="F9" s="9">
         <v>32</v>
       </c>
       <c r="G9" s="9">
         <v>21</v>
       </c>
       <c r="H9" s="9">
         <v>22</v>
       </c>
       <c r="I9" s="9">
         <v>61</v>
       </c>
@@ -1791,68 +1810,71 @@
       <c r="AD9" s="6">
         <v>82</v>
       </c>
       <c r="AE9" s="6">
         <v>123</v>
       </c>
       <c r="AF9" s="6">
         <v>142</v>
       </c>
       <c r="AG9" s="6">
         <v>88</v>
       </c>
       <c r="AH9" s="6">
         <v>150</v>
       </c>
       <c r="AI9" s="6">
         <v>132</v>
       </c>
       <c r="AJ9" s="6">
         <v>178</v>
       </c>
       <c r="AK9" s="6">
         <v>115</v>
       </c>
       <c r="AL9" s="6">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="AM9" s="6">
         <v>119</v>
       </c>
       <c r="AN9" s="6">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AO9" s="6">
+        <v>41</v>
+      </c>
+      <c r="AP9" s="6">
         <f t="shared" si="0"/>
-        <v>3278</v>
-[...1 lines deleted...]
-      <c r="AP9" s="7">
+        <v>3323</v>
+      </c>
+      <c r="AQ9" s="7">
         <f t="shared" si="1"/>
-        <v>0.62881258392480333</v>
+        <v>0.62935606060606064</v>
       </c>
     </row>
-    <row r="10" spans="1:42" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A10" s="6"/>
       <c r="B10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E10" s="9">
         <v>0</v>
       </c>
       <c r="F10" s="9">
         <v>3</v>
       </c>
       <c r="G10" s="9">
         <v>6</v>
       </c>
       <c r="H10" s="9">
         <v>16</v>
       </c>
       <c r="I10" s="9">
         <v>36</v>
       </c>
@@ -1919,68 +1941,71 @@
       <c r="AD10" s="6">
         <v>15</v>
       </c>
       <c r="AE10" s="6">
         <v>28</v>
       </c>
       <c r="AF10" s="6">
         <v>23</v>
       </c>
       <c r="AG10" s="6">
         <v>15</v>
       </c>
       <c r="AH10" s="6">
         <v>18</v>
       </c>
       <c r="AI10" s="6">
         <v>21</v>
       </c>
       <c r="AJ10" s="6">
         <v>19</v>
       </c>
       <c r="AK10" s="6">
         <v>29</v>
       </c>
       <c r="AL10" s="6">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AM10" s="6">
         <v>17</v>
       </c>
       <c r="AN10" s="6">
         <v>4</v>
       </c>
       <c r="AO10" s="6">
+        <v>9</v>
+      </c>
+      <c r="AP10" s="6">
         <f t="shared" si="0"/>
-        <v>748</v>
-[...3 lines deleted...]
-        <v>0.14348743525800883</v>
+        <v>758</v>
+      </c>
+      <c r="AQ10" s="7">
+        <f>AP10/SUM($AP$6:$AP$11)</f>
+        <v>0.14356060606060606</v>
       </c>
     </row>
-    <row r="11" spans="1:42" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A11" s="6"/>
       <c r="B11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E11" s="6">
         <v>0</v>
       </c>
       <c r="F11" s="9">
         <v>0</v>
       </c>
       <c r="G11" s="9">
         <v>0</v>
       </c>
       <c r="H11" s="9">
         <v>0</v>
       </c>
       <c r="I11" s="9">
         <v>1</v>
       </c>
@@ -2055,104 +2080,108 @@
       </c>
       <c r="AG11" s="9">
         <v>1</v>
       </c>
       <c r="AH11" s="9">
         <v>0</v>
       </c>
       <c r="AI11" s="9">
         <v>0</v>
       </c>
       <c r="AJ11" s="9">
         <v>0</v>
       </c>
       <c r="AK11" s="9">
         <v>0</v>
       </c>
       <c r="AL11" s="9">
         <v>0</v>
       </c>
       <c r="AM11" s="9">
         <v>0</v>
       </c>
       <c r="AN11" s="9">
         <v>0</v>
       </c>
-      <c r="AO11" s="6">
+      <c r="AO11" s="9">
+        <v>0</v>
+      </c>
+      <c r="AP11" s="6">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
-      <c r="AP11" s="7">
+      <c r="AQ11" s="7">
         <f t="shared" si="1"/>
-        <v>1.9182812200268559E-3</v>
+        <v>1.893939393939394E-3</v>
       </c>
     </row>
-    <row r="12" spans="1:42" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A12" s="6"/>
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="6"/>
       <c r="F12" s="9"/>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
       <c r="J12" s="9"/>
       <c r="K12" s="9"/>
       <c r="L12" s="9"/>
       <c r="M12" s="9"/>
       <c r="N12" s="9"/>
       <c r="O12" s="9"/>
       <c r="P12" s="9"/>
       <c r="Q12" s="9"/>
       <c r="R12" s="9"/>
       <c r="S12" s="9"/>
       <c r="T12" s="9"/>
       <c r="U12" s="9"/>
       <c r="V12" s="6"/>
       <c r="W12" s="6"/>
       <c r="X12" s="6"/>
       <c r="Y12" s="6"/>
       <c r="Z12" s="6"/>
       <c r="AA12" s="6"/>
       <c r="AB12" s="6"/>
       <c r="AC12" s="6"/>
       <c r="AD12" s="6"/>
       <c r="AE12" s="6"/>
       <c r="AF12" s="6"/>
       <c r="AG12" s="6"/>
       <c r="AH12" s="6"/>
       <c r="AI12" s="6"/>
       <c r="AJ12" s="6"/>
       <c r="AK12" s="6"/>
       <c r="AL12" s="6"/>
       <c r="AM12" s="6"/>
       <c r="AN12" s="6"/>
       <c r="AO12" s="6"/>
       <c r="AP12" s="6"/>
+      <c r="AQ12" s="6"/>
     </row>
-    <row r="13" spans="1:42" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A13" s="6"/>
       <c r="B13" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E13" s="6">
         <v>0</v>
       </c>
       <c r="F13" s="9">
         <v>0</v>
       </c>
       <c r="G13" s="9">
         <v>0</v>
       </c>
       <c r="H13" s="9">
         <v>0</v>
       </c>
       <c r="I13" s="9">
         <v>0</v>
       </c>
@@ -2227,60 +2256,63 @@
       </c>
       <c r="AG13" s="9">
         <v>2</v>
       </c>
       <c r="AH13" s="9">
         <v>3</v>
       </c>
       <c r="AI13" s="9">
         <v>0</v>
       </c>
       <c r="AJ13" s="9">
         <v>0</v>
       </c>
       <c r="AK13" s="9">
         <v>0</v>
       </c>
       <c r="AL13" s="9">
         <v>2</v>
       </c>
       <c r="AM13" s="9">
         <v>1</v>
       </c>
       <c r="AN13" s="9">
         <v>0</v>
       </c>
-      <c r="AO13" s="6">
+      <c r="AO13" s="9">
+        <v>0</v>
+      </c>
+      <c r="AP13" s="6">
         <f t="shared" si="0"/>
         <v>40</v>
       </c>
-      <c r="AP13" s="7">
-        <f t="shared" ref="AP13:AP18" si="2">AO13/SUM($AO$13:$AO$18)</f>
+      <c r="AQ13" s="7">
+        <f t="shared" ref="AQ13:AQ18" si="2">AP13/SUM($AP$13:$AP$18)</f>
         <v>0.40404040404040403</v>
       </c>
     </row>
-    <row r="14" spans="1:42" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A14" s="6"/>
       <c r="B14" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E14" s="6">
         <v>0</v>
       </c>
       <c r="F14" s="9">
         <v>0</v>
       </c>
       <c r="G14" s="9">
         <v>0</v>
       </c>
       <c r="H14" s="9">
         <v>0</v>
       </c>
       <c r="I14" s="9">
         <v>0</v>
       </c>
@@ -2355,60 +2387,63 @@
       </c>
       <c r="AG14" s="9">
         <v>1</v>
       </c>
       <c r="AH14" s="9">
         <v>1</v>
       </c>
       <c r="AI14" s="9">
         <v>1</v>
       </c>
       <c r="AJ14" s="9">
         <v>0</v>
       </c>
       <c r="AK14" s="9">
         <v>0</v>
       </c>
       <c r="AL14" s="9">
         <v>2</v>
       </c>
       <c r="AM14" s="9">
         <v>1</v>
       </c>
       <c r="AN14" s="9">
         <v>0</v>
       </c>
-      <c r="AO14" s="6">
+      <c r="AO14" s="9">
+        <v>0</v>
+      </c>
+      <c r="AP14" s="6">
         <f t="shared" si="0"/>
         <v>20</v>
       </c>
-      <c r="AP14" s="7">
-        <f>AO14/SUM($AO$13:$AO$18)</f>
+      <c r="AQ14" s="7">
+        <f>AP14/SUM($AP$13:$AP$18)</f>
         <v>0.20202020202020202</v>
       </c>
     </row>
-    <row r="15" spans="1:42" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A15" s="6"/>
       <c r="B15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E15" s="6">
         <v>0</v>
       </c>
       <c r="F15" s="9">
         <v>0</v>
       </c>
       <c r="G15" s="9">
         <v>0</v>
       </c>
       <c r="H15" s="9">
         <v>0</v>
       </c>
       <c r="I15" s="9">
         <v>0</v>
       </c>
@@ -2483,60 +2518,63 @@
       </c>
       <c r="AG15" s="9">
         <v>1</v>
       </c>
       <c r="AH15" s="9">
         <v>0</v>
       </c>
       <c r="AI15" s="9">
         <v>0</v>
       </c>
       <c r="AJ15" s="9">
         <v>0</v>
       </c>
       <c r="AK15" s="9">
         <v>0</v>
       </c>
       <c r="AL15" s="9">
         <v>0</v>
       </c>
       <c r="AM15" s="9">
         <v>0</v>
       </c>
       <c r="AN15" s="9">
         <v>0</v>
       </c>
-      <c r="AO15" s="6">
+      <c r="AO15" s="9">
+        <v>0</v>
+      </c>
+      <c r="AP15" s="6">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="AP15" s="7">
+      <c r="AQ15" s="7">
         <f t="shared" si="2"/>
         <v>1.0101010101010102E-2</v>
       </c>
     </row>
-    <row r="16" spans="1:42" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A16" s="6"/>
       <c r="B16" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E16" s="6">
         <v>0</v>
       </c>
       <c r="F16" s="9">
         <v>0</v>
       </c>
       <c r="G16" s="9">
         <v>0</v>
       </c>
       <c r="H16" s="9">
         <v>0</v>
       </c>
       <c r="I16" s="9">
         <v>0</v>
       </c>
@@ -2611,60 +2649,63 @@
       </c>
       <c r="AG16" s="9">
         <v>0</v>
       </c>
       <c r="AH16" s="9">
         <v>1</v>
       </c>
       <c r="AI16" s="9">
         <v>0</v>
       </c>
       <c r="AJ16" s="9">
         <v>0</v>
       </c>
       <c r="AK16" s="9">
         <v>0</v>
       </c>
       <c r="AL16" s="9">
         <v>0</v>
       </c>
       <c r="AM16" s="9">
         <v>0</v>
       </c>
       <c r="AN16" s="9">
         <v>1</v>
       </c>
-      <c r="AO16" s="6">
+      <c r="AO16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AP16" s="6">
         <f t="shared" si="0"/>
         <v>32</v>
       </c>
-      <c r="AP16" s="7">
+      <c r="AQ16" s="7">
         <f t="shared" si="2"/>
         <v>0.32323232323232326</v>
       </c>
     </row>
-    <row r="17" spans="1:42" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A17" s="6"/>
       <c r="B17" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E17" s="6">
         <v>0</v>
       </c>
       <c r="F17" s="9">
         <v>0</v>
       </c>
       <c r="G17" s="9">
         <v>0</v>
       </c>
       <c r="H17" s="9">
         <v>0</v>
       </c>
       <c r="I17" s="9">
         <v>0</v>
       </c>
@@ -2739,60 +2780,63 @@
       </c>
       <c r="AG17" s="9">
         <v>0</v>
       </c>
       <c r="AH17" s="9">
         <v>0</v>
       </c>
       <c r="AI17" s="9">
         <v>0</v>
       </c>
       <c r="AJ17" s="9">
         <v>0</v>
       </c>
       <c r="AK17" s="9">
         <v>0</v>
       </c>
       <c r="AL17" s="9">
         <v>1</v>
       </c>
       <c r="AM17" s="9">
         <v>0</v>
       </c>
       <c r="AN17" s="9">
         <v>0</v>
       </c>
-      <c r="AO17" s="6">
+      <c r="AO17" s="9">
+        <v>0</v>
+      </c>
+      <c r="AP17" s="6">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
-      <c r="AP17" s="7">
+      <c r="AQ17" s="7">
         <f t="shared" si="2"/>
         <v>6.0606060606060608E-2</v>
       </c>
     </row>
-    <row r="18" spans="1:42" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:43" x14ac:dyDescent="0.2">
       <c r="A18" s="6"/>
       <c r="B18" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E18" s="6">
         <v>0</v>
       </c>
       <c r="F18" s="6">
         <v>0</v>
       </c>
       <c r="G18" s="6">
         <v>0</v>
       </c>
       <c r="H18" s="6">
         <v>0</v>
       </c>
       <c r="I18" s="6">
         <v>0</v>
       </c>
@@ -2861,125 +2905,130 @@
       </c>
       <c r="AE18" s="9">
         <v>0</v>
       </c>
       <c r="AF18" s="9">
         <v>0</v>
       </c>
       <c r="AG18" s="9">
         <v>0</v>
       </c>
       <c r="AH18" s="9">
         <v>0</v>
       </c>
       <c r="AI18" s="9">
         <v>0</v>
       </c>
       <c r="AJ18" s="9">
         <v>0</v>
       </c>
       <c r="AK18" s="9">
         <v>0</v>
       </c>
       <c r="AL18" s="9">
         <v>0</v>
       </c>
-      <c r="AM18" s="9"/>
+      <c r="AM18" s="9">
+        <v>0</v>
+      </c>
       <c r="AN18" s="9">
         <v>0</v>
       </c>
-      <c r="AO18" s="6">
+      <c r="AO18" s="9">
+        <v>0</v>
+      </c>
+      <c r="AP18" s="6">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AP18" s="7">
+      <c r="AQ18" s="7">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{53805FCE-4173-498A-9438-E4BA4DD8AA18}">
-  <dimension ref="A1:AK31"/>
+  <dimension ref="A1:AL31"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.28515625" style="6" customWidth="1"/>
     <col min="2" max="3" width="27.7109375" style="6" customWidth="1"/>
     <col min="4" max="4" width="10.5703125" style="6" customWidth="1"/>
     <col min="5" max="24" width="10" style="6" customWidth="1"/>
     <col min="25" max="27" width="9.140625" style="6" customWidth="1"/>
     <col min="28" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="2" spans="1:37" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:38" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
     </row>
-    <row r="3" spans="1:37" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:38" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>45</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
     </row>
-    <row r="4" spans="1:37" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:38" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
-    <row r="5" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>59</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>60</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="I5" s="1" t="s">
@@ -3042,57 +3091,60 @@
       <c r="AB5" s="1" t="s">
         <v>92</v>
       </c>
       <c r="AC5" s="1" t="s">
         <v>93</v>
       </c>
       <c r="AD5" s="1" t="s">
         <v>95</v>
       </c>
       <c r="AE5" s="1" t="s">
         <v>96</v>
       </c>
       <c r="AF5" s="1" t="s">
         <v>97</v>
       </c>
       <c r="AG5" s="1" t="s">
         <v>98</v>
       </c>
       <c r="AH5" s="1" t="s">
         <v>100</v>
       </c>
       <c r="AI5" s="1" t="s">
         <v>99</v>
       </c>
       <c r="AJ5" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="AK5" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL5" s="1" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A6" s="3"/>
       <c r="B6" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>62</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>63</v>
       </c>
       <c r="E6" s="6">
         <v>0</v>
       </c>
       <c r="F6" s="6">
         <v>0</v>
       </c>
       <c r="G6" s="6">
         <v>1</v>
       </c>
       <c r="H6" s="6">
         <v>1</v>
       </c>
       <c r="I6" s="6">
         <v>3</v>
       </c>
@@ -3156,55 +3208,58 @@
       <c r="AC6" s="6">
         <v>1</v>
       </c>
       <c r="AD6" s="6">
         <v>0</v>
       </c>
       <c r="AE6" s="6">
         <v>0</v>
       </c>
       <c r="AF6" s="6">
         <v>1</v>
       </c>
       <c r="AG6" s="6">
         <v>0</v>
       </c>
       <c r="AH6" s="6">
         <v>1</v>
       </c>
       <c r="AI6" s="6">
         <v>1</v>
       </c>
       <c r="AJ6" s="6">
         <v>1</v>
       </c>
       <c r="AK6" s="6">
-        <f>SUM(E6:AJ6)</f>
-        <v>16</v>
+        <v>1</v>
+      </c>
+      <c r="AL6" s="6">
+        <f>SUM(E6:AK6)</f>
+        <v>17</v>
       </c>
     </row>
-    <row r="7" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:38" x14ac:dyDescent="0.2">
       <c r="B7" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>62</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>64</v>
       </c>
       <c r="E7" s="6">
         <v>1</v>
       </c>
       <c r="F7" s="6">
         <v>4</v>
       </c>
       <c r="G7" s="6">
         <v>0</v>
       </c>
       <c r="H7" s="6">
         <v>0</v>
       </c>
       <c r="I7" s="6">
         <v>0</v>
       </c>
       <c r="J7" s="6">
@@ -3267,55 +3322,58 @@
       <c r="AC7">
         <v>0</v>
       </c>
       <c r="AD7">
         <v>0</v>
       </c>
       <c r="AE7" s="6">
         <v>4</v>
       </c>
       <c r="AF7" s="6">
         <v>4</v>
       </c>
       <c r="AG7" s="6">
         <v>2</v>
       </c>
       <c r="AH7" s="6">
         <v>0</v>
       </c>
       <c r="AI7" s="6">
         <v>2</v>
       </c>
       <c r="AJ7" s="6">
         <v>6</v>
       </c>
       <c r="AK7" s="6">
-        <f>SUM(E7:AJ7)</f>
-        <v>49</v>
+        <v>14</v>
+      </c>
+      <c r="AL7" s="6">
+        <f>SUM(E7:AK7)</f>
+        <v>63</v>
       </c>
     </row>
-    <row r="8" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:38" x14ac:dyDescent="0.2">
       <c r="B8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>101</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="E8" s="6">
         <v>0</v>
       </c>
       <c r="F8" s="6">
         <v>0</v>
       </c>
       <c r="G8" s="6">
         <v>0</v>
       </c>
       <c r="H8" s="6">
         <v>0</v>
       </c>
       <c r="I8" s="6">
         <v>0</v>
       </c>
       <c r="J8" s="6">
@@ -3378,55 +3436,58 @@
       <c r="AC8" s="6">
         <v>0</v>
       </c>
       <c r="AD8" s="6">
         <v>0</v>
       </c>
       <c r="AE8" s="6">
         <v>0</v>
       </c>
       <c r="AF8" s="6">
         <v>0</v>
       </c>
       <c r="AG8" s="6">
         <v>0</v>
       </c>
       <c r="AH8" s="6">
         <v>0</v>
       </c>
       <c r="AI8" s="6">
         <v>0</v>
       </c>
       <c r="AJ8" s="6">
         <v>0</v>
       </c>
       <c r="AK8" s="6">
-        <f>SUM(E8:AJ8)</f>
+        <v>0</v>
+      </c>
+      <c r="AL8" s="6">
+        <f>SUM(E8:AK8)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:38" x14ac:dyDescent="0.2">
       <c r="B9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>101</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="E9" s="6">
         <v>0</v>
       </c>
       <c r="F9" s="6">
         <v>0</v>
       </c>
       <c r="G9" s="6">
         <v>0</v>
       </c>
       <c r="H9" s="6">
         <v>2</v>
       </c>
       <c r="I9" s="6">
         <v>2</v>
       </c>
       <c r="J9" s="6">
@@ -3489,55 +3550,58 @@
       <c r="AC9" s="6">
         <v>2</v>
       </c>
       <c r="AD9" s="6">
         <v>2</v>
       </c>
       <c r="AE9" s="6">
         <v>1</v>
       </c>
       <c r="AF9" s="6">
         <v>0</v>
       </c>
       <c r="AG9" s="6">
         <v>5</v>
       </c>
       <c r="AH9" s="6">
         <v>2</v>
       </c>
       <c r="AI9" s="6">
         <v>3</v>
       </c>
       <c r="AJ9" s="6">
         <v>3</v>
       </c>
       <c r="AK9" s="6">
-        <f>SUM(E9:AJ9)</f>
-        <v>59</v>
+        <v>2</v>
+      </c>
+      <c r="AL9" s="6">
+        <f>SUM(E9:AK9)</f>
+        <v>61</v>
       </c>
     </row>
-    <row r="10" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:38" x14ac:dyDescent="0.2">
       <c r="B10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E10" s="6">
         <v>0</v>
       </c>
       <c r="F10" s="6">
         <v>1</v>
       </c>
       <c r="G10" s="6">
         <v>0</v>
       </c>
       <c r="H10" s="6">
         <v>0</v>
       </c>
       <c r="I10" s="6">
         <v>0</v>
       </c>
       <c r="J10" s="6">
@@ -3600,55 +3664,58 @@
       <c r="AC10" s="6">
         <v>0</v>
       </c>
       <c r="AD10" s="6">
         <v>0</v>
       </c>
       <c r="AE10" s="6">
         <v>0</v>
       </c>
       <c r="AF10" s="6">
         <v>0</v>
       </c>
       <c r="AG10" s="6">
         <v>0</v>
       </c>
       <c r="AH10" s="6">
         <v>0</v>
       </c>
       <c r="AI10" s="6">
         <v>0</v>
       </c>
       <c r="AJ10" s="6">
         <v>0</v>
       </c>
       <c r="AK10" s="6">
-        <f t="shared" ref="AK10" si="0">SUM(E10:AJ10)</f>
+        <v>0</v>
+      </c>
+      <c r="AL10" s="6">
+        <f t="shared" ref="AL10" si="0">SUM(E10:AK10)</f>
         <v>3</v>
       </c>
     </row>
-    <row r="11" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:38" x14ac:dyDescent="0.2">
       <c r="B11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E11" s="6">
         <v>0</v>
       </c>
       <c r="F11" s="6">
         <v>0</v>
       </c>
       <c r="G11" s="6">
         <v>0</v>
       </c>
       <c r="H11" s="6">
         <v>0</v>
       </c>
       <c r="I11" s="6">
         <v>0</v>
       </c>
       <c r="J11" s="6">
@@ -3711,55 +3778,58 @@
       <c r="AC11" s="6">
         <v>0</v>
       </c>
       <c r="AD11" s="6">
         <v>0</v>
       </c>
       <c r="AE11" s="6">
         <v>0</v>
       </c>
       <c r="AF11" s="6">
         <v>0</v>
       </c>
       <c r="AG11" s="6">
         <v>0</v>
       </c>
       <c r="AH11" s="6">
         <v>1</v>
       </c>
       <c r="AI11" s="6">
         <v>0</v>
       </c>
       <c r="AJ11" s="6">
         <v>0</v>
       </c>
       <c r="AK11" s="6">
-        <f t="shared" ref="AK11:AK31" si="1">SUM(E11:AJ11)</f>
+        <v>0</v>
+      </c>
+      <c r="AL11" s="6">
+        <f t="shared" ref="AL11:AL31" si="1">SUM(E11:AK11)</f>
         <v>3</v>
       </c>
     </row>
-    <row r="12" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:38" x14ac:dyDescent="0.2">
       <c r="B12" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E12" s="6">
         <v>4</v>
       </c>
       <c r="F12" s="6">
         <v>4</v>
       </c>
       <c r="G12" s="6">
         <v>2</v>
       </c>
       <c r="H12" s="6">
         <v>2</v>
       </c>
       <c r="I12" s="6">
         <v>3</v>
       </c>
       <c r="J12" s="6">
@@ -3822,55 +3892,58 @@
       <c r="AC12" s="6">
         <v>5</v>
       </c>
       <c r="AD12" s="6">
         <v>4</v>
       </c>
       <c r="AE12" s="6">
         <v>0</v>
       </c>
       <c r="AF12" s="6">
         <v>2</v>
       </c>
       <c r="AG12" s="6">
         <v>3</v>
       </c>
       <c r="AH12" s="6">
         <v>6</v>
       </c>
       <c r="AI12" s="6">
         <v>5</v>
       </c>
       <c r="AJ12" s="6">
         <v>4</v>
       </c>
       <c r="AK12" s="6">
+        <v>4</v>
+      </c>
+      <c r="AL12" s="6">
         <f t="shared" si="1"/>
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
-    <row r="13" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:38" x14ac:dyDescent="0.2">
       <c r="B13" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E13" s="6">
         <v>0</v>
       </c>
       <c r="F13" s="6">
         <v>2</v>
       </c>
       <c r="G13" s="6">
         <v>2</v>
       </c>
       <c r="H13" s="6">
         <v>1</v>
       </c>
       <c r="I13" s="6">
         <v>3</v>
       </c>
       <c r="J13" s="6">
@@ -3933,55 +4006,58 @@
       <c r="AC13" s="6">
         <v>2</v>
       </c>
       <c r="AD13" s="6">
         <v>4</v>
       </c>
       <c r="AE13" s="6">
         <v>3</v>
       </c>
       <c r="AF13" s="6">
         <v>3</v>
       </c>
       <c r="AG13" s="6">
         <v>5</v>
       </c>
       <c r="AH13" s="6">
         <v>5</v>
       </c>
       <c r="AI13" s="6">
         <v>8</v>
       </c>
       <c r="AJ13" s="6">
         <v>2</v>
       </c>
       <c r="AK13" s="6">
+        <v>1</v>
+      </c>
+      <c r="AL13" s="6">
         <f t="shared" si="1"/>
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
-    <row r="14" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:38" x14ac:dyDescent="0.2">
       <c r="B14" s="6" t="s">
         <v>69</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>70</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E14" s="6">
         <v>0</v>
       </c>
       <c r="F14" s="6">
         <v>2</v>
       </c>
       <c r="G14" s="6">
         <v>4</v>
       </c>
       <c r="H14" s="6">
         <v>0</v>
       </c>
       <c r="I14" s="6">
         <v>0</v>
       </c>
       <c r="J14" s="6">
@@ -4044,55 +4120,58 @@
       <c r="AC14" s="6">
         <v>1</v>
       </c>
       <c r="AD14" s="6">
         <v>0</v>
       </c>
       <c r="AE14" s="6">
         <v>0</v>
       </c>
       <c r="AF14" s="6">
         <v>1</v>
       </c>
       <c r="AG14" s="6">
         <v>1</v>
       </c>
       <c r="AH14" s="6">
         <v>3</v>
       </c>
       <c r="AI14" s="6">
         <v>2</v>
       </c>
       <c r="AJ14" s="6">
         <v>6</v>
       </c>
       <c r="AK14" s="6">
+        <v>1</v>
+      </c>
+      <c r="AL14" s="6">
         <f t="shared" si="1"/>
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
-    <row r="15" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:38" x14ac:dyDescent="0.2">
       <c r="B15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>70</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E15" s="6">
         <v>2</v>
       </c>
       <c r="F15" s="6">
         <v>0</v>
       </c>
       <c r="G15" s="6">
         <v>3</v>
       </c>
       <c r="H15" s="6">
         <v>1</v>
       </c>
       <c r="I15" s="6">
         <v>0</v>
       </c>
       <c r="J15" s="6">
@@ -4155,55 +4234,58 @@
       <c r="AC15" s="6">
         <v>0</v>
       </c>
       <c r="AD15" s="6">
         <v>1</v>
       </c>
       <c r="AE15" s="6">
         <v>1</v>
       </c>
       <c r="AF15" s="6">
         <v>0</v>
       </c>
       <c r="AG15" s="6">
         <v>1</v>
       </c>
       <c r="AH15" s="6">
         <v>0</v>
       </c>
       <c r="AI15" s="6">
         <v>0</v>
       </c>
       <c r="AJ15" s="6">
         <v>0</v>
       </c>
       <c r="AK15" s="6">
+        <v>0</v>
+      </c>
+      <c r="AL15" s="6">
         <f t="shared" si="1"/>
         <v>17</v>
       </c>
     </row>
-    <row r="16" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:38" x14ac:dyDescent="0.2">
       <c r="B16" s="6" t="s">
         <v>69</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>71</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E16" s="6">
         <v>0</v>
       </c>
       <c r="F16" s="6">
         <v>0</v>
       </c>
       <c r="G16" s="6">
         <v>0</v>
       </c>
       <c r="H16" s="6">
         <v>0</v>
       </c>
       <c r="I16" s="6">
         <v>0</v>
       </c>
       <c r="J16" s="6">
@@ -4266,1498 +4348,1540 @@
       <c r="AC16" s="6">
         <v>0</v>
       </c>
       <c r="AD16" s="6">
         <v>0</v>
       </c>
       <c r="AE16" s="6">
         <v>0</v>
       </c>
       <c r="AF16" s="6">
         <v>0</v>
       </c>
       <c r="AG16" s="6">
         <v>0</v>
       </c>
       <c r="AH16" s="6">
         <v>0</v>
       </c>
       <c r="AI16" s="6">
         <v>1</v>
       </c>
       <c r="AJ16" s="6">
         <v>0</v>
       </c>
       <c r="AK16" s="6">
+        <v>2</v>
+      </c>
+      <c r="AL16" s="6">
+        <f t="shared" si="1"/>
+        <v>4</v>
+      </c>
+    </row>
+    <row r="17" spans="2:38" x14ac:dyDescent="0.2">
+      <c r="B17" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E17" s="6">
+        <v>0</v>
+      </c>
+      <c r="F17" s="6">
+        <v>2</v>
+      </c>
+      <c r="G17" s="6">
+        <v>0</v>
+      </c>
+      <c r="H17" s="6">
+        <v>3</v>
+      </c>
+      <c r="I17" s="6">
+        <v>0</v>
+      </c>
+      <c r="J17" s="6">
+        <v>2</v>
+      </c>
+      <c r="K17" s="6">
+        <v>0</v>
+      </c>
+      <c r="L17" s="6">
+        <v>5</v>
+      </c>
+      <c r="M17" s="6">
+        <v>2</v>
+      </c>
+      <c r="N17" s="6">
+        <v>1</v>
+      </c>
+      <c r="O17" s="6">
+        <v>3</v>
+      </c>
+      <c r="P17" s="6">
+        <v>1</v>
+      </c>
+      <c r="Q17" s="6">
+        <v>2</v>
+      </c>
+      <c r="R17" s="6">
+        <v>1</v>
+      </c>
+      <c r="S17" s="6">
+        <v>0</v>
+      </c>
+      <c r="T17" s="6">
+        <v>0</v>
+      </c>
+      <c r="U17" s="6">
+        <v>1</v>
+      </c>
+      <c r="V17" s="6">
+        <v>1</v>
+      </c>
+      <c r="W17" s="6">
+        <v>0</v>
+      </c>
+      <c r="X17" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y17" s="6">
+        <v>0</v>
+      </c>
+      <c r="Z17" s="6">
+        <v>2</v>
+      </c>
+      <c r="AA17" s="6">
+        <v>0</v>
+      </c>
+      <c r="AB17" s="6">
+        <v>0</v>
+      </c>
+      <c r="AC17" s="6">
+        <v>1</v>
+      </c>
+      <c r="AD17" s="6">
+        <v>1</v>
+      </c>
+      <c r="AE17" s="6">
+        <v>0</v>
+      </c>
+      <c r="AF17" s="6">
+        <v>1</v>
+      </c>
+      <c r="AG17" s="6">
+        <v>1</v>
+      </c>
+      <c r="AH17" s="6">
+        <v>2</v>
+      </c>
+      <c r="AI17" s="6">
+        <v>2</v>
+      </c>
+      <c r="AJ17" s="6">
+        <v>0</v>
+      </c>
+      <c r="AK17" s="6">
+        <v>0</v>
+      </c>
+      <c r="AL17" s="6">
+        <f t="shared" si="1"/>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="18" spans="2:38" x14ac:dyDescent="0.2">
+      <c r="B18" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E18" s="6">
+        <v>0</v>
+      </c>
+      <c r="F18" s="6">
+        <v>0</v>
+      </c>
+      <c r="G18" s="6">
+        <v>0</v>
+      </c>
+      <c r="H18" s="6">
+        <v>0</v>
+      </c>
+      <c r="I18" s="6">
+        <v>0</v>
+      </c>
+      <c r="J18" s="6">
+        <v>0</v>
+      </c>
+      <c r="K18" s="6">
+        <v>1</v>
+      </c>
+      <c r="L18" s="6">
+        <v>2</v>
+      </c>
+      <c r="M18" s="6">
+        <v>0</v>
+      </c>
+      <c r="N18" s="6">
+        <v>1</v>
+      </c>
+      <c r="O18" s="6">
+        <v>0</v>
+      </c>
+      <c r="P18" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="6">
+        <v>0</v>
+      </c>
+      <c r="R18" s="6">
+        <v>0</v>
+      </c>
+      <c r="S18" s="6">
+        <v>0</v>
+      </c>
+      <c r="T18" s="6">
+        <v>0</v>
+      </c>
+      <c r="U18" s="6">
+        <v>0</v>
+      </c>
+      <c r="V18" s="6">
+        <v>0</v>
+      </c>
+      <c r="W18" s="6">
+        <v>0</v>
+      </c>
+      <c r="X18" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y18">
+        <v>0</v>
+      </c>
+      <c r="Z18" s="6">
+        <v>0</v>
+      </c>
+      <c r="AA18">
+        <v>0</v>
+      </c>
+      <c r="AB18" s="6">
+        <v>0</v>
+      </c>
+      <c r="AC18" s="6">
+        <v>0</v>
+      </c>
+      <c r="AD18" s="6">
+        <v>0</v>
+      </c>
+      <c r="AE18" s="6">
+        <v>0</v>
+      </c>
+      <c r="AF18" s="6">
+        <v>0</v>
+      </c>
+      <c r="AG18" s="6">
+        <v>0</v>
+      </c>
+      <c r="AH18" s="6">
+        <v>0</v>
+      </c>
+      <c r="AI18" s="6">
+        <v>0</v>
+      </c>
+      <c r="AJ18" s="6">
+        <v>0</v>
+      </c>
+      <c r="AK18" s="6">
+        <v>0</v>
+      </c>
+      <c r="AL18" s="6">
+        <f t="shared" si="1"/>
+        <v>4</v>
+      </c>
+    </row>
+    <row r="19" spans="2:38" x14ac:dyDescent="0.2">
+      <c r="B19" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E19" s="6">
+        <v>0</v>
+      </c>
+      <c r="F19" s="6">
+        <v>0</v>
+      </c>
+      <c r="G19" s="6">
+        <v>0</v>
+      </c>
+      <c r="H19" s="6">
+        <v>0</v>
+      </c>
+      <c r="I19" s="6">
+        <v>1</v>
+      </c>
+      <c r="J19" s="6">
+        <v>0</v>
+      </c>
+      <c r="K19" s="6">
+        <v>0</v>
+      </c>
+      <c r="L19" s="6">
+        <v>0</v>
+      </c>
+      <c r="M19" s="6">
+        <v>0</v>
+      </c>
+      <c r="N19" s="6">
+        <v>0</v>
+      </c>
+      <c r="O19" s="6">
+        <v>0</v>
+      </c>
+      <c r="P19" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="6">
+        <v>0</v>
+      </c>
+      <c r="R19" s="6">
+        <v>0</v>
+      </c>
+      <c r="S19" s="6">
+        <v>0</v>
+      </c>
+      <c r="T19" s="6">
+        <v>0</v>
+      </c>
+      <c r="U19" s="6">
+        <v>0</v>
+      </c>
+      <c r="V19" s="6">
+        <v>0</v>
+      </c>
+      <c r="W19" s="6">
+        <v>0</v>
+      </c>
+      <c r="X19" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y19" s="6">
+        <v>0</v>
+      </c>
+      <c r="Z19" s="6">
+        <v>0</v>
+      </c>
+      <c r="AA19" s="6">
+        <v>0</v>
+      </c>
+      <c r="AB19" s="6">
+        <v>0</v>
+      </c>
+      <c r="AC19" s="6">
+        <v>0</v>
+      </c>
+      <c r="AD19" s="6">
+        <v>0</v>
+      </c>
+      <c r="AE19" s="6">
+        <v>0</v>
+      </c>
+      <c r="AF19" s="6">
+        <v>0</v>
+      </c>
+      <c r="AG19" s="6">
+        <v>0</v>
+      </c>
+      <c r="AH19" s="6">
+        <v>0</v>
+      </c>
+      <c r="AI19" s="6">
+        <v>0</v>
+      </c>
+      <c r="AJ19" s="6">
+        <v>0</v>
+      </c>
+      <c r="AK19" s="6">
+        <v>0</v>
+      </c>
+      <c r="AL19" s="6">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="2:38" x14ac:dyDescent="0.2">
+      <c r="B20" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E20" s="6">
+        <v>1</v>
+      </c>
+      <c r="F20" s="6">
+        <v>2</v>
+      </c>
+      <c r="G20" s="6">
+        <v>4</v>
+      </c>
+      <c r="H20" s="6">
+        <v>0</v>
+      </c>
+      <c r="I20" s="6">
+        <v>3</v>
+      </c>
+      <c r="J20" s="6">
+        <v>1</v>
+      </c>
+      <c r="K20" s="6">
+        <v>1</v>
+      </c>
+      <c r="L20" s="6">
+        <v>1</v>
+      </c>
+      <c r="M20" s="6">
+        <v>0</v>
+      </c>
+      <c r="N20" s="6">
+        <v>3</v>
+      </c>
+      <c r="O20" s="6">
+        <v>0</v>
+      </c>
+      <c r="P20" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="6">
+        <v>4</v>
+      </c>
+      <c r="R20" s="6">
+        <v>6</v>
+      </c>
+      <c r="S20" s="6">
+        <v>1</v>
+      </c>
+      <c r="T20" s="6">
+        <v>0</v>
+      </c>
+      <c r="U20" s="6">
+        <v>4</v>
+      </c>
+      <c r="V20" s="6">
+        <v>1</v>
+      </c>
+      <c r="W20" s="6">
+        <v>1</v>
+      </c>
+      <c r="X20" s="6">
+        <v>1</v>
+      </c>
+      <c r="Y20">
+        <v>2</v>
+      </c>
+      <c r="Z20" s="6">
+        <v>1</v>
+      </c>
+      <c r="AA20">
+        <v>1</v>
+      </c>
+      <c r="AB20" s="6">
+        <v>1</v>
+      </c>
+      <c r="AC20" s="6">
+        <v>2</v>
+      </c>
+      <c r="AD20" s="6">
+        <v>1</v>
+      </c>
+      <c r="AE20" s="6">
+        <v>3</v>
+      </c>
+      <c r="AF20" s="6">
+        <v>2</v>
+      </c>
+      <c r="AG20" s="6">
+        <v>2</v>
+      </c>
+      <c r="AH20" s="6">
+        <v>4</v>
+      </c>
+      <c r="AI20" s="6">
+        <v>2</v>
+      </c>
+      <c r="AJ20" s="6">
+        <v>4</v>
+      </c>
+      <c r="AK20" s="6">
+        <v>4</v>
+      </c>
+      <c r="AL20" s="6">
+        <f t="shared" si="1"/>
+        <v>63</v>
+      </c>
+    </row>
+    <row r="21" spans="2:38" x14ac:dyDescent="0.2">
+      <c r="B21" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E21" s="6">
+        <v>0</v>
+      </c>
+      <c r="F21" s="6">
+        <v>0</v>
+      </c>
+      <c r="G21" s="6">
+        <v>0</v>
+      </c>
+      <c r="H21" s="6">
+        <v>0</v>
+      </c>
+      <c r="I21" s="6">
+        <v>0</v>
+      </c>
+      <c r="J21" s="6">
+        <v>0</v>
+      </c>
+      <c r="K21" s="6">
+        <v>1</v>
+      </c>
+      <c r="L21" s="6">
+        <v>1</v>
+      </c>
+      <c r="M21" s="6">
+        <v>1</v>
+      </c>
+      <c r="N21" s="6">
+        <v>0</v>
+      </c>
+      <c r="O21" s="6">
+        <v>0</v>
+      </c>
+      <c r="P21" s="6">
+        <v>1</v>
+      </c>
+      <c r="Q21" s="6">
+        <v>0</v>
+      </c>
+      <c r="R21" s="6">
+        <v>1</v>
+      </c>
+      <c r="S21" s="6">
+        <v>0</v>
+      </c>
+      <c r="T21" s="6">
+        <v>1</v>
+      </c>
+      <c r="U21" s="6">
+        <v>1</v>
+      </c>
+      <c r="V21" s="6">
+        <v>0</v>
+      </c>
+      <c r="W21" s="6">
+        <v>1</v>
+      </c>
+      <c r="X21" s="6">
+        <v>3</v>
+      </c>
+      <c r="Y21" s="6">
+        <v>0</v>
+      </c>
+      <c r="Z21" s="6">
+        <v>0</v>
+      </c>
+      <c r="AA21" s="6">
+        <v>0</v>
+      </c>
+      <c r="AB21" s="6">
+        <v>1</v>
+      </c>
+      <c r="AC21" s="6">
+        <v>0</v>
+      </c>
+      <c r="AD21" s="6">
+        <v>0</v>
+      </c>
+      <c r="AE21" s="6">
+        <v>0</v>
+      </c>
+      <c r="AF21" s="6">
+        <v>1</v>
+      </c>
+      <c r="AG21" s="6">
+        <v>0</v>
+      </c>
+      <c r="AH21" s="6">
+        <v>0</v>
+      </c>
+      <c r="AI21" s="6">
+        <v>0</v>
+      </c>
+      <c r="AJ21" s="6">
+        <v>1</v>
+      </c>
+      <c r="AK21" s="6">
+        <v>1</v>
+      </c>
+      <c r="AL21" s="6">
+        <f t="shared" si="1"/>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="22" spans="2:38" x14ac:dyDescent="0.2">
+      <c r="B22" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E22" s="6">
+        <v>0</v>
+      </c>
+      <c r="F22" s="6">
+        <v>0</v>
+      </c>
+      <c r="G22" s="6">
+        <v>0</v>
+      </c>
+      <c r="H22" s="6">
+        <v>0</v>
+      </c>
+      <c r="I22" s="6">
+        <v>0</v>
+      </c>
+      <c r="J22" s="6">
+        <v>0</v>
+      </c>
+      <c r="K22" s="6">
+        <v>0</v>
+      </c>
+      <c r="L22" s="6">
+        <v>0</v>
+      </c>
+      <c r="M22" s="6">
+        <v>0</v>
+      </c>
+      <c r="N22" s="6">
+        <v>0</v>
+      </c>
+      <c r="O22" s="6">
+        <v>0</v>
+      </c>
+      <c r="P22" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="6">
+        <v>0</v>
+      </c>
+      <c r="R22" s="6">
+        <v>0</v>
+      </c>
+      <c r="S22" s="6">
+        <v>0</v>
+      </c>
+      <c r="T22" s="6">
+        <v>0</v>
+      </c>
+      <c r="U22" s="6">
+        <v>0</v>
+      </c>
+      <c r="V22" s="6">
+        <v>0</v>
+      </c>
+      <c r="W22" s="6">
+        <v>0</v>
+      </c>
+      <c r="X22" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y22" s="6">
+        <v>0</v>
+      </c>
+      <c r="Z22" s="6">
+        <v>1</v>
+      </c>
+      <c r="AA22" s="6">
+        <v>3</v>
+      </c>
+      <c r="AB22" s="6">
+        <v>0</v>
+      </c>
+      <c r="AC22" s="6">
+        <v>0</v>
+      </c>
+      <c r="AD22" s="6">
+        <v>0</v>
+      </c>
+      <c r="AE22" s="6">
+        <v>0</v>
+      </c>
+      <c r="AF22" s="6">
+        <v>0</v>
+      </c>
+      <c r="AG22" s="6">
+        <v>0</v>
+      </c>
+      <c r="AH22" s="6">
+        <v>0</v>
+      </c>
+      <c r="AI22" s="6">
+        <v>0</v>
+      </c>
+      <c r="AJ22" s="6">
+        <v>0</v>
+      </c>
+      <c r="AK22" s="6">
+        <v>0</v>
+      </c>
+      <c r="AL22" s="6">
+        <f t="shared" si="1"/>
+        <v>4</v>
+      </c>
+    </row>
+    <row r="23" spans="2:38" x14ac:dyDescent="0.2">
+      <c r="B23" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E23" s="6">
+        <v>0</v>
+      </c>
+      <c r="F23" s="6">
+        <v>0</v>
+      </c>
+      <c r="G23" s="6">
+        <v>0</v>
+      </c>
+      <c r="H23" s="6">
+        <v>0</v>
+      </c>
+      <c r="I23" s="6">
+        <v>0</v>
+      </c>
+      <c r="J23" s="6">
+        <v>0</v>
+      </c>
+      <c r="K23" s="6">
+        <v>0</v>
+      </c>
+      <c r="L23" s="6">
+        <v>1</v>
+      </c>
+      <c r="M23" s="6">
+        <v>0</v>
+      </c>
+      <c r="N23" s="6">
+        <v>0</v>
+      </c>
+      <c r="O23" s="6">
+        <v>0</v>
+      </c>
+      <c r="P23" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="6">
+        <v>0</v>
+      </c>
+      <c r="R23" s="6">
+        <v>0</v>
+      </c>
+      <c r="S23" s="6">
+        <v>0</v>
+      </c>
+      <c r="T23" s="6">
+        <v>0</v>
+      </c>
+      <c r="U23" s="6">
+        <v>0</v>
+      </c>
+      <c r="V23" s="6">
+        <v>0</v>
+      </c>
+      <c r="W23" s="6">
+        <v>0</v>
+      </c>
+      <c r="X23" s="6">
+        <v>1</v>
+      </c>
+      <c r="Y23" s="6">
+        <v>0</v>
+      </c>
+      <c r="Z23" s="6">
+        <v>0</v>
+      </c>
+      <c r="AA23" s="6">
+        <v>0</v>
+      </c>
+      <c r="AB23" s="6">
+        <v>1</v>
+      </c>
+      <c r="AC23" s="6">
+        <v>0</v>
+      </c>
+      <c r="AD23" s="6">
+        <v>0</v>
+      </c>
+      <c r="AE23" s="6">
+        <v>0</v>
+      </c>
+      <c r="AF23" s="6">
+        <v>0</v>
+      </c>
+      <c r="AG23" s="6">
+        <v>0</v>
+      </c>
+      <c r="AH23" s="6">
+        <v>0</v>
+      </c>
+      <c r="AI23" s="6">
+        <v>0</v>
+      </c>
+      <c r="AJ23" s="6">
+        <v>3</v>
+      </c>
+      <c r="AK23" s="6">
+        <v>0</v>
+      </c>
+      <c r="AL23" s="6">
+        <f t="shared" si="1"/>
+        <v>6</v>
+      </c>
+    </row>
+    <row r="24" spans="2:38" x14ac:dyDescent="0.2">
+      <c r="B24" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E24" s="6">
+        <v>0</v>
+      </c>
+      <c r="F24" s="6">
+        <v>0</v>
+      </c>
+      <c r="G24" s="6">
+        <v>0</v>
+      </c>
+      <c r="H24" s="6">
+        <v>0</v>
+      </c>
+      <c r="I24" s="6">
+        <v>0</v>
+      </c>
+      <c r="J24" s="6">
+        <v>0</v>
+      </c>
+      <c r="K24" s="6">
+        <v>0</v>
+      </c>
+      <c r="L24" s="6">
+        <v>0</v>
+      </c>
+      <c r="M24" s="6">
+        <v>0</v>
+      </c>
+      <c r="N24" s="6">
+        <v>0</v>
+      </c>
+      <c r="O24" s="6">
+        <v>0</v>
+      </c>
+      <c r="P24" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q24" s="6">
+        <v>0</v>
+      </c>
+      <c r="R24" s="6">
+        <v>0</v>
+      </c>
+      <c r="S24" s="6">
+        <v>0</v>
+      </c>
+      <c r="T24" s="6">
+        <v>0</v>
+      </c>
+      <c r="U24" s="6">
+        <v>0</v>
+      </c>
+      <c r="V24" s="6">
+        <v>0</v>
+      </c>
+      <c r="W24" s="6">
+        <v>0</v>
+      </c>
+      <c r="X24" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y24" s="6">
+        <v>0</v>
+      </c>
+      <c r="Z24" s="6">
+        <v>0</v>
+      </c>
+      <c r="AA24" s="6">
+        <v>0</v>
+      </c>
+      <c r="AB24" s="6">
+        <v>0</v>
+      </c>
+      <c r="AC24" s="6">
+        <v>0</v>
+      </c>
+      <c r="AD24" s="6">
+        <v>0</v>
+      </c>
+      <c r="AE24" s="6">
+        <v>0</v>
+      </c>
+      <c r="AF24" s="6">
+        <v>0</v>
+      </c>
+      <c r="AG24" s="6">
+        <v>0</v>
+      </c>
+      <c r="AH24" s="6">
+        <v>0</v>
+      </c>
+      <c r="AI24" s="6">
+        <v>0</v>
+      </c>
+      <c r="AJ24" s="6">
+        <v>0</v>
+      </c>
+      <c r="AK24" s="6">
+        <v>0</v>
+      </c>
+      <c r="AL24" s="6">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="2:38" x14ac:dyDescent="0.2">
+      <c r="B25" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E25" s="6">
+        <v>0</v>
+      </c>
+      <c r="F25" s="6">
+        <v>0</v>
+      </c>
+      <c r="G25" s="6">
+        <v>0</v>
+      </c>
+      <c r="H25" s="6">
+        <v>0</v>
+      </c>
+      <c r="I25" s="6">
+        <v>0</v>
+      </c>
+      <c r="J25" s="6">
+        <v>0</v>
+      </c>
+      <c r="K25" s="6">
+        <v>0</v>
+      </c>
+      <c r="L25" s="6">
+        <v>0</v>
+      </c>
+      <c r="M25" s="6">
+        <v>2</v>
+      </c>
+      <c r="N25" s="6">
+        <v>2</v>
+      </c>
+      <c r="O25" s="6">
+        <v>0</v>
+      </c>
+      <c r="P25" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q25" s="6">
+        <v>0</v>
+      </c>
+      <c r="R25" s="6">
+        <v>0</v>
+      </c>
+      <c r="S25" s="6">
+        <v>1</v>
+      </c>
+      <c r="T25" s="6">
+        <v>0</v>
+      </c>
+      <c r="U25" s="6">
+        <v>0</v>
+      </c>
+      <c r="V25" s="6">
+        <v>0</v>
+      </c>
+      <c r="W25" s="6">
+        <v>0</v>
+      </c>
+      <c r="X25" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y25" s="6">
+        <v>0</v>
+      </c>
+      <c r="Z25" s="6">
+        <v>0</v>
+      </c>
+      <c r="AA25" s="6">
+        <v>0</v>
+      </c>
+      <c r="AB25" s="6">
+        <v>0</v>
+      </c>
+      <c r="AC25" s="6">
+        <v>1</v>
+      </c>
+      <c r="AD25" s="6">
+        <v>0</v>
+      </c>
+      <c r="AE25" s="6">
+        <v>0</v>
+      </c>
+      <c r="AF25" s="6">
+        <v>0</v>
+      </c>
+      <c r="AG25" s="6">
+        <v>0</v>
+      </c>
+      <c r="AH25" s="6">
+        <v>1</v>
+      </c>
+      <c r="AI25" s="6">
+        <v>0</v>
+      </c>
+      <c r="AJ25" s="6">
+        <v>0</v>
+      </c>
+      <c r="AK25" s="6">
+        <v>0</v>
+      </c>
+      <c r="AL25" s="6">
+        <f t="shared" si="1"/>
+        <v>7</v>
+      </c>
+    </row>
+    <row r="26" spans="2:38" x14ac:dyDescent="0.2">
+      <c r="B26" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E26" s="6">
+        <v>0</v>
+      </c>
+      <c r="F26" s="6">
+        <v>0</v>
+      </c>
+      <c r="G26" s="6">
+        <v>0</v>
+      </c>
+      <c r="H26" s="6">
+        <v>0</v>
+      </c>
+      <c r="I26" s="6">
+        <v>0</v>
+      </c>
+      <c r="J26" s="6">
+        <v>0</v>
+      </c>
+      <c r="K26" s="6">
+        <v>0</v>
+      </c>
+      <c r="L26" s="6">
+        <v>0</v>
+      </c>
+      <c r="M26" s="6">
+        <v>1</v>
+      </c>
+      <c r="N26" s="6">
+        <v>0</v>
+      </c>
+      <c r="O26" s="6">
+        <v>0</v>
+      </c>
+      <c r="P26" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="6">
+        <v>0</v>
+      </c>
+      <c r="R26" s="6">
+        <v>0</v>
+      </c>
+      <c r="S26" s="6">
+        <v>0</v>
+      </c>
+      <c r="T26" s="6">
+        <v>0</v>
+      </c>
+      <c r="U26" s="6">
+        <v>0</v>
+      </c>
+      <c r="V26" s="6">
+        <v>0</v>
+      </c>
+      <c r="W26" s="6">
+        <v>0</v>
+      </c>
+      <c r="X26" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y26" s="6">
+        <v>0</v>
+      </c>
+      <c r="Z26" s="6">
+        <v>0</v>
+      </c>
+      <c r="AA26" s="6">
+        <v>0</v>
+      </c>
+      <c r="AB26" s="6">
+        <v>0</v>
+      </c>
+      <c r="AC26" s="6">
+        <v>0</v>
+      </c>
+      <c r="AD26" s="6">
+        <v>0</v>
+      </c>
+      <c r="AE26" s="6">
+        <v>0</v>
+      </c>
+      <c r="AF26" s="6">
+        <v>0</v>
+      </c>
+      <c r="AG26" s="6">
+        <v>0</v>
+      </c>
+      <c r="AH26" s="6">
+        <v>0</v>
+      </c>
+      <c r="AI26" s="6">
+        <v>1</v>
+      </c>
+      <c r="AJ26" s="6">
+        <v>0</v>
+      </c>
+      <c r="AK26" s="6">
+        <v>0</v>
+      </c>
+      <c r="AL26" s="6">
         <f t="shared" si="1"/>
         <v>2</v>
       </c>
     </row>
-    <row r="17" spans="2:37" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="D17" s="6" t="s">
+    <row r="27" spans="2:38" x14ac:dyDescent="0.2">
+      <c r="B27" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="E17" s="6">
-[...2 lines deleted...]
-      <c r="F17" s="6">
+      <c r="E27" s="6">
+        <v>0</v>
+      </c>
+      <c r="F27" s="6">
+        <v>1</v>
+      </c>
+      <c r="G27" s="6">
+        <v>0</v>
+      </c>
+      <c r="H27" s="6">
+        <v>1</v>
+      </c>
+      <c r="I27" s="6">
+        <v>0</v>
+      </c>
+      <c r="J27" s="6">
+        <v>0</v>
+      </c>
+      <c r="K27" s="6">
+        <v>1</v>
+      </c>
+      <c r="L27" s="6">
+        <v>1</v>
+      </c>
+      <c r="M27" s="6">
+        <v>0</v>
+      </c>
+      <c r="N27" s="6">
+        <v>0</v>
+      </c>
+      <c r="O27" s="6">
+        <v>0</v>
+      </c>
+      <c r="P27" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q27" s="6">
+        <v>0</v>
+      </c>
+      <c r="R27" s="6">
+        <v>0</v>
+      </c>
+      <c r="S27" s="6">
+        <v>0</v>
+      </c>
+      <c r="T27" s="6">
+        <v>0</v>
+      </c>
+      <c r="U27" s="6">
+        <v>0</v>
+      </c>
+      <c r="V27" s="6">
+        <v>0</v>
+      </c>
+      <c r="W27" s="6">
+        <v>0</v>
+      </c>
+      <c r="X27" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y27" s="6">
+        <v>0</v>
+      </c>
+      <c r="Z27" s="6">
+        <v>3</v>
+      </c>
+      <c r="AA27" s="6">
+        <v>1</v>
+      </c>
+      <c r="AB27" s="6">
+        <v>0</v>
+      </c>
+      <c r="AC27" s="6">
+        <v>0</v>
+      </c>
+      <c r="AD27" s="6">
+        <v>0</v>
+      </c>
+      <c r="AE27" s="6">
+        <v>0</v>
+      </c>
+      <c r="AF27" s="6">
+        <v>0</v>
+      </c>
+      <c r="AG27" s="6">
+        <v>0</v>
+      </c>
+      <c r="AH27" s="6">
+        <v>1</v>
+      </c>
+      <c r="AI27" s="6">
+        <v>0</v>
+      </c>
+      <c r="AJ27" s="6">
+        <v>1</v>
+      </c>
+      <c r="AK27" s="6">
+        <v>0</v>
+      </c>
+      <c r="AL27" s="6">
+        <f t="shared" si="1"/>
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28" spans="2:38" x14ac:dyDescent="0.2">
+      <c r="B28" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E28" s="6">
+        <v>0</v>
+      </c>
+      <c r="F28" s="6">
+        <v>0</v>
+      </c>
+      <c r="G28" s="6">
+        <v>0</v>
+      </c>
+      <c r="H28" s="6">
+        <v>0</v>
+      </c>
+      <c r="I28" s="6">
+        <v>0</v>
+      </c>
+      <c r="J28" s="6">
+        <v>0</v>
+      </c>
+      <c r="K28" s="6">
+        <v>0</v>
+      </c>
+      <c r="L28" s="6">
+        <v>0</v>
+      </c>
+      <c r="M28" s="6">
+        <v>0</v>
+      </c>
+      <c r="N28" s="6">
+        <v>0</v>
+      </c>
+      <c r="O28" s="6">
+        <v>0</v>
+      </c>
+      <c r="P28" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="6">
+        <v>0</v>
+      </c>
+      <c r="R28" s="6">
+        <v>0</v>
+      </c>
+      <c r="S28" s="6">
+        <v>0</v>
+      </c>
+      <c r="T28" s="6">
+        <v>0</v>
+      </c>
+      <c r="U28" s="6">
+        <v>0</v>
+      </c>
+      <c r="V28" s="6">
+        <v>0</v>
+      </c>
+      <c r="W28" s="6">
+        <v>0</v>
+      </c>
+      <c r="X28" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y28" s="6">
+        <v>0</v>
+      </c>
+      <c r="Z28" s="6">
+        <v>0</v>
+      </c>
+      <c r="AA28" s="6">
+        <v>0</v>
+      </c>
+      <c r="AB28" s="6">
+        <v>0</v>
+      </c>
+      <c r="AC28" s="6">
+        <v>0</v>
+      </c>
+      <c r="AD28" s="6">
+        <v>0</v>
+      </c>
+      <c r="AE28" s="6">
+        <v>0</v>
+      </c>
+      <c r="AF28" s="6">
+        <v>0</v>
+      </c>
+      <c r="AG28" s="6">
+        <v>0</v>
+      </c>
+      <c r="AH28" s="6">
         <v>2</v>
       </c>
-      <c r="G17" s="6">
-[...8 lines deleted...]
-      <c r="J17" s="6">
+      <c r="AI28" s="6">
+        <v>0</v>
+      </c>
+      <c r="AJ28" s="6">
+        <v>0</v>
+      </c>
+      <c r="AK28" s="6">
+        <v>0</v>
+      </c>
+      <c r="AL28" s="6">
+        <f t="shared" si="1"/>
         <v>2</v>
       </c>
-      <c r="K17" s="6">
-[...80 lines deleted...]
-      </c>
     </row>
-    <row r="18" spans="2:37" x14ac:dyDescent="0.2">
-[...660 lines deleted...]
-      <c r="AK23" s="6">
+    <row r="29" spans="2:38" x14ac:dyDescent="0.2">
+      <c r="B29" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E29" s="6">
+        <v>1</v>
+      </c>
+      <c r="F29" s="6">
+        <v>0</v>
+      </c>
+      <c r="G29" s="6">
+        <v>0</v>
+      </c>
+      <c r="H29" s="6">
+        <v>1</v>
+      </c>
+      <c r="I29" s="6">
+        <v>0</v>
+      </c>
+      <c r="J29" s="6">
+        <v>0</v>
+      </c>
+      <c r="K29" s="6">
+        <v>0</v>
+      </c>
+      <c r="L29" s="6">
+        <v>0</v>
+      </c>
+      <c r="M29" s="6">
+        <v>0</v>
+      </c>
+      <c r="N29" s="6">
+        <v>0</v>
+      </c>
+      <c r="O29" s="6">
+        <v>0</v>
+      </c>
+      <c r="P29" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="6">
+        <v>0</v>
+      </c>
+      <c r="R29" s="6">
+        <v>0</v>
+      </c>
+      <c r="S29" s="6">
+        <v>0</v>
+      </c>
+      <c r="T29" s="6">
+        <v>0</v>
+      </c>
+      <c r="U29" s="6">
+        <v>0</v>
+      </c>
+      <c r="V29" s="6">
+        <v>1</v>
+      </c>
+      <c r="W29" s="6">
+        <v>0</v>
+      </c>
+      <c r="X29" s="6">
+        <v>0</v>
+      </c>
+      <c r="Y29" s="6">
+        <v>0</v>
+      </c>
+      <c r="Z29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AA29" s="6">
+        <v>1</v>
+      </c>
+      <c r="AB29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AC29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AD29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AE29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AF29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AG29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AH29" s="6">
+        <v>1</v>
+      </c>
+      <c r="AI29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AJ29" s="6">
+        <v>1</v>
+      </c>
+      <c r="AK29" s="6">
+        <v>0</v>
+      </c>
+      <c r="AL29" s="6">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
     </row>
-    <row r="24" spans="2:37" x14ac:dyDescent="0.2">
-[...665 lines deleted...]
-    <row r="30" spans="2:37" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:38" x14ac:dyDescent="0.2">
       <c r="B30" s="6" t="s">
         <v>75</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E30" s="6">
         <v>0</v>
       </c>
       <c r="F30" s="6">
         <v>1</v>
       </c>
       <c r="G30" s="6">
         <v>0</v>
       </c>
       <c r="H30" s="6">
         <v>0</v>
       </c>
       <c r="I30" s="6">
         <v>0</v>
       </c>
       <c r="J30" s="6">
@@ -5820,55 +5944,58 @@
       <c r="AC30" s="6">
         <v>1</v>
       </c>
       <c r="AD30" s="6">
         <v>3</v>
       </c>
       <c r="AE30" s="6">
         <v>1</v>
       </c>
       <c r="AF30" s="6">
         <v>1</v>
       </c>
       <c r="AG30" s="6">
         <v>0</v>
       </c>
       <c r="AH30" s="6">
         <v>0</v>
       </c>
       <c r="AI30" s="6">
         <v>0</v>
       </c>
       <c r="AJ30" s="6">
         <v>1</v>
       </c>
       <c r="AK30" s="6">
+        <v>1</v>
+      </c>
+      <c r="AL30" s="6">
         <f t="shared" si="1"/>
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
-    <row r="31" spans="2:37" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:38" x14ac:dyDescent="0.2">
       <c r="B31" s="6" t="s">
         <v>75</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E31" s="6">
         <v>1</v>
       </c>
       <c r="F31" s="6">
         <v>1</v>
       </c>
       <c r="G31" s="6">
         <v>1</v>
       </c>
       <c r="H31" s="6">
         <v>2</v>
       </c>
       <c r="I31" s="6">
         <v>1</v>
       </c>
       <c r="J31" s="6">
@@ -5931,254 +6058,261 @@
       <c r="AC31" s="6">
         <v>3</v>
       </c>
       <c r="AD31" s="6">
         <v>2</v>
       </c>
       <c r="AE31" s="6">
         <v>2</v>
       </c>
       <c r="AF31" s="6">
         <v>1</v>
       </c>
       <c r="AG31" s="6">
         <v>3</v>
       </c>
       <c r="AH31" s="6">
         <v>0</v>
       </c>
       <c r="AI31" s="6">
         <v>3</v>
       </c>
       <c r="AJ31" s="6">
         <v>3</v>
       </c>
       <c r="AK31" s="6">
+        <v>3</v>
+      </c>
+      <c r="AL31" s="6">
         <f t="shared" si="1"/>
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B6:AK31">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B6:AL31">
     <sortCondition ref="B6:B31"/>
     <sortCondition ref="C6:C31"/>
   </sortState>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AK23"/>
+  <dimension ref="A1:AL23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.28515625" customWidth="1"/>
     <col min="2" max="2" width="38.5703125" customWidth="1"/>
     <col min="3" max="3" width="19.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="11" width="10" bestFit="1" customWidth="1"/>
-    <col min="12" max="36" width="10" customWidth="1"/>
+    <col min="12" max="37" width="10" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
       <c r="I1" s="6"/>
       <c r="J1" s="6"/>
       <c r="K1" s="6"/>
       <c r="L1" s="6"/>
       <c r="M1" s="6"/>
       <c r="N1" s="6"/>
       <c r="O1" s="6"/>
       <c r="P1" s="6"/>
       <c r="Q1" s="6"/>
       <c r="R1" s="6"/>
       <c r="S1" s="6"/>
       <c r="T1" s="6"/>
       <c r="U1" s="6"/>
       <c r="V1" s="6"/>
       <c r="W1" s="6"/>
       <c r="X1" s="6"/>
       <c r="Y1" s="6"/>
       <c r="Z1" s="6"/>
       <c r="AA1" s="6"/>
       <c r="AB1" s="6"/>
       <c r="AC1" s="6"/>
       <c r="AD1" s="6"/>
       <c r="AE1" s="6"/>
       <c r="AF1" s="6"/>
       <c r="AG1" s="6"/>
       <c r="AH1" s="6"/>
       <c r="AI1" s="6"/>
       <c r="AJ1" s="6"/>
       <c r="AK1" s="6"/>
+      <c r="AL1" s="6"/>
     </row>
-    <row r="2" spans="1:37" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:38" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="6"/>
       <c r="M2" s="6"/>
       <c r="N2" s="6"/>
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
       <c r="Q2" s="6"/>
       <c r="R2" s="6"/>
       <c r="S2" s="6"/>
       <c r="T2" s="6"/>
       <c r="U2" s="6"/>
       <c r="V2" s="6"/>
       <c r="W2" s="6"/>
       <c r="X2" s="6"/>
       <c r="Y2" s="6"/>
       <c r="Z2" s="6"/>
       <c r="AA2" s="6"/>
       <c r="AB2" s="6"/>
       <c r="AC2" s="6"/>
       <c r="AD2" s="6"/>
       <c r="AE2" s="6"/>
       <c r="AF2" s="6"/>
       <c r="AG2" s="6"/>
       <c r="AH2" s="6"/>
       <c r="AI2" s="6"/>
       <c r="AJ2" s="6"/>
       <c r="AK2" s="6"/>
+      <c r="AL2" s="6"/>
     </row>
-    <row r="3" spans="1:37" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:38" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
       <c r="P3" s="6"/>
       <c r="Q3" s="6"/>
       <c r="R3" s="6"/>
       <c r="S3" s="6"/>
       <c r="T3" s="6"/>
       <c r="U3" s="6"/>
       <c r="V3" s="6"/>
       <c r="W3" s="6"/>
       <c r="X3" s="6"/>
       <c r="Y3" s="6"/>
       <c r="Z3" s="6"/>
       <c r="AA3" s="6"/>
       <c r="AB3" s="6"/>
       <c r="AC3" s="6"/>
       <c r="AD3" s="6"/>
       <c r="AE3" s="6"/>
       <c r="AF3" s="6"/>
       <c r="AG3" s="6"/>
       <c r="AH3" s="6"/>
       <c r="AI3" s="6"/>
       <c r="AJ3" s="6"/>
       <c r="AK3" s="6"/>
+      <c r="AL3" s="6"/>
     </row>
-    <row r="4" spans="1:37" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:38" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="6"/>
       <c r="N4" s="6"/>
       <c r="O4" s="6"/>
       <c r="P4" s="6"/>
       <c r="Q4" s="6"/>
       <c r="R4" s="6"/>
       <c r="S4" s="6"/>
       <c r="T4" s="6"/>
       <c r="U4" s="6"/>
       <c r="V4" s="6"/>
       <c r="W4" s="6"/>
       <c r="X4" s="6"/>
       <c r="Y4" s="6"/>
       <c r="Z4" s="6"/>
       <c r="AA4" s="6"/>
       <c r="AB4" s="6"/>
       <c r="AC4" s="6"/>
       <c r="AD4" s="6"/>
       <c r="AE4" s="6"/>
       <c r="AF4" s="6"/>
       <c r="AG4" s="6"/>
       <c r="AH4" s="6"/>
       <c r="AI4" s="6"/>
       <c r="AJ4" s="6"/>
       <c r="AK4" s="6"/>
+      <c r="AL4" s="6"/>
     </row>
-    <row r="5" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="I5" s="1" t="s">
@@ -6241,57 +6375,60 @@
       <c r="AB5" s="1" t="s">
         <v>92</v>
       </c>
       <c r="AC5" s="1" t="s">
         <v>93</v>
       </c>
       <c r="AD5" s="1" t="s">
         <v>95</v>
       </c>
       <c r="AE5" s="1" t="s">
         <v>96</v>
       </c>
       <c r="AF5" s="1" t="s">
         <v>97</v>
       </c>
       <c r="AG5" s="1" t="s">
         <v>98</v>
       </c>
       <c r="AH5" s="1" t="s">
         <v>100</v>
       </c>
       <c r="AI5" s="1" t="s">
         <v>99</v>
       </c>
       <c r="AJ5" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="AK5" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL5" s="1" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:38" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
       <c r="B6" s="11" t="s">
         <v>81</v>
       </c>
       <c r="C6" s="11" t="s">
         <v>82</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>63</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
@@ -6354,56 +6491,59 @@
       </c>
       <c r="AC6" s="12">
         <v>0</v>
       </c>
       <c r="AD6" s="12">
         <v>0</v>
       </c>
       <c r="AE6" s="12">
         <v>0</v>
       </c>
       <c r="AF6" s="12">
         <v>0</v>
       </c>
       <c r="AG6" s="12">
         <v>0</v>
       </c>
       <c r="AH6" s="12">
         <v>0</v>
       </c>
       <c r="AI6" s="12">
         <v>0</v>
       </c>
       <c r="AJ6" s="12">
         <v>0</v>
       </c>
-      <c r="AK6">
-        <f>SUM(E6:AJ6)</f>
+      <c r="AK6" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL6">
+        <f>SUM(E6:AK6)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:38" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="10"/>
       <c r="B7" s="11" t="s">
         <v>81</v>
       </c>
       <c r="C7" s="11" t="s">
         <v>82</v>
       </c>
       <c r="D7" s="11" t="s">
         <v>64</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
@@ -6466,56 +6606,59 @@
       </c>
       <c r="AC7" s="12">
         <v>0</v>
       </c>
       <c r="AD7" s="12">
         <v>0</v>
       </c>
       <c r="AE7" s="12">
         <v>0</v>
       </c>
       <c r="AF7" s="12">
         <v>0</v>
       </c>
       <c r="AG7" s="12">
         <v>0</v>
       </c>
       <c r="AH7" s="12">
         <v>0</v>
       </c>
       <c r="AI7" s="12">
         <v>0</v>
       </c>
       <c r="AJ7" s="12">
         <v>0</v>
       </c>
-      <c r="AK7">
-        <f t="shared" ref="AK7:AK23" si="0">SUM(E7:AJ7)</f>
+      <c r="AK7" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL7">
+        <f t="shared" ref="AL7:AL23" si="0">SUM(E7:AK7)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:38" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="10"/>
       <c r="B8" s="11" t="s">
         <v>81</v>
       </c>
       <c r="C8" s="11" t="s">
         <v>83</v>
       </c>
       <c r="D8" s="11" t="s">
         <v>63</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
@@ -6578,56 +6721,59 @@
       </c>
       <c r="AC8" s="12">
         <v>0</v>
       </c>
       <c r="AD8" s="12">
         <v>0</v>
       </c>
       <c r="AE8" s="12">
         <v>0</v>
       </c>
       <c r="AF8" s="12">
         <v>0</v>
       </c>
       <c r="AG8" s="12">
         <v>0</v>
       </c>
       <c r="AH8" s="12">
         <v>0</v>
       </c>
       <c r="AI8" s="12">
         <v>0</v>
       </c>
       <c r="AJ8" s="12">
         <v>0</v>
       </c>
-      <c r="AK8">
+      <c r="AK8" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:38" ht="15" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
         <v>81</v>
       </c>
       <c r="C9" t="s">
         <v>83</v>
       </c>
       <c r="D9" t="s">
         <v>64</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9">
@@ -6689,56 +6835,59 @@
       </c>
       <c r="AC9" s="12">
         <v>0</v>
       </c>
       <c r="AD9" s="12">
         <v>0</v>
       </c>
       <c r="AE9" s="12">
         <v>0</v>
       </c>
       <c r="AF9" s="12">
         <v>0</v>
       </c>
       <c r="AG9" s="12">
         <v>0</v>
       </c>
       <c r="AH9" s="12">
         <v>0</v>
       </c>
       <c r="AI9" s="12">
         <v>0</v>
       </c>
       <c r="AJ9" s="12">
         <v>0</v>
       </c>
-      <c r="AK9">
+      <c r="AK9" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL9">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:38" ht="15" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
         <v>81</v>
       </c>
       <c r="C10" t="s">
         <v>84</v>
       </c>
       <c r="D10" t="s">
         <v>63</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10">
@@ -6800,56 +6949,59 @@
       </c>
       <c r="AC10" s="12">
         <v>0</v>
       </c>
       <c r="AD10" s="12">
         <v>0</v>
       </c>
       <c r="AE10" s="12">
         <v>0</v>
       </c>
       <c r="AF10" s="12">
         <v>0</v>
       </c>
       <c r="AG10" s="12">
         <v>0</v>
       </c>
       <c r="AH10" s="12">
         <v>0</v>
       </c>
       <c r="AI10" s="12">
         <v>0</v>
       </c>
       <c r="AJ10" s="12">
         <v>0</v>
       </c>
-      <c r="AK10">
+      <c r="AK10" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL10">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:38" ht="15" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
         <v>81</v>
       </c>
       <c r="C11" t="s">
         <v>84</v>
       </c>
       <c r="D11" t="s">
         <v>64</v>
       </c>
       <c r="E11">
         <v>0</v>
       </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">
@@ -6911,56 +7063,59 @@
       </c>
       <c r="AC11" s="12">
         <v>0</v>
       </c>
       <c r="AD11" s="12">
         <v>0</v>
       </c>
       <c r="AE11" s="12">
         <v>0</v>
       </c>
       <c r="AF11" s="12">
         <v>0</v>
       </c>
       <c r="AG11" s="12">
         <v>0</v>
       </c>
       <c r="AH11" s="12">
         <v>0</v>
       </c>
       <c r="AI11" s="12">
         <v>0</v>
       </c>
       <c r="AJ11" s="12">
         <v>0</v>
       </c>
-      <c r="AK11">
+      <c r="AK11" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:38" ht="15" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
         <v>81</v>
       </c>
       <c r="C12" t="s">
         <v>85</v>
       </c>
       <c r="D12" t="s">
         <v>63</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
@@ -7022,56 +7177,59 @@
       </c>
       <c r="AC12" s="12">
         <v>0</v>
       </c>
       <c r="AD12" s="12">
         <v>0</v>
       </c>
       <c r="AE12" s="12">
         <v>0</v>
       </c>
       <c r="AF12" s="12">
         <v>0</v>
       </c>
       <c r="AG12" s="12">
         <v>0</v>
       </c>
       <c r="AH12" s="12">
         <v>0</v>
       </c>
       <c r="AI12" s="12">
         <v>0</v>
       </c>
       <c r="AJ12" s="12">
         <v>0</v>
       </c>
-      <c r="AK12">
+      <c r="AK12" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:38" ht="15" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
         <v>81</v>
       </c>
       <c r="C13" t="s">
         <v>85</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
         <v>0</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13">
@@ -7133,56 +7291,59 @@
       </c>
       <c r="AC13" s="12">
         <v>0</v>
       </c>
       <c r="AD13" s="12">
         <v>0</v>
       </c>
       <c r="AE13" s="12">
         <v>0</v>
       </c>
       <c r="AF13" s="12">
         <v>0</v>
       </c>
       <c r="AG13" s="12">
         <v>0</v>
       </c>
       <c r="AH13" s="12">
         <v>0</v>
       </c>
       <c r="AI13" s="12">
         <v>0</v>
       </c>
       <c r="AJ13" s="12">
         <v>0</v>
       </c>
-      <c r="AK13">
+      <c r="AK13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL13">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:38" ht="15" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
         <v>81</v>
       </c>
       <c r="C14" t="s">
         <v>86</v>
       </c>
       <c r="D14" t="s">
         <v>63</v>
       </c>
       <c r="E14">
         <v>0</v>
       </c>
       <c r="F14">
         <v>0</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14">
@@ -7244,56 +7405,59 @@
       </c>
       <c r="AC14" s="12">
         <v>0</v>
       </c>
       <c r="AD14" s="12">
         <v>0</v>
       </c>
       <c r="AE14" s="12">
         <v>0</v>
       </c>
       <c r="AF14" s="12">
         <v>0</v>
       </c>
       <c r="AG14" s="12">
         <v>0</v>
       </c>
       <c r="AH14" s="12">
         <v>0</v>
       </c>
       <c r="AI14" s="12">
         <v>0</v>
       </c>
       <c r="AJ14" s="12">
         <v>0</v>
       </c>
-      <c r="AK14">
+      <c r="AK14" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:38" ht="15" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
         <v>81</v>
       </c>
       <c r="C15" t="s">
         <v>86</v>
       </c>
       <c r="D15" t="s">
         <v>64</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>0</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
@@ -7355,56 +7519,59 @@
       </c>
       <c r="AC15" s="12">
         <v>0</v>
       </c>
       <c r="AD15" s="12">
         <v>0</v>
       </c>
       <c r="AE15" s="12">
         <v>0</v>
       </c>
       <c r="AF15" s="12">
         <v>0</v>
       </c>
       <c r="AG15" s="12">
         <v>0</v>
       </c>
       <c r="AH15" s="12">
         <v>0</v>
       </c>
       <c r="AI15" s="12">
         <v>0</v>
       </c>
       <c r="AJ15" s="12">
         <v>0</v>
       </c>
-      <c r="AK15">
+      <c r="AK15" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL15">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:38" ht="15" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
         <v>81</v>
       </c>
       <c r="C16" t="s">
         <v>87</v>
       </c>
       <c r="D16" t="s">
         <v>63</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16">
@@ -7466,56 +7633,59 @@
       </c>
       <c r="AC16" s="12">
         <v>0</v>
       </c>
       <c r="AD16" s="12">
         <v>0</v>
       </c>
       <c r="AE16" s="12">
         <v>0</v>
       </c>
       <c r="AF16" s="12">
         <v>0</v>
       </c>
       <c r="AG16" s="12">
         <v>0</v>
       </c>
       <c r="AH16" s="12">
         <v>0</v>
       </c>
       <c r="AI16" s="12">
         <v>0</v>
       </c>
       <c r="AJ16" s="12">
         <v>0</v>
       </c>
-      <c r="AK16">
+      <c r="AK16" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL16">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="2:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:38" ht="15" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
         <v>81</v>
       </c>
       <c r="C17" t="s">
         <v>87</v>
       </c>
       <c r="D17" t="s">
         <v>64</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>0</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
@@ -7577,56 +7747,59 @@
       </c>
       <c r="AC17" s="12">
         <v>0</v>
       </c>
       <c r="AD17" s="12">
         <v>0</v>
       </c>
       <c r="AE17" s="12">
         <v>0</v>
       </c>
       <c r="AF17" s="12">
         <v>0</v>
       </c>
       <c r="AG17" s="12">
         <v>0</v>
       </c>
       <c r="AH17" s="12">
         <v>0</v>
       </c>
       <c r="AI17" s="12">
         <v>0</v>
       </c>
       <c r="AJ17" s="12">
         <v>0</v>
       </c>
-      <c r="AK17">
+      <c r="AK17" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="2:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:38" ht="15" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
         <v>65</v>
       </c>
       <c r="C18" t="s">
         <v>65</v>
       </c>
       <c r="D18" t="s">
         <v>63</v>
       </c>
       <c r="E18">
         <v>0</v>
       </c>
       <c r="F18">
         <v>0</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18">
@@ -7688,56 +7861,59 @@
       </c>
       <c r="AC18" s="12">
         <v>0</v>
       </c>
       <c r="AD18" s="12">
         <v>0</v>
       </c>
       <c r="AE18" s="12">
         <v>1</v>
       </c>
       <c r="AF18" s="12">
         <v>0</v>
       </c>
       <c r="AG18" s="12">
         <v>0</v>
       </c>
       <c r="AH18" s="12">
         <v>0</v>
       </c>
       <c r="AI18" s="12">
         <v>0</v>
       </c>
       <c r="AJ18" s="12">
         <v>0</v>
       </c>
-      <c r="AK18">
+      <c r="AK18" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL18">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
     </row>
-    <row r="19" spans="2:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:38" ht="15" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
         <v>65</v>
       </c>
       <c r="C19" t="s">
         <v>65</v>
       </c>
       <c r="D19" t="s">
         <v>64</v>
       </c>
       <c r="E19">
         <v>0</v>
       </c>
       <c r="F19">
         <v>0</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>0</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="J19">
@@ -7799,56 +7975,59 @@
       </c>
       <c r="AC19" s="12">
         <v>1</v>
       </c>
       <c r="AD19" s="12">
         <v>0</v>
       </c>
       <c r="AE19" s="12">
         <v>0</v>
       </c>
       <c r="AF19" s="12">
         <v>0</v>
       </c>
       <c r="AG19" s="12">
         <v>0</v>
       </c>
       <c r="AH19" s="12">
         <v>0</v>
       </c>
       <c r="AI19" s="12">
         <v>0</v>
       </c>
       <c r="AJ19" s="12">
         <v>0</v>
       </c>
-      <c r="AK19">
+      <c r="AK19" s="12">
+        <v>1</v>
+      </c>
+      <c r="AL19">
         <f t="shared" si="0"/>
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
-    <row r="20" spans="2:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:38" ht="15" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
         <v>69</v>
       </c>
       <c r="C20" t="s">
         <v>69</v>
       </c>
       <c r="D20" t="s">
         <v>63</v>
       </c>
       <c r="E20">
         <v>0</v>
       </c>
       <c r="F20">
         <v>0</v>
       </c>
       <c r="G20">
         <v>1</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20">
         <v>0</v>
       </c>
       <c r="J20">
@@ -7910,56 +8089,59 @@
       </c>
       <c r="AC20" s="12">
         <v>0</v>
       </c>
       <c r="AD20" s="12">
         <v>0</v>
       </c>
       <c r="AE20" s="12">
         <v>0</v>
       </c>
       <c r="AF20" s="12">
         <v>0</v>
       </c>
       <c r="AG20" s="12">
         <v>0</v>
       </c>
       <c r="AH20" s="12">
         <v>0</v>
       </c>
       <c r="AI20" s="12">
         <v>2</v>
       </c>
       <c r="AJ20" s="12">
         <v>0</v>
       </c>
-      <c r="AK20">
+      <c r="AK20" s="12">
+        <v>1</v>
+      </c>
+      <c r="AL20">
         <f t="shared" si="0"/>
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
-    <row r="21" spans="2:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:38" ht="15" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
         <v>69</v>
       </c>
       <c r="C21" t="s">
         <v>69</v>
       </c>
       <c r="D21" t="s">
         <v>64</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
         <v>0</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
       <c r="J21">
@@ -8021,56 +8203,59 @@
       </c>
       <c r="AC21" s="12">
         <v>0</v>
       </c>
       <c r="AD21" s="12">
         <v>0</v>
       </c>
       <c r="AE21" s="12">
         <v>0</v>
       </c>
       <c r="AF21" s="12">
         <v>0</v>
       </c>
       <c r="AG21" s="12">
         <v>0</v>
       </c>
       <c r="AH21" s="12">
         <v>0</v>
       </c>
       <c r="AI21" s="12">
         <v>0</v>
       </c>
       <c r="AJ21" s="12">
         <v>0</v>
       </c>
-      <c r="AK21">
+      <c r="AK21" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="2:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:38" ht="15" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
         <v>88</v>
       </c>
       <c r="C22" t="s">
         <v>88</v>
       </c>
       <c r="D22" t="s">
         <v>63</v>
       </c>
       <c r="E22">
         <v>0</v>
       </c>
       <c r="F22">
         <v>0</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22">
         <v>0</v>
       </c>
       <c r="J22">
@@ -8132,56 +8317,59 @@
       </c>
       <c r="AC22" s="12">
         <v>0</v>
       </c>
       <c r="AD22" s="12">
         <v>0</v>
       </c>
       <c r="AE22" s="12">
         <v>0</v>
       </c>
       <c r="AF22" s="12">
         <v>0</v>
       </c>
       <c r="AG22" s="12">
         <v>0</v>
       </c>
       <c r="AH22" s="12">
         <v>0</v>
       </c>
       <c r="AI22" s="12">
         <v>0</v>
       </c>
       <c r="AJ22" s="12">
         <v>0</v>
       </c>
-      <c r="AK22">
+      <c r="AK22" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL22">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
     </row>
-    <row r="23" spans="2:37" ht="15" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:38" ht="15" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
         <v>88</v>
       </c>
       <c r="C23" t="s">
         <v>88</v>
       </c>
       <c r="D23" t="s">
         <v>64</v>
       </c>
       <c r="E23">
         <v>0</v>
       </c>
       <c r="F23">
         <v>0</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23">
         <v>0</v>
       </c>
       <c r="J23">
@@ -8243,112 +8431,115 @@
       </c>
       <c r="AC23" s="12">
         <v>0</v>
       </c>
       <c r="AD23" s="12">
         <v>0</v>
       </c>
       <c r="AE23" s="12">
         <v>0</v>
       </c>
       <c r="AF23" s="12">
         <v>0</v>
       </c>
       <c r="AG23" s="12">
         <v>0</v>
       </c>
       <c r="AH23" s="12">
         <v>0</v>
       </c>
       <c r="AI23" s="12">
         <v>0</v>
       </c>
       <c r="AJ23" s="12">
         <v>0</v>
       </c>
-      <c r="AK23">
+      <c r="AK23" s="12">
+        <v>0</v>
+      </c>
+      <c r="AL23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{239012B7-2059-4E95-948A-BF5BF6C72865}">
-  <dimension ref="A1:AO24"/>
+  <dimension ref="A1:AP24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.28515625" style="6" customWidth="1"/>
     <col min="2" max="2" width="68.140625" style="6" customWidth="1"/>
     <col min="3" max="3" width="16.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="4" max="15" width="10" style="6" bestFit="1" customWidth="1"/>
-    <col min="16" max="39" width="10" style="6" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="42" max="16384" width="9.140625" style="6"/>
+    <col min="16" max="40" width="10" style="6" customWidth="1"/>
+    <col min="41" max="41" width="9.140625" style="6"/>
+    <col min="42" max="42" width="13.5703125" style="6" bestFit="1" customWidth="1"/>
+    <col min="43" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:41" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="2" spans="1:41" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="3" spans="1:41" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:42" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="4" spans="1:41" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:42" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="5" spans="1:41" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:42" x14ac:dyDescent="0.2">
       <c r="A5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="I5" s="5" t="s">
@@ -8420,60 +8611,63 @@
       <c r="AE5" s="1" t="s">
         <v>92</v>
       </c>
       <c r="AF5" s="1" t="s">
         <v>93</v>
       </c>
       <c r="AG5" s="1" t="s">
         <v>95</v>
       </c>
       <c r="AH5" s="1" t="s">
         <v>96</v>
       </c>
       <c r="AI5" s="1" t="s">
         <v>97</v>
       </c>
       <c r="AJ5" s="1" t="s">
         <v>98</v>
       </c>
       <c r="AK5" s="1" t="s">
         <v>100</v>
       </c>
       <c r="AL5" s="1" t="s">
         <v>99</v>
       </c>
       <c r="AM5" s="1" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="AN5" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="AN5" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO5" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="AO5" s="5" t="s">
+      <c r="AP5" s="5" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="6" spans="1:41" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:42" x14ac:dyDescent="0.2">
       <c r="B6" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="6">
         <v>0</v>
       </c>
       <c r="E6" s="6">
         <v>0</v>
       </c>
       <c r="F6" s="6">
         <v>0</v>
       </c>
       <c r="G6" s="9">
         <v>110</v>
       </c>
       <c r="H6" s="9">
         <v>17</v>
       </c>
       <c r="I6" s="9">
         <v>48</v>
       </c>
       <c r="J6" s="9">
@@ -8545,59 +8739,62 @@
       <c r="AF6" s="9">
         <v>122</v>
       </c>
       <c r="AG6" s="9">
         <v>192</v>
       </c>
       <c r="AH6" s="9">
         <v>163</v>
       </c>
       <c r="AI6" s="9">
         <v>149</v>
       </c>
       <c r="AJ6" s="9">
         <v>138</v>
       </c>
       <c r="AK6" s="9">
         <v>184</v>
       </c>
       <c r="AL6" s="9">
         <v>171</v>
       </c>
       <c r="AM6" s="9">
         <v>158</v>
       </c>
       <c r="AN6" s="9">
-        <f>SUM(D6:AM6)</f>
-[...4 lines deleted...]
-        <v>0.41025876307579373</v>
+        <v>50</v>
+      </c>
+      <c r="AO6" s="9">
+        <f>SUM(D6:AN6)</f>
+        <v>4521</v>
+      </c>
+      <c r="AP6" s="7">
+        <f>AO6/SUM($AO$6:$AO$8)</f>
+        <v>0.41010522496371554</v>
       </c>
     </row>
-    <row r="7" spans="1:41" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:42" x14ac:dyDescent="0.2">
       <c r="B7" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D7" s="6">
         <v>0</v>
       </c>
       <c r="E7" s="6">
         <v>0</v>
       </c>
       <c r="F7" s="9">
         <v>1</v>
       </c>
       <c r="G7" s="9">
         <v>174</v>
       </c>
       <c r="H7" s="9">
         <v>22</v>
       </c>
       <c r="I7" s="9">
         <v>92</v>
       </c>
       <c r="J7" s="9">
@@ -8657,71 +8854,74 @@
       <c r="AB7" s="9">
         <v>210</v>
       </c>
       <c r="AC7" s="9">
         <v>234</v>
       </c>
       <c r="AD7" s="9">
         <v>284</v>
       </c>
       <c r="AE7" s="9">
         <v>257</v>
       </c>
       <c r="AF7" s="9">
         <v>136</v>
       </c>
       <c r="AG7" s="9">
         <v>160</v>
       </c>
       <c r="AH7" s="9">
         <v>160</v>
       </c>
       <c r="AI7" s="9">
         <v>126</v>
       </c>
       <c r="AJ7" s="9">
+        <v>132</v>
+      </c>
+      <c r="AK7" s="9">
+        <v>188</v>
+      </c>
+      <c r="AL7" s="9">
+        <v>162</v>
+      </c>
+      <c r="AM7" s="9">
         <v>131</v>
       </c>
-      <c r="AK7" s="9">
-[...7 lines deleted...]
-      </c>
       <c r="AN7" s="9">
-        <f t="shared" ref="AN7:AN12" si="0">SUM(D7:AM7)</f>
-[...4 lines deleted...]
-        <v>0.54854101670031197</v>
+        <v>56</v>
+      </c>
+      <c r="AO7" s="9">
+        <f t="shared" ref="AO7:AO12" si="0">SUM(D7:AN7)</f>
+        <v>6043</v>
+      </c>
+      <c r="AP7" s="7">
+        <f>AO7/SUM($AO$6:$AO$8)</f>
+        <v>0.54816763425253989</v>
       </c>
     </row>
-    <row r="8" spans="1:41" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:42" x14ac:dyDescent="0.2">
       <c r="B8" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="6">
         <v>0</v>
       </c>
       <c r="E8" s="6">
         <v>0</v>
       </c>
       <c r="F8" s="6">
         <v>0</v>
       </c>
       <c r="G8" s="6">
         <v>0</v>
       </c>
       <c r="H8" s="6">
         <v>0</v>
       </c>
       <c r="I8" s="6">
         <v>0</v>
       </c>
       <c r="J8" s="6">
@@ -8784,87 +8984,90 @@
       <c r="AC8" s="9">
         <v>24</v>
       </c>
       <c r="AD8" s="9">
         <v>12</v>
       </c>
       <c r="AE8" s="9">
         <v>23</v>
       </c>
       <c r="AF8" s="9">
         <v>10</v>
       </c>
       <c r="AG8" s="9">
         <v>27</v>
       </c>
       <c r="AH8" s="9">
         <v>14</v>
       </c>
       <c r="AI8" s="9">
         <v>13</v>
       </c>
       <c r="AJ8" s="9">
         <v>9</v>
       </c>
       <c r="AK8" s="9">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="AL8" s="9">
         <v>9</v>
       </c>
       <c r="AM8" s="9">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="AN8" s="9">
+        <v>7</v>
+      </c>
+      <c r="AO8" s="9">
         <f t="shared" si="0"/>
-        <v>449</v>
-[...3 lines deleted...]
-        <v>4.1200220223894295E-2</v>
+        <v>460</v>
+      </c>
+      <c r="AP8" s="7">
+        <f>AO8/SUM($AO$6:$AO$8)</f>
+        <v>4.1727140783744558E-2</v>
       </c>
     </row>
-    <row r="9" spans="1:41" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:42" x14ac:dyDescent="0.2">
       <c r="N9" s="9"/>
       <c r="O9" s="9"/>
       <c r="P9" s="9"/>
       <c r="Q9" s="9"/>
       <c r="R9" s="9"/>
       <c r="S9" s="9"/>
       <c r="T9" s="9"/>
       <c r="U9" s="9"/>
       <c r="V9" s="9"/>
       <c r="W9" s="9"/>
       <c r="X9" s="9"/>
       <c r="Y9" s="9"/>
       <c r="Z9" s="9"/>
       <c r="AA9" s="9"/>
       <c r="AB9" s="9"/>
-      <c r="AN9" s="9"/>
       <c r="AO9" s="9"/>
+      <c r="AP9" s="9"/>
     </row>
-    <row r="10" spans="1:41" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:42" x14ac:dyDescent="0.2">
       <c r="B10" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="6">
         <v>0</v>
       </c>
       <c r="E10" s="6">
         <v>0</v>
       </c>
       <c r="F10" s="6">
         <v>0</v>
       </c>
       <c r="G10" s="6">
         <v>0</v>
       </c>
       <c r="H10" s="6">
         <v>0</v>
       </c>
       <c r="I10" s="6">
         <v>0</v>
       </c>
       <c r="J10" s="6">
@@ -8936,59 +9139,62 @@
       <c r="AF10" s="9">
         <v>8</v>
       </c>
       <c r="AG10" s="9">
         <v>10</v>
       </c>
       <c r="AH10" s="9">
         <v>8</v>
       </c>
       <c r="AI10" s="9">
         <v>8</v>
       </c>
       <c r="AJ10" s="9">
         <v>6</v>
       </c>
       <c r="AK10" s="9">
         <v>17</v>
       </c>
       <c r="AL10" s="9">
         <v>18</v>
       </c>
       <c r="AM10" s="9">
         <v>9</v>
       </c>
       <c r="AN10" s="9">
-        <f>SUM(D10:AM10)</f>
-[...4 lines deleted...]
-        <v>0.52830188679245282</v>
+        <v>3</v>
+      </c>
+      <c r="AO10" s="9">
+        <f>SUM(D10:AN10)</f>
+        <v>255</v>
+      </c>
+      <c r="AP10" s="7">
+        <f>AO10/SUM($AO$10:$AO$12)</f>
+        <v>0.52904564315352698</v>
       </c>
     </row>
-    <row r="11" spans="1:41" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:42" x14ac:dyDescent="0.2">
       <c r="B11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="6">
         <v>0</v>
       </c>
       <c r="E11" s="6">
         <v>0</v>
       </c>
       <c r="F11" s="6">
         <v>0</v>
       </c>
       <c r="G11" s="6">
         <v>0</v>
       </c>
       <c r="H11" s="6">
         <v>0</v>
       </c>
       <c r="I11" s="6">
         <v>0</v>
       </c>
       <c r="J11" s="6">
@@ -9060,59 +9266,62 @@
       <c r="AF11" s="9">
         <v>4</v>
       </c>
       <c r="AG11" s="9">
         <v>9</v>
       </c>
       <c r="AH11" s="9">
         <v>5</v>
       </c>
       <c r="AI11" s="9">
         <v>7</v>
       </c>
       <c r="AJ11" s="9">
         <v>4</v>
       </c>
       <c r="AK11" s="9">
         <v>12</v>
       </c>
       <c r="AL11" s="9">
         <v>5</v>
       </c>
       <c r="AM11" s="9">
         <v>8</v>
       </c>
       <c r="AN11" s="9">
+        <v>2</v>
+      </c>
+      <c r="AO11" s="9">
         <f t="shared" si="0"/>
-        <v>223</v>
-[...3 lines deleted...]
-        <v>0.46750524109014674</v>
+        <v>225</v>
+      </c>
+      <c r="AP11" s="7">
+        <f>AO11/SUM($AO$10:$AO$12)</f>
+        <v>0.46680497925311204</v>
       </c>
     </row>
-    <row r="12" spans="1:41" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:42" x14ac:dyDescent="0.2">
       <c r="B12" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="6">
         <v>0</v>
       </c>
       <c r="E12" s="6">
         <v>0</v>
       </c>
       <c r="F12" s="6">
         <v>0</v>
       </c>
       <c r="G12" s="6">
         <v>0</v>
       </c>
       <c r="H12" s="6">
         <v>0</v>
       </c>
       <c r="I12" s="6">
         <v>0</v>
       </c>
       <c r="J12" s="6">
@@ -9184,103 +9393,98 @@
       <c r="AF12" s="9">
         <v>0</v>
       </c>
       <c r="AG12" s="9">
         <v>0</v>
       </c>
       <c r="AH12" s="9">
         <v>0</v>
       </c>
       <c r="AI12" s="9">
         <v>0</v>
       </c>
       <c r="AJ12" s="9">
         <v>0</v>
       </c>
       <c r="AK12" s="9">
         <v>0</v>
       </c>
       <c r="AL12" s="9">
         <v>1</v>
       </c>
       <c r="AM12" s="9">
         <v>0</v>
       </c>
       <c r="AN12" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO12" s="9">
         <f t="shared" si="0"/>
         <v>2</v>
       </c>
-      <c r="AO12" s="7">
-[...1 lines deleted...]
-        <v>4.1928721174004195E-3</v>
+      <c r="AP12" s="7">
+        <f>AO12/SUM($AO$10:$AO$12)</f>
+        <v>4.1493775933609959E-3</v>
       </c>
     </row>
-    <row r="13" spans="1:41" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:42" x14ac:dyDescent="0.2">
       <c r="AC13" s="9"/>
       <c r="AD13" s="9"/>
       <c r="AE13" s="9"/>
       <c r="AF13" s="9"/>
       <c r="AG13" s="9"/>
       <c r="AH13" s="9"/>
       <c r="AI13" s="9"/>
       <c r="AJ13" s="9"/>
       <c r="AK13" s="9"/>
       <c r="AL13" s="9"/>
       <c r="AM13" s="9"/>
+      <c r="AN13" s="9"/>
     </row>
     <row r="24" ht="9" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9faf0890699bccc6d2bf185ba7ce82f7" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ac8ff77954c40bf04afd8a3b45c139a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="75731eb5f67757d61a35da63f5a16223" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <xsd:import namespace="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <xsd:import namespace="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:DateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -9480,72 +9684,81 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <DateModified xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="20867c8d-1cc9-4acd-a073-94634f6a764f" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EAD3FD28-A8F8-4282-BDA9-F6A755BD4554}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BEF27D1-2512-4660-B486-D718DFBBC449}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69C4028D-7E2C-439C-B327-2B76ADB77E2E}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{104D5FED-64D2-4B5F-8025-CE0BA028A33C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <ds:schemaRef ds:uri="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>