--- v0 (2026-02-07)
+++ v1 (2026-02-28)
@@ -11,81 +11,81 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Fda.gov\wodc\ORA\OSPOP\DFE\Debarment\3. Current Debarments Downloadable file for Website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{96E74A28-E720-46BE-9780-90F52F2766B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{76810F07-9937-4664-B2C5-01DEEB117DF7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{26B53EDE-E313-4B57-846D-6E8C977FC572}"/>
   </bookViews>
   <sheets>
     <sheet name="Drug Applications" sheetId="1" r:id="rId1"/>
     <sheet name="Drug Imports" sheetId="4" r:id="rId2"/>
     <sheet name="Food Imports" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_Hlk39577905" localSheetId="0">'Drug Applications'!$A$50</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="925" uniqueCount="681">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="941" uniqueCount="691">
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>First &amp; Middle Names</t>
   </si>
   <si>
     <t>Effective Date</t>
   </si>
   <si>
     <t>End/Term of Debarment</t>
   </si>
   <si>
     <t>FR Date.txt (MM/DD/YY)</t>
   </si>
   <si>
     <t>Volume Page.pdf</t>
   </si>
   <si>
     <t>Akhigbe</t>
   </si>
   <si>
     <t>Ehigiator O.</t>
   </si>
   <si>
@@ -2236,50 +2236,91 @@
   <si>
     <t>91 FR 5495</t>
   </si>
   <si>
     <t>Lamberty</t>
   </si>
   <si>
     <t>Paul Z.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">10 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF333333"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>years%</t>
     </r>
   </si>
   <si>
     <t>91 FR 5489</t>
+  </si>
+  <si>
+    <t>Jeremy Spencer</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">5 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF333333"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>years%</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">91 FR 6643 </t>
+  </si>
+  <si>
+    <t>McCain</t>
+  </si>
+  <si>
+    <t>Sherrie R.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91 FR 8003 </t>
+  </si>
+  <si>
+    <t>Insprucker</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91 FR 8006 </t>
+  </si>
+  <si>
+    <t>Sherri</t>
+  </si>
+  <si>
+    <t>91 FR 8001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="35">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF333333"/>
@@ -2713,51 +2754,51 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="218">
+  <cellXfs count="222">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -3286,96 +3327,108 @@
     </xf>
     <xf numFmtId="14" fontId="21" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="19" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="34" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="23" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="26" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
@@ -3654,121 +3707,121 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2009-10-21/E9-25322" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/06/13/2024-12974/richard-b-smith-iii-final-debarment-order" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-1997-04-03/pdf/97-8555.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2020/07/24/2020-16046/euton-m-laing-final-debarment-order" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2016-11-14/2016-27244" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/01/04/2020-29045/joseph-a-rowan-final-debarment-order" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2003-09-30/pdf/03-24655.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/content/pkg/FR-2020-03-19/pdf/2020-05714.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2011/03/10/2011-5498/mark-e-van-wormer-debarment-order" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/05/02/2024-09528/angela-maria-giron-final-debarment-order" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2003-10-20/pdf/03-26385.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2010/04/08/2010-8023/kevin-xu-debarment-order" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2020/11/30/2020-26255/barry-j-cadden-final-debarment-order" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/content/pkg/FR-2020-03-19/pdf/2020-05715.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2018/01/18/2018-00719/william-ralph-kincaid-denial-of-hearing-final-debarment-order" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2011/08/09/2011-20181/ray-nathan-denial-of-hearing-final-debarment-order" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2011-03-03/2011-4778" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2012-09-13/2012-22604" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2016-11-15/2016-27417" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/06/21/2023-13135/daylen-diaz-final-debarment-order" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2020/11/27/2020-26226/michael-l-babich-final-debarment-order" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2011-04-19/2011-9431" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/03/15/2022-05401/nayade-varona-final-debarment-order" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2020/07/24/2020-16069/paul-j-elmer-final-debarment-order" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/03/03/2021-04374/michael-gurry-final-debarment-order" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2010/02/23/2010-3552/patrick-j-lais-debarment-order" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2012/02/22/2012-4064/stephen-l-marks-debarment-order" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/media/70741/download" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2015-06-22/2015-15163" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/05/07/2024-09917/adam-paul-runsdorf-final-debarment-order" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/11/19/2024-26912/ivette-maria-portela-martinez-final-debarment-order" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2003-01-13/pdf/03-661.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2009-11-13/E9-27223" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2008-09-02/pdf/E8-20295.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2017-02-17/2017-03172" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2009-11-23/E9-28083" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2008-11-24/pdf/E8-27802.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-1997-10-20/pdf/97-27693.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/07/27/2023-15944/diana-daffin-final-debarment-order" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/02/09/2024-02706/brendon-gagne-final-debarment-order" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2008-11-24/pdf/E8-27803.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2009-06-12/E9-13929" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2012-08-23/2012-20784" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2010-08-18/2010-20418" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/04/14/2022-08025/lisett-raventos-final-debarment-order" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2010/12/17/2010-31776/ehigiator-o-akhigbe-debarment-order" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-1997-08-28/pdf/97-22856.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2000-09-29/pdf/00-25087.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2009/08/04/E9-18621/kim-c-hendrick-debarment-order" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2011-10-05/2011-25680" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/05/15/2024-10584/gina-acosta-final-debarment-order" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/11/20/2024-27093/miguel-angel-montalvo-villa-final-debarment-order" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/01/04/2020-29044/sunrise-lee-final-debarment-order" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2011/11/16/2011-29538/scott-s-reuben-debarment-order" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/03/03/2021-04375/lawrence-b-ryan-final-debarment-order" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gpo.gov/fdsys/pkg/FR-2012-09-13/pdf/2012-22606.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2000-09-29/pdf/00-25088.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-1997-11-07/pdf/97-29399.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-1996-03-22/pdf/96-6941.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-1996-03-11/pdf/96-5687.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2015-07-09/2015-16665" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2003-04-30/pdf/03-10569.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2004-12-02/pdf/04-26532.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2020/11/30/2020-26262/john-kapoor-final-debarment-order" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2016-03-18/2016-06104" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2011-04-06/2011-8152" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2020/11/19/2020-25601/richard-m-simon-final-debarment-order" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/04/19/2022-08302/yvelice-villaman-bencosme-final-debarment-order" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2018-09-28/pdf/2018-21210.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/03/13/2025-04031/john-warrington-kosolcharoen-final-debarment-order" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2017-02-17/pdf/2017-03173.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2017-10-26/pdf/2017-23275.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/08/02/2021-16352/belen-g-ngo-denial-of-hearing-final-debarment-order" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2009/11/23/E9-28084/anthony-w-albanese-debarment-order" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-1997-10-17/pdf/97-27586.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/media/70982/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2009-08-04/E9-18619" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2012/05/09/2012-11106/jerome-lentini-denial-of-hearing-final-debarment-order" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-1997-08-11/pdf/97-21085.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2010/02/02/2010-2135/brian-ullom-debarment-order" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/03/21/2024-05981/willis-reed-final-debarment-order" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/05/28/2024-11546/jessica-palacio-denial-of-hearing-final-debarment-order" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/04/14/2021-07638/mark-reinhard-final-debarment-order" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2003-09-30/pdf/03-24657.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/content/pkg/FR-2020-03-19/pdf/2020-05717.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-1996-04-18/pdf/X96-30418.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gpo.gov/fdsys/pkg/FR-2015-09-16/pdf/2015-23204.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2015-07-08/2015-16664" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2002-04-30/pdf/02-10562.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2016-11-15/2016-27418" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/02/27/2023-03941/shaun-thaxter-denial-of-hearing-final-debarment-order" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/08/03/2023-16550/raidel-figueroa-final-debarment-order" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/01/04/2020-29046/alec-burlakoff-final-debarment-order" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-1994-12-21/html/94-31250.htm" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2011/05/27/2011-13198/stephen-lee-seldon-debarment-order" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/11/23/2021-25589/maytee-lledo-final-debarment-order" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/08/02/2022-16507/duniel-tejeda-final-debarment-order" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/03/14/2025-04117/bernardo-garmendia-denial-of-hearing-final-debarment-order" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2015/06/22/2015-15162/mirwaiss-aminzada-debarment-order" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2000-01-21/pdf/00-1406.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/content/pkg/FR-2013-03-06/pdf/2013-05160.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2014-11-10/2014-26562" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/05/29/2024-11727/maria-anzures-camarena-final-debarment-order" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/content/pkg/FR-2020-03-18/pdf/2020-05582.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/content/pkg/FR-1998-06-25/pdf/98-16850.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2011-11-08/2011-28877" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2003/08/05/03-19806/thomas-ronald-theodore-debarment-order" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2010-01-12/2010-289" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/03/25/2024-06242/martin-valdes-final-debarment-order" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gpo.gov/fdsys/pkg/FR-2015-08-20/pdf/2015-20561.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2007-01-30/pdf/E7-1416.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2003-01-13/pdf/03-663.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/09/12/2023-19672/mayya-tatsene-final-debarment-order" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-2006-10-17/pdf/E6-17178.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2012-07-09/2012-16600" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-1995-01-11/pdf/95-695.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/FR-1996-02-28/pdf/96-4473.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/01/04/2020-29052/jerrod-nichols-smith-debarment-order" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/03/03/2022-04459/eduardo-navarro-final-debarment-order" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/01/25/2023-01419/poornanand-palaparty-denial-of-hearing-final-debarment-order" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/06/08/2023-12249/analay-rico-final-debarment-order" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2026/02/06/2026-02349/matthew-teltser-final-debarment-order" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/03/03/2022-04484/george-kuiper-final-debarment-order" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/07/25/2022-15795/kenneth-zipperer-final-debarment-order" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/12/19/2023-27855/jeremy-walenty-final-debarment-order" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/03/13/2025-04030/jonathan-corbett-cosie-final-debarment-order" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/01/20/2023-00999/mark-godding-final-debarment-order" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/06/03/2024-12066/michael-terry-little-final-debarment-order" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/05/29/2025-09651/carlton-reico-mallard-jr-final-debarment-order" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/09/19/2025-18213/william-goldsmith-final-debarment-order" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2026/01/23/2026-01296/tyler-jordan-hall-final-debarment-order" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/content/pkg/FR-2020-03-17/pdf/2020-05450.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2019/11/29/2019-25824/tzvi-lexier-final-debarment-order" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/07/07/2022-14433/jhanna-novikov-final-debarment-order" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/02/14/2024-03020/ross-lucien-final-debarment-order" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/02/10/2022-02801/brenda-k-marmas-final-debarment-order" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/08/15/2023-17481/ildiko-m-knoll-final-debarment-order" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/04/05/2024-07271/robert-lance-shuffert-final-debarment-order" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/08/15/2024-18268/ryan-stabile-final-debarment-order" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/03/13/2025-04029/alnashir-alibhai-punjani-final-debarment-order" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/05/30/2025-09797/evan-asher-field-final-debarment-order" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/03/26/2021-06258/ursula-wing-final-debarment-order" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/05/17/2022-10505/howard-stanley-head-jr-final-debarment-order" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/06/12/2023-12487/luis-anarbol-moran-final-debarment-order" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/02/09/2024-02706/brendon-gagne-final-debarment-order" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/06/13/2024-12974/richard-b-smith-iii-final-debarment-order" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/11/25/2025-21075/nicole-shelby-randall-final-debarment-order" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="87%20FR%20225" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/11/29/2022-26012/jennings-ryan-staley-final-debarment-order" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/03/26/2024-06287/phillip-leonowens-final-debarment-order" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/05/29/2025-09646/justin-cole-henry-final-debarment-order" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/03/26/2021-06219/thomas-j-whalen-final-debarment-order" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/12/15/2021-27056/julia-fees-final-debarment-order" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/03/03/2022-04469/patrick-charles-bishop-final-debarment-order" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/02/27/2023-03958/wojciech-lesniak-final-debarment-order" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/01/20/2023-00997/linda-godding-final-debarment-order" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/02/23/2024-03650/taylor-mclaren-final-debarment-order" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/06/06/2024-12356/marina-sievert-final-debarment-order" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/05/29/2025-09649/michael-dominic-diaz-final-debarment-order" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/10/01/2025-19162/jason-oppenheimer-final-debarment-order" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/07/28/2021-16044/justin-ash-final-debarment-order" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2026/02/06/2026-02337/paul-zachary-lamberty-final-debarment-order" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2020/07/24/2020-16085/jin-su-park-final-debarment-order" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/02/14/2022-03098/brian-michael-parks-final-debarment-order" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/07/13/2022-14899/kris-a-hampton-bey-ii-final-debarment-order" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/11/15/2022-24805/david-elias-mendoza-final-debarment-order" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/06/03/2024-12064/shanif-abdul-punjani-final-debarment-order" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/01/08/2025-00126/yong-sheng-jiao-denial-of-hearing-final-debarment-order" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/08/19/2025-15787/doyal-kalita-final-debarment-order" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/12/14/2022-27091/david-j-kempema-final-debarment-order" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/03/13/2025-04028/harpreet-singh-final-debarment-order" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2020/07/24/2020-16062/john-seil-lee-final-debarment-order" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/content/pkg/FR-2021-05-14/pdf/2021-10249.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/03/03/2022-04484/george-kuiper-final-debarment-order" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/07/25/2022-15795/kenneth-zipperer-final-debarment-order" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/12/19/2023-27855/jeremy-walenty-final-debarment-order" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/03/13/2025-04030/jonathan-corbett-cosie-final-debarment-order" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/01/20/2023-00999/mark-godding-final-debarment-order" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/06/03/2024-12066/michael-terry-little-final-debarment-order" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/05/29/2025-09651/carlton-reico-mallard-jr-final-debarment-order" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/09/19/2025-18213/william-goldsmith-final-debarment-order" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2026/01/23/2026-01296/tyler-jordan-hall-final-debarment-order" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2026/02/19/2026-03254/sherri-insprucker-final-debarment-order" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/content/pkg/FR-2020-03-17/pdf/2020-05450.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2019/11/29/2019-25824/tzvi-lexier-final-debarment-order" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/07/07/2022-14433/jhanna-novikov-final-debarment-order" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/02/14/2024-03020/ross-lucien-final-debarment-order" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/02/10/2022-02801/brenda-k-marmas-final-debarment-order" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/08/15/2023-17481/ildiko-m-knoll-final-debarment-order" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/04/05/2024-07271/robert-lance-shuffert-final-debarment-order" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/08/15/2024-18268/ryan-stabile-final-debarment-order" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/03/13/2025-04029/alnashir-alibhai-punjani-final-debarment-order" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/05/30/2025-09797/evan-asher-field-final-debarment-order" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2026/02/19/2026-03252/sherrie-r-mccain-final-debarment-order" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/03/26/2021-06258/ursula-wing-final-debarment-order" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="87%20FR%20225" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/11/29/2022-26012/jennings-ryan-staley-final-debarment-order" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/03/26/2024-06287/phillip-leonowens-final-debarment-order" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/05/29/2025-09646/justin-cole-henry-final-debarment-order" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2026/02/12/2026-02786/jeremy-spencer-brown-final-debarment-order" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/03/26/2021-06219/thomas-j-whalen-final-debarment-order" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/12/15/2021-27056/julia-fees-final-debarment-order" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/03/03/2022-04469/patrick-charles-bishop-final-debarment-order" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/02/27/2023-03958/wojciech-lesniak-final-debarment-order" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/01/20/2023-00997/linda-godding-final-debarment-order" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/02/23/2024-03650/taylor-mclaren-final-debarment-order" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/06/06/2024-12356/marina-sievert-final-debarment-order" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/05/29/2025-09649/michael-dominic-diaz-final-debarment-order" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/10/01/2025-19162/jason-oppenheimer-final-debarment-order" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/07/28/2021-16044/justin-ash-final-debarment-order" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2026/02/06/2026-02337/paul-zachary-lamberty-final-debarment-order" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2020/07/24/2020-16085/jin-su-park-final-debarment-order" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/02/14/2022-03098/brian-michael-parks-final-debarment-order" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/07/13/2022-14899/kris-a-hampton-bey-ii-final-debarment-order" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/11/15/2022-24805/david-elias-mendoza-final-debarment-order" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/06/03/2024-12064/shanif-abdul-punjani-final-debarment-order" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/01/08/2025-00126/yong-sheng-jiao-denial-of-hearing-final-debarment-order" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/08/19/2025-15787/doyal-kalita-final-debarment-order" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/12/14/2022-27091/david-j-kempema-final-debarment-order" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/03/13/2025-04028/harpreet-singh-final-debarment-order" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2026/02/19/2026-03253/justin-insprucker-final-debarment-order" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2020/07/24/2020-16062/john-seil-lee-final-debarment-order" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/content/pkg/FR-2021-05-14/pdf/2021-10249.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/05/17/2022-10505/howard-stanley-head-jr-final-debarment-order" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2023/06/12/2023-12487/luis-anarbol-moran-final-debarment-order" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/02/09/2024-02706/brendon-gagne-final-debarment-order" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/06/13/2024-12974/richard-b-smith-iii-final-debarment-order" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2025/11/25/2025-21075/nicole-shelby-randall-final-debarment-order" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/12/15/2021-27053/jeffrey-a-styron-final-debarment-order" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2015-02-18/2015-03210" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/10/01/2021-21375/sitesh-bansi-patel-final-debarment-order" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2025-05-29/2025-09652" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2009/12/14/E9-29715/peter-xuong-lam-debarment-order" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2012-05-07/2012-10960" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/07/28/2021-16045/jacobo-geissler-final-debarment-order" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2024/11/19/2024-26917/kevin-sheng-hsiang-fang-final-debarment-order" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2021/07/26/2021-15775/jonathan-doyle-final-debarment-order" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/09/23/2022-20709/roy-tuccillo-jr-final-debarment-order" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.govinfo.gov/app/details/FR-2012-05-07/2012-10958" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.federalregister.gov/documents/2022/09/23/2022-20710/roy-tuccillo-sr-final-debarment-order" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{58F1AC74-4D35-4364-8FDC-5DBF6E03FFB4}">
   <dimension ref="A1:CS207"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="I139" sqref="I139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.28515625" customWidth="1"/>
     <col min="2" max="2" width="24" customWidth="1"/>
     <col min="3" max="3" width="27" customWidth="1"/>
     <col min="4" max="4" width="28.7109375" customWidth="1"/>
     <col min="5" max="5" width="27.28515625" customWidth="1"/>
     <col min="6" max="6" width="26.140625" customWidth="1"/>
     <col min="11" max="11" width="54.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
-      <c r="E1" s="198" t="s">
+      <c r="E1" s="199" t="s">
         <v>388</v>
       </c>
-      <c r="F1" s="199"/>
-[...4 lines deleted...]
-      <c r="K1" s="199"/>
+      <c r="F1" s="200"/>
+      <c r="G1" s="200"/>
+      <c r="H1" s="200"/>
+      <c r="I1" s="200"/>
+      <c r="J1" s="200"/>
+      <c r="K1" s="200"/>
     </row>
     <row r="2" spans="1:11">
-      <c r="E2" s="199"/>
-[...5 lines deleted...]
-      <c r="K2" s="199"/>
+      <c r="E2" s="200"/>
+      <c r="F2" s="200"/>
+      <c r="G2" s="200"/>
+      <c r="H2" s="200"/>
+      <c r="I2" s="200"/>
+      <c r="J2" s="200"/>
+      <c r="K2" s="200"/>
     </row>
     <row r="3" spans="1:11">
-      <c r="E3" s="199"/>
-[...5 lines deleted...]
-      <c r="K3" s="199"/>
+      <c r="E3" s="200"/>
+      <c r="F3" s="200"/>
+      <c r="G3" s="200"/>
+      <c r="H3" s="200"/>
+      <c r="I3" s="200"/>
+      <c r="J3" s="200"/>
+      <c r="K3" s="200"/>
     </row>
     <row r="4" spans="1:11">
-      <c r="A4" s="200" t="s">
+      <c r="A4" s="201" t="s">
         <v>389</v>
       </c>
-      <c r="B4" s="201"/>
-[...6 lines deleted...]
-      <c r="K4" s="199"/>
+      <c r="B4" s="202"/>
+      <c r="E4" s="200"/>
+      <c r="F4" s="200"/>
+      <c r="G4" s="200"/>
+      <c r="H4" s="200"/>
+      <c r="I4" s="200"/>
+      <c r="J4" s="200"/>
+      <c r="K4" s="200"/>
     </row>
     <row r="5" spans="1:11">
-      <c r="A5" s="202"/>
-      <c r="B5" s="202"/>
+      <c r="A5" s="203"/>
+      <c r="B5" s="203"/>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="13" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="13" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="13" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="13" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="76" t="s">
         <v>597</v>
       </c>
@@ -5953,77 +6006,77 @@
       </c>
       <c r="G111" s="80"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="1" t="s">
         <v>267</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C112" s="8">
         <v>40855</v>
       </c>
       <c r="D112" s="9" t="s">
         <v>12</v>
       </c>
       <c r="E112" s="8">
         <v>40855</v>
       </c>
       <c r="F112" s="79" t="s">
         <v>269</v>
       </c>
       <c r="G112" s="80"/>
     </row>
     <row r="113" spans="1:7">
-      <c r="A113" s="204" t="s">
+      <c r="A113" s="205" t="s">
         <v>270</v>
       </c>
-      <c r="B113" s="204" t="s">
+      <c r="B113" s="205" t="s">
         <v>271</v>
       </c>
-      <c r="C113" s="206" t="s">
+      <c r="C113" s="207" t="s">
         <v>272</v>
       </c>
-      <c r="D113" s="206" t="s">
-[...2 lines deleted...]
-      <c r="E113" s="206" t="s">
+      <c r="D113" s="207" t="s">
+        <v>12</v>
+      </c>
+      <c r="E113" s="207" t="s">
         <v>184</v>
       </c>
-      <c r="F113" s="208" t="s">
+      <c r="F113" s="209" t="s">
         <v>273</v>
       </c>
       <c r="G113" s="80"/>
     </row>
     <row r="114" spans="1:7">
-      <c r="A114" s="205"/>
-[...4 lines deleted...]
-      <c r="F114" s="209"/>
+      <c r="A114" s="206"/>
+      <c r="B114" s="206"/>
+      <c r="C114" s="208"/>
+      <c r="D114" s="208"/>
+      <c r="E114" s="208"/>
+      <c r="F114" s="210"/>
       <c r="G114" s="80"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="96" t="s">
         <v>594</v>
       </c>
       <c r="B115" s="96" t="s">
         <v>595</v>
       </c>
       <c r="C115" s="127">
         <v>45419</v>
       </c>
       <c r="D115" s="20" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="127">
         <v>45419</v>
       </c>
       <c r="F115" s="17" t="s">
         <v>596</v>
       </c>
       <c r="G115" s="80"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="129" t="s">
@@ -7264,394 +7317,394 @@
       <c r="E162" s="8">
         <v>40408</v>
       </c>
       <c r="F162" s="79" t="s">
         <v>374</v>
       </c>
       <c r="G162" s="80"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" s="2"/>
       <c r="B163" s="2"/>
       <c r="C163" s="3"/>
       <c r="D163" s="2"/>
       <c r="E163" s="3"/>
       <c r="F163" s="10"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" s="6"/>
       <c r="B164" s="5"/>
       <c r="C164" s="5"/>
       <c r="D164" s="5"/>
       <c r="E164" s="5"/>
       <c r="F164" s="5"/>
     </row>
     <row r="165" spans="1:7">
-      <c r="A165" s="203" t="s">
+      <c r="A165" s="204" t="s">
         <v>375</v>
       </c>
-      <c r="B165" s="203"/>
-[...3 lines deleted...]
-      <c r="F165" s="203"/>
+      <c r="B165" s="204"/>
+      <c r="C165" s="204"/>
+      <c r="D165" s="204"/>
+      <c r="E165" s="204"/>
+      <c r="F165" s="204"/>
     </row>
     <row r="166" spans="1:7">
-      <c r="A166" s="203"/>
-[...4 lines deleted...]
-      <c r="F166" s="203"/>
+      <c r="A166" s="204"/>
+      <c r="B166" s="204"/>
+      <c r="C166" s="204"/>
+      <c r="D166" s="204"/>
+      <c r="E166" s="204"/>
+      <c r="F166" s="204"/>
     </row>
     <row r="167" spans="1:7">
-      <c r="A167" s="203"/>
-[...4 lines deleted...]
-      <c r="F167" s="203"/>
+      <c r="A167" s="204"/>
+      <c r="B167" s="204"/>
+      <c r="C167" s="204"/>
+      <c r="D167" s="204"/>
+      <c r="E167" s="204"/>
+      <c r="F167" s="204"/>
     </row>
     <row r="168" spans="1:7">
-      <c r="A168" s="203"/>
-[...4 lines deleted...]
-      <c r="F168" s="203"/>
+      <c r="A168" s="204"/>
+      <c r="B168" s="204"/>
+      <c r="C168" s="204"/>
+      <c r="D168" s="204"/>
+      <c r="E168" s="204"/>
+      <c r="F168" s="204"/>
     </row>
     <row r="169" spans="1:7">
-      <c r="A169" s="203"/>
-[...4 lines deleted...]
-      <c r="F169" s="203"/>
+      <c r="A169" s="204"/>
+      <c r="B169" s="204"/>
+      <c r="C169" s="204"/>
+      <c r="D169" s="204"/>
+      <c r="E169" s="204"/>
+      <c r="F169" s="204"/>
     </row>
     <row r="170" spans="1:7">
-      <c r="A170" s="203"/>
-[...4 lines deleted...]
-      <c r="F170" s="203"/>
+      <c r="A170" s="204"/>
+      <c r="B170" s="204"/>
+      <c r="C170" s="204"/>
+      <c r="D170" s="204"/>
+      <c r="E170" s="204"/>
+      <c r="F170" s="204"/>
     </row>
     <row r="171" spans="1:7">
-      <c r="A171" s="203"/>
-[...4 lines deleted...]
-      <c r="F171" s="203"/>
+      <c r="A171" s="204"/>
+      <c r="B171" s="204"/>
+      <c r="C171" s="204"/>
+      <c r="D171" s="204"/>
+      <c r="E171" s="204"/>
+      <c r="F171" s="204"/>
     </row>
     <row r="172" spans="1:7">
-      <c r="A172" s="203"/>
-[...4 lines deleted...]
-      <c r="F172" s="203"/>
+      <c r="A172" s="204"/>
+      <c r="B172" s="204"/>
+      <c r="C172" s="204"/>
+      <c r="D172" s="204"/>
+      <c r="E172" s="204"/>
+      <c r="F172" s="204"/>
     </row>
     <row r="173" spans="1:7">
-      <c r="A173" s="203"/>
-[...4 lines deleted...]
-      <c r="F173" s="203"/>
+      <c r="A173" s="204"/>
+      <c r="B173" s="204"/>
+      <c r="C173" s="204"/>
+      <c r="D173" s="204"/>
+      <c r="E173" s="204"/>
+      <c r="F173" s="204"/>
     </row>
     <row r="174" spans="1:7">
-      <c r="A174" s="203"/>
-[...4 lines deleted...]
-      <c r="F174" s="203"/>
+      <c r="A174" s="204"/>
+      <c r="B174" s="204"/>
+      <c r="C174" s="204"/>
+      <c r="D174" s="204"/>
+      <c r="E174" s="204"/>
+      <c r="F174" s="204"/>
     </row>
     <row r="175" spans="1:7">
-      <c r="A175" s="203"/>
-[...4 lines deleted...]
-      <c r="F175" s="203"/>
+      <c r="A175" s="204"/>
+      <c r="B175" s="204"/>
+      <c r="C175" s="204"/>
+      <c r="D175" s="204"/>
+      <c r="E175" s="204"/>
+      <c r="F175" s="204"/>
     </row>
     <row r="176" spans="1:7">
-      <c r="A176" s="203"/>
-[...4 lines deleted...]
-      <c r="F176" s="203"/>
+      <c r="A176" s="204"/>
+      <c r="B176" s="204"/>
+      <c r="C176" s="204"/>
+      <c r="D176" s="204"/>
+      <c r="E176" s="204"/>
+      <c r="F176" s="204"/>
     </row>
     <row r="177" spans="1:6">
-      <c r="A177" s="203"/>
-[...4 lines deleted...]
-      <c r="F177" s="203"/>
+      <c r="A177" s="204"/>
+      <c r="B177" s="204"/>
+      <c r="C177" s="204"/>
+      <c r="D177" s="204"/>
+      <c r="E177" s="204"/>
+      <c r="F177" s="204"/>
     </row>
     <row r="178" spans="1:6">
-      <c r="A178" s="203"/>
-[...4 lines deleted...]
-      <c r="F178" s="203"/>
+      <c r="A178" s="204"/>
+      <c r="B178" s="204"/>
+      <c r="C178" s="204"/>
+      <c r="D178" s="204"/>
+      <c r="E178" s="204"/>
+      <c r="F178" s="204"/>
     </row>
     <row r="179" spans="1:6">
-      <c r="A179" s="203"/>
-[...4 lines deleted...]
-      <c r="F179" s="203"/>
+      <c r="A179" s="204"/>
+      <c r="B179" s="204"/>
+      <c r="C179" s="204"/>
+      <c r="D179" s="204"/>
+      <c r="E179" s="204"/>
+      <c r="F179" s="204"/>
     </row>
     <row r="180" spans="1:6">
-      <c r="A180" s="203"/>
-[...4 lines deleted...]
-      <c r="F180" s="203"/>
+      <c r="A180" s="204"/>
+      <c r="B180" s="204"/>
+      <c r="C180" s="204"/>
+      <c r="D180" s="204"/>
+      <c r="E180" s="204"/>
+      <c r="F180" s="204"/>
     </row>
     <row r="181" spans="1:6">
-      <c r="A181" s="203"/>
-[...4 lines deleted...]
-      <c r="F181" s="203"/>
+      <c r="A181" s="204"/>
+      <c r="B181" s="204"/>
+      <c r="C181" s="204"/>
+      <c r="D181" s="204"/>
+      <c r="E181" s="204"/>
+      <c r="F181" s="204"/>
     </row>
     <row r="182" spans="1:6">
-      <c r="A182" s="203"/>
-[...4 lines deleted...]
-      <c r="F182" s="203"/>
+      <c r="A182" s="204"/>
+      <c r="B182" s="204"/>
+      <c r="C182" s="204"/>
+      <c r="D182" s="204"/>
+      <c r="E182" s="204"/>
+      <c r="F182" s="204"/>
     </row>
     <row r="183" spans="1:6">
-      <c r="A183" s="203"/>
-[...4 lines deleted...]
-      <c r="F183" s="203"/>
+      <c r="A183" s="204"/>
+      <c r="B183" s="204"/>
+      <c r="C183" s="204"/>
+      <c r="D183" s="204"/>
+      <c r="E183" s="204"/>
+      <c r="F183" s="204"/>
     </row>
     <row r="184" spans="1:6">
-      <c r="A184" s="203"/>
-[...4 lines deleted...]
-      <c r="F184" s="203"/>
+      <c r="A184" s="204"/>
+      <c r="B184" s="204"/>
+      <c r="C184" s="204"/>
+      <c r="D184" s="204"/>
+      <c r="E184" s="204"/>
+      <c r="F184" s="204"/>
     </row>
     <row r="185" spans="1:6">
-      <c r="A185" s="203"/>
-[...4 lines deleted...]
-      <c r="F185" s="203"/>
+      <c r="A185" s="204"/>
+      <c r="B185" s="204"/>
+      <c r="C185" s="204"/>
+      <c r="D185" s="204"/>
+      <c r="E185" s="204"/>
+      <c r="F185" s="204"/>
     </row>
     <row r="186" spans="1:6">
-      <c r="A186" s="203"/>
-[...4 lines deleted...]
-      <c r="F186" s="203"/>
+      <c r="A186" s="204"/>
+      <c r="B186" s="204"/>
+      <c r="C186" s="204"/>
+      <c r="D186" s="204"/>
+      <c r="E186" s="204"/>
+      <c r="F186" s="204"/>
     </row>
     <row r="187" spans="1:6">
-      <c r="A187" s="203"/>
-[...4 lines deleted...]
-      <c r="F187" s="203"/>
+      <c r="A187" s="204"/>
+      <c r="B187" s="204"/>
+      <c r="C187" s="204"/>
+      <c r="D187" s="204"/>
+      <c r="E187" s="204"/>
+      <c r="F187" s="204"/>
     </row>
     <row r="188" spans="1:6">
-      <c r="A188" s="203"/>
-[...4 lines deleted...]
-      <c r="F188" s="203"/>
+      <c r="A188" s="204"/>
+      <c r="B188" s="204"/>
+      <c r="C188" s="204"/>
+      <c r="D188" s="204"/>
+      <c r="E188" s="204"/>
+      <c r="F188" s="204"/>
     </row>
     <row r="189" spans="1:6">
-      <c r="A189" s="203"/>
-[...4 lines deleted...]
-      <c r="F189" s="203"/>
+      <c r="A189" s="204"/>
+      <c r="B189" s="204"/>
+      <c r="C189" s="204"/>
+      <c r="D189" s="204"/>
+      <c r="E189" s="204"/>
+      <c r="F189" s="204"/>
     </row>
     <row r="190" spans="1:6">
-      <c r="A190" s="203"/>
-[...4 lines deleted...]
-      <c r="F190" s="203"/>
+      <c r="A190" s="204"/>
+      <c r="B190" s="204"/>
+      <c r="C190" s="204"/>
+      <c r="D190" s="204"/>
+      <c r="E190" s="204"/>
+      <c r="F190" s="204"/>
     </row>
     <row r="191" spans="1:6">
-      <c r="A191" s="203"/>
-[...4 lines deleted...]
-      <c r="F191" s="203"/>
+      <c r="A191" s="204"/>
+      <c r="B191" s="204"/>
+      <c r="C191" s="204"/>
+      <c r="D191" s="204"/>
+      <c r="E191" s="204"/>
+      <c r="F191" s="204"/>
     </row>
     <row r="192" spans="1:6">
-      <c r="A192" s="203"/>
-[...4 lines deleted...]
-      <c r="F192" s="203"/>
+      <c r="A192" s="204"/>
+      <c r="B192" s="204"/>
+      <c r="C192" s="204"/>
+      <c r="D192" s="204"/>
+      <c r="E192" s="204"/>
+      <c r="F192" s="204"/>
     </row>
     <row r="193" spans="1:6">
-      <c r="A193" s="203"/>
-[...4 lines deleted...]
-      <c r="F193" s="203"/>
+      <c r="A193" s="204"/>
+      <c r="B193" s="204"/>
+      <c r="C193" s="204"/>
+      <c r="D193" s="204"/>
+      <c r="E193" s="204"/>
+      <c r="F193" s="204"/>
     </row>
     <row r="194" spans="1:6">
-      <c r="A194" s="203"/>
-[...4 lines deleted...]
-      <c r="F194" s="203"/>
+      <c r="A194" s="204"/>
+      <c r="B194" s="204"/>
+      <c r="C194" s="204"/>
+      <c r="D194" s="204"/>
+      <c r="E194" s="204"/>
+      <c r="F194" s="204"/>
     </row>
     <row r="195" spans="1:6">
-      <c r="A195" s="203"/>
-[...4 lines deleted...]
-      <c r="F195" s="203"/>
+      <c r="A195" s="204"/>
+      <c r="B195" s="204"/>
+      <c r="C195" s="204"/>
+      <c r="D195" s="204"/>
+      <c r="E195" s="204"/>
+      <c r="F195" s="204"/>
     </row>
     <row r="196" spans="1:6">
-      <c r="A196" s="203"/>
-[...4 lines deleted...]
-      <c r="F196" s="203"/>
+      <c r="A196" s="204"/>
+      <c r="B196" s="204"/>
+      <c r="C196" s="204"/>
+      <c r="D196" s="204"/>
+      <c r="E196" s="204"/>
+      <c r="F196" s="204"/>
     </row>
     <row r="197" spans="1:6">
-      <c r="A197" s="203"/>
-[...4 lines deleted...]
-      <c r="F197" s="203"/>
+      <c r="A197" s="204"/>
+      <c r="B197" s="204"/>
+      <c r="C197" s="204"/>
+      <c r="D197" s="204"/>
+      <c r="E197" s="204"/>
+      <c r="F197" s="204"/>
     </row>
     <row r="198" spans="1:6">
-      <c r="A198" s="203"/>
-[...4 lines deleted...]
-      <c r="F198" s="203"/>
+      <c r="A198" s="204"/>
+      <c r="B198" s="204"/>
+      <c r="C198" s="204"/>
+      <c r="D198" s="204"/>
+      <c r="E198" s="204"/>
+      <c r="F198" s="204"/>
     </row>
     <row r="199" spans="1:6">
-      <c r="A199" s="203"/>
-[...4 lines deleted...]
-      <c r="F199" s="203"/>
+      <c r="A199" s="204"/>
+      <c r="B199" s="204"/>
+      <c r="C199" s="204"/>
+      <c r="D199" s="204"/>
+      <c r="E199" s="204"/>
+      <c r="F199" s="204"/>
     </row>
     <row r="200" spans="1:6">
-      <c r="A200" s="203"/>
-[...4 lines deleted...]
-      <c r="F200" s="203"/>
+      <c r="A200" s="204"/>
+      <c r="B200" s="204"/>
+      <c r="C200" s="204"/>
+      <c r="D200" s="204"/>
+      <c r="E200" s="204"/>
+      <c r="F200" s="204"/>
     </row>
     <row r="201" spans="1:6">
-      <c r="A201" s="203"/>
-[...4 lines deleted...]
-      <c r="F201" s="203"/>
+      <c r="A201" s="204"/>
+      <c r="B201" s="204"/>
+      <c r="C201" s="204"/>
+      <c r="D201" s="204"/>
+      <c r="E201" s="204"/>
+      <c r="F201" s="204"/>
     </row>
     <row r="202" spans="1:6">
-      <c r="A202" s="203"/>
-[...4 lines deleted...]
-      <c r="F202" s="203"/>
+      <c r="A202" s="204"/>
+      <c r="B202" s="204"/>
+      <c r="C202" s="204"/>
+      <c r="D202" s="204"/>
+      <c r="E202" s="204"/>
+      <c r="F202" s="204"/>
     </row>
     <row r="203" spans="1:6">
-      <c r="A203" s="203"/>
-[...4 lines deleted...]
-      <c r="F203" s="203"/>
+      <c r="A203" s="204"/>
+      <c r="B203" s="204"/>
+      <c r="C203" s="204"/>
+      <c r="D203" s="204"/>
+      <c r="E203" s="204"/>
+      <c r="F203" s="204"/>
     </row>
     <row r="204" spans="1:6">
-      <c r="A204" s="203"/>
-[...4 lines deleted...]
-      <c r="F204" s="203"/>
+      <c r="A204" s="204"/>
+      <c r="B204" s="204"/>
+      <c r="C204" s="204"/>
+      <c r="D204" s="204"/>
+      <c r="E204" s="204"/>
+      <c r="F204" s="204"/>
     </row>
     <row r="205" spans="1:6">
-      <c r="A205" s="203"/>
-[...4 lines deleted...]
-      <c r="F205" s="203"/>
+      <c r="A205" s="204"/>
+      <c r="B205" s="204"/>
+      <c r="C205" s="204"/>
+      <c r="D205" s="204"/>
+      <c r="E205" s="204"/>
+      <c r="F205" s="204"/>
     </row>
     <row r="206" spans="1:6">
-      <c r="A206" s="203"/>
-[...4 lines deleted...]
-      <c r="F206" s="203"/>
+      <c r="A206" s="204"/>
+      <c r="B206" s="204"/>
+      <c r="C206" s="204"/>
+      <c r="D206" s="204"/>
+      <c r="E206" s="204"/>
+      <c r="F206" s="204"/>
     </row>
     <row r="207" spans="1:6">
-      <c r="A207" s="203"/>
-[...4 lines deleted...]
-      <c r="F207" s="203"/>
+      <c r="A207" s="204"/>
+      <c r="B207" s="204"/>
+      <c r="C207" s="204"/>
+      <c r="D207" s="204"/>
+      <c r="E207" s="204"/>
+      <c r="F207" s="204"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="E1:K4"/>
     <mergeCell ref="A4:B5"/>
     <mergeCell ref="A165:F207"/>
     <mergeCell ref="A113:A114"/>
     <mergeCell ref="B113:B114"/>
     <mergeCell ref="C113:C114"/>
     <mergeCell ref="D113:D114"/>
     <mergeCell ref="E113:E114"/>
     <mergeCell ref="F113:F114"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F8" r:id="rId1" display="https://www.federalregister.gov/documents/2010/12/17/2010-31776/ehigiator-o-akhigbe-debarment-order" xr:uid="{6CD02B15-E969-42EB-A054-E49B01B13DA4}"/>
     <hyperlink ref="F9" r:id="rId2" display="https://www.federalregister.gov/documents/2009/11/23/E9-28084/anthony-w-albanese-debarment-order" xr:uid="{EF011107-8DEC-494A-8CA2-537B17347E43}"/>
     <hyperlink ref="F10" r:id="rId3" display="https://www.federalregister.gov/documents/2015/06/22/2015-15162/mirwaiss-aminzada-debarment-order" xr:uid="{DB1DBCF7-B071-4C43-87FA-81BE36071C59}"/>
     <hyperlink ref="F11" r:id="rId4" display="https://www.gpo.gov/fdsys/pkg/FR-1997-11-07/pdf/97-29399.pdf" xr:uid="{3DDD8B9C-46F9-4DDC-861E-57A98F9FB067}"/>
     <hyperlink ref="F16" r:id="rId5" display="https://www.federalregister.gov/documents/2020/11/27/2020-26226/michael-l-babich-final-debarment-order" xr:uid="{3A2E6733-4A63-444E-9FEE-AB526F6E4F4B}"/>
     <hyperlink ref="F18" r:id="rId6" display="https://www.gpo.gov/fdsys/pkg/FR-1997-08-28/pdf/97-22856.pdf" xr:uid="{C5DDFF45-DE3B-4230-B200-86FA374291F0}"/>
     <hyperlink ref="F20" r:id="rId7" display="https://www.gpo.gov/fdsys/pkg/FR-2017-02-17/pdf/2017-03173.pdf" xr:uid="{076AAB89-4F37-4094-841C-4F945D64FE03}"/>
     <hyperlink ref="F21" r:id="rId8" display="https://www.federalregister.gov/documents/2021/01/04/2020-29046/alec-burlakoff-final-debarment-order" xr:uid="{49ED7D87-471A-452D-9829-2EF8819B577C}"/>
     <hyperlink ref="F22" r:id="rId9" display="https://www.gpo.gov/fdsys/pkg/FR-1996-03-22/pdf/96-6941.pdf" xr:uid="{6F05E3AA-CB28-4DB2-88CE-B4F60690DC9D}"/>
     <hyperlink ref="F23" r:id="rId10" display="https://www.gpo.gov/fdsys/pkg/FR-2006-10-17/pdf/E6-17178.pdf" xr:uid="{0A37B1A9-B0E6-4773-B35B-3CB920F1AA2A}"/>
     <hyperlink ref="F24" r:id="rId11" display="https://www.federalregister.gov/documents/2020/11/30/2020-26255/barry-j-cadden-final-debarment-order" xr:uid="{504FD675-C6C1-4925-8B0B-4E3F3D831B68}"/>
@@ -7752,113 +7805,113 @@
     <hyperlink ref="F144" r:id="rId106" display="https://www.federalregister.gov/documents/2023/09/12/2023-19672/mayya-tatsene-final-debarment-order" xr:uid="{A5F67007-B2A8-4DC6-B681-74249E86A1F2}"/>
     <hyperlink ref="F161" r:id="rId107" display="https://www.federalregister.gov/documents/2010/04/08/2010-8023/kevin-xu-debarment-order" xr:uid="{D337D650-E847-42B3-96B3-3D1D3EE4D018}"/>
     <hyperlink ref="F97" r:id="rId108" display="https://www.federalregister.gov/documents/2024/02/09/2024-02706/brendon-gagne-final-debarment-order" xr:uid="{261CAA4D-8DDA-4255-A771-131C4376F000}"/>
     <hyperlink ref="F19" r:id="rId109" display="https://www.gpo.gov/fdsys/pkg/FR-2004-12-02/pdf/04-26532.pdf" xr:uid="{8963BA33-46D8-4E1E-AA59-F2867D6CFC5C}"/>
     <hyperlink ref="F106" r:id="rId110" display="https://www.federalregister.gov/documents/2024/03/21/2024-05981/willis-reed-final-debarment-order" xr:uid="{726024D0-8ADA-44A7-8036-1D1D04C477D6}"/>
     <hyperlink ref="F154" r:id="rId111" display="https://www.federalregister.gov/documents/2024/03/25/2024-06242/martin-valdes-final-debarment-order" xr:uid="{E5954184-2618-43C8-84EE-237F2EAF8139}"/>
     <hyperlink ref="F52" r:id="rId112" display="https://www.federalregister.gov/documents/2024/05/02/2024-09528/angela-maria-giron-final-debarment-order" xr:uid="{8819E40F-6531-416C-8339-17A063B3407D}"/>
     <hyperlink ref="F115" r:id="rId113" display="https://www.federalregister.gov/documents/2024/05/07/2024-09917/adam-paul-runsdorf-final-debarment-order" xr:uid="{2D1C5075-4E55-478F-8B6F-7594F5CED8D2}"/>
     <hyperlink ref="F7" r:id="rId114" display="https://www.federalregister.gov/documents/2024/05/15/2024-10584/gina-acosta-final-debarment-order" xr:uid="{7924976E-8ABC-4F6D-AF68-0F67F06B25EE}"/>
     <hyperlink ref="F93" r:id="rId115" display="https://www.federalregister.gov/documents/2024/05/28/2024-11546/jessica-palacio-denial-of-hearing-final-debarment-order" xr:uid="{4D78CD7A-6736-4AB3-B639-6139F1D00379}"/>
     <hyperlink ref="F13" r:id="rId116" display="https://www.federalregister.gov/documents/2024/05/29/2024-11727/maria-anzures-camarena-final-debarment-order" xr:uid="{0EDCEE8E-8863-4F3C-9317-A0CC1DE1F72B}"/>
     <hyperlink ref="F132" r:id="rId117" display="https://www.federalregister.gov/documents/2024/06/13/2024-12974/richard-b-smith-iii-final-debarment-order" xr:uid="{DCF79DC7-15B0-4AF1-8BF1-6DE144D9A969}"/>
     <hyperlink ref="F101" r:id="rId118" display="https://www.federalregister.gov/documents/2024/11/19/2024-26912/ivette-maria-portela-martinez-final-debarment-order" xr:uid="{5464749F-C167-4F5D-8A5E-261EF0F61F8D}"/>
     <hyperlink ref="F86" r:id="rId119" display="https://www.federalregister.gov/documents/2024/11/20/2024-27093/miguel-angel-montalvo-villa-final-debarment-order" xr:uid="{E777487F-D84F-4199-A063-1E02E2654E20}"/>
     <hyperlink ref="F70" r:id="rId120" display="https://www.federalregister.gov/documents/2025/03/13/2025-04031/john-warrington-kosolcharoen-final-debarment-order" xr:uid="{824D2795-428F-4515-BEFE-AECE68E012B3}"/>
     <hyperlink ref="F50" r:id="rId121" display="https://www.federalregister.gov/documents/2025/03/14/2025-04117/bernardo-garmendia-denial-of-hearing-final-debarment-order" xr:uid="{9B61D8C7-6147-4809-A405-E6D570AE37F4}"/>
     <hyperlink ref="F146" r:id="rId122" display="https://www.federalregister.gov/documents/2026/02/06/2026-02349/matthew-teltser-final-debarment-order" xr:uid="{E37FE2FC-A292-4B43-9A0D-85ABC3D3AEE2}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId123"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{112E7A7F-4612-4AAE-B56F-C61B16BED865}">
-  <dimension ref="A1:BK107"/>
+  <dimension ref="A1:BK111"/>
   <sheetViews>
-    <sheetView topLeftCell="A18" workbookViewId="0">
-      <selection activeCell="A30" sqref="A30"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A25" sqref="A25:B26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.28515625" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="28.7109375" customWidth="1"/>
     <col min="4" max="4" width="27.28515625" customWidth="1"/>
     <col min="5" max="5" width="26.140625" customWidth="1"/>
     <col min="6" max="6" width="34.7109375" customWidth="1"/>
     <col min="9" max="9" width="53.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
-      <c r="E1" s="210" t="s">
+      <c r="E1" s="211" t="s">
         <v>448</v>
       </c>
-      <c r="F1" s="211"/>
-[...2 lines deleted...]
-      <c r="I1" s="211"/>
+      <c r="F1" s="212"/>
+      <c r="G1" s="212"/>
+      <c r="H1" s="212"/>
+      <c r="I1" s="212"/>
     </row>
     <row r="2" spans="1:9">
-      <c r="E2" s="211"/>
-[...3 lines deleted...]
-      <c r="I2" s="211"/>
+      <c r="E2" s="212"/>
+      <c r="F2" s="212"/>
+      <c r="G2" s="212"/>
+      <c r="H2" s="212"/>
+      <c r="I2" s="212"/>
     </row>
     <row r="3" spans="1:9">
-      <c r="E3" s="211"/>
-[...3 lines deleted...]
-      <c r="I3" s="211"/>
+      <c r="E3" s="212"/>
+      <c r="F3" s="212"/>
+      <c r="G3" s="212"/>
+      <c r="H3" s="212"/>
+      <c r="I3" s="212"/>
     </row>
     <row r="4" spans="1:9" ht="23.25">
       <c r="A4" s="11"/>
       <c r="B4" s="12"/>
       <c r="C4" s="12"/>
-      <c r="E4" s="211"/>
-[...3 lines deleted...]
-      <c r="I4" s="211"/>
+      <c r="E4" s="212"/>
+      <c r="F4" s="212"/>
+      <c r="G4" s="212"/>
+      <c r="H4" s="212"/>
+      <c r="I4" s="212"/>
     </row>
     <row r="5" spans="1:9">
-      <c r="A5" s="212" t="s">
+      <c r="A5" s="213" t="s">
         <v>379</v>
       </c>
-      <c r="B5" s="213"/>
-      <c r="C5" s="213"/>
+      <c r="B5" s="214"/>
+      <c r="C5" s="214"/>
       <c r="D5" s="3"/>
       <c r="E5" s="4"/>
     </row>
     <row r="6" spans="1:9">
-      <c r="A6" s="214"/>
-[...1 lines deleted...]
-      <c r="C6" s="214"/>
+      <c r="A6" s="215"/>
+      <c r="B6" s="215"/>
+      <c r="C6" s="215"/>
       <c r="D6" s="3"/>
       <c r="E6" s="4"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="13" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="13" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="13" t="s">
         <v>3</v>
       </c>
       <c r="E7" s="13" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="18" t="s">
@@ -7879,1690 +7932,1774 @@
       <c r="F8" s="21" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="42" t="s">
         <v>462</v>
       </c>
       <c r="B9" s="42" t="s">
         <v>463</v>
       </c>
       <c r="C9" s="44">
         <v>44565</v>
       </c>
       <c r="D9" s="45" t="s">
         <v>221</v>
       </c>
       <c r="E9" s="53">
         <v>44623</v>
       </c>
       <c r="F9" s="149" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="10" spans="1:9">
-      <c r="A10" s="48" t="s">
+      <c r="A10" s="96" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" s="96" t="s">
+        <v>681</v>
+      </c>
+      <c r="C10" s="196">
+        <v>46065</v>
+      </c>
+      <c r="D10" s="197" t="s">
+        <v>682</v>
+      </c>
+      <c r="E10" s="196">
+        <v>46065</v>
+      </c>
+      <c r="F10" s="198" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" s="134" t="s">
         <v>638</v>
       </c>
-      <c r="B10" s="48" t="s">
+      <c r="B11" s="134" t="s">
         <v>639</v>
       </c>
-      <c r="C10" s="65">
+      <c r="C11" s="101">
         <v>45729</v>
       </c>
-      <c r="D10" s="20" t="s">
+      <c r="D11" s="57" t="s">
         <v>399</v>
       </c>
-      <c r="E10" s="65">
+      <c r="E11" s="101">
         <v>45729</v>
       </c>
-      <c r="F10" s="51" t="s">
+      <c r="F11" s="51" t="s">
         <v>640</v>
       </c>
     </row>
-    <row r="11" spans="1:9">
-      <c r="A11" s="92" t="s">
+    <row r="12" spans="1:9">
+      <c r="A12" s="92" t="s">
         <v>397</v>
       </c>
-      <c r="B11" s="92" t="s">
+      <c r="B12" s="92" t="s">
         <v>398</v>
       </c>
-      <c r="C11" s="93">
+      <c r="C12" s="93">
         <v>43907</v>
       </c>
-      <c r="D11" s="94" t="s">
+      <c r="D12" s="94" t="s">
         <v>399</v>
       </c>
-      <c r="E11" s="135">
+      <c r="E12" s="135">
         <v>43907</v>
       </c>
-      <c r="F11" s="136" t="s">
+      <c r="F12" s="136" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="12" spans="1:9">
-      <c r="A12" s="96" t="s">
+    <row r="13" spans="1:9">
+      <c r="A13" s="96" t="s">
         <v>538</v>
       </c>
-      <c r="B12" s="184" t="s">
+      <c r="B13" s="184" t="s">
         <v>651</v>
       </c>
-      <c r="C12" s="127">
+      <c r="C13" s="127">
         <v>45806</v>
       </c>
-      <c r="D12" s="20" t="s">
+      <c r="D13" s="20" t="s">
         <v>221</v>
       </c>
-      <c r="E12" s="127">
+      <c r="E13" s="127">
         <v>45806</v>
       </c>
-      <c r="F12" s="17" t="s">
+      <c r="F13" s="17" t="s">
         <v>652</v>
       </c>
     </row>
-    <row r="13" spans="1:9">
-      <c r="A13" s="92" t="s">
+    <row r="14" spans="1:9">
+      <c r="A14" s="92" t="s">
         <v>442</v>
       </c>
-      <c r="B13" s="92" t="s">
+      <c r="B14" s="92" t="s">
         <v>443</v>
       </c>
-      <c r="C13" s="93">
+      <c r="C14" s="93">
         <v>44545</v>
       </c>
-      <c r="D13" s="94" t="s">
+      <c r="D14" s="94" t="s">
         <v>221</v>
       </c>
-      <c r="E13" s="135">
+      <c r="E14" s="135">
         <v>44545</v>
       </c>
-      <c r="F13" s="105" t="s">
+      <c r="F14" s="105" t="s">
         <v>444</v>
       </c>
     </row>
-    <row r="14" spans="1:9">
-      <c r="A14" s="96" t="s">
+    <row r="15" spans="1:9">
+      <c r="A15" s="96" t="s">
         <v>656</v>
       </c>
-      <c r="B14" s="184" t="s">
+      <c r="B15" s="184" t="s">
         <v>657</v>
       </c>
-      <c r="C14" s="127">
+      <c r="C15" s="127">
         <v>45807</v>
       </c>
-      <c r="D14" s="20" t="s">
+      <c r="D15" s="20" t="s">
         <v>221</v>
       </c>
-      <c r="E14" s="127">
+      <c r="E15" s="127">
         <v>45807</v>
       </c>
-      <c r="F14" s="17" t="s">
+      <c r="F15" s="17" t="s">
         <v>658</v>
       </c>
     </row>
-    <row r="15" spans="1:9">
-      <c r="A15" s="92" t="s">
+    <row r="16" spans="1:9">
+      <c r="A16" s="92" t="s">
         <v>565</v>
       </c>
-      <c r="B15" s="92" t="s">
+      <c r="B16" s="92" t="s">
         <v>566</v>
       </c>
-      <c r="C15" s="93">
+      <c r="C16" s="93">
         <v>45279</v>
       </c>
-      <c r="D15" s="185" t="s">
+      <c r="D16" s="185" t="s">
         <v>221</v>
       </c>
-      <c r="E15" s="93">
+      <c r="E16" s="93">
         <v>45279</v>
       </c>
-      <c r="F15" s="105" t="s">
+      <c r="F16" s="105" t="s">
         <v>567</v>
       </c>
     </row>
-    <row r="16" spans="1:9">
-      <c r="A16" s="96" t="s">
+    <row r="17" spans="1:63">
+      <c r="A17" s="96" t="s">
         <v>568</v>
       </c>
-      <c r="B16" s="96" t="s">
+      <c r="B17" s="96" t="s">
         <v>569</v>
       </c>
-      <c r="C16" s="70">
+      <c r="C17" s="70">
         <v>45331</v>
       </c>
-      <c r="D16" s="20" t="s">
+      <c r="D17" s="20" t="s">
         <v>221</v>
       </c>
-      <c r="E16" s="70">
+      <c r="E17" s="70">
         <v>45331</v>
       </c>
-      <c r="F16" s="17" t="s">
+      <c r="F17" s="17" t="s">
         <v>570</v>
       </c>
     </row>
-    <row r="17" spans="1:63">
-      <c r="A17" s="85" t="s">
+    <row r="18" spans="1:63">
+      <c r="A18" s="85" t="s">
         <v>512</v>
       </c>
-      <c r="B17" s="85" t="s">
+      <c r="B18" s="85" t="s">
         <v>513</v>
       </c>
-      <c r="C17" s="101">
+      <c r="C18" s="101">
         <v>44946</v>
       </c>
-      <c r="D17" s="102" t="s">
+      <c r="D18" s="102" t="s">
         <v>221</v>
       </c>
-      <c r="E17" s="101">
+      <c r="E18" s="101">
         <v>44946</v>
       </c>
-      <c r="F17" s="103" t="s">
+      <c r="F18" s="103" t="s">
         <v>514</v>
-      </c>
-[...18 lines deleted...]
-        <v>516</v>
       </c>
     </row>
     <row r="19" spans="1:63">
       <c r="A19" s="88" t="s">
+        <v>512</v>
+      </c>
+      <c r="B19" s="88" t="s">
+        <v>515</v>
+      </c>
+      <c r="C19" s="190">
+        <v>44946</v>
+      </c>
+      <c r="D19" s="191" t="s">
+        <v>221</v>
+      </c>
+      <c r="E19" s="190">
+        <v>44946</v>
+      </c>
+      <c r="F19" s="91" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="20" spans="1:63">
+      <c r="A20" s="88" t="s">
         <v>664</v>
       </c>
-      <c r="B19" s="88" t="s">
+      <c r="B20" s="88" t="s">
         <v>446</v>
       </c>
-      <c r="C19" s="192">
+      <c r="C20" s="192">
         <v>45919</v>
       </c>
-      <c r="D19" s="90" t="s">
+      <c r="D20" s="90" t="s">
         <v>665</v>
       </c>
-      <c r="E19" s="89">
+      <c r="E20" s="89">
         <v>45919</v>
       </c>
-      <c r="F19" s="54" t="s">
+      <c r="F20" s="54" t="s">
         <v>666</v>
       </c>
     </row>
-    <row r="20" spans="1:63">
-      <c r="A20" s="96" t="s">
+    <row r="21" spans="1:63">
+      <c r="A21" s="96" t="s">
         <v>672</v>
       </c>
-      <c r="B20" s="96" t="s">
+      <c r="B21" s="96" t="s">
         <v>673</v>
       </c>
-      <c r="C20" s="60">
+      <c r="C21" s="60">
         <v>46045</v>
       </c>
-      <c r="D20" s="68" t="s">
+      <c r="D21" s="68" t="s">
         <v>665</v>
       </c>
-      <c r="E20" s="60">
+      <c r="E21" s="60">
         <v>46045</v>
       </c>
-      <c r="F20" s="17" t="s">
+      <c r="F21" s="17" t="s">
         <v>674</v>
       </c>
     </row>
-    <row r="21" spans="1:63" ht="18">
-      <c r="A21" s="63" t="s">
+    <row r="22" spans="1:63" ht="18">
+      <c r="A22" s="63" t="s">
         <v>486</v>
       </c>
-      <c r="B21" s="55" t="s">
+      <c r="B22" s="55" t="s">
         <v>487</v>
       </c>
-      <c r="C21" s="56">
+      <c r="C22" s="56">
         <v>44755</v>
       </c>
-      <c r="D21" s="104" t="s">
+      <c r="D22" s="104" t="s">
         <v>553</v>
       </c>
-      <c r="E21" s="56">
+      <c r="E22" s="56">
         <v>44755</v>
       </c>
-      <c r="F21" s="64" t="s">
+      <c r="F22" s="64" t="s">
         <v>488</v>
       </c>
-      <c r="G21" s="2"/>
-[...3 lines deleted...]
-      <c r="A22" s="153" t="s">
+      <c r="G22" s="2"/>
+      <c r="I22" s="36"/>
+    </row>
+    <row r="23" spans="1:63">
+      <c r="A23" s="153" t="s">
         <v>479</v>
       </c>
-      <c r="B22" s="153" t="s">
+      <c r="B23" s="153" t="s">
         <v>480</v>
       </c>
-      <c r="C22" s="154">
+      <c r="C23" s="154">
         <v>44698</v>
       </c>
-      <c r="D22" s="155" t="s">
+      <c r="D23" s="155" t="s">
         <v>221</v>
       </c>
-      <c r="E22" s="156">
+      <c r="E23" s="156">
         <v>44698</v>
       </c>
-      <c r="F22" s="157" t="s">
+      <c r="F23" s="157" t="s">
         <v>481</v>
       </c>
     </row>
-    <row r="23" spans="1:63">
-      <c r="A23" s="96" t="s">
+    <row r="24" spans="1:63">
+      <c r="A24" s="140" t="s">
         <v>653</v>
       </c>
-      <c r="B23" s="184" t="s">
+      <c r="B24" s="220" t="s">
         <v>654</v>
       </c>
-      <c r="C23" s="127">
+      <c r="C24" s="221">
         <v>45806</v>
       </c>
-      <c r="D23" s="20" t="s">
+      <c r="D24" s="45" t="s">
         <v>221</v>
       </c>
-      <c r="E23" s="127">
+      <c r="E24" s="221">
         <v>45806</v>
       </c>
-      <c r="F23" s="17" t="s">
+      <c r="F24" s="54" t="s">
         <v>655</v>
       </c>
     </row>
-    <row r="24" spans="1:63">
-      <c r="A24" s="187" t="s">
+    <row r="25" spans="1:63">
+      <c r="A25" s="66" t="s">
+        <v>687</v>
+      </c>
+      <c r="B25" s="66" t="s">
+        <v>423</v>
+      </c>
+      <c r="C25" s="196">
+        <v>46072</v>
+      </c>
+      <c r="D25" s="197" t="s">
+        <v>682</v>
+      </c>
+      <c r="E25" s="196">
+        <v>46072</v>
+      </c>
+      <c r="F25" s="17" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="26" spans="1:63">
+      <c r="A26" s="66" t="s">
+        <v>687</v>
+      </c>
+      <c r="B26" s="66" t="s">
+        <v>689</v>
+      </c>
+      <c r="C26" s="196">
+        <v>46072</v>
+      </c>
+      <c r="D26" s="197" t="s">
+        <v>682</v>
+      </c>
+      <c r="E26" s="196">
+        <v>46072</v>
+      </c>
+      <c r="F26" s="17" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="27" spans="1:63">
+      <c r="A27" s="187" t="s">
         <v>631</v>
       </c>
-      <c r="B24" s="187" t="s">
+      <c r="B27" s="187" t="s">
         <v>632</v>
       </c>
-      <c r="C24" s="188">
+      <c r="C27" s="188">
         <v>45665</v>
       </c>
-      <c r="D24" s="189" t="s">
+      <c r="D27" s="189" t="s">
         <v>221</v>
       </c>
-      <c r="E24" s="188">
+      <c r="E27" s="188">
         <v>45665</v>
       </c>
-      <c r="F24" s="186" t="s">
+      <c r="F27" s="186" t="s">
         <v>633</v>
       </c>
     </row>
-    <row r="25" spans="1:63">
-      <c r="A25" s="41" t="s">
+    <row r="28" spans="1:63">
+      <c r="A28" s="41" t="s">
         <v>661</v>
       </c>
-      <c r="B25" s="41" t="s">
+      <c r="B28" s="41" t="s">
         <v>662</v>
       </c>
-      <c r="C25" s="19">
+      <c r="C28" s="19">
         <v>45888</v>
       </c>
-      <c r="D25" s="20" t="s">
+      <c r="D28" s="20" t="s">
         <v>399</v>
       </c>
-      <c r="E25" s="19">
+      <c r="E28" s="19">
         <v>45888</v>
       </c>
-      <c r="F25" s="17" t="s">
+      <c r="F28" s="17" t="s">
         <v>663</v>
       </c>
     </row>
-    <row r="26" spans="1:63" s="61" customFormat="1" ht="14.25">
-      <c r="A26" s="160" t="s">
+    <row r="29" spans="1:63" s="61" customFormat="1" ht="14.25">
+      <c r="A29" s="160" t="s">
         <v>506</v>
       </c>
-      <c r="B26" s="160" t="s">
+      <c r="B29" s="160" t="s">
         <v>507</v>
       </c>
-      <c r="C26" s="161">
+      <c r="C29" s="161">
         <v>44909</v>
       </c>
-      <c r="D26" s="163" t="s">
+      <c r="D29" s="163" t="s">
         <v>221</v>
       </c>
-      <c r="E26" s="161">
+      <c r="E29" s="161">
         <v>44909</v>
       </c>
-      <c r="F26" s="186" t="s">
+      <c r="F29" s="186" t="s">
         <v>508</v>
       </c>
-      <c r="G26" s="62"/>
-[...58 lines deleted...]
-      <c r="A27" s="160" t="s">
+      <c r="G29" s="62"/>
+      <c r="H29" s="62"/>
+      <c r="I29" s="62"/>
+      <c r="J29" s="62"/>
+      <c r="K29" s="62"/>
+      <c r="L29" s="62"/>
+      <c r="M29" s="62"/>
+      <c r="N29" s="62"/>
+      <c r="O29" s="62"/>
+      <c r="P29" s="62"/>
+      <c r="Q29" s="62"/>
+      <c r="R29" s="62"/>
+      <c r="S29" s="62"/>
+      <c r="T29" s="62"/>
+      <c r="U29" s="62"/>
+      <c r="V29" s="62"/>
+      <c r="W29" s="62"/>
+      <c r="X29" s="62"/>
+      <c r="Y29" s="62"/>
+      <c r="Z29" s="62"/>
+      <c r="AA29" s="62"/>
+      <c r="AB29" s="62"/>
+      <c r="AC29" s="62"/>
+      <c r="AD29" s="62"/>
+      <c r="AE29" s="62"/>
+      <c r="AF29" s="62"/>
+      <c r="AG29" s="62"/>
+      <c r="AH29" s="62"/>
+      <c r="AI29" s="62"/>
+      <c r="AJ29" s="62"/>
+      <c r="AK29" s="62"/>
+      <c r="AL29" s="62"/>
+      <c r="AM29" s="62"/>
+      <c r="AN29" s="62"/>
+      <c r="AO29" s="62"/>
+      <c r="AP29" s="62"/>
+      <c r="AQ29" s="62"/>
+      <c r="AR29" s="62"/>
+      <c r="AS29" s="62"/>
+      <c r="AT29" s="62"/>
+      <c r="AU29" s="62"/>
+      <c r="AV29" s="62"/>
+      <c r="AW29" s="62"/>
+      <c r="AX29" s="62"/>
+      <c r="AY29" s="62"/>
+      <c r="AZ29" s="62"/>
+      <c r="BA29" s="62"/>
+      <c r="BB29" s="62"/>
+      <c r="BC29" s="62"/>
+      <c r="BD29" s="62"/>
+      <c r="BE29" s="62"/>
+      <c r="BF29" s="62"/>
+      <c r="BG29" s="62"/>
+      <c r="BH29" s="62"/>
+      <c r="BI29" s="62"/>
+      <c r="BJ29" s="62"/>
+      <c r="BK29" s="62"/>
+    </row>
+    <row r="30" spans="1:63" s="62" customFormat="1" ht="18">
+      <c r="A30" s="160" t="s">
         <v>547</v>
       </c>
-      <c r="B27" s="160" t="s">
+      <c r="B30" s="160" t="s">
         <v>548</v>
       </c>
-      <c r="C27" s="161">
+      <c r="C30" s="161">
         <v>45153</v>
       </c>
-      <c r="D27" s="162" t="s">
+      <c r="D30" s="162" t="s">
         <v>634</v>
       </c>
-      <c r="E27" s="161">
+      <c r="E30" s="161">
         <v>45153</v>
       </c>
-      <c r="F27" s="159" t="s">
+      <c r="F30" s="159" t="s">
         <v>549</v>
       </c>
     </row>
-    <row r="28" spans="1:63">
-      <c r="A28" s="164" t="s">
+    <row r="31" spans="1:63">
+      <c r="A31" s="164" t="s">
         <v>445</v>
       </c>
-      <c r="B28" s="164" t="s">
+      <c r="B31" s="164" t="s">
         <v>446</v>
       </c>
-      <c r="C28" s="165">
+      <c r="C31" s="165">
         <v>44565</v>
       </c>
-      <c r="D28" s="158" t="s">
+      <c r="D31" s="158" t="s">
         <v>221</v>
       </c>
-      <c r="E28" s="166">
+      <c r="E31" s="166">
         <v>44565</v>
       </c>
-      <c r="F28" s="159" t="s">
+      <c r="F31" s="159" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="29" spans="1:63">
-      <c r="A29" s="42" t="s">
+    <row r="32" spans="1:63">
+      <c r="A32" s="42" t="s">
         <v>459</v>
       </c>
-      <c r="B29" s="42" t="s">
+      <c r="B32" s="42" t="s">
         <v>460</v>
       </c>
-      <c r="C29" s="35">
+      <c r="C32" s="35">
         <v>44623</v>
       </c>
-      <c r="D29" s="45" t="s">
+      <c r="D32" s="45" t="s">
         <v>221</v>
       </c>
-      <c r="E29" s="35">
+      <c r="E32" s="35">
         <v>44623</v>
       </c>
-      <c r="F29" s="149" t="s">
+      <c r="F32" s="149" t="s">
         <v>458</v>
       </c>
     </row>
-    <row r="30" spans="1:63">
-      <c r="A30" s="96" t="s">
+    <row r="33" spans="1:7">
+      <c r="A33" s="96" t="s">
         <v>677</v>
       </c>
-      <c r="B30" s="96" t="s">
+      <c r="B33" s="96" t="s">
         <v>678</v>
       </c>
-      <c r="C30" s="196">
+      <c r="C33" s="196">
         <v>46059</v>
       </c>
-      <c r="D30" s="197" t="s">
+      <c r="D33" s="197" t="s">
         <v>679</v>
       </c>
-      <c r="E30" s="196">
+      <c r="E33" s="196">
         <v>46059</v>
       </c>
-      <c r="F30" s="17" t="s">
+      <c r="F33" s="17" t="s">
         <v>680</v>
       </c>
     </row>
-    <row r="31" spans="1:63">
-      <c r="A31" s="92" t="s">
+    <row r="34" spans="1:7">
+      <c r="A34" s="92" t="s">
         <v>401</v>
       </c>
-      <c r="B31" s="92" t="s">
+      <c r="B34" s="92" t="s">
         <v>402</v>
       </c>
-      <c r="C31" s="93">
+      <c r="C34" s="93">
         <v>44036</v>
       </c>
-      <c r="D31" s="94" t="s">
+      <c r="D34" s="94" t="s">
         <v>399</v>
       </c>
-      <c r="E31" s="135">
+      <c r="E34" s="135">
         <v>44036</v>
       </c>
-      <c r="F31" s="136" t="s">
+      <c r="F34" s="136" t="s">
         <v>403</v>
       </c>
     </row>
-    <row r="32" spans="1:63">
-      <c r="A32" s="96" t="s">
+    <row r="35" spans="1:7">
+      <c r="A35" s="96" t="s">
         <v>585</v>
       </c>
-      <c r="B32" s="96" t="s">
+      <c r="B35" s="96" t="s">
         <v>586</v>
       </c>
-      <c r="C32" s="70">
+      <c r="C35" s="70">
         <v>45377</v>
-      </c>
-[...58 lines deleted...]
-        <v>45446</v>
       </c>
       <c r="D35" s="20" t="s">
         <v>221</v>
       </c>
-      <c r="E35" s="60">
+      <c r="E35" s="70">
+        <v>45377</v>
+      </c>
+      <c r="F35" s="17" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" s="31" customFormat="1" ht="18">
+      <c r="A36" s="97" t="s">
+        <v>523</v>
+      </c>
+      <c r="B36" s="97" t="s">
+        <v>524</v>
+      </c>
+      <c r="C36" s="98">
+        <v>44984</v>
+      </c>
+      <c r="D36" s="104" t="s">
+        <v>553</v>
+      </c>
+      <c r="E36" s="98">
+        <v>44984</v>
+      </c>
+      <c r="F36" s="59" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" s="42" t="s">
+        <v>404</v>
+      </c>
+      <c r="B37" s="42" t="s">
+        <v>405</v>
+      </c>
+      <c r="C37" s="44">
+        <v>43798</v>
+      </c>
+      <c r="D37" s="45" t="s">
+        <v>399</v>
+      </c>
+      <c r="E37" s="44">
+        <v>43798</v>
+      </c>
+      <c r="F37" s="54" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7">
+      <c r="A38" s="47" t="s">
+        <v>609</v>
+      </c>
+      <c r="B38" s="47" t="s">
+        <v>610</v>
+      </c>
+      <c r="C38" s="60">
         <v>45446</v>
       </c>
-      <c r="F35" s="51" t="s">
+      <c r="D38" s="20" t="s">
+        <v>221</v>
+      </c>
+      <c r="E38" s="60">
+        <v>45446</v>
+      </c>
+      <c r="F38" s="51" t="s">
         <v>611</v>
       </c>
     </row>
-    <row r="36" spans="1:7">
-      <c r="A36" s="182" t="s">
+    <row r="39" spans="1:7">
+      <c r="A39" s="182" t="s">
         <v>571</v>
       </c>
-      <c r="B36" s="182" t="s">
+      <c r="B39" s="182" t="s">
         <v>572</v>
       </c>
-      <c r="C36" s="183">
+      <c r="C39" s="183">
         <v>45336</v>
       </c>
-      <c r="D36" s="94" t="s">
+      <c r="D39" s="94" t="s">
         <v>221</v>
       </c>
-      <c r="E36" s="183">
+      <c r="E39" s="183">
         <v>45336</v>
       </c>
-      <c r="F36" s="136" t="s">
+      <c r="F39" s="136" t="s">
         <v>573</v>
       </c>
     </row>
-    <row r="37" spans="1:7">
-      <c r="A37" s="96" t="s">
+    <row r="40" spans="1:7">
+      <c r="A40" s="96" t="s">
         <v>648</v>
       </c>
-      <c r="B37" s="96" t="s">
+      <c r="B40" s="96" t="s">
         <v>649</v>
       </c>
-      <c r="C37" s="127">
+      <c r="C40" s="127">
         <v>45806</v>
       </c>
-      <c r="D37" s="68" t="s">
+      <c r="D40" s="68" t="s">
         <v>614</v>
       </c>
-      <c r="E37" s="127">
+      <c r="E40" s="127">
         <v>45806</v>
       </c>
-      <c r="F37" s="17" t="s">
+      <c r="F40" s="17" t="s">
         <v>650</v>
       </c>
     </row>
-    <row r="38" spans="1:7" ht="18">
-      <c r="A38" s="92" t="s">
+    <row r="41" spans="1:7" ht="18">
+      <c r="A41" s="92" t="s">
         <v>449</v>
       </c>
-      <c r="B38" s="92" t="s">
+      <c r="B41" s="92" t="s">
         <v>450</v>
       </c>
-      <c r="C38" s="93">
+      <c r="C41" s="93">
         <v>44602</v>
       </c>
-      <c r="D38" s="107" t="s">
+      <c r="D41" s="107" t="s">
         <v>553</v>
       </c>
-      <c r="E38" s="93">
+      <c r="E41" s="93">
         <v>44602</v>
       </c>
-      <c r="F38" s="105" t="s">
+      <c r="F41" s="105" t="s">
         <v>451</v>
       </c>
     </row>
-    <row r="39" spans="1:7">
-      <c r="A39" s="96" t="s">
+    <row r="42" spans="1:7">
+      <c r="A42" s="66" t="s">
+        <v>684</v>
+      </c>
+      <c r="B42" s="66" t="s">
+        <v>685</v>
+      </c>
+      <c r="C42" s="196">
+        <v>46072</v>
+      </c>
+      <c r="D42" s="197" t="s">
+        <v>682</v>
+      </c>
+      <c r="E42" s="196">
+        <v>46072</v>
+      </c>
+      <c r="F42" s="17" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
+      <c r="A43" s="219" t="s">
         <v>576</v>
       </c>
-      <c r="B39" s="96" t="s">
+      <c r="B43" s="219" t="s">
         <v>577</v>
       </c>
-      <c r="C39" s="70">
+      <c r="C43" s="98">
         <v>45345</v>
       </c>
-      <c r="D39" s="20" t="s">
+      <c r="D43" s="57" t="s">
         <v>221</v>
       </c>
-      <c r="E39" s="70">
+      <c r="E43" s="98">
         <v>45345</v>
       </c>
-      <c r="F39" s="17" t="s">
+      <c r="F43" s="59" t="s">
         <v>578</v>
       </c>
     </row>
-    <row r="40" spans="1:7" ht="18">
-      <c r="A40" s="108" t="s">
+    <row r="44" spans="1:7" ht="18">
+      <c r="A44" s="108" t="s">
         <v>550</v>
       </c>
-      <c r="B40" s="108" t="s">
+      <c r="B44" s="108" t="s">
         <v>551</v>
       </c>
-      <c r="C40" s="109">
+      <c r="C44" s="109">
         <v>44880</v>
       </c>
-      <c r="D40" s="104" t="s">
+      <c r="D44" s="104" t="s">
         <v>553</v>
       </c>
-      <c r="E40" s="109">
+      <c r="E44" s="109">
         <v>44880</v>
       </c>
-      <c r="F40" s="59" t="s">
+      <c r="F44" s="59" t="s">
         <v>552</v>
-      </c>
-[...81 lines deleted...]
-        <v>561</v>
       </c>
       <c r="G44" s="31"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="55" t="s">
-        <v>482</v>
+        <v>468</v>
       </c>
       <c r="B45" s="55" t="s">
-        <v>483</v>
+        <v>467</v>
       </c>
       <c r="C45" s="56">
-        <v>44749</v>
+        <v>44642</v>
       </c>
       <c r="D45" s="57" t="s">
         <v>221</v>
       </c>
-      <c r="E45" s="58">
+      <c r="E45" s="56">
+        <v>44642</v>
+      </c>
+      <c r="F45" s="87" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7">
+      <c r="A46" s="42" t="s">
+        <v>468</v>
+      </c>
+      <c r="B46" s="42" t="s">
+        <v>469</v>
+      </c>
+      <c r="C46" s="44">
+        <v>44642</v>
+      </c>
+      <c r="D46" s="45" t="s">
+        <v>221</v>
+      </c>
+      <c r="E46" s="53">
+        <v>44642</v>
+      </c>
+      <c r="F46" s="46" t="s">
+        <v>471</v>
+      </c>
+      <c r="G46" s="31"/>
+    </row>
+    <row r="47" spans="1:7">
+      <c r="A47" s="66" t="s">
+        <v>535</v>
+      </c>
+      <c r="B47" s="66" t="s">
+        <v>536</v>
+      </c>
+      <c r="C47" s="70">
+        <v>45089</v>
+      </c>
+      <c r="D47" s="71" t="s">
+        <v>221</v>
+      </c>
+      <c r="E47" s="70">
+        <v>45089</v>
+      </c>
+      <c r="F47" s="17" t="s">
+        <v>537</v>
+      </c>
+      <c r="G47" s="31"/>
+    </row>
+    <row r="48" spans="1:7">
+      <c r="A48" s="97" t="s">
+        <v>558</v>
+      </c>
+      <c r="B48" s="97" t="s">
+        <v>559</v>
+      </c>
+      <c r="C48" s="98">
+        <v>45275</v>
+      </c>
+      <c r="D48" s="20" t="s">
+        <v>560</v>
+      </c>
+      <c r="E48" s="98">
+        <v>45275</v>
+      </c>
+      <c r="F48" s="59" t="s">
+        <v>561</v>
+      </c>
+      <c r="G48" s="31"/>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49" s="55" t="s">
+        <v>482</v>
+      </c>
+      <c r="B49" s="55" t="s">
+        <v>483</v>
+      </c>
+      <c r="C49" s="56">
         <v>44749</v>
       </c>
-      <c r="F45" s="34" t="s">
+      <c r="D49" s="57" t="s">
+        <v>221</v>
+      </c>
+      <c r="E49" s="58">
+        <v>44749</v>
+      </c>
+      <c r="F49" s="34" t="s">
         <v>484</v>
       </c>
-      <c r="G45" s="31"/>
-[...2 lines deleted...]
-      <c r="A46" s="55" t="s">
+      <c r="G49" s="31"/>
+    </row>
+    <row r="50" spans="1:7">
+      <c r="A50" s="55" t="s">
         <v>667</v>
       </c>
-      <c r="B46" s="55" t="s">
+      <c r="B50" s="55" t="s">
         <v>358</v>
       </c>
-      <c r="C46" s="56">
+      <c r="C50" s="56">
         <v>45931</v>
       </c>
-      <c r="D46" s="57" t="s">
+      <c r="D50" s="57" t="s">
         <v>221</v>
       </c>
-      <c r="E46" s="56">
+      <c r="E50" s="56">
         <v>45931</v>
       </c>
-      <c r="F46" s="21" t="s">
+      <c r="F50" s="21" t="s">
         <v>668</v>
       </c>
-      <c r="G46" s="31"/>
-[...2 lines deleted...]
-      <c r="A47" s="18" t="s">
+      <c r="G50" s="31"/>
+    </row>
+    <row r="51" spans="1:7">
+      <c r="A51" s="18" t="s">
         <v>407</v>
       </c>
-      <c r="B47" s="18" t="s">
+      <c r="B51" s="18" t="s">
         <v>408</v>
       </c>
-      <c r="C47" s="19">
+      <c r="C51" s="19">
         <v>44036</v>
       </c>
-      <c r="D47" s="20" t="s">
+      <c r="D51" s="20" t="s">
         <v>399</v>
       </c>
-      <c r="E47" s="38">
+      <c r="E51" s="38">
         <v>44036</v>
       </c>
-      <c r="F47" s="17" t="s">
+      <c r="F51" s="17" t="s">
         <v>409</v>
       </c>
-      <c r="G47" s="31"/>
-[...2 lines deleted...]
-      <c r="A48" s="42" t="s">
+      <c r="G51" s="31"/>
+    </row>
+    <row r="52" spans="1:7">
+      <c r="A52" s="42" t="s">
         <v>452</v>
       </c>
-      <c r="B48" s="42" t="s">
+      <c r="B52" s="42" t="s">
         <v>453</v>
       </c>
-      <c r="C48" s="44">
+      <c r="C52" s="44">
         <v>44606</v>
       </c>
-      <c r="D48" s="45" t="s">
+      <c r="D52" s="45" t="s">
         <v>221</v>
       </c>
-      <c r="E48" s="53">
+      <c r="E52" s="53">
         <v>44606</v>
       </c>
-      <c r="F48" s="54" t="s">
+      <c r="F52" s="54" t="s">
         <v>454</v>
       </c>
-      <c r="G48" s="31"/>
-[...2 lines deleted...]
-      <c r="A49" s="48" t="s">
+      <c r="G52" s="31"/>
+    </row>
+    <row r="53" spans="1:7">
+      <c r="A53" s="48" t="s">
         <v>606</v>
       </c>
-      <c r="B49" s="48" t="s">
+      <c r="B53" s="48" t="s">
         <v>641</v>
       </c>
-      <c r="C49" s="65">
+      <c r="C53" s="65">
         <v>45729</v>
       </c>
-      <c r="D49" s="20" t="s">
+      <c r="D53" s="20" t="s">
         <v>221</v>
       </c>
-      <c r="E49" s="65">
+      <c r="E53" s="65">
         <v>45729</v>
       </c>
-      <c r="F49" s="51" t="s">
+      <c r="F53" s="51" t="s">
         <v>642</v>
       </c>
-      <c r="G49" s="31"/>
-[...2 lines deleted...]
-      <c r="A50" s="176" t="s">
+      <c r="G53" s="31"/>
+    </row>
+    <row r="54" spans="1:7" s="80" customFormat="1" ht="14.25">
+      <c r="A54" s="176" t="s">
         <v>606</v>
       </c>
-      <c r="B50" s="176" t="s">
+      <c r="B54" s="176" t="s">
         <v>607</v>
       </c>
-      <c r="C50" s="177">
+      <c r="C54" s="177">
         <v>45446</v>
       </c>
-      <c r="D50" s="94" t="s">
+      <c r="D54" s="94" t="s">
         <v>221</v>
       </c>
-      <c r="E50" s="60">
+      <c r="E54" s="60">
         <v>45446</v>
       </c>
-      <c r="F50" s="51" t="s">
+      <c r="F54" s="51" t="s">
         <v>608</v>
       </c>
-      <c r="G50" s="67"/>
-[...2 lines deleted...]
-      <c r="A51" s="96" t="s">
+      <c r="G54" s="67"/>
+    </row>
+    <row r="55" spans="1:7" s="80" customFormat="1">
+      <c r="A55" s="96" t="s">
         <v>669</v>
       </c>
-      <c r="B51" s="96" t="s">
+      <c r="B55" s="96" t="s">
         <v>670</v>
       </c>
-      <c r="C51" s="60">
+      <c r="C55" s="60">
         <v>45986</v>
       </c>
-      <c r="D51" s="68" t="s">
+      <c r="D55" s="68" t="s">
         <v>665</v>
       </c>
-      <c r="E51" s="60">
+      <c r="E55" s="60">
         <v>45986</v>
       </c>
-      <c r="F51" s="21" t="s">
+      <c r="F55" s="21" t="s">
         <v>671</v>
       </c>
-      <c r="G51" s="67"/>
-[...2 lines deleted...]
-      <c r="A52" s="92" t="s">
+      <c r="G55" s="67"/>
+    </row>
+    <row r="56" spans="1:7">
+      <c r="A56" s="92" t="s">
         <v>416</v>
       </c>
-      <c r="B52" s="92" t="s">
+      <c r="B56" s="92" t="s">
         <v>417</v>
       </c>
-      <c r="C52" s="93">
+      <c r="C56" s="93">
         <v>44330</v>
-      </c>
-[...82 lines deleted...]
-        <v>45456</v>
       </c>
       <c r="D56" s="94" t="s">
         <v>221</v>
       </c>
-      <c r="E56" s="177">
+      <c r="E56" s="19">
+        <v>44330</v>
+      </c>
+      <c r="F56" s="17" t="s">
+        <v>418</v>
+      </c>
+      <c r="G56" s="31"/>
+    </row>
+    <row r="57" spans="1:7">
+      <c r="A57" s="140" t="s">
+        <v>588</v>
+      </c>
+      <c r="B57" s="141" t="s">
+        <v>589</v>
+      </c>
+      <c r="C57" s="142">
+        <v>45387</v>
+      </c>
+      <c r="D57" s="45" t="s">
+        <v>221</v>
+      </c>
+      <c r="E57" s="142">
+        <v>45387</v>
+      </c>
+      <c r="F57" s="54" t="s">
+        <v>590</v>
+      </c>
+      <c r="G57" s="31"/>
+    </row>
+    <row r="58" spans="1:7">
+      <c r="A58" s="88" t="s">
+        <v>612</v>
+      </c>
+      <c r="B58" s="88" t="s">
+        <v>613</v>
+      </c>
+      <c r="C58" s="89">
+        <v>45449</v>
+      </c>
+      <c r="D58" s="90" t="s">
+        <v>614</v>
+      </c>
+      <c r="E58" s="89">
+        <v>45449</v>
+      </c>
+      <c r="F58" s="91" t="s">
+        <v>615</v>
+      </c>
+      <c r="G58" s="31"/>
+    </row>
+    <row r="59" spans="1:7">
+      <c r="A59" s="47" t="s">
+        <v>322</v>
+      </c>
+      <c r="B59" s="47" t="s">
+        <v>643</v>
+      </c>
+      <c r="C59" s="65">
+        <v>45729</v>
+      </c>
+      <c r="D59" s="68" t="s">
+        <v>614</v>
+      </c>
+      <c r="E59" s="65">
+        <v>45729</v>
+      </c>
+      <c r="F59" s="51" t="s">
+        <v>644</v>
+      </c>
+      <c r="G59" s="31"/>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60" s="176" t="s">
+        <v>325</v>
+      </c>
+      <c r="B60" s="176" t="s">
+        <v>616</v>
+      </c>
+      <c r="C60" s="177">
         <v>45456</v>
       </c>
-      <c r="F56" s="178" t="s">
+      <c r="D60" s="94" t="s">
+        <v>221</v>
+      </c>
+      <c r="E60" s="177">
+        <v>45456</v>
+      </c>
+      <c r="F60" s="178" t="s">
         <v>617</v>
       </c>
-      <c r="G56" s="31"/>
-[...2 lines deleted...]
-      <c r="A57" s="146" t="s">
+      <c r="G60" s="31"/>
+    </row>
+    <row r="61" spans="1:7">
+      <c r="A61" s="146" t="s">
         <v>618</v>
       </c>
-      <c r="B57" s="146" t="s">
+      <c r="B61" s="146" t="s">
         <v>619</v>
       </c>
-      <c r="C57" s="65">
+      <c r="C61" s="65">
         <v>45519</v>
       </c>
-      <c r="D57" s="68" t="s">
+      <c r="D61" s="68" t="s">
         <v>620</v>
       </c>
-      <c r="E57" s="65">
+      <c r="E61" s="65">
         <v>45519</v>
       </c>
-      <c r="F57" s="51" t="s">
+      <c r="F61" s="51" t="s">
         <v>621</v>
       </c>
-      <c r="G57" s="31"/>
-[...2 lines deleted...]
-      <c r="A58" s="55" t="s">
+      <c r="G61" s="31"/>
+    </row>
+    <row r="62" spans="1:7">
+      <c r="A62" s="55" t="s">
         <v>503</v>
       </c>
-      <c r="B58" s="55" t="s">
+      <c r="B62" s="55" t="s">
         <v>504</v>
       </c>
-      <c r="C58" s="56">
+      <c r="C62" s="56">
         <v>44840</v>
       </c>
-      <c r="D58" s="57" t="s">
+      <c r="D62" s="57" t="s">
         <v>221</v>
       </c>
-      <c r="E58" s="58">
+      <c r="E62" s="58">
         <v>44894</v>
       </c>
-      <c r="F58" s="34" t="s">
+      <c r="F62" s="34" t="s">
         <v>505</v>
       </c>
-      <c r="G58" s="31"/>
-[...2 lines deleted...]
-      <c r="A59" s="76" t="s">
+      <c r="G62" s="31"/>
+    </row>
+    <row r="63" spans="1:7" s="80" customFormat="1" ht="14.25">
+      <c r="A63" s="76" t="s">
         <v>562</v>
       </c>
-      <c r="B59" s="76" t="s">
+      <c r="B63" s="76" t="s">
         <v>563</v>
       </c>
-      <c r="C59" s="126">
+      <c r="C63" s="126">
         <v>45279</v>
       </c>
-      <c r="D59" s="20" t="s">
+      <c r="D63" s="20" t="s">
         <v>221</v>
       </c>
-      <c r="E59" s="126">
+      <c r="E63" s="126">
         <v>45279</v>
       </c>
-      <c r="F59" s="51" t="s">
+      <c r="F63" s="51" t="s">
         <v>564</v>
       </c>
-      <c r="G59" s="67"/>
-[...2 lines deleted...]
-      <c r="A60" s="55" t="s">
+      <c r="G63" s="67"/>
+    </row>
+    <row r="64" spans="1:7">
+      <c r="A64" s="55" t="s">
         <v>410</v>
       </c>
-      <c r="B60" s="55" t="s">
+      <c r="B64" s="55" t="s">
         <v>411</v>
       </c>
-      <c r="C60" s="56">
+      <c r="C64" s="56">
         <v>44281</v>
       </c>
-      <c r="D60" s="57" t="s">
+      <c r="D64" s="57" t="s">
         <v>399</v>
       </c>
-      <c r="E60" s="58">
+      <c r="E64" s="58">
         <v>44281</v>
       </c>
-      <c r="F60" s="59" t="s">
+      <c r="F64" s="59" t="s">
         <v>412</v>
       </c>
-      <c r="G60" s="31"/>
-[...2 lines deleted...]
-      <c r="A61" s="18" t="s">
+      <c r="G64" s="31"/>
+    </row>
+    <row r="65" spans="1:7">
+      <c r="A65" s="18" t="s">
         <v>413</v>
       </c>
-      <c r="B61" s="18" t="s">
+      <c r="B65" s="18" t="s">
         <v>414</v>
       </c>
-      <c r="C61" s="19">
+      <c r="C65" s="19">
         <v>44281</v>
       </c>
-      <c r="D61" s="20" t="s">
+      <c r="D65" s="20" t="s">
         <v>221</v>
       </c>
-      <c r="E61" s="38">
+      <c r="E65" s="38">
         <v>44281</v>
       </c>
-      <c r="F61" s="17" t="s">
+      <c r="F65" s="17" t="s">
         <v>415</v>
       </c>
-      <c r="G61" s="31"/>
-[...2 lines deleted...]
-      <c r="A62" s="41" t="s">
+      <c r="G65" s="31"/>
+    </row>
+    <row r="66" spans="1:7">
+      <c r="A66" s="41" t="s">
         <v>489</v>
       </c>
-      <c r="B62" s="29" t="s">
+      <c r="B66" s="29" t="s">
         <v>490</v>
       </c>
-      <c r="C62" s="19">
+      <c r="C66" s="19">
         <v>44767</v>
       </c>
-      <c r="D62" s="20" t="s">
+      <c r="D66" s="20" t="s">
         <v>221</v>
       </c>
-      <c r="E62" s="38">
+      <c r="E66" s="38">
         <v>44767</v>
       </c>
-      <c r="F62" s="17" t="s">
+      <c r="F66" s="17" t="s">
         <v>491</v>
       </c>
-      <c r="G62" s="31"/>
-[...19 lines deleted...]
-      <c r="A65" s="203" t="s">
+      <c r="G66" s="31"/>
+    </row>
+    <row r="67" spans="1:7">
+      <c r="A67" s="2"/>
+      <c r="B67" s="3"/>
+      <c r="C67" s="2"/>
+      <c r="D67" s="3"/>
+      <c r="E67" s="4"/>
+      <c r="F67" s="52"/>
+      <c r="G67" s="31"/>
+    </row>
+    <row r="68" spans="1:7">
+      <c r="A68" s="7"/>
+      <c r="B68" s="5"/>
+      <c r="C68" s="5"/>
+      <c r="D68" s="5"/>
+      <c r="E68" s="5"/>
+      <c r="G68" s="31"/>
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69" s="204" t="s">
         <v>554</v>
       </c>
-      <c r="B65" s="203"/>
-[...33 lines deleted...]
-      <c r="E69" s="203"/>
+      <c r="B69" s="204"/>
+      <c r="C69" s="204"/>
+      <c r="D69" s="204"/>
+      <c r="E69" s="204"/>
+      <c r="G69" s="31"/>
     </row>
     <row r="70" spans="1:7">
-      <c r="A70" s="203"/>
-[...3 lines deleted...]
-      <c r="E70" s="203"/>
+      <c r="A70" s="204"/>
+      <c r="B70" s="204"/>
+      <c r="C70" s="204"/>
+      <c r="D70" s="204"/>
+      <c r="E70" s="204"/>
+      <c r="G70" s="31"/>
     </row>
     <row r="71" spans="1:7">
-      <c r="A71" s="203"/>
-[...3 lines deleted...]
-      <c r="E71" s="203"/>
+      <c r="A71" s="204"/>
+      <c r="B71" s="204"/>
+      <c r="C71" s="204"/>
+      <c r="D71" s="204"/>
+      <c r="E71" s="204"/>
+      <c r="G71" s="31"/>
     </row>
     <row r="72" spans="1:7">
-      <c r="A72" s="203"/>
-[...3 lines deleted...]
-      <c r="E72" s="203"/>
+      <c r="A72" s="204"/>
+      <c r="B72" s="204"/>
+      <c r="C72" s="204"/>
+      <c r="D72" s="204"/>
+      <c r="E72" s="204"/>
     </row>
     <row r="73" spans="1:7">
-      <c r="A73" s="203"/>
-[...3 lines deleted...]
-      <c r="E73" s="203"/>
+      <c r="A73" s="204"/>
+      <c r="B73" s="204"/>
+      <c r="C73" s="204"/>
+      <c r="D73" s="204"/>
+      <c r="E73" s="204"/>
     </row>
     <row r="74" spans="1:7">
-      <c r="A74" s="203"/>
-[...3 lines deleted...]
-      <c r="E74" s="203"/>
+      <c r="A74" s="204"/>
+      <c r="B74" s="204"/>
+      <c r="C74" s="204"/>
+      <c r="D74" s="204"/>
+      <c r="E74" s="204"/>
     </row>
     <row r="75" spans="1:7">
-      <c r="A75" s="203"/>
-[...3 lines deleted...]
-      <c r="E75" s="203"/>
+      <c r="A75" s="204"/>
+      <c r="B75" s="204"/>
+      <c r="C75" s="204"/>
+      <c r="D75" s="204"/>
+      <c r="E75" s="204"/>
     </row>
     <row r="76" spans="1:7">
-      <c r="A76" s="203"/>
-[...3 lines deleted...]
-      <c r="E76" s="203"/>
+      <c r="A76" s="204"/>
+      <c r="B76" s="204"/>
+      <c r="C76" s="204"/>
+      <c r="D76" s="204"/>
+      <c r="E76" s="204"/>
     </row>
     <row r="77" spans="1:7">
-      <c r="A77" s="203"/>
-[...3 lines deleted...]
-      <c r="E77" s="203"/>
+      <c r="A77" s="204"/>
+      <c r="B77" s="204"/>
+      <c r="C77" s="204"/>
+      <c r="D77" s="204"/>
+      <c r="E77" s="204"/>
     </row>
     <row r="78" spans="1:7">
-      <c r="A78" s="203"/>
-[...3 lines deleted...]
-      <c r="E78" s="203"/>
+      <c r="A78" s="204"/>
+      <c r="B78" s="204"/>
+      <c r="C78" s="204"/>
+      <c r="D78" s="204"/>
+      <c r="E78" s="204"/>
     </row>
     <row r="79" spans="1:7">
-      <c r="A79" s="203"/>
-[...3 lines deleted...]
-      <c r="E79" s="203"/>
+      <c r="A79" s="204"/>
+      <c r="B79" s="204"/>
+      <c r="C79" s="204"/>
+      <c r="D79" s="204"/>
+      <c r="E79" s="204"/>
     </row>
     <row r="80" spans="1:7">
-      <c r="A80" s="203"/>
-[...3 lines deleted...]
-      <c r="E80" s="203"/>
+      <c r="A80" s="204"/>
+      <c r="B80" s="204"/>
+      <c r="C80" s="204"/>
+      <c r="D80" s="204"/>
+      <c r="E80" s="204"/>
     </row>
     <row r="81" spans="1:5">
-      <c r="A81" s="203"/>
-[...3 lines deleted...]
-      <c r="E81" s="203"/>
+      <c r="A81" s="204"/>
+      <c r="B81" s="204"/>
+      <c r="C81" s="204"/>
+      <c r="D81" s="204"/>
+      <c r="E81" s="204"/>
     </row>
     <row r="82" spans="1:5">
-      <c r="A82" s="203"/>
-[...3 lines deleted...]
-      <c r="E82" s="203"/>
+      <c r="A82" s="204"/>
+      <c r="B82" s="204"/>
+      <c r="C82" s="204"/>
+      <c r="D82" s="204"/>
+      <c r="E82" s="204"/>
     </row>
     <row r="83" spans="1:5">
-      <c r="A83" s="203"/>
-[...3 lines deleted...]
-      <c r="E83" s="203"/>
+      <c r="A83" s="204"/>
+      <c r="B83" s="204"/>
+      <c r="C83" s="204"/>
+      <c r="D83" s="204"/>
+      <c r="E83" s="204"/>
     </row>
     <row r="84" spans="1:5">
-      <c r="A84" s="203"/>
-[...3 lines deleted...]
-      <c r="E84" s="203"/>
+      <c r="A84" s="204"/>
+      <c r="B84" s="204"/>
+      <c r="C84" s="204"/>
+      <c r="D84" s="204"/>
+      <c r="E84" s="204"/>
     </row>
     <row r="85" spans="1:5">
-      <c r="A85" s="203"/>
-[...3 lines deleted...]
-      <c r="E85" s="203"/>
+      <c r="A85" s="204"/>
+      <c r="B85" s="204"/>
+      <c r="C85" s="204"/>
+      <c r="D85" s="204"/>
+      <c r="E85" s="204"/>
     </row>
     <row r="86" spans="1:5">
-      <c r="A86" s="203"/>
-[...3 lines deleted...]
-      <c r="E86" s="203"/>
+      <c r="A86" s="204"/>
+      <c r="B86" s="204"/>
+      <c r="C86" s="204"/>
+      <c r="D86" s="204"/>
+      <c r="E86" s="204"/>
     </row>
     <row r="87" spans="1:5">
-      <c r="A87" s="203"/>
-[...3 lines deleted...]
-      <c r="E87" s="203"/>
+      <c r="A87" s="204"/>
+      <c r="B87" s="204"/>
+      <c r="C87" s="204"/>
+      <c r="D87" s="204"/>
+      <c r="E87" s="204"/>
     </row>
     <row r="88" spans="1:5">
-      <c r="A88" s="203"/>
-[...3 lines deleted...]
-      <c r="E88" s="203"/>
+      <c r="A88" s="204"/>
+      <c r="B88" s="204"/>
+      <c r="C88" s="204"/>
+      <c r="D88" s="204"/>
+      <c r="E88" s="204"/>
     </row>
     <row r="89" spans="1:5">
-      <c r="A89" s="203"/>
-[...3 lines deleted...]
-      <c r="E89" s="203"/>
+      <c r="A89" s="204"/>
+      <c r="B89" s="204"/>
+      <c r="C89" s="204"/>
+      <c r="D89" s="204"/>
+      <c r="E89" s="204"/>
     </row>
     <row r="90" spans="1:5">
-      <c r="A90" s="203"/>
-[...3 lines deleted...]
-      <c r="E90" s="203"/>
+      <c r="A90" s="204"/>
+      <c r="B90" s="204"/>
+      <c r="C90" s="204"/>
+      <c r="D90" s="204"/>
+      <c r="E90" s="204"/>
     </row>
     <row r="91" spans="1:5">
-      <c r="A91" s="203"/>
-[...3 lines deleted...]
-      <c r="E91" s="203"/>
+      <c r="A91" s="204"/>
+      <c r="B91" s="204"/>
+      <c r="C91" s="204"/>
+      <c r="D91" s="204"/>
+      <c r="E91" s="204"/>
     </row>
     <row r="92" spans="1:5">
-      <c r="A92" s="203"/>
-[...3 lines deleted...]
-      <c r="E92" s="203"/>
+      <c r="A92" s="204"/>
+      <c r="B92" s="204"/>
+      <c r="C92" s="204"/>
+      <c r="D92" s="204"/>
+      <c r="E92" s="204"/>
     </row>
     <row r="93" spans="1:5">
-      <c r="A93" s="203"/>
-[...3 lines deleted...]
-      <c r="E93" s="203"/>
+      <c r="A93" s="204"/>
+      <c r="B93" s="204"/>
+      <c r="C93" s="204"/>
+      <c r="D93" s="204"/>
+      <c r="E93" s="204"/>
     </row>
     <row r="94" spans="1:5">
-      <c r="A94" s="203"/>
-[...3 lines deleted...]
-      <c r="E94" s="203"/>
+      <c r="A94" s="204"/>
+      <c r="B94" s="204"/>
+      <c r="C94" s="204"/>
+      <c r="D94" s="204"/>
+      <c r="E94" s="204"/>
     </row>
     <row r="95" spans="1:5">
-      <c r="A95" s="203"/>
-[...3 lines deleted...]
-      <c r="E95" s="203"/>
+      <c r="A95" s="204"/>
+      <c r="B95" s="204"/>
+      <c r="C95" s="204"/>
+      <c r="D95" s="204"/>
+      <c r="E95" s="204"/>
     </row>
     <row r="96" spans="1:5">
-      <c r="A96" s="203"/>
-[...3 lines deleted...]
-      <c r="E96" s="203"/>
+      <c r="A96" s="204"/>
+      <c r="B96" s="204"/>
+      <c r="C96" s="204"/>
+      <c r="D96" s="204"/>
+      <c r="E96" s="204"/>
     </row>
     <row r="97" spans="1:5">
-      <c r="A97" s="203"/>
-[...3 lines deleted...]
-      <c r="E97" s="203"/>
+      <c r="A97" s="204"/>
+      <c r="B97" s="204"/>
+      <c r="C97" s="204"/>
+      <c r="D97" s="204"/>
+      <c r="E97" s="204"/>
     </row>
     <row r="98" spans="1:5">
-      <c r="A98" s="203"/>
-[...3 lines deleted...]
-      <c r="E98" s="203"/>
+      <c r="A98" s="204"/>
+      <c r="B98" s="204"/>
+      <c r="C98" s="204"/>
+      <c r="D98" s="204"/>
+      <c r="E98" s="204"/>
     </row>
     <row r="99" spans="1:5">
-      <c r="A99" s="203"/>
-[...3 lines deleted...]
-      <c r="E99" s="203"/>
+      <c r="A99" s="204"/>
+      <c r="B99" s="204"/>
+      <c r="C99" s="204"/>
+      <c r="D99" s="204"/>
+      <c r="E99" s="204"/>
     </row>
     <row r="100" spans="1:5">
-      <c r="A100" s="203"/>
-[...3 lines deleted...]
-      <c r="E100" s="203"/>
+      <c r="A100" s="204"/>
+      <c r="B100" s="204"/>
+      <c r="C100" s="204"/>
+      <c r="D100" s="204"/>
+      <c r="E100" s="204"/>
     </row>
     <row r="101" spans="1:5">
-      <c r="A101" s="203"/>
-[...3 lines deleted...]
-      <c r="E101" s="203"/>
+      <c r="A101" s="204"/>
+      <c r="B101" s="204"/>
+      <c r="C101" s="204"/>
+      <c r="D101" s="204"/>
+      <c r="E101" s="204"/>
     </row>
     <row r="102" spans="1:5">
-      <c r="A102" s="203"/>
-[...3 lines deleted...]
-      <c r="E102" s="203"/>
+      <c r="A102" s="204"/>
+      <c r="B102" s="204"/>
+      <c r="C102" s="204"/>
+      <c r="D102" s="204"/>
+      <c r="E102" s="204"/>
     </row>
     <row r="103" spans="1:5">
-      <c r="A103" s="203"/>
-[...3 lines deleted...]
-      <c r="E103" s="203"/>
+      <c r="A103" s="204"/>
+      <c r="B103" s="204"/>
+      <c r="C103" s="204"/>
+      <c r="D103" s="204"/>
+      <c r="E103" s="204"/>
     </row>
     <row r="104" spans="1:5">
-      <c r="A104" s="203"/>
-[...3 lines deleted...]
-      <c r="E104" s="203"/>
+      <c r="A104" s="204"/>
+      <c r="B104" s="204"/>
+      <c r="C104" s="204"/>
+      <c r="D104" s="204"/>
+      <c r="E104" s="204"/>
     </row>
     <row r="105" spans="1:5">
-      <c r="A105" s="203"/>
-[...3 lines deleted...]
-      <c r="E105" s="203"/>
+      <c r="A105" s="204"/>
+      <c r="B105" s="204"/>
+      <c r="C105" s="204"/>
+      <c r="D105" s="204"/>
+      <c r="E105" s="204"/>
     </row>
     <row r="106" spans="1:5">
-      <c r="A106" s="203"/>
-[...3 lines deleted...]
-      <c r="E106" s="203"/>
+      <c r="A106" s="204"/>
+      <c r="B106" s="204"/>
+      <c r="C106" s="204"/>
+      <c r="D106" s="204"/>
+      <c r="E106" s="204"/>
     </row>
     <row r="107" spans="1:5">
-      <c r="A107" s="203"/>
-[...3 lines deleted...]
-      <c r="E107" s="203"/>
+      <c r="A107" s="204"/>
+      <c r="B107" s="204"/>
+      <c r="C107" s="204"/>
+      <c r="D107" s="204"/>
+      <c r="E107" s="204"/>
+    </row>
+    <row r="108" spans="1:5">
+      <c r="A108" s="204"/>
+      <c r="B108" s="204"/>
+      <c r="C108" s="204"/>
+      <c r="D108" s="204"/>
+      <c r="E108" s="204"/>
+    </row>
+    <row r="109" spans="1:5">
+      <c r="A109" s="204"/>
+      <c r="B109" s="204"/>
+      <c r="C109" s="204"/>
+      <c r="D109" s="204"/>
+      <c r="E109" s="204"/>
+    </row>
+    <row r="110" spans="1:5">
+      <c r="A110" s="204"/>
+      <c r="B110" s="204"/>
+      <c r="C110" s="204"/>
+      <c r="D110" s="204"/>
+      <c r="E110" s="204"/>
+    </row>
+    <row r="111" spans="1:5">
+      <c r="A111" s="204"/>
+      <c r="B111" s="204"/>
+      <c r="C111" s="204"/>
+      <c r="D111" s="204"/>
+      <c r="E111" s="204"/>
     </row>
   </sheetData>
   <mergeCells count="3">
-    <mergeCell ref="A65:E107"/>
+    <mergeCell ref="A69:E111"/>
     <mergeCell ref="E1:I4"/>
     <mergeCell ref="A5:C6"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="F31" r:id="rId1" display="https://www.federalregister.gov/documents/2020/07/24/2020-16062/john-seil-lee-final-debarment-order" xr:uid="{03BD72BD-458A-4A29-8216-7F65A9AADF3A}"/>
-[...5 lines deleted...]
-    <hyperlink ref="F11" r:id="rId7" display="https://www.govinfo.gov/content/pkg/FR-2020-03-17/pdf/2020-05450.pdf" xr:uid="{64045593-E55B-4BFF-8455-11A4580E79CA}"/>
+    <hyperlink ref="F34" r:id="rId1" display="https://www.federalregister.gov/documents/2020/07/24/2020-16062/john-seil-lee-final-debarment-order" xr:uid="{03BD72BD-458A-4A29-8216-7F65A9AADF3A}"/>
+    <hyperlink ref="F37" r:id="rId2" display="https://www.federalregister.gov/documents/2019/11/29/2019-25824/tzvi-lexier-final-debarment-order" xr:uid="{0FD482F4-B96E-4B1A-A3F4-4670B2FA8A38}"/>
+    <hyperlink ref="F51" r:id="rId3" display="https://www.federalregister.gov/documents/2020/07/24/2020-16085/jin-su-park-final-debarment-order" xr:uid="{14BE085D-754A-4FA0-BB6F-06A0BA645191}"/>
+    <hyperlink ref="F64" r:id="rId4" display="https://www.federalregister.gov/documents/2021/03/26/2021-06219/thomas-j-whalen-final-debarment-order" xr:uid="{76E53879-866F-4933-9286-1666EDDF73B4}"/>
+    <hyperlink ref="F65" r:id="rId5" display="https://www.federalregister.gov/documents/2021/03/26/2021-06258/ursula-wing-final-debarment-order" xr:uid="{CE756DDA-B69A-4CB6-8B92-FB295AFE9F24}"/>
+    <hyperlink ref="F56" r:id="rId6" xr:uid="{E3F2F729-0507-4C5C-8971-9491BB973E3C}"/>
+    <hyperlink ref="F12" r:id="rId7" display="https://www.govinfo.gov/content/pkg/FR-2020-03-17/pdf/2020-05450.pdf" xr:uid="{64045593-E55B-4BFF-8455-11A4580E79CA}"/>
     <hyperlink ref="F8" r:id="rId8" display="https://www.federalregister.gov/documents/2021/07/28/2021-16044/justin-ash-final-debarment-order" xr:uid="{C160A7C2-26BB-4FE7-B39F-24E09537CADC}"/>
-    <hyperlink ref="F13" r:id="rId9" display="https://www.federalregister.gov/documents/2021/12/15/2021-27056/julia-fees-final-debarment-order" xr:uid="{6377E3C4-7F62-4750-8759-37C3B192237C}"/>
-[...3 lines deleted...]
-    <hyperlink ref="F29" r:id="rId13" display="https://www.federalregister.gov/documents/2022/03/03/2022-04484/george-kuiper-final-debarment-order" xr:uid="{01D00CE4-1EB3-471B-A41A-D87C2B26FFFA}"/>
+    <hyperlink ref="F14" r:id="rId9" display="https://www.federalregister.gov/documents/2021/12/15/2021-27056/julia-fees-final-debarment-order" xr:uid="{6377E3C4-7F62-4750-8759-37C3B192237C}"/>
+    <hyperlink ref="F31" r:id="rId10" xr:uid="{C39A5DC3-6612-41D5-95FD-7C4F4044D082}"/>
+    <hyperlink ref="F41" r:id="rId11" display="https://www.federalregister.gov/documents/2022/02/10/2022-02801/brenda-k-marmas-final-debarment-order" xr:uid="{56E437AC-8954-4786-9B70-62B39B64D9C8}"/>
+    <hyperlink ref="F52" r:id="rId12" display="https://www.federalregister.gov/documents/2022/02/14/2022-03098/brian-michael-parks-final-debarment-order" xr:uid="{40814F9B-AADC-43B4-8610-0EC28BD7957A}"/>
+    <hyperlink ref="F32" r:id="rId13" display="https://www.federalregister.gov/documents/2022/03/03/2022-04484/george-kuiper-final-debarment-order" xr:uid="{01D00CE4-1EB3-471B-A41A-D87C2B26FFFA}"/>
     <hyperlink ref="F9" r:id="rId14" display="https://www.federalregister.gov/documents/2022/03/03/2022-04469/patrick-charles-bishop-final-debarment-order" xr:uid="{274B21AF-5FAF-491F-B212-B7646CC79331}"/>
-    <hyperlink ref="F22" r:id="rId15" display="https://www.federalregister.gov/documents/2022/05/17/2022-10505/howard-stanley-head-jr-final-debarment-order" xr:uid="{FB79A38D-8FBE-40B6-93F3-A07A97107DED}"/>
-[...35 lines deleted...]
-    <hyperlink ref="F30" r:id="rId51" display="https://www.federalregister.gov/documents/2026/02/06/2026-02337/paul-zachary-lamberty-final-debarment-order" xr:uid="{04A39783-7312-4D58-B593-1163A9394393}"/>
+    <hyperlink ref="F23" r:id="rId15" display="https://www.federalregister.gov/documents/2022/05/17/2022-10505/howard-stanley-head-jr-final-debarment-order" xr:uid="{FB79A38D-8FBE-40B6-93F3-A07A97107DED}"/>
+    <hyperlink ref="F49" r:id="rId16" display="https://www.federalregister.gov/documents/2022/07/07/2022-14433/jhanna-novikov-final-debarment-order" xr:uid="{CFFAC0D6-21CF-4F42-BA89-1C71951C7F76}"/>
+    <hyperlink ref="F22" r:id="rId17" display="https://www.federalregister.gov/documents/2022/07/13/2022-14899/kris-a-hampton-bey-ii-final-debarment-order" xr:uid="{08225BB2-D2AE-4C21-B83B-567B0E130F9E}"/>
+    <hyperlink ref="F66" r:id="rId18" display="https://www.federalregister.gov/documents/2022/07/25/2022-15795/kenneth-zipperer-final-debarment-order" xr:uid="{DB001557-E5BE-42A0-B450-6BC14BC40635}"/>
+    <hyperlink ref="F62" r:id="rId19" display="https://www.federalregister.gov/documents/2022/11/29/2022-26012/jennings-ryan-staley-final-debarment-order" xr:uid="{70513365-A466-4F3A-A9E1-92E4907670F9}"/>
+    <hyperlink ref="F29" r:id="rId20" display="https://www.federalregister.gov/documents/2022/12/14/2022-27091/david-j-kempema-final-debarment-order" xr:uid="{08724E05-A23F-473F-B157-6E028F800047}"/>
+    <hyperlink ref="F19" r:id="rId21" display="https://www.federalregister.gov/documents/2023/01/20/2023-00999/mark-godding-final-debarment-order" xr:uid="{D2BDB7DC-5835-4E09-B50A-DDE673709713}"/>
+    <hyperlink ref="F36" r:id="rId22" display="https://www.federalregister.gov/documents/2023/02/27/2023-03958/wojciech-lesniak-final-debarment-order" xr:uid="{A50159D2-6842-49E7-8C52-996893E607B1}"/>
+    <hyperlink ref="F47" r:id="rId23" display="https://www.federalregister.gov/documents/2023/06/12/2023-12487/luis-anarbol-moran-final-debarment-order" xr:uid="{B8B4401D-48A6-4233-9F3E-A9956365EA66}"/>
+    <hyperlink ref="F30" r:id="rId24" display="https://www.federalregister.gov/documents/2023/08/15/2023-17481/ildiko-m-knoll-final-debarment-order" xr:uid="{20B315DE-6877-4E03-B0B3-749710F4DCB7}"/>
+    <hyperlink ref="F44" r:id="rId25" display="https://www.federalregister.gov/documents/2022/11/15/2022-24805/david-elias-mendoza-final-debarment-order" xr:uid="{0546BF52-32B5-4D07-B590-F4770AB259B4}"/>
+    <hyperlink ref="F63" r:id="rId26" display="https://www.federalregister.gov/documents/2023/12/19/2023-27855/jeremy-walenty-final-debarment-order" xr:uid="{3E3FDAA6-2F0C-4CDC-8B6D-2609B6EB87D8}"/>
+    <hyperlink ref="F18" r:id="rId27" display="https://www.federalregister.gov/documents/2023/01/20/2023-00997/linda-godding-final-debarment-order" xr:uid="{5108F4BC-0609-40E7-96C7-5661FEE26B6D}"/>
+    <hyperlink ref="F17" r:id="rId28" display="https://www.federalregister.gov/documents/2024/02/09/2024-02706/brendon-gagne-final-debarment-order" xr:uid="{CB709AB2-FF0D-45E1-BA58-6D0302372DDA}"/>
+    <hyperlink ref="F39" r:id="rId29" display="https://www.federalregister.gov/documents/2024/02/14/2024-03020/ross-lucien-final-debarment-order" xr:uid="{C2F528B3-9FF9-4BB4-9E98-EC401DE4EBB4}"/>
+    <hyperlink ref="F43" r:id="rId30" display="https://www.federalregister.gov/documents/2024/02/23/2024-03650/taylor-mclaren-final-debarment-order" xr:uid="{AE8EC3FF-3517-4EDB-A408-FAE74144B1AB}"/>
+    <hyperlink ref="F35" r:id="rId31" display="https://www.federalregister.gov/documents/2024/03/26/2024-06287/phillip-leonowens-final-debarment-order" xr:uid="{105031DE-2F89-4C8D-B8D6-69FD58F56F5D}"/>
+    <hyperlink ref="F57" r:id="rId32" display="https://www.federalregister.gov/documents/2024/04/05/2024-07271/robert-lance-shuffert-final-debarment-order" xr:uid="{0D43102D-1D2D-4320-89AE-EF9F911215D6}"/>
+    <hyperlink ref="F54" r:id="rId33" display="https://www.federalregister.gov/documents/2024/06/03/2024-12064/shanif-abdul-punjani-final-debarment-order" xr:uid="{B7366609-F621-4D9C-8E09-EB077B40281B}"/>
+    <hyperlink ref="F38" r:id="rId34" display="https://www.federalregister.gov/documents/2024/06/03/2024-12066/michael-terry-little-final-debarment-order" xr:uid="{8E04B962-070C-48A5-A629-94823C52295D}"/>
+    <hyperlink ref="F58" r:id="rId35" display="https://www.federalregister.gov/documents/2024/06/06/2024-12356/marina-sievert-final-debarment-order" xr:uid="{DD337CAF-0566-4189-A9D2-74C975A0BDAC}"/>
+    <hyperlink ref="F60" r:id="rId36" display="https://www.federalregister.gov/documents/2024/06/13/2024-12974/richard-b-smith-iii-final-debarment-order" xr:uid="{A76E2D64-FF83-4B06-B2B2-682A41273BD8}"/>
+    <hyperlink ref="F61" r:id="rId37" display="https://www.federalregister.gov/documents/2024/08/15/2024-18268/ryan-stabile-final-debarment-order" xr:uid="{6CE475BD-FFE4-442A-8313-61296A3B3C91}"/>
+    <hyperlink ref="F27" r:id="rId38" display="https://www.federalregister.gov/documents/2025/01/08/2025-00126/yong-sheng-jiao-denial-of-hearing-final-debarment-order" xr:uid="{A88EED5B-9598-4354-9EAA-D0C8495EDE6E}"/>
+    <hyperlink ref="F11" r:id="rId39" display="https://www.federalregister.gov/documents/2025/03/13/2025-04030/jonathan-corbett-cosie-final-debarment-order" xr:uid="{7E99E106-6DE4-4D16-A343-BE6834C2CC69}"/>
+    <hyperlink ref="F53" r:id="rId40" display="https://www.federalregister.gov/documents/2025/03/13/2025-04029/alnashir-alibhai-punjani-final-debarment-order" xr:uid="{1A47F800-3478-4ED7-A5C4-539C9F2D83D9}"/>
+    <hyperlink ref="F59" r:id="rId41" display="https://www.federalregister.gov/documents/2025/03/13/2025-04028/harpreet-singh-final-debarment-order" xr:uid="{3A8CBB7D-4BB8-42C4-A632-B79DEF17AB3F}"/>
+    <hyperlink ref="F40" r:id="rId42" display="https://www.federalregister.gov/documents/2025/05/29/2025-09651/carlton-reico-mallard-jr-final-debarment-order" xr:uid="{5B4AE000-2CD0-4473-858A-99A5482D18C1}"/>
+    <hyperlink ref="F13" r:id="rId43" display="https://www.federalregister.gov/documents/2025/05/29/2025-09649/michael-dominic-diaz-final-debarment-order" xr:uid="{9A2D767E-970B-476A-8D71-A5C5E36E537D}"/>
+    <hyperlink ref="F24" r:id="rId44" display="https://www.federalregister.gov/documents/2025/05/29/2025-09646/justin-cole-henry-final-debarment-order" xr:uid="{1B1A3C5D-9A83-45C5-852F-B2125F43F2DE}"/>
+    <hyperlink ref="F15" r:id="rId45" display="https://www.federalregister.gov/documents/2025/05/30/2025-09797/evan-asher-field-final-debarment-order" xr:uid="{983BC774-9CBA-4B86-9773-391D03D9B2D7}"/>
+    <hyperlink ref="F28" r:id="rId46" display="https://www.federalregister.gov/documents/2025/08/19/2025-15787/doyal-kalita-final-debarment-order" xr:uid="{9EB94C0C-4774-42B0-946D-6AD376182D15}"/>
+    <hyperlink ref="F20" r:id="rId47" display="https://www.federalregister.gov/documents/2025/09/19/2025-18213/william-goldsmith-final-debarment-order" xr:uid="{C70E51BB-353B-4020-9595-9CADC5144D5C}"/>
+    <hyperlink ref="F50" r:id="rId48" display="https://www.federalregister.gov/documents/2025/10/01/2025-19162/jason-oppenheimer-final-debarment-order" xr:uid="{5B1497FA-C68A-4377-9567-EA0C84D44F1F}"/>
+    <hyperlink ref="F55" r:id="rId49" display="https://www.federalregister.gov/documents/2025/11/25/2025-21075/nicole-shelby-randall-final-debarment-order" xr:uid="{D5BF00C1-69B8-4CDD-B773-56E0A72AC7DB}"/>
+    <hyperlink ref="F21" r:id="rId50" display="https://www.federalregister.gov/documents/2026/01/23/2026-01296/tyler-jordan-hall-final-debarment-order" xr:uid="{BFAFFD7D-CF9E-48C1-86FE-9D95E9021D36}"/>
+    <hyperlink ref="F33" r:id="rId51" display="https://www.federalregister.gov/documents/2026/02/06/2026-02337/paul-zachary-lamberty-final-debarment-order" xr:uid="{04A39783-7312-4D58-B593-1163A9394393}"/>
+    <hyperlink ref="F10" r:id="rId52" display="https://www.federalregister.gov/documents/2026/02/12/2026-02786/jeremy-spencer-brown-final-debarment-order" xr:uid="{325F8E3D-0BDF-42FF-B444-AF3F7E6B58FF}"/>
+    <hyperlink ref="F42" r:id="rId53" display="https://www.federalregister.gov/documents/2026/02/19/2026-03252/sherrie-r-mccain-final-debarment-order" xr:uid="{5689027C-A0BD-45FE-B1EA-AC535FB4496E}"/>
+    <hyperlink ref="F25" r:id="rId54" display="https://www.federalregister.gov/documents/2026/02/19/2026-03253/justin-insprucker-final-debarment-order" xr:uid="{81B41763-19E2-468D-A0A2-776B3ADFAB67}"/>
+    <hyperlink ref="F26" r:id="rId55" display="https://www.federalregister.gov/documents/2026/02/19/2026-03254/sherri-insprucker-final-debarment-order" xr:uid="{9CC6B5A5-FA83-4498-B4AB-8930392AD22A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId52"/>
+  <pageSetup orientation="portrait" r:id="rId56"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7070114F-1B2C-41BC-99E8-E3206DA1A794}">
   <dimension ref="A1:AW67"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A25" sqref="A25:E67"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.28515625" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="28.7109375" customWidth="1"/>
     <col min="4" max="4" width="27.28515625" customWidth="1"/>
     <col min="5" max="5" width="26.140625" customWidth="1"/>
     <col min="6" max="6" width="34.7109375" customWidth="1"/>
     <col min="9" max="9" width="53.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
-      <c r="E1" s="210" t="s">
+      <c r="E1" s="211" t="s">
         <v>387</v>
       </c>
-      <c r="F1" s="211"/>
-[...2 lines deleted...]
-      <c r="I1" s="211"/>
+      <c r="F1" s="212"/>
+      <c r="G1" s="212"/>
+      <c r="H1" s="212"/>
+      <c r="I1" s="212"/>
     </row>
     <row r="2" spans="1:9">
-      <c r="E2" s="211"/>
-[...3 lines deleted...]
-      <c r="I2" s="211"/>
+      <c r="E2" s="212"/>
+      <c r="F2" s="212"/>
+      <c r="G2" s="212"/>
+      <c r="H2" s="212"/>
+      <c r="I2" s="212"/>
     </row>
     <row r="3" spans="1:9">
-      <c r="E3" s="211"/>
-[...3 lines deleted...]
-      <c r="I3" s="211"/>
+      <c r="E3" s="212"/>
+      <c r="F3" s="212"/>
+      <c r="G3" s="212"/>
+      <c r="H3" s="212"/>
+      <c r="I3" s="212"/>
     </row>
     <row r="4" spans="1:9">
-      <c r="A4" s="215" t="s">
+      <c r="A4" s="216" t="s">
         <v>378</v>
       </c>
-      <c r="B4" s="216"/>
-[...5 lines deleted...]
-      <c r="I4" s="211"/>
+      <c r="B4" s="217"/>
+      <c r="C4" s="217"/>
+      <c r="E4" s="212"/>
+      <c r="F4" s="212"/>
+      <c r="G4" s="212"/>
+      <c r="H4" s="212"/>
+      <c r="I4" s="212"/>
     </row>
     <row r="5" spans="1:9">
-      <c r="A5" s="217"/>
-[...1 lines deleted...]
-      <c r="C5" s="217"/>
+      <c r="A5" s="218"/>
+      <c r="B5" s="218"/>
+      <c r="C5" s="218"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="13" t="s">
         <v>376</v>
       </c>
       <c r="B6" s="13" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="13" t="s">
         <v>3</v>
       </c>
       <c r="D6" s="13" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="30">
       <c r="A7" s="96" t="s">
         <v>659</v>
       </c>
       <c r="B7" s="127">
         <v>45806</v>
       </c>
       <c r="C7" s="20" t="s">
         <v>221</v>
       </c>
       <c r="D7" s="127">
         <v>45806</v>
       </c>
       <c r="E7" s="17" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2"/>
       <c r="B8" s="3"/>
       <c r="C8" s="2"/>
       <c r="D8" s="3"/>
       <c r="E8" s="4"/>
     </row>
     <row r="9" spans="1:9">
-      <c r="A9" s="212" t="s">
+      <c r="A9" s="213" t="s">
         <v>379</v>
       </c>
-      <c r="B9" s="213"/>
-      <c r="C9" s="213"/>
+      <c r="B9" s="214"/>
+      <c r="C9" s="214"/>
       <c r="D9" s="3"/>
       <c r="E9" s="4"/>
     </row>
     <row r="10" spans="1:9">
-      <c r="A10" s="214"/>
-[...1 lines deleted...]
-      <c r="C10" s="214"/>
+      <c r="A10" s="215"/>
+      <c r="B10" s="215"/>
+      <c r="C10" s="215"/>
       <c r="D10" s="3"/>
       <c r="E10" s="4"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B11" s="13" t="s">
         <v>1</v>
       </c>
       <c r="C11" s="13" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="13" t="s">
         <v>3</v>
       </c>
       <c r="E11" s="13" t="s">
         <v>4</v>
       </c>
       <c r="F11" s="13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="28.5">
       <c r="A12" s="14" t="s">
@@ -9846,352 +9983,352 @@
       <c r="F23" s="51" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="24" spans="1:49">
       <c r="A24" s="47" t="s">
         <v>498</v>
       </c>
       <c r="B24" s="41" t="s">
         <v>496</v>
       </c>
       <c r="C24" s="49">
         <v>44827</v>
       </c>
       <c r="D24" s="50" t="s">
         <v>221</v>
       </c>
       <c r="E24" s="49">
         <v>44827</v>
       </c>
       <c r="F24" s="51" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="25" spans="1:49">
-      <c r="A25" s="203" t="s">
+      <c r="A25" s="204" t="s">
         <v>377</v>
       </c>
-      <c r="B25" s="203"/>
-[...2 lines deleted...]
-      <c r="E25" s="203"/>
+      <c r="B25" s="204"/>
+      <c r="C25" s="204"/>
+      <c r="D25" s="204"/>
+      <c r="E25" s="204"/>
       <c r="F25" s="32"/>
     </row>
     <row r="26" spans="1:49">
-      <c r="A26" s="203"/>
-[...3 lines deleted...]
-      <c r="E26" s="203"/>
+      <c r="A26" s="204"/>
+      <c r="B26" s="204"/>
+      <c r="C26" s="204"/>
+      <c r="D26" s="204"/>
+      <c r="E26" s="204"/>
     </row>
     <row r="27" spans="1:49">
-      <c r="A27" s="203"/>
-[...3 lines deleted...]
-      <c r="E27" s="203"/>
+      <c r="A27" s="204"/>
+      <c r="B27" s="204"/>
+      <c r="C27" s="204"/>
+      <c r="D27" s="204"/>
+      <c r="E27" s="204"/>
     </row>
     <row r="28" spans="1:49">
-      <c r="A28" s="203"/>
-[...3 lines deleted...]
-      <c r="E28" s="203"/>
+      <c r="A28" s="204"/>
+      <c r="B28" s="204"/>
+      <c r="C28" s="204"/>
+      <c r="D28" s="204"/>
+      <c r="E28" s="204"/>
     </row>
     <row r="29" spans="1:49">
-      <c r="A29" s="203"/>
-[...3 lines deleted...]
-      <c r="E29" s="203"/>
+      <c r="A29" s="204"/>
+      <c r="B29" s="204"/>
+      <c r="C29" s="204"/>
+      <c r="D29" s="204"/>
+      <c r="E29" s="204"/>
     </row>
     <row r="30" spans="1:49">
-      <c r="A30" s="203"/>
-[...3 lines deleted...]
-      <c r="E30" s="203"/>
+      <c r="A30" s="204"/>
+      <c r="B30" s="204"/>
+      <c r="C30" s="204"/>
+      <c r="D30" s="204"/>
+      <c r="E30" s="204"/>
     </row>
     <row r="31" spans="1:49">
-      <c r="A31" s="203"/>
-[...3 lines deleted...]
-      <c r="E31" s="203"/>
+      <c r="A31" s="204"/>
+      <c r="B31" s="204"/>
+      <c r="C31" s="204"/>
+      <c r="D31" s="204"/>
+      <c r="E31" s="204"/>
     </row>
     <row r="32" spans="1:49">
-      <c r="A32" s="203"/>
-[...3 lines deleted...]
-      <c r="E32" s="203"/>
+      <c r="A32" s="204"/>
+      <c r="B32" s="204"/>
+      <c r="C32" s="204"/>
+      <c r="D32" s="204"/>
+      <c r="E32" s="204"/>
     </row>
     <row r="33" spans="1:5">
-      <c r="A33" s="203"/>
-[...3 lines deleted...]
-      <c r="E33" s="203"/>
+      <c r="A33" s="204"/>
+      <c r="B33" s="204"/>
+      <c r="C33" s="204"/>
+      <c r="D33" s="204"/>
+      <c r="E33" s="204"/>
     </row>
     <row r="34" spans="1:5">
-      <c r="A34" s="203"/>
-[...3 lines deleted...]
-      <c r="E34" s="203"/>
+      <c r="A34" s="204"/>
+      <c r="B34" s="204"/>
+      <c r="C34" s="204"/>
+      <c r="D34" s="204"/>
+      <c r="E34" s="204"/>
     </row>
     <row r="35" spans="1:5">
-      <c r="A35" s="203"/>
-[...3 lines deleted...]
-      <c r="E35" s="203"/>
+      <c r="A35" s="204"/>
+      <c r="B35" s="204"/>
+      <c r="C35" s="204"/>
+      <c r="D35" s="204"/>
+      <c r="E35" s="204"/>
     </row>
     <row r="36" spans="1:5">
-      <c r="A36" s="203"/>
-[...3 lines deleted...]
-      <c r="E36" s="203"/>
+      <c r="A36" s="204"/>
+      <c r="B36" s="204"/>
+      <c r="C36" s="204"/>
+      <c r="D36" s="204"/>
+      <c r="E36" s="204"/>
     </row>
     <row r="37" spans="1:5">
-      <c r="A37" s="203"/>
-[...3 lines deleted...]
-      <c r="E37" s="203"/>
+      <c r="A37" s="204"/>
+      <c r="B37" s="204"/>
+      <c r="C37" s="204"/>
+      <c r="D37" s="204"/>
+      <c r="E37" s="204"/>
     </row>
     <row r="38" spans="1:5">
-      <c r="A38" s="203"/>
-[...3 lines deleted...]
-      <c r="E38" s="203"/>
+      <c r="A38" s="204"/>
+      <c r="B38" s="204"/>
+      <c r="C38" s="204"/>
+      <c r="D38" s="204"/>
+      <c r="E38" s="204"/>
     </row>
     <row r="39" spans="1:5">
-      <c r="A39" s="203"/>
-[...3 lines deleted...]
-      <c r="E39" s="203"/>
+      <c r="A39" s="204"/>
+      <c r="B39" s="204"/>
+      <c r="C39" s="204"/>
+      <c r="D39" s="204"/>
+      <c r="E39" s="204"/>
     </row>
     <row r="40" spans="1:5">
-      <c r="A40" s="203"/>
-[...3 lines deleted...]
-      <c r="E40" s="203"/>
+      <c r="A40" s="204"/>
+      <c r="B40" s="204"/>
+      <c r="C40" s="204"/>
+      <c r="D40" s="204"/>
+      <c r="E40" s="204"/>
     </row>
     <row r="41" spans="1:5">
-      <c r="A41" s="203"/>
-[...3 lines deleted...]
-      <c r="E41" s="203"/>
+      <c r="A41" s="204"/>
+      <c r="B41" s="204"/>
+      <c r="C41" s="204"/>
+      <c r="D41" s="204"/>
+      <c r="E41" s="204"/>
     </row>
     <row r="42" spans="1:5">
-      <c r="A42" s="203"/>
-[...3 lines deleted...]
-      <c r="E42" s="203"/>
+      <c r="A42" s="204"/>
+      <c r="B42" s="204"/>
+      <c r="C42" s="204"/>
+      <c r="D42" s="204"/>
+      <c r="E42" s="204"/>
     </row>
     <row r="43" spans="1:5">
-      <c r="A43" s="203"/>
-[...3 lines deleted...]
-      <c r="E43" s="203"/>
+      <c r="A43" s="204"/>
+      <c r="B43" s="204"/>
+      <c r="C43" s="204"/>
+      <c r="D43" s="204"/>
+      <c r="E43" s="204"/>
     </row>
     <row r="44" spans="1:5">
-      <c r="A44" s="203"/>
-[...3 lines deleted...]
-      <c r="E44" s="203"/>
+      <c r="A44" s="204"/>
+      <c r="B44" s="204"/>
+      <c r="C44" s="204"/>
+      <c r="D44" s="204"/>
+      <c r="E44" s="204"/>
     </row>
     <row r="45" spans="1:5">
-      <c r="A45" s="203"/>
-[...3 lines deleted...]
-      <c r="E45" s="203"/>
+      <c r="A45" s="204"/>
+      <c r="B45" s="204"/>
+      <c r="C45" s="204"/>
+      <c r="D45" s="204"/>
+      <c r="E45" s="204"/>
     </row>
     <row r="46" spans="1:5">
-      <c r="A46" s="203"/>
-[...3 lines deleted...]
-      <c r="E46" s="203"/>
+      <c r="A46" s="204"/>
+      <c r="B46" s="204"/>
+      <c r="C46" s="204"/>
+      <c r="D46" s="204"/>
+      <c r="E46" s="204"/>
     </row>
     <row r="47" spans="1:5">
-      <c r="A47" s="203"/>
-[...3 lines deleted...]
-      <c r="E47" s="203"/>
+      <c r="A47" s="204"/>
+      <c r="B47" s="204"/>
+      <c r="C47" s="204"/>
+      <c r="D47" s="204"/>
+      <c r="E47" s="204"/>
     </row>
     <row r="48" spans="1:5">
-      <c r="A48" s="203"/>
-[...3 lines deleted...]
-      <c r="E48" s="203"/>
+      <c r="A48" s="204"/>
+      <c r="B48" s="204"/>
+      <c r="C48" s="204"/>
+      <c r="D48" s="204"/>
+      <c r="E48" s="204"/>
     </row>
     <row r="49" spans="1:5">
-      <c r="A49" s="203"/>
-[...3 lines deleted...]
-      <c r="E49" s="203"/>
+      <c r="A49" s="204"/>
+      <c r="B49" s="204"/>
+      <c r="C49" s="204"/>
+      <c r="D49" s="204"/>
+      <c r="E49" s="204"/>
     </row>
     <row r="50" spans="1:5">
-      <c r="A50" s="203"/>
-[...3 lines deleted...]
-      <c r="E50" s="203"/>
+      <c r="A50" s="204"/>
+      <c r="B50" s="204"/>
+      <c r="C50" s="204"/>
+      <c r="D50" s="204"/>
+      <c r="E50" s="204"/>
     </row>
     <row r="51" spans="1:5">
-      <c r="A51" s="203"/>
-[...3 lines deleted...]
-      <c r="E51" s="203"/>
+      <c r="A51" s="204"/>
+      <c r="B51" s="204"/>
+      <c r="C51" s="204"/>
+      <c r="D51" s="204"/>
+      <c r="E51" s="204"/>
     </row>
     <row r="52" spans="1:5">
-      <c r="A52" s="203"/>
-[...3 lines deleted...]
-      <c r="E52" s="203"/>
+      <c r="A52" s="204"/>
+      <c r="B52" s="204"/>
+      <c r="C52" s="204"/>
+      <c r="D52" s="204"/>
+      <c r="E52" s="204"/>
     </row>
     <row r="53" spans="1:5">
-      <c r="A53" s="203"/>
-[...3 lines deleted...]
-      <c r="E53" s="203"/>
+      <c r="A53" s="204"/>
+      <c r="B53" s="204"/>
+      <c r="C53" s="204"/>
+      <c r="D53" s="204"/>
+      <c r="E53" s="204"/>
     </row>
     <row r="54" spans="1:5">
-      <c r="A54" s="203"/>
-[...3 lines deleted...]
-      <c r="E54" s="203"/>
+      <c r="A54" s="204"/>
+      <c r="B54" s="204"/>
+      <c r="C54" s="204"/>
+      <c r="D54" s="204"/>
+      <c r="E54" s="204"/>
     </row>
     <row r="55" spans="1:5">
-      <c r="A55" s="203"/>
-[...3 lines deleted...]
-      <c r="E55" s="203"/>
+      <c r="A55" s="204"/>
+      <c r="B55" s="204"/>
+      <c r="C55" s="204"/>
+      <c r="D55" s="204"/>
+      <c r="E55" s="204"/>
     </row>
     <row r="56" spans="1:5">
-      <c r="A56" s="203"/>
-[...3 lines deleted...]
-      <c r="E56" s="203"/>
+      <c r="A56" s="204"/>
+      <c r="B56" s="204"/>
+      <c r="C56" s="204"/>
+      <c r="D56" s="204"/>
+      <c r="E56" s="204"/>
     </row>
     <row r="57" spans="1:5">
-      <c r="A57" s="203"/>
-[...3 lines deleted...]
-      <c r="E57" s="203"/>
+      <c r="A57" s="204"/>
+      <c r="B57" s="204"/>
+      <c r="C57" s="204"/>
+      <c r="D57" s="204"/>
+      <c r="E57" s="204"/>
     </row>
     <row r="58" spans="1:5">
-      <c r="A58" s="203"/>
-[...3 lines deleted...]
-      <c r="E58" s="203"/>
+      <c r="A58" s="204"/>
+      <c r="B58" s="204"/>
+      <c r="C58" s="204"/>
+      <c r="D58" s="204"/>
+      <c r="E58" s="204"/>
     </row>
     <row r="59" spans="1:5">
-      <c r="A59" s="203"/>
-[...3 lines deleted...]
-      <c r="E59" s="203"/>
+      <c r="A59" s="204"/>
+      <c r="B59" s="204"/>
+      <c r="C59" s="204"/>
+      <c r="D59" s="204"/>
+      <c r="E59" s="204"/>
     </row>
     <row r="60" spans="1:5">
-      <c r="A60" s="203"/>
-[...3 lines deleted...]
-      <c r="E60" s="203"/>
+      <c r="A60" s="204"/>
+      <c r="B60" s="204"/>
+      <c r="C60" s="204"/>
+      <c r="D60" s="204"/>
+      <c r="E60" s="204"/>
     </row>
     <row r="61" spans="1:5">
-      <c r="A61" s="203"/>
-[...3 lines deleted...]
-      <c r="E61" s="203"/>
+      <c r="A61" s="204"/>
+      <c r="B61" s="204"/>
+      <c r="C61" s="204"/>
+      <c r="D61" s="204"/>
+      <c r="E61" s="204"/>
     </row>
     <row r="62" spans="1:5">
-      <c r="A62" s="203"/>
-[...3 lines deleted...]
-      <c r="E62" s="203"/>
+      <c r="A62" s="204"/>
+      <c r="B62" s="204"/>
+      <c r="C62" s="204"/>
+      <c r="D62" s="204"/>
+      <c r="E62" s="204"/>
     </row>
     <row r="63" spans="1:5">
-      <c r="A63" s="203"/>
-[...3 lines deleted...]
-      <c r="E63" s="203"/>
+      <c r="A63" s="204"/>
+      <c r="B63" s="204"/>
+      <c r="C63" s="204"/>
+      <c r="D63" s="204"/>
+      <c r="E63" s="204"/>
     </row>
     <row r="64" spans="1:5">
-      <c r="A64" s="203"/>
-[...3 lines deleted...]
-      <c r="E64" s="203"/>
+      <c r="A64" s="204"/>
+      <c r="B64" s="204"/>
+      <c r="C64" s="204"/>
+      <c r="D64" s="204"/>
+      <c r="E64" s="204"/>
     </row>
     <row r="65" spans="1:5">
-      <c r="A65" s="203"/>
-[...3 lines deleted...]
-      <c r="E65" s="203"/>
+      <c r="A65" s="204"/>
+      <c r="B65" s="204"/>
+      <c r="C65" s="204"/>
+      <c r="D65" s="204"/>
+      <c r="E65" s="204"/>
     </row>
     <row r="66" spans="1:5">
-      <c r="A66" s="203"/>
-[...3 lines deleted...]
-      <c r="E66" s="203"/>
+      <c r="A66" s="204"/>
+      <c r="B66" s="204"/>
+      <c r="C66" s="204"/>
+      <c r="D66" s="204"/>
+      <c r="E66" s="204"/>
     </row>
     <row r="67" spans="1:5">
-      <c r="A67" s="203"/>
-[...3 lines deleted...]
-      <c r="E67" s="203"/>
+      <c r="A67" s="204"/>
+      <c r="B67" s="204"/>
+      <c r="C67" s="204"/>
+      <c r="D67" s="204"/>
+      <c r="E67" s="204"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="E1:I4"/>
     <mergeCell ref="A25:E67"/>
     <mergeCell ref="A4:C5"/>
     <mergeCell ref="A9:C10"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F12" r:id="rId1" display="https://www.govinfo.gov/app/details/FR-2012-05-07/2012-10960" xr:uid="{B9E190D4-A4A1-47A6-A32D-525DC40FE9AD}"/>
     <hyperlink ref="F17" r:id="rId2" display="https://www.federalregister.gov/documents/2009/12/14/E9-29715/peter-xuong-lam-debarment-order" xr:uid="{EA6D6FCC-9FE4-48EA-B4EC-BF6673B2AC24}"/>
     <hyperlink ref="F18" r:id="rId3" display="https://www.govinfo.gov/app/details/FR-2015-02-18/2015-03210" xr:uid="{FE8273CC-8F16-491F-9802-6FA7714984EE}"/>
     <hyperlink ref="F21" r:id="rId4" display="https://www.govinfo.gov/app/details/FR-2012-05-07/2012-10958" xr:uid="{7524B45D-D8FF-41F6-A924-A035C2B22829}"/>
     <hyperlink ref="F13" r:id="rId5" display="https://www.federalregister.gov/documents/2021/07/26/2021-15775/jonathan-doyle-final-debarment-order" xr:uid="{FEDB8E33-7D57-450C-BB65-2D21845920A2}"/>
     <hyperlink ref="F15" r:id="rId6" display="https://www.federalregister.gov/documents/2021/07/28/2021-16045/jacobo-geissler-final-debarment-order" xr:uid="{33E8EA27-C51A-4DCB-A30C-4B6C5A1EC8F9}"/>
     <hyperlink ref="F20" r:id="rId7" xr:uid="{D39346F5-728A-4423-9A68-607502A7E7B8}"/>
     <hyperlink ref="F22" r:id="rId8" display="https://www.federalregister.gov/documents/2021/12/15/2021-27053/jeffrey-a-styron-final-debarment-order" xr:uid="{A18D791E-78E9-463C-996B-4F7308B14C8F}"/>
     <hyperlink ref="F23" r:id="rId9" display="https://www.federalregister.gov/documents/2022/09/23/2022-20710/roy-tuccillo-sr-final-debarment-order" xr:uid="{FE0D217F-5AD7-4295-BA0C-432922F58509}"/>
     <hyperlink ref="F24" r:id="rId10" display="https://www.federalregister.gov/documents/2022/09/23/2022-20709/roy-tuccillo-jr-final-debarment-order" xr:uid="{413586F6-07E3-4F4B-AD6B-65E6AD8A4F6E}"/>
     <hyperlink ref="F14" r:id="rId11" display="https://www.federalregister.gov/documents/2024/11/19/2024-26917/kevin-sheng-hsiang-fang-final-debarment-order" xr:uid="{0B362339-437A-4E41-928E-F52D5A26DF9C}"/>
     <hyperlink ref="E7" r:id="rId12" display="https://www.govinfo.gov/app/details/FR-2025-05-29/2025-09652" xr:uid="{C413B003-9502-4CFB-A5D3-6B5423DBBB06}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId13"/>
 </worksheet>