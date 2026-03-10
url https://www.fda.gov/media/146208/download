--- v0 (2026-02-17)
+++ v1 (2026-03-10)
@@ -4,85 +4,85 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/FDA-Track/Test Docs/FDA-TRACK/CVM/3 - Dataset Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="175" documentId="8_{0F962DDC-3998-4BD3-8758-A1C4E6217E4A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FD544B97-7981-449A-8143-BF9784FA8428}"/>
+  <xr:revisionPtr revIDLastSave="187" documentId="8_{0F962DDC-3998-4BD3-8758-A1C4E6217E4A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1F997A08-1969-435E-801D-C60672791FE8}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="550" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="550" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="6" r:id="rId1"/>
     <sheet name="I. Animal Drug Enforcement" sheetId="7" r:id="rId2"/>
     <sheet name="II. KP GFI #256 Animal Drugs" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="55">
   <si>
     <t>Each worksheet represents a performance measure or key project found on the webpage.</t>
   </si>
   <si>
     <t>Milestone Description</t>
   </si>
   <si>
     <t>Estimated Milestone Start Date</t>
   </si>
   <si>
     <t>Estimated Milestone Completion Date</t>
   </si>
   <si>
     <t>Actual Milestone Start Date</t>
   </si>
   <si>
     <t>Actual Milestone Completion Date</t>
   </si>
   <si>
     <t>Milestone Status</t>
   </si>
   <si>
     <t>This workbook contains information and data associated with the Food and Drug Administration's webpage FDA-TRACK: Center for Veterinary Medicine - Compounded Animal Drugs.</t>
   </si>
   <si>
@@ -166,51 +166,87 @@
   <si>
     <t>Atlas Pharmaceuticals, LLC</t>
   </si>
   <si>
     <t>https://www.fda.gov/inspections-compliance-enforcement-and-criminal-investigations/warning-letters/atlas-pharmaceuticals-llc-564139-09102018</t>
   </si>
   <si>
     <t>I. Compounded Animal Drug Regulatory and Enforcement Actions</t>
   </si>
   <si>
     <t xml:space="preserve">Measure Description: </t>
   </si>
   <si>
     <t>Number of compounded animal drug regulatory and enforcement actions</t>
   </si>
   <si>
     <t>Premier Pharmacy Labs, Inc.</t>
   </si>
   <si>
     <t>https://www.fda.gov/news-events/press-announcements/federal-court-enters-consent-decree-against-florida-compounder-prohibiting-manufacture-and</t>
   </si>
   <si>
     <t>The data provided within this workbook are produced on an ongoing basis for performance management purposes and are subject to change due to updates of preliminary estimates, corrections, or other reasons.</t>
   </si>
   <si>
-    <t>Information is current as of 9/30/2024.</t>
+    <t>Meds For Vets</t>
+  </si>
+  <si>
+    <t>Animal Drug Compounding</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Not posted yet. </t>
+  </si>
+  <si>
+    <t>Boothwyn Pharmacy LLC</t>
+  </si>
+  <si>
+    <t>https://www.fda.gov/media/187140/download?attachment</t>
+  </si>
+  <si>
+    <t>Untitled Letter</t>
+  </si>
+  <si>
+    <t>MixLab TX LLC</t>
+  </si>
+  <si>
+    <t>https://www.fda.gov/media/187137/download?attachment</t>
+  </si>
+  <si>
+    <t>Precision Equine LLC</t>
+  </si>
+  <si>
+    <t>https://www.fda.gov/media/181868/download?attachment</t>
+  </si>
+  <si>
+    <t>Wickliffe LLC</t>
+  </si>
+  <si>
+    <t>https://www.fda.gov/media/179321/download?attachment</t>
+  </si>
+  <si>
+    <t>Information is current as of 12/31/2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -317,91 +353,91 @@
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{1D36FCAB-4D9D-425A-BE27-DB626B4DB3AA}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{FD388979-E20B-4F6F-8574-7CAE2C789128}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -463,51 +499,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -605,105 +641,105 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/inspections-compliance-enforcement-and-criminal-investigations/warning-letters/med-shop-total-care-inc-581309-07302019" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/news-events/press-announcements/federal-court-enters-consent-decree-against-raniers-rx-laboratory-and-owner-manufacturing" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/inspections-compliance-enforcement-and-criminal-investigations/warning-letters/rapid-equine-solutions-llc-595556-06122020" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/news-events/press-announcements/federal-court-enters-consent-decree-against-florida-compounder-prohibiting-manufacture-and" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/inspections-compliance-enforcement-and-criminal-investigations/warning-letters/atlas-pharmaceuticals-llc-564139-09102018" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/media/187137/download?attachment" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/inspections-compliance-enforcement-and-criminal-investigations/warning-letters/med-shop-total-care-inc-581309-07302019" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/media/181868/download?attachment" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/news-events/press-announcements/federal-court-enters-consent-decree-against-raniers-rx-laboratory-and-owner-manufacturing" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/inspections-compliance-enforcement-and-criminal-investigations/warning-letters/rapid-equine-solutions-llc-595556-06122020" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/media/179321/download?attachment" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/news-events/press-announcements/federal-court-enters-consent-decree-against-florida-compounder-prohibiting-manufacture-and" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/inspections-compliance-enforcement-and-criminal-investigations/warning-letters/atlas-pharmaceuticals-llc-564139-09102018" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/media/187140/download?attachment" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:A6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E9C54A8B-F0CF-45F9-B1BC-6DA3398E8C02}">
-  <dimension ref="A1:E9"/>
+  <dimension ref="A1:E14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.28515625" customWidth="1"/>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="42.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.85546875" customWidth="1"/>
     <col min="6" max="9" width="10" bestFit="1" customWidth="1"/>
     <col min="10" max="15" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A1" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="13" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A2" s="10" t="s">
         <v>37</v>
@@ -713,145 +749,234 @@
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A3" s="10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A4" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="10" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A5" s="14">
-[...12 lines deleted...]
-        <v>40</v>
+      <c r="A5" s="11">
+        <v>45884</v>
+      </c>
+      <c r="B5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A6" s="11">
-        <v>43994</v>
+        <v>45817</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="D6" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="E6" s="12" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A7" s="11">
-        <v>43676</v>
+        <v>45782</v>
       </c>
       <c r="B7" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="D7" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="E7" s="12" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A8" s="11">
-        <v>43502</v>
+        <v>45503</v>
       </c>
       <c r="B8" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="E8" s="12" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A9" s="11">
+        <v>45453</v>
+      </c>
+      <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" s="12" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A10" s="14">
+        <v>44456</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" s="16" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A11" s="11">
+        <v>43994</v>
+      </c>
+      <c r="B11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" s="12" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A12" s="11">
+        <v>43676</v>
+      </c>
+      <c r="B12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" t="s">
+        <v>26</v>
+      </c>
+      <c r="E12" s="12" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A13" s="11">
+        <v>43502</v>
+      </c>
+      <c r="B13" t="s">
+        <v>30</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" s="12" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A14" s="11">
         <v>43353</v>
       </c>
-      <c r="B9" t="s">
+      <c r="B14" t="s">
         <v>24</v>
       </c>
-      <c r="C9" t="s">
+      <c r="C14" t="s">
         <v>34</v>
       </c>
-      <c r="D9" t="s">
+      <c r="D14" t="s">
         <v>32</v>
       </c>
-      <c r="E9" s="12" t="s">
+      <c r="E14" s="12" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="E6" r:id="rId1" xr:uid="{FF3EE4AE-2B20-4E32-A2E8-A7E3F533AFD0}"/>
-[...3 lines deleted...]
-    <hyperlink ref="E5" r:id="rId5" xr:uid="{55895543-E71C-4022-9017-74C300CEBB7C}"/>
+    <hyperlink ref="E11" r:id="rId1" xr:uid="{FF3EE4AE-2B20-4E32-A2E8-A7E3F533AFD0}"/>
+    <hyperlink ref="E13" r:id="rId2" xr:uid="{C33000C5-6EF6-4360-97DB-AC55707DE92A}"/>
+    <hyperlink ref="E12" r:id="rId3" xr:uid="{616CD7C3-D731-40A0-B9AB-29E54861B689}"/>
+    <hyperlink ref="E14" r:id="rId4" xr:uid="{500A5059-60E4-47A0-8FA4-2B23427865FA}"/>
+    <hyperlink ref="E10" r:id="rId5" xr:uid="{55895543-E71C-4022-9017-74C300CEBB7C}"/>
+    <hyperlink ref="E9" r:id="rId6" xr:uid="{9949247D-4967-4F6C-845F-DC7A7B119F87}"/>
+    <hyperlink ref="E8" r:id="rId7" xr:uid="{8F600C33-21D6-4C98-A275-5114E1F3A3E5}"/>
+    <hyperlink ref="E7" r:id="rId8" xr:uid="{D8C197A6-0FC1-4285-9A50-2F7FE9BF6384}"/>
+    <hyperlink ref="E6" r:id="rId9" xr:uid="{C265887F-4A25-4C51-B428-AF56D7449E82}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId6"/>
+  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId10"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="61.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="21.140625" style="3" customWidth="1"/>
     <col min="4" max="4" width="20.42578125" style="3" customWidth="1"/>
     <col min="5" max="5" width="14.140625" style="3" customWidth="1"/>
     <col min="6" max="6" width="17.28515625" style="3" customWidth="1"/>
     <col min="7" max="7" width="16" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.28515625" style="3" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>10</v>
@@ -995,52 +1120,73 @@
         <v>44664</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b45bf4bddf659b42558fade6614cced9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c7316665a594fc904e617730886ee03a" ns2:_="" ns3:_="" ns4:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <DateModified xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="20867c8d-1cc9-4acd-a073-94634f6a764f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ac8ff77954c40bf04afd8a3b45c139a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="75731eb5f67757d61a35da63f5a16223" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <xsd:import namespace="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <xsd:import namespace="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:DateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -1240,113 +1386,92 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E59865B6-DCE9-4AF6-9B3D-7FBABB95FAD8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9AD380C7-C30F-4BC6-A6A3-31248539F28F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F9CF430-D60B-4F2E-AFF2-1DFDC86C21C9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="e78928ad-fb76-43d6-980d-fe972d77f48a"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9AD380C7-C30F-4BC6-A6A3-31248539F28F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD01CA2E-FCAA-4777-9412-7AF50F51229A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
+    <ds:schemaRef ds:uri="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
+    <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Introduction</vt:lpstr>
       <vt:lpstr>I. Animal Drug Enforcement</vt:lpstr>
       <vt:lpstr>II. KP GFI #256 Animal Drugs</vt:lpstr>
     </vt:vector>