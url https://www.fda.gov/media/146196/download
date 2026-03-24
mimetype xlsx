--- v0 (2026-02-09)
+++ v1 (2026-03-24)
@@ -7,81 +7,85 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/FDA-Track/Test Docs/FDA-TRACK/User Fee TRACK/BsUFA/3 - Dataset Downloads/FY25/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/FDA-Track/Test Docs/FDA-TRACK/User Fee TRACK/BsUFA/3 - Dataset Downloads/FY26/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="214" documentId="8_{76F017C3-49E3-4F00-8239-662B80FBFDE5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EDB91CBD-0DAC-4094-A9E2-1F64F0261B21}"/>
+  <xr:revisionPtr revIDLastSave="299" documentId="8_{76F017C3-49E3-4F00-8239-662B80FBFDE5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C436E0E7-E98E-4CB2-B208-D9B4C8B3714C}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Meeting Management" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Meeting Management'!$A$1:$O$109</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Meeting Management'!$A$1:$O$163</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I109" i="1" l="1"/>
+  <c r="O79" i="1" l="1"/>
+  <c r="O78" i="1"/>
+  <c r="O77" i="1"/>
+  <c r="I77" i="1"/>
+  <c r="I109" i="1"/>
   <c r="H109" i="1"/>
   <c r="I108" i="1"/>
   <c r="H108" i="1"/>
   <c r="I107" i="1"/>
   <c r="H107" i="1"/>
   <c r="L109" i="1" s="1"/>
   <c r="I106" i="1"/>
   <c r="H106" i="1"/>
   <c r="I105" i="1"/>
   <c r="H105" i="1"/>
   <c r="I104" i="1"/>
   <c r="H104" i="1"/>
   <c r="L104" i="1" s="1"/>
   <c r="I103" i="1"/>
   <c r="H103" i="1"/>
   <c r="I102" i="1"/>
   <c r="H102" i="1"/>
   <c r="I101" i="1"/>
   <c r="H101" i="1"/>
   <c r="L103" i="1" s="1"/>
   <c r="I100" i="1"/>
   <c r="H100" i="1"/>
   <c r="I99" i="1"/>
   <c r="H99" i="1"/>
   <c r="I98" i="1"/>
@@ -104,98 +108,93 @@
   <c r="H90" i="1"/>
   <c r="I89" i="1"/>
   <c r="H89" i="1"/>
   <c r="I88" i="1"/>
   <c r="H88" i="1"/>
   <c r="I87" i="1"/>
   <c r="H87" i="1"/>
   <c r="I86" i="1"/>
   <c r="H86" i="1"/>
   <c r="I85" i="1"/>
   <c r="H85" i="1"/>
   <c r="I84" i="1"/>
   <c r="H84" i="1"/>
   <c r="I83" i="1"/>
   <c r="H83" i="1"/>
   <c r="I82" i="1"/>
   <c r="H82" i="1"/>
   <c r="I81" i="1"/>
   <c r="H81" i="1"/>
   <c r="I80" i="1"/>
   <c r="H80" i="1"/>
   <c r="I79" i="1"/>
   <c r="H79" i="1"/>
   <c r="I78" i="1"/>
   <c r="H78" i="1"/>
-  <c r="I77" i="1"/>
   <c r="H77" i="1"/>
   <c r="I76" i="1"/>
   <c r="H76" i="1"/>
   <c r="I75" i="1"/>
   <c r="H75" i="1"/>
   <c r="I74" i="1"/>
   <c r="H74" i="1"/>
   <c r="I73" i="1"/>
   <c r="H73" i="1"/>
   <c r="I72" i="1"/>
   <c r="H72" i="1"/>
   <c r="I71" i="1"/>
   <c r="H71" i="1"/>
-  <c r="L71" i="1" s="1"/>
   <c r="I70" i="1"/>
   <c r="H70" i="1"/>
   <c r="I69" i="1"/>
   <c r="H69" i="1"/>
   <c r="I68" i="1"/>
   <c r="H68" i="1"/>
   <c r="I67" i="1"/>
   <c r="H67" i="1"/>
   <c r="I66" i="1"/>
   <c r="H66" i="1"/>
   <c r="I65" i="1"/>
   <c r="H65" i="1"/>
-  <c r="L65" i="1" s="1"/>
   <c r="I64" i="1"/>
   <c r="H64" i="1"/>
   <c r="I63" i="1"/>
   <c r="H63" i="1"/>
   <c r="I62" i="1"/>
   <c r="H62" i="1"/>
-  <c r="L64" i="1" s="1"/>
   <c r="I61" i="1"/>
   <c r="H61" i="1"/>
   <c r="I60" i="1"/>
   <c r="H60" i="1"/>
   <c r="I59" i="1"/>
   <c r="H59" i="1"/>
   <c r="I58" i="1"/>
   <c r="H58" i="1"/>
   <c r="I57" i="1"/>
   <c r="H57" i="1"/>
   <c r="I56" i="1"/>
   <c r="H56" i="1"/>
-  <c r="L57" i="1" s="1"/>
   <c r="L55" i="1"/>
   <c r="I55" i="1"/>
   <c r="H55" i="1"/>
   <c r="L54" i="1"/>
   <c r="I54" i="1"/>
   <c r="H54" i="1"/>
   <c r="L53" i="1"/>
   <c r="I53" i="1"/>
   <c r="H53" i="1"/>
   <c r="I52" i="1"/>
   <c r="H52" i="1"/>
   <c r="I51" i="1"/>
   <c r="H51" i="1"/>
   <c r="I50" i="1"/>
   <c r="H50" i="1"/>
   <c r="I49" i="1"/>
   <c r="H49" i="1"/>
   <c r="I48" i="1"/>
   <c r="H48" i="1"/>
   <c r="I47" i="1"/>
   <c r="H47" i="1"/>
   <c r="I46" i="1"/>
   <c r="H46" i="1"/>
   <c r="I45" i="1"/>
   <c r="H45" i="1"/>
@@ -269,51 +268,55 @@
   <c r="H14" i="1"/>
   <c r="I13" i="1"/>
   <c r="H13" i="1"/>
   <c r="I12" i="1"/>
   <c r="H12" i="1"/>
   <c r="I11" i="1"/>
   <c r="H11" i="1"/>
   <c r="I10" i="1"/>
   <c r="H10" i="1"/>
   <c r="I9" i="1"/>
   <c r="H9" i="1"/>
   <c r="I8" i="1"/>
   <c r="H8" i="1"/>
   <c r="I7" i="1"/>
   <c r="H7" i="1"/>
   <c r="I6" i="1"/>
   <c r="H6" i="1"/>
   <c r="I5" i="1"/>
   <c r="H5" i="1"/>
   <c r="I4" i="1"/>
   <c r="H4" i="1"/>
   <c r="I3" i="1"/>
   <c r="H3" i="1"/>
   <c r="I2" i="1"/>
   <c r="H2" i="1"/>
-  <c r="L6" i="1" l="1"/>
+  <c r="L71" i="1" l="1"/>
+  <c r="L65" i="1"/>
+  <c r="L64" i="1"/>
+  <c r="L57" i="1"/>
+  <c r="L6" i="1"/>
   <c r="L3" i="1"/>
   <c r="L7" i="1"/>
   <c r="L9" i="1"/>
   <c r="L15" i="1"/>
   <c r="L33" i="1"/>
   <c r="L42" i="1"/>
   <c r="L47" i="1"/>
   <c r="L89" i="1"/>
   <c r="L100" i="1"/>
   <c r="L105" i="1"/>
   <c r="L95" i="1"/>
   <c r="L106" i="1"/>
   <c r="L45" i="1"/>
   <c r="L66" i="1"/>
   <c r="L52" i="1"/>
   <c r="L61" i="1"/>
   <c r="L56" i="1"/>
   <c r="L72" i="1"/>
   <c r="L67" i="1"/>
   <c r="L28" i="1"/>
   <c r="L73" i="1"/>
   <c r="L5" i="1"/>
   <c r="L34" i="1"/>
   <c r="L58" i="1"/>
   <c r="L18" i="1"/>
@@ -347,51 +350,51 @@
   <c r="L92" i="1"/>
   <c r="L11" i="1"/>
   <c r="L2" i="1"/>
   <c r="L44" i="1"/>
   <c r="L102" i="1"/>
   <c r="L21" i="1"/>
   <c r="L63" i="1"/>
   <c r="L107" i="1"/>
   <c r="L26" i="1"/>
   <c r="L98" i="1"/>
   <c r="L17" i="1"/>
   <c r="L59" i="1"/>
   <c r="L94" i="1"/>
   <c r="L13" i="1"/>
   <c r="L4" i="1"/>
   <c r="L46" i="1"/>
   <c r="L90" i="1"/>
   <c r="L30" i="1"/>
   <c r="L8" i="1"/>
   <c r="L50" i="1"/>
   <c r="L108" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="681" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1083" uniqueCount="100">
   <si>
     <t>Fiscal Year</t>
   </si>
   <si>
     <t>BsUFA Submission Type</t>
   </si>
   <si>
     <t>Goal Name</t>
   </si>
   <si>
     <t>Review Status</t>
   </si>
   <si>
     <t>Total Submissions</t>
   </si>
   <si>
     <t>Goal Timeline</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Percent On Time</t>
   </si>
   <si>
@@ -538,103 +541,166 @@
   <si>
     <t>53 of 59</t>
   </si>
   <si>
     <t>14 of 14</t>
   </si>
   <si>
     <t>0 of 0</t>
   </si>
   <si>
     <t>120 days</t>
   </si>
   <si>
     <t>14 of 16</t>
   </si>
   <si>
     <t>67 of 72</t>
   </si>
   <si>
     <t>5 days</t>
   </si>
   <si>
     <t>55 of 58</t>
   </si>
   <si>
-    <t>28 of 28</t>
-[...1 lines deleted...]
-  <si>
     <t>21 of 21</t>
-  </si>
-[...22 lines deleted...]
-    <t>12 of 19</t>
   </si>
   <si>
     <t>3 of 3</t>
   </si>
   <si>
     <t>13 of 13</t>
   </si>
   <si>
-    <t>46 of 79</t>
+    <t>Will Meet Goal</t>
   </si>
   <si>
-    <t>38 of 53</t>
+    <t>21 Days</t>
   </si>
   <si>
-    <t>1 of 3</t>
+    <t>75 Days</t>
   </si>
   <si>
-    <t>Will Meet Goal</t>
+    <t>14 Days</t>
+  </si>
+  <si>
+    <t>30 Days</t>
+  </si>
+  <si>
+    <t>90 Days</t>
+  </si>
+  <si>
+    <t>60 Days</t>
+  </si>
+  <si>
+    <t>120 Days</t>
+  </si>
+  <si>
+    <t>5 Days</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Currently Meeting, Pending</t>
+  </si>
+  <si>
+    <t>Currently Not Meeting, Pending</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>7 of 7</t>
+  </si>
+  <si>
+    <t>2 of 4</t>
+  </si>
+  <si>
+    <t>3 of 6</t>
+  </si>
+  <si>
+    <t>12 of 12</t>
+  </si>
+  <si>
+    <t>4 of 9</t>
+  </si>
+  <si>
+    <t>11 of 12</t>
+  </si>
+  <si>
+    <t>8 of 9</t>
+  </si>
+  <si>
+    <t>0 of 3</t>
+  </si>
+  <si>
+    <t>0 of 18</t>
+  </si>
+  <si>
+    <t>1 of 8</t>
+  </si>
+  <si>
+    <t>29 of 29</t>
+  </si>
+  <si>
+    <t>22 of 22</t>
+  </si>
+  <si>
+    <t>9 of 9</t>
+  </si>
+  <si>
+    <t>54 of 54</t>
+  </si>
+  <si>
+    <t>27 of 27</t>
+  </si>
+  <si>
+    <t>82 of 82</t>
+  </si>
+  <si>
+    <t>58 of 58</t>
+  </si>
+  <si>
+    <t>4 of 4</t>
+  </si>
+  <si>
+    <t>71 of 79</t>
+  </si>
+  <si>
+    <t>57 of 58</t>
+  </si>
+  <si>
+    <t>25 of 26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -721,50 +787,63 @@
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
@@ -1068,70 +1147,79 @@
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="16" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="42" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="16" fillId="0" borderId="0" xfId="42" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="42" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="42" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="42" applyFont="1" applyFill="1" applyProtection="1"/>
+    <xf numFmtId="1" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="43">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
@@ -1452,51 +1540,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:O109"/>
+  <dimension ref="A1:O163"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="1"/>
     <col min="2" max="2" width="25.7109375" customWidth="1"/>
     <col min="3" max="3" width="46.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.140625" style="7" customWidth="1"/>
     <col min="8" max="8" width="20.7109375" style="8" customWidth="1"/>
     <col min="9" max="9" width="32.85546875" style="4" customWidth="1"/>
     <col min="10" max="10" width="18.140625" style="4" customWidth="1"/>
     <col min="11" max="11" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="26" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="29.42578125" customWidth="1"/>
     <col min="14" max="14" width="11.85546875" customWidth="1"/>
     <col min="15" max="15" width="15.140625" style="4" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
@@ -4944,532 +5032,532 @@
       </c>
       <c r="O55" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>2025</v>
       </c>
       <c r="B56" t="s">
         <v>15</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="9">
         <v>27</v>
       </c>
       <c r="F56" t="s">
         <v>40</v>
       </c>
       <c r="G56" s="10">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H56" s="8">
         <f>IFERROR(E56/(E56+E58),"")</f>
-        <v>0.9642857142857143</v>
+        <v>0.93103448275862066</v>
       </c>
       <c r="I56" s="4">
         <f>IFERROR((E56+E57)/(G56),"")</f>
-        <v>0.9642857142857143</v>
+        <v>0.93103448275862066</v>
       </c>
       <c r="J56" s="4">
         <v>0.9</v>
       </c>
       <c r="K56" t="s">
         <v>16</v>
       </c>
       <c r="L56" t="str">
         <f>IF(K56="Y",IF(AND(E56=0,E57=0,E58=0),"N/A",
 IF(AND(E56=0,E57&gt;0,E58=0),"Currently Meeting, Pending",
 IF(AND(E56&gt;0,E57&gt;0,H56+0.005&gt;=J56),"Currently Meeting, Pending",
 IF(AND(E56&gt;0,E57&gt;=0,E58&gt;=0,H58+0.005&gt;=J58),"Will Meet Goal",
 IF(AND(E56&gt;=0,E57=0,E58&gt;0,I58&lt;J58),"Will Not Meet Goal",
 IF(AND(E56&gt;=0,E57&gt;0,E58&gt;0,H57&lt;J57),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E56=0,E57=0,E58=0),"N/A",
 IF(AND(E56=0,E57&gt;0,E58=0),"Goal Met",
 IF(AND(E56&gt;0,E57&gt;0,H56+0.005&gt;=J56),"Goal Met",
 IF(AND(E56&gt;0,E57&gt;=0,E58&gt;=0,H58+0.005&gt;=J58),"Goal Met",
 IF(AND(E56&gt;=0,E57=0,E58&gt;0,H58&lt;J58),"Goal Not Met",
 IF(AND(E56&gt;=0,E57&gt;0,E58&gt;0,H57&lt;J57),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Meet Goal</v>
       </c>
       <c r="M56" t="s">
-        <v>63</v>
+        <v>89</v>
       </c>
       <c r="N56" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O56" s="4">
-        <v>0.9642857142857143</v>
+        <v>0.93103448275862066</v>
       </c>
     </row>
     <row r="57" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>2025</v>
       </c>
       <c r="B57" t="s">
         <v>15</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>18</v>
       </c>
       <c r="E57" s="9">
         <v>0</v>
       </c>
       <c r="F57" t="s">
         <v>40</v>
       </c>
       <c r="G57" s="10">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H57" s="8">
         <f>IFERROR(E56/(E56+E58),"")</f>
-        <v>0.9642857142857143</v>
+        <v>0.93103448275862066</v>
       </c>
       <c r="I57" s="4">
         <f>IFERROR((E56+E57)/(G56),"")</f>
-        <v>0.9642857142857143</v>
+        <v>0.93103448275862066</v>
       </c>
       <c r="J57" s="4">
         <v>0.9</v>
       </c>
       <c r="K57" t="s">
         <v>16</v>
       </c>
       <c r="L57" t="str">
         <f>IF(K56="Y",IF(AND(E56=0,E57=0,E58=0),"N/A",
 IF(AND(E56=0,E57&gt;0,E58=0),"Currently Meeting, Pending",
 IF(AND(E56&gt;0,E57&gt;0,H56+0.005&gt;=J56),"Currently Meeting, Pending",
 IF(AND(E56&gt;0,E57&gt;=0,E58&gt;=0,H58+0.005&gt;=J58),"Will Meet Goal",
 IF(AND(E56&gt;=0,E57=0,E58&gt;0,I58&lt;J58),"Will Not Meet Goal",
 IF(AND(E56&gt;=0,E57&gt;0,E58&gt;0,H57&lt;J57),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E56=0,E57=0,E58=0),"N/A",
 IF(AND(E56=0,E57&gt;0,E58=0),"Goal Met",
 IF(AND(E56&gt;0,E57&gt;0,H56+0.005&gt;=J56),"Goal Met",
 IF(AND(E56&gt;0,E57&gt;=0,E58&gt;=0,H58+0.005&gt;=J58),"Goal Met",
 IF(AND(E56&gt;=0,E57=0,E58&gt;0,H58&lt;J58),"Goal Not Met",
 IF(AND(E56&gt;=0,E57&gt;0,E58&gt;0,H57&lt;J57),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Meet Goal</v>
       </c>
       <c r="M57" t="s">
-        <v>63</v>
+        <v>89</v>
       </c>
       <c r="N57" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O57" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A58">
         <v>2025</v>
       </c>
       <c r="B58" t="s">
         <v>15</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>19</v>
       </c>
       <c r="E58" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F58" t="s">
         <v>40</v>
       </c>
       <c r="G58" s="10">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H58" s="8">
         <f>IFERROR(E56/(E56+E58),"")</f>
-        <v>0.9642857142857143</v>
+        <v>0.93103448275862066</v>
       </c>
       <c r="I58" s="4">
         <f>IFERROR((E56+E57)/(G56),"")</f>
-        <v>0.9642857142857143</v>
+        <v>0.93103448275862066</v>
       </c>
       <c r="J58" s="4">
         <v>0.9</v>
       </c>
       <c r="K58" t="s">
         <v>16</v>
       </c>
       <c r="L58" t="str">
         <f>IF(K56="Y",IF(AND(E56=0,E57=0,E58=0),"N/A",
 IF(AND(E56=0,E57&gt;0,E58=0),"Currently Meeting, Pending",
 IF(AND(E56&gt;0,E57&gt;0,H56+0.005&gt;=J56),"Currently Meeting, Pending",
 IF(AND(E56&gt;0,E57&gt;=0,E58&gt;=0,H58+0.005&gt;=J58),"Will Meet Goal",
 IF(AND(E56&gt;=0,E57=0,E58&gt;0,I58&lt;J58),"Will Not Meet Goal",
 IF(AND(E56&gt;=0,E57&gt;0,E58&gt;0,H57&lt;J57),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E56=0,E57=0,E58=0),"N/A",
 IF(AND(E56=0,E57&gt;0,E58=0),"Goal Met",
 IF(AND(E56&gt;0,E57&gt;0,H56+0.005&gt;=J56),"Goal Met",
 IF(AND(E56&gt;0,E57&gt;=0,E58&gt;=0,H58+0.005&gt;=J58),"Goal Met",
 IF(AND(E56&gt;=0,E57=0,E58&gt;0,H58&lt;J58),"Goal Not Met",
 IF(AND(E56&gt;=0,E57&gt;0,E58&gt;0,H57&lt;J57),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Meet Goal</v>
       </c>
       <c r="M58" t="s">
-        <v>63</v>
+        <v>89</v>
       </c>
       <c r="N58" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O58" s="4">
-        <v>3.5714285714285712E-2</v>
+        <v>6.8965517241379309E-2</v>
       </c>
     </row>
     <row r="59" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>2025</v>
       </c>
       <c r="B59" t="s">
         <v>15</v>
       </c>
       <c r="C59" t="s">
         <v>24</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="9">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F59" t="s">
         <v>42</v>
       </c>
       <c r="G59" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H59" s="8">
         <f>IFERROR(E59/(E59+E61),"")</f>
-        <v>0.8571428571428571</v>
+        <v>0.86363636363636365</v>
       </c>
       <c r="I59" s="4">
         <f>IFERROR((E59+E60)/(G59),"")</f>
-        <v>0.8571428571428571</v>
+        <v>0.86363636363636365</v>
       </c>
       <c r="J59" s="4">
         <v>0.9</v>
       </c>
       <c r="K59" t="s">
         <v>16</v>
       </c>
       <c r="L59" t="str">
         <f>IF(K59="Y",IF(AND(E59=0,E60=0,E61=0),"N/A",
 IF(AND(E59=0,E60&gt;0,E61=0),"Currently Meeting, Pending",
 IF(AND(E59&gt;0,E60&gt;0,H59+0.005&gt;=J59),"Currently Meeting, Pending",
 IF(AND(E59&gt;0,E60&gt;=0,E61&gt;=0,H61+0.005&gt;=J61),"Will Meet Goal",
 IF(AND(E59&gt;=0,E60=0,E61&gt;0,I61&lt;J61),"Will Not Meet Goal",
 IF(AND(E59&gt;=0,E60&gt;0,E61&gt;0,H60&lt;J60),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E59=0,E60=0,E61=0),"N/A",
 IF(AND(E59=0,E60&gt;0,E61=0),"Goal Met",
 IF(AND(E59&gt;0,E60&gt;0,H59+0.005&gt;=J59),"Goal Met",
 IF(AND(E59&gt;0,E60&gt;=0,E61&gt;=0,H61+0.005&gt;=J61),"Goal Met",
 IF(AND(E59&gt;=0,E60=0,E61&gt;0,H61&lt;J61),"Goal Not Met",
 IF(AND(E59&gt;=0,E60&gt;0,E61&gt;0,H60&lt;J60),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Not Meet Goal</v>
       </c>
       <c r="M59" t="s">
-        <v>64</v>
+        <v>90</v>
       </c>
       <c r="N59" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O59" s="4">
-        <v>0.8571428571428571</v>
+        <v>0.86363636363636365</v>
       </c>
     </row>
     <row r="60" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A60">
         <v>2025</v>
       </c>
       <c r="B60" t="s">
         <v>15</v>
       </c>
       <c r="C60" t="s">
         <v>24</v>
       </c>
       <c r="D60" t="s">
         <v>18</v>
       </c>
       <c r="E60" s="9">
         <v>0</v>
       </c>
       <c r="F60" t="s">
         <v>42</v>
       </c>
       <c r="G60" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H60" s="8">
         <f>IFERROR(E59/(E59+E61),"")</f>
-        <v>0.8571428571428571</v>
+        <v>0.86363636363636365</v>
       </c>
       <c r="I60" s="4">
         <f>IFERROR((E59+E60)/(G59),"")</f>
-        <v>0.8571428571428571</v>
+        <v>0.86363636363636365</v>
       </c>
       <c r="J60" s="4">
         <v>0.9</v>
       </c>
       <c r="K60" t="s">
         <v>16</v>
       </c>
       <c r="L60" t="str">
         <f>IF(K59="Y",IF(AND(E59=0,E60=0,E61=0),"N/A",
 IF(AND(E59=0,E60&gt;0,E61=0),"Currently Meeting, Pending",
 IF(AND(E59&gt;0,E60&gt;0,H59+0.005&gt;=J59),"Currently Meeting, Pending",
 IF(AND(E59&gt;0,E60&gt;=0,E61&gt;=0,H61+0.005&gt;=J61),"Will Meet Goal",
 IF(AND(E59&gt;=0,E60=0,E61&gt;0,I61&lt;J61),"Will Not Meet Goal",
 IF(AND(E59&gt;=0,E60&gt;0,E61&gt;0,H60&lt;J60),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E59=0,E60=0,E61=0),"N/A",
 IF(AND(E59=0,E60&gt;0,E61=0),"Goal Met",
 IF(AND(E59&gt;0,E60&gt;0,H59+0.005&gt;=J59),"Goal Met",
 IF(AND(E59&gt;0,E60&gt;=0,E61&gt;=0,H61+0.005&gt;=J61),"Goal Met",
 IF(AND(E59&gt;=0,E60=0,E61&gt;0,H61&lt;J61),"Goal Not Met",
 IF(AND(E59&gt;=0,E60&gt;0,E61&gt;0,H60&lt;J60),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Not Meet Goal</v>
       </c>
       <c r="M60" t="s">
-        <v>64</v>
+        <v>90</v>
       </c>
       <c r="N60" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O60" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>2025</v>
       </c>
       <c r="B61" t="s">
         <v>15</v>
       </c>
       <c r="C61" t="s">
         <v>24</v>
       </c>
       <c r="D61" t="s">
         <v>19</v>
       </c>
       <c r="E61" s="9">
         <v>3</v>
       </c>
       <c r="F61" t="s">
         <v>42</v>
       </c>
       <c r="G61" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H61" s="8">
         <f>IFERROR(E59/(E59+E61),"")</f>
-        <v>0.8571428571428571</v>
+        <v>0.86363636363636365</v>
       </c>
       <c r="I61" s="4">
         <f>IFERROR((E59+E60)/(G59),"")</f>
-        <v>0.8571428571428571</v>
+        <v>0.86363636363636365</v>
       </c>
       <c r="J61" s="4">
         <v>0.9</v>
       </c>
       <c r="K61" t="s">
         <v>16</v>
       </c>
       <c r="L61" t="str">
         <f>IF(K59="Y",IF(AND(E59=0,E60=0,E61=0),"N/A",
 IF(AND(E59=0,E60&gt;0,E61=0),"Currently Meeting, Pending",
 IF(AND(E59&gt;0,E60&gt;0,H59+0.005&gt;=J59),"Currently Meeting, Pending",
 IF(AND(E59&gt;0,E60&gt;=0,E61&gt;=0,H61+0.005&gt;=J61),"Will Meet Goal",
 IF(AND(E59&gt;=0,E60=0,E61&gt;0,I61&lt;J61),"Will Not Meet Goal",
 IF(AND(E59&gt;=0,E60&gt;0,E61&gt;0,H60&lt;J60),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E59=0,E60=0,E61=0),"N/A",
 IF(AND(E59=0,E60&gt;0,E61=0),"Goal Met",
 IF(AND(E59&gt;0,E60&gt;0,H59+0.005&gt;=J59),"Goal Met",
 IF(AND(E59&gt;0,E60&gt;=0,E61&gt;=0,H61+0.005&gt;=J61),"Goal Met",
 IF(AND(E59&gt;=0,E60=0,E61&gt;0,H61&lt;J61),"Goal Not Met",
 IF(AND(E59&gt;=0,E60&gt;0,E61&gt;0,H60&lt;J60),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Not Meet Goal</v>
       </c>
       <c r="M61" t="s">
-        <v>64</v>
+        <v>90</v>
       </c>
       <c r="N61" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O61" s="4">
-        <v>0.14285714285714285</v>
+        <v>0.13636363636363635</v>
       </c>
     </row>
     <row r="62" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>2025</v>
       </c>
       <c r="B62" t="s">
         <v>15</v>
       </c>
       <c r="C62" t="s">
         <v>31</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="9">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="F62" t="s">
         <v>42</v>
       </c>
       <c r="G62" s="7">
         <v>7</v>
       </c>
       <c r="H62" s="8">
         <f>IFERROR(E62/(E62+E64),"")</f>
         <v>1</v>
       </c>
       <c r="I62" s="4">
         <f>IFERROR((E62+E63)/(G62),"")</f>
         <v>1</v>
       </c>
       <c r="J62" s="4">
         <v>0.9</v>
       </c>
       <c r="K62" t="s">
         <v>16</v>
       </c>
       <c r="L62" t="str">
         <f>IF(K62="Y",IF(AND(E62=0,E63=0,E64=0),"N/A",
 IF(AND(E62=0,E63&gt;0,E64=0),"Currently Meeting, Pending",
 IF(AND(E62&gt;0,E63&gt;0,H62+0.005&gt;=J62),"Currently Meeting, Pending",
 IF(AND(E62&gt;0,E63&gt;=0,E64&gt;=0,H64+0.005&gt;=J64),"Will Meet Goal",
 IF(AND(E62&gt;=0,E63=0,E64&gt;0,I64&lt;J64),"Will Not Meet Goal",
 IF(AND(E62&gt;=0,E63&gt;0,E64&gt;0,H63&lt;J63),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E62=0,E63=0,E64=0),"N/A",
 IF(AND(E62=0,E63&gt;0,E64=0),"Goal Met",
 IF(AND(E62&gt;0,E63&gt;0,H62+0.005&gt;=J62),"Goal Met",
 IF(AND(E62&gt;0,E63&gt;=0,E64&gt;=0,H64+0.005&gt;=J64),"Goal Met",
 IF(AND(E62&gt;=0,E63=0,E64&gt;0,H64&lt;J64),"Goal Not Met",
 IF(AND(E62&gt;=0,E63&gt;0,E64&gt;0,H63&lt;J63),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M62" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="N62" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O62" s="4">
-        <v>0.42857142857142855</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>2025</v>
       </c>
       <c r="B63" t="s">
         <v>15</v>
       </c>
       <c r="C63" t="s">
         <v>31</v>
       </c>
       <c r="D63" t="s">
         <v>18</v>
       </c>
       <c r="E63" s="9">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F63" t="s">
         <v>42</v>
       </c>
       <c r="G63" s="7">
         <v>7</v>
       </c>
       <c r="H63" s="8">
         <f>IFERROR(E62/(E62+E64),"")</f>
         <v>1</v>
       </c>
       <c r="I63" s="4">
         <f>IFERROR((E62+E63)/(G62),"")</f>
         <v>1</v>
       </c>
       <c r="J63" s="4">
         <v>0.9</v>
       </c>
       <c r="K63" t="s">
         <v>16</v>
       </c>
       <c r="L63" t="str">
         <f>IF(K62="Y",IF(AND(E62=0,E63=0,E64=0),"N/A",
 IF(AND(E62=0,E63&gt;0,E64=0),"Currently Meeting, Pending",
 IF(AND(E62&gt;0,E63&gt;0,H62+0.005&gt;=J62),"Currently Meeting, Pending",
 IF(AND(E62&gt;0,E63&gt;=0,E64&gt;=0,H64+0.005&gt;=J64),"Will Meet Goal",
 IF(AND(E62&gt;=0,E63=0,E64&gt;0,I64&lt;J64),"Will Not Meet Goal",
 IF(AND(E62&gt;=0,E63&gt;0,E64&gt;0,H63&lt;J63),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E62=0,E63=0,E64=0),"N/A",
 IF(AND(E62=0,E63&gt;0,E64=0),"Goal Met",
 IF(AND(E62&gt;0,E63&gt;0,H62+0.005&gt;=J62),"Goal Met",
 IF(AND(E62&gt;0,E63&gt;=0,E64&gt;=0,H64+0.005&gt;=J64),"Goal Met",
 IF(AND(E62&gt;=0,E63=0,E64&gt;0,H64&lt;J64),"Goal Not Met",
 IF(AND(E62&gt;=0,E63&gt;0,E64&gt;0,H63&lt;J63),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M63" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="N63" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O63" s="4">
-        <v>0.5714285714285714</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A64">
         <v>2025</v>
       </c>
       <c r="B64" t="s">
         <v>15</v>
       </c>
       <c r="C64" t="s">
         <v>31</v>
       </c>
       <c r="D64" t="s">
         <v>19</v>
       </c>
       <c r="E64" s="9">
         <v>0</v>
       </c>
       <c r="F64" t="s">
         <v>42</v>
       </c>
       <c r="G64" s="7">
         <v>7</v>
       </c>
       <c r="H64" s="8">
@@ -5479,1695 +5567,1698 @@
       <c r="I64" s="4">
         <f>IFERROR((E62+E63)/(G62),"")</f>
         <v>1</v>
       </c>
       <c r="J64" s="4">
         <v>0.9</v>
       </c>
       <c r="K64" t="s">
         <v>16</v>
       </c>
       <c r="L64" t="str">
         <f>IF(K62="Y",IF(AND(E62=0,E63=0,E64=0),"N/A",
 IF(AND(E62=0,E63&gt;0,E64=0),"Currently Meeting, Pending",
 IF(AND(E62&gt;0,E63&gt;0,H62+0.005&gt;=J62),"Currently Meeting, Pending",
 IF(AND(E62&gt;0,E63&gt;=0,E64&gt;=0,H64+0.005&gt;=J64),"Will Meet Goal",
 IF(AND(E62&gt;=0,E63=0,E64&gt;0,I64&lt;J64),"Will Not Meet Goal",
 IF(AND(E62&gt;=0,E63&gt;0,E64&gt;0,H63&lt;J63),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E62=0,E63=0,E64=0),"N/A",
 IF(AND(E62=0,E63&gt;0,E64=0),"Goal Met",
 IF(AND(E62&gt;0,E63&gt;0,H62+0.005&gt;=J62),"Goal Met",
 IF(AND(E62&gt;0,E63&gt;=0,E64&gt;=0,H64+0.005&gt;=J64),"Goal Met",
 IF(AND(E62&gt;=0,E63=0,E64&gt;0,H64&lt;J64),"Goal Not Met",
 IF(AND(E62&gt;=0,E63&gt;0,E64&gt;0,H63&lt;J63),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M64" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="N64" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O64" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A65">
         <v>2025</v>
       </c>
       <c r="B65" t="s">
         <v>15</v>
       </c>
       <c r="C65" t="s">
         <v>21</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="9">
         <v>9</v>
       </c>
       <c r="F65" t="s">
         <v>45</v>
       </c>
       <c r="G65" s="10">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="H65" s="8">
         <f>IFERROR(E65/(E65+E67),"")</f>
         <v>1</v>
       </c>
       <c r="I65" s="4">
         <f>IFERROR((E65+E66)/(G65),"")</f>
         <v>1</v>
       </c>
       <c r="J65" s="4">
         <v>0.9</v>
       </c>
       <c r="K65" t="s">
         <v>16</v>
       </c>
       <c r="L65" t="str">
         <f>IF(K65="Y",IF(AND(E65=0,E66=0,E67=0),"N/A",
 IF(AND(E65=0,E66&gt;0,E67=0),"Currently Meeting, Pending",
 IF(AND(E65&gt;0,E66&gt;0,H65+0.005&gt;=J65),"Currently Meeting, Pending",
 IF(AND(E65&gt;0,E66&gt;=0,E67&gt;=0,H67+0.005&gt;=J67),"Will Meet Goal",
 IF(AND(E65&gt;=0,E66=0,E67&gt;0,I67&lt;J67),"Will Not Meet Goal",
 IF(AND(E65&gt;=0,E66&gt;0,E67&gt;0,H66&lt;J66),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E65=0,E66=0,E67=0),"N/A",
 IF(AND(E65=0,E66&gt;0,E67=0),"Goal Met",
 IF(AND(E65&gt;0,E66&gt;0,H65+0.005&gt;=J65),"Goal Met",
 IF(AND(E65&gt;0,E66&gt;=0,E67&gt;=0,H67+0.005&gt;=J67),"Goal Met",
 IF(AND(E65&gt;=0,E66=0,E67&gt;0,H67&lt;J67),"Goal Not Met",
 IF(AND(E65&gt;=0,E66&gt;0,E67&gt;0,H66&lt;J66),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M65" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="N65" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O65" s="4">
-        <v>0.69230769230769229</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A66">
         <v>2025</v>
       </c>
       <c r="B66" t="s">
         <v>15</v>
       </c>
       <c r="C66" t="s">
         <v>21</v>
       </c>
       <c r="D66" t="s">
         <v>18</v>
       </c>
       <c r="E66" s="9">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F66" t="s">
         <v>45</v>
       </c>
       <c r="G66" s="10">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="H66" s="8">
         <f>IFERROR(E65/(E65+E67),"")</f>
         <v>1</v>
       </c>
       <c r="I66" s="4">
         <f>IFERROR((E65+E66)/(G65),"")</f>
         <v>1</v>
       </c>
       <c r="J66" s="4">
         <v>0.9</v>
       </c>
       <c r="K66" t="s">
         <v>16</v>
       </c>
       <c r="L66" t="str">
         <f>IF(K65="Y",IF(AND(E65=0,E66=0,E67=0),"N/A",
 IF(AND(E65=0,E66&gt;0,E67=0),"Currently Meeting, Pending",
 IF(AND(E65&gt;0,E66&gt;0,H65+0.005&gt;=J65),"Currently Meeting, Pending",
 IF(AND(E65&gt;0,E66&gt;=0,E67&gt;=0,H67+0.005&gt;=J67),"Will Meet Goal",
 IF(AND(E65&gt;=0,E66=0,E67&gt;0,I67&lt;J67),"Will Not Meet Goal",
 IF(AND(E65&gt;=0,E66&gt;0,E67&gt;0,H66&lt;J66),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E65=0,E66=0,E67=0),"N/A",
 IF(AND(E65=0,E66&gt;0,E67=0),"Goal Met",
 IF(AND(E65&gt;0,E66&gt;0,H65+0.005&gt;=J65),"Goal Met",
 IF(AND(E65&gt;0,E66&gt;=0,E67&gt;=0,H67+0.005&gt;=J67),"Goal Met",
 IF(AND(E65&gt;=0,E66=0,E67&gt;0,H67&lt;J67),"Goal Not Met",
 IF(AND(E65&gt;=0,E66&gt;0,E67&gt;0,H66&lt;J66),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M66" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="N66" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O66" s="4">
-        <v>0.30769230769230771</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>2025</v>
       </c>
       <c r="B67" t="s">
         <v>15</v>
       </c>
       <c r="C67" t="s">
         <v>21</v>
       </c>
       <c r="D67" t="s">
         <v>19</v>
       </c>
       <c r="E67" s="9">
         <v>0</v>
       </c>
       <c r="F67" t="s">
         <v>45</v>
       </c>
       <c r="G67" s="10">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="H67" s="8">
         <f>IFERROR(E65/(E65+E67),"")</f>
         <v>1</v>
       </c>
       <c r="I67" s="4">
         <f>IFERROR((E65+E66)/(G65),"")</f>
         <v>1</v>
       </c>
       <c r="J67" s="4">
         <v>0.9</v>
       </c>
       <c r="K67" t="s">
         <v>16</v>
       </c>
       <c r="L67" t="str">
         <f>IF(K65="Y",IF(AND(E65=0,E66=0,E67=0),"N/A",
 IF(AND(E65=0,E66&gt;0,E67=0),"Currently Meeting, Pending",
 IF(AND(E65&gt;0,E66&gt;0,H65+0.005&gt;=J65),"Currently Meeting, Pending",
 IF(AND(E65&gt;0,E66&gt;=0,E67&gt;=0,H67+0.005&gt;=J67),"Will Meet Goal",
 IF(AND(E65&gt;=0,E66=0,E67&gt;0,I67&lt;J67),"Will Not Meet Goal",
 IF(AND(E65&gt;=0,E66&gt;0,E67&gt;0,H66&lt;J66),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E65=0,E66=0,E67=0),"N/A",
 IF(AND(E65=0,E66&gt;0,E67=0),"Goal Met",
 IF(AND(E65&gt;0,E66&gt;0,H65+0.005&gt;=J65),"Goal Met",
 IF(AND(E65&gt;0,E66&gt;=0,E67&gt;=0,H67+0.005&gt;=J67),"Goal Met",
 IF(AND(E65&gt;=0,E66=0,E67&gt;0,H67&lt;J67),"Goal Not Met",
 IF(AND(E65&gt;=0,E66&gt;0,E67&gt;0,H66&lt;J66),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M67" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="N67" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O67" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>2025</v>
       </c>
       <c r="B68" t="s">
         <v>15</v>
       </c>
       <c r="C68" t="s">
         <v>25</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="9">
         <v>7</v>
       </c>
       <c r="F68" t="s">
         <v>47</v>
       </c>
       <c r="G68" s="10">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="H68" s="8">
         <f>IFERROR(E68/(E68+E70),"")</f>
         <v>0.77777777777777779</v>
       </c>
       <c r="I68" s="4">
         <f>IFERROR((E68+E69)/(G68),"")</f>
-        <v>0.84615384615384615</v>
+        <v>0.77777777777777779</v>
       </c>
       <c r="J68" s="4">
         <v>0.9</v>
       </c>
       <c r="K68" t="s">
         <v>16</v>
       </c>
       <c r="L68" t="s">
         <v>17</v>
       </c>
       <c r="M68" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="N68" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O68" s="4">
-        <v>0.53846153846153844</v>
+        <v>0.77777777777777779</v>
       </c>
     </row>
     <row r="69" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A69">
         <v>2025</v>
       </c>
       <c r="B69" t="s">
         <v>15</v>
       </c>
       <c r="C69" t="s">
         <v>25</v>
       </c>
       <c r="D69" t="s">
         <v>18</v>
       </c>
       <c r="E69" s="9">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F69" t="s">
         <v>47</v>
       </c>
       <c r="G69" s="10">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="H69" s="8">
         <f>IFERROR(E68/(E68+E70),"")</f>
         <v>0.77777777777777779</v>
       </c>
       <c r="I69" s="4">
         <f>IFERROR((E68+E69)/(G68),"")</f>
-        <v>0.84615384615384615</v>
+        <v>0.77777777777777779</v>
       </c>
       <c r="J69" s="4">
         <v>0.9</v>
       </c>
       <c r="K69" t="s">
         <v>16</v>
       </c>
       <c r="L69" t="s">
         <v>17</v>
       </c>
       <c r="M69" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="N69" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O69" s="4">
-        <v>0.30769230769230771</v>
+        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A70">
         <v>2025</v>
       </c>
       <c r="B70" t="s">
         <v>15</v>
       </c>
       <c r="C70" t="s">
         <v>25</v>
       </c>
       <c r="D70" t="s">
         <v>19</v>
       </c>
       <c r="E70" s="9">
         <v>2</v>
       </c>
       <c r="F70" t="s">
         <v>47</v>
       </c>
       <c r="G70" s="10">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="H70" s="8">
         <f>IFERROR(E68/(E68+E70),"")</f>
         <v>0.77777777777777779</v>
       </c>
       <c r="I70" s="4">
         <f>IFERROR((E68+E69)/(G68),"")</f>
-        <v>0.84615384615384615</v>
+        <v>0.77777777777777779</v>
       </c>
       <c r="J70" s="4">
         <v>0.9</v>
       </c>
       <c r="K70" t="s">
         <v>16</v>
       </c>
       <c r="L70" t="s">
         <v>17</v>
       </c>
       <c r="M70" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="N70" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O70" s="4">
-        <v>0.15384615384615385</v>
+        <v>0.22222222222222221</v>
       </c>
     </row>
     <row r="71" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A71">
         <v>2025</v>
       </c>
       <c r="B71" t="s">
         <v>15</v>
       </c>
       <c r="C71" t="s">
         <v>32</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="9">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F71" t="s">
         <v>40</v>
       </c>
       <c r="G71" s="10">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H71" s="8">
         <f>IFERROR(E71/(E71+E73),"")</f>
-        <v>0.90196078431372551</v>
+        <v>0.90740740740740744</v>
       </c>
       <c r="I71" s="4">
         <f>IFERROR((E71+E72)/(G71),"")</f>
-        <v>0.90566037735849059</v>
+        <v>0.90740740740740744</v>
       </c>
       <c r="J71" s="4">
         <v>0.9</v>
       </c>
       <c r="K71" t="s">
         <v>16</v>
       </c>
       <c r="L71" t="str">
         <f>IF(K71="Y",IF(AND(E71=0,E72=0,E73=0),"N/A",
 IF(AND(E71=0,E72&gt;0,E73=0),"Currently Meeting, Pending",
 IF(AND(E71&gt;0,E72&gt;0,H71+0.005&gt;=J71),"Currently Meeting, Pending",
 IF(AND(E71&gt;0,E72&gt;=0,E73&gt;=0,H73+0.005&gt;=J73),"Will Meet Goal",
 IF(AND(E71&gt;=0,E72=0,E73&gt;0,I73&lt;J73),"Will Not Meet Goal",
 IF(AND(E71&gt;=0,E72&gt;0,E73&gt;0,H72&lt;J72),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E71=0,E72=0,E73=0),"N/A",
 IF(AND(E71=0,E72&gt;0,E73=0),"Goal Met",
 IF(AND(E71&gt;0,E72&gt;0,H71+0.005&gt;=J71),"Goal Met",
 IF(AND(E71&gt;0,E72&gt;=0,E73&gt;=0,H73+0.005&gt;=J73),"Goal Met",
 IF(AND(E71&gt;=0,E72=0,E73&gt;0,H73&lt;J73),"Goal Not Met",
 IF(AND(E71&gt;=0,E72&gt;0,E73&gt;0,H72&lt;J72),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M71" t="s">
-        <v>67</v>
+        <v>92</v>
       </c>
       <c r="N71" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O71" s="4">
-        <v>0.86792452830188682</v>
+        <v>0.90740740740740744</v>
       </c>
     </row>
     <row r="72" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A72">
         <v>2025</v>
       </c>
       <c r="B72" t="s">
         <v>15</v>
       </c>
       <c r="C72" t="s">
         <v>32</v>
       </c>
       <c r="D72" t="s">
         <v>18</v>
       </c>
       <c r="E72" s="9">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F72" t="s">
         <v>40</v>
       </c>
       <c r="G72" s="10">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H72" s="8">
         <f>IFERROR(E71/(E71+E73),"")</f>
-        <v>0.90196078431372551</v>
+        <v>0.90740740740740744</v>
       </c>
       <c r="I72" s="4">
         <f>IFERROR((E71+E72)/(G71),"")</f>
-        <v>0.90566037735849059</v>
+        <v>0.90740740740740744</v>
       </c>
       <c r="J72" s="4">
         <v>0.9</v>
       </c>
       <c r="K72" t="s">
         <v>16</v>
       </c>
       <c r="L72" t="str">
         <f>IF(K71="Y",IF(AND(E71=0,E72=0,E73=0),"N/A",
 IF(AND(E71=0,E72&gt;0,E73=0),"Currently Meeting, Pending",
 IF(AND(E71&gt;0,E72&gt;0,H71+0.005&gt;=J71),"Currently Meeting, Pending",
 IF(AND(E71&gt;0,E72&gt;=0,E73&gt;=0,H73+0.005&gt;=J73),"Will Meet Goal",
 IF(AND(E71&gt;=0,E72=0,E73&gt;0,I73&lt;J73),"Will Not Meet Goal",
 IF(AND(E71&gt;=0,E72&gt;0,E73&gt;0,H72&lt;J72),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E71=0,E72=0,E73=0),"N/A",
 IF(AND(E71=0,E72&gt;0,E73=0),"Goal Met",
 IF(AND(E71&gt;0,E72&gt;0,H71+0.005&gt;=J71),"Goal Met",
 IF(AND(E71&gt;0,E72&gt;=0,E73&gt;=0,H73+0.005&gt;=J73),"Goal Met",
 IF(AND(E71&gt;=0,E72=0,E73&gt;0,H73&lt;J73),"Goal Not Met",
 IF(AND(E71&gt;=0,E72&gt;0,E73&gt;0,H72&lt;J72),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M72" t="s">
-        <v>67</v>
+        <v>92</v>
       </c>
       <c r="N72" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O72" s="4">
-        <v>3.7735849056603772E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A73">
         <v>2025</v>
       </c>
       <c r="B73" t="s">
         <v>15</v>
       </c>
       <c r="C73" t="s">
         <v>32</v>
       </c>
       <c r="D73" t="s">
         <v>19</v>
       </c>
       <c r="E73" s="9">
         <v>5</v>
       </c>
       <c r="F73" t="s">
         <v>40</v>
       </c>
       <c r="G73" s="10">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H73" s="8">
         <f>IFERROR(E71/(E71+E73),"")</f>
-        <v>0.90196078431372551</v>
+        <v>0.90740740740740744</v>
       </c>
       <c r="I73" s="4">
         <f>IFERROR((E71+E72)/(G71),"")</f>
-        <v>0.90566037735849059</v>
+        <v>0.90740740740740744</v>
       </c>
       <c r="J73" s="4">
         <v>0.9</v>
       </c>
       <c r="K73" t="s">
         <v>16</v>
       </c>
       <c r="L73" t="str">
         <f>IF(K71="Y",IF(AND(E71=0,E72=0,E73=0),"N/A",
 IF(AND(E71=0,E72&gt;0,E73=0),"Currently Meeting, Pending",
 IF(AND(E71&gt;0,E72&gt;0,H71+0.005&gt;=J71),"Currently Meeting, Pending",
 IF(AND(E71&gt;0,E72&gt;=0,E73&gt;=0,H73+0.005&gt;=J73),"Will Meet Goal",
 IF(AND(E71&gt;=0,E72=0,E73&gt;0,I73&lt;J73),"Will Not Meet Goal",
 IF(AND(E71&gt;=0,E72&gt;0,E73&gt;0,H72&lt;J72),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E71=0,E72=0,E73=0),"N/A",
 IF(AND(E71=0,E72&gt;0,E73=0),"Goal Met",
 IF(AND(E71&gt;0,E72&gt;0,H71+0.005&gt;=J71),"Goal Met",
 IF(AND(E71&gt;0,E72&gt;=0,E73&gt;=0,H73+0.005&gt;=J73),"Goal Met",
 IF(AND(E71&gt;=0,E72=0,E73&gt;0,H73&lt;J73),"Goal Not Met",
 IF(AND(E71&gt;=0,E72&gt;0,E73&gt;0,H72&lt;J72),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M73" t="s">
-        <v>67</v>
+        <v>92</v>
       </c>
       <c r="N73" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O73" s="4">
-        <v>9.4339622641509441E-2</v>
+        <v>9.2592592592592587E-2</v>
       </c>
     </row>
     <row r="74" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>2025</v>
       </c>
       <c r="B74" t="s">
         <v>15</v>
       </c>
       <c r="C74" t="s">
         <v>33</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="9">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F74" t="s">
         <v>50</v>
       </c>
       <c r="G74" s="10">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H74" s="8">
         <f>IFERROR(E74/(E74+E76),"")</f>
-        <v>0.95833333333333337</v>
+        <v>0.92592592592592593</v>
       </c>
       <c r="I74" s="4">
         <f>IFERROR((E74+E75)/(G74),"")</f>
-        <v>0.96153846153846156</v>
+        <v>0.92592592592592593</v>
       </c>
       <c r="J74" s="4">
         <v>0.7</v>
       </c>
       <c r="K74" t="s">
         <v>16</v>
       </c>
       <c r="L74" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="M74" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="N74" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O74" s="4">
-        <v>0.88461538461538458</v>
+        <v>0.92592592592592593</v>
       </c>
     </row>
     <row r="75" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A75">
         <v>2025</v>
       </c>
       <c r="B75" t="s">
         <v>15</v>
       </c>
       <c r="C75" t="s">
         <v>33</v>
       </c>
       <c r="D75" t="s">
         <v>18</v>
       </c>
       <c r="E75" s="9">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F75" t="s">
         <v>50</v>
       </c>
       <c r="G75" s="10">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H75" s="8">
         <f>IFERROR(E74/(E74+E76),"")</f>
-        <v>0.95833333333333337</v>
+        <v>0.92592592592592593</v>
       </c>
       <c r="I75" s="4">
         <f>IFERROR((E74+E75)/(G74),"")</f>
-        <v>0.96153846153846156</v>
+        <v>0.92592592592592593</v>
       </c>
       <c r="J75" s="4">
         <v>0.7</v>
       </c>
       <c r="K75" t="s">
         <v>16</v>
       </c>
       <c r="L75" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="M75" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="N75" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O75" s="4">
-        <v>7.6923076923076927E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A76">
         <v>2025</v>
       </c>
       <c r="B76" t="s">
         <v>15</v>
       </c>
       <c r="C76" t="s">
         <v>33</v>
       </c>
       <c r="D76" t="s">
         <v>19</v>
       </c>
       <c r="E76" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F76" t="s">
         <v>50</v>
       </c>
       <c r="G76" s="10">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H76" s="8">
         <f>IFERROR(E74/(E74+E76),"")</f>
-        <v>0.95833333333333337</v>
+        <v>0.92592592592592593</v>
       </c>
       <c r="I76" s="4">
         <f>IFERROR((E74+E75)/(G74),"")</f>
-        <v>0.96153846153846156</v>
+        <v>0.92592592592592593</v>
       </c>
       <c r="J76" s="4">
         <v>0.7</v>
       </c>
       <c r="K76" t="s">
         <v>16</v>
       </c>
       <c r="L76" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="M76" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="N76" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O76" s="4">
-        <v>3.8461538461538464E-2</v>
+        <v>7.407407407407407E-2</v>
       </c>
     </row>
     <row r="77" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A77">
         <v>2025</v>
       </c>
       <c r="B77" t="s">
         <v>15</v>
       </c>
       <c r="C77" t="s">
         <v>34</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="9">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F77" t="s">
         <v>50</v>
       </c>
       <c r="G77" s="10">
         <v>26</v>
       </c>
       <c r="H77" s="8">
         <f>IFERROR(E77/(E77+E79),"")</f>
-        <v>0.96</v>
+        <v>1</v>
       </c>
       <c r="I77" s="4">
         <f>IFERROR((E77+E78)/(G77),"")</f>
-        <v>0.96153846153846156</v>
+        <v>1</v>
       </c>
       <c r="J77" s="4">
         <v>0.7</v>
       </c>
       <c r="K77" t="s">
         <v>16</v>
       </c>
       <c r="L77" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="M77" t="s">
-        <v>69</v>
+        <v>99</v>
       </c>
       <c r="N77" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O77" s="4">
-        <v>0.92307692307692313</v>
+        <f>E77/G77</f>
+        <v>0.96153846153846156</v>
       </c>
     </row>
     <row r="78" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A78">
         <v>2025</v>
       </c>
       <c r="B78" t="s">
         <v>15</v>
       </c>
       <c r="C78" t="s">
         <v>34</v>
       </c>
       <c r="D78" t="s">
         <v>18</v>
       </c>
       <c r="E78" s="9">
         <v>1</v>
       </c>
       <c r="F78" t="s">
         <v>50</v>
       </c>
       <c r="G78" s="10">
         <v>26</v>
       </c>
       <c r="H78" s="8">
         <f>IFERROR(E77/(E77+E79),"")</f>
-        <v>0.96</v>
+        <v>1</v>
       </c>
       <c r="I78" s="4">
         <f>IFERROR((E77+E78)/(G77),"")</f>
-        <v>0.96153846153846156</v>
+        <v>1</v>
       </c>
       <c r="J78" s="4">
         <v>0.7</v>
       </c>
       <c r="K78" t="s">
         <v>16</v>
       </c>
       <c r="L78" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="M78" t="s">
-        <v>69</v>
+        <v>99</v>
       </c>
       <c r="N78" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O78" s="4">
+        <f>E78/G78</f>
         <v>3.8461538461538464E-2</v>
       </c>
     </row>
     <row r="79" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A79">
         <v>2025</v>
       </c>
       <c r="B79" t="s">
         <v>15</v>
       </c>
       <c r="C79" t="s">
         <v>34</v>
       </c>
       <c r="D79" t="s">
         <v>19</v>
       </c>
       <c r="E79" s="9">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F79" t="s">
         <v>50</v>
       </c>
       <c r="G79" s="10">
         <v>26</v>
       </c>
       <c r="H79" s="8">
         <f>IFERROR(E77/(E77+E79),"")</f>
-        <v>0.96</v>
+        <v>1</v>
       </c>
       <c r="I79" s="4">
         <f>IFERROR((E77+E78)/(G77),"")</f>
-        <v>0.96153846153846156</v>
+        <v>1</v>
       </c>
       <c r="J79" s="4">
         <v>0.7</v>
       </c>
       <c r="K79" t="s">
         <v>16</v>
       </c>
       <c r="L79" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="M79" t="s">
-        <v>69</v>
+        <v>99</v>
       </c>
       <c r="N79" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O79" s="4">
-        <v>3.8461538461538464E-2</v>
+        <f>E79/G79</f>
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A80">
         <v>2025</v>
       </c>
       <c r="B80" t="s">
         <v>15</v>
       </c>
       <c r="C80" t="s">
         <v>35</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="9">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F80" t="s">
         <v>40</v>
       </c>
       <c r="G80" s="10">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="H80" s="8">
         <f>IFERROR(E80/(E80+E82),"")</f>
-        <v>0.96</v>
+        <v>0.90243902439024393</v>
       </c>
       <c r="I80" s="4">
         <f>IFERROR((E80+E81)/(G80),"")</f>
-        <v>0.96052631578947367</v>
+        <v>0.90243902439024393</v>
       </c>
       <c r="J80" s="4">
         <v>0.9</v>
       </c>
       <c r="K80" t="s">
         <v>16</v>
       </c>
       <c r="L80" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="M80" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="N80" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O80" s="4">
-        <v>0.94736842105263153</v>
+        <v>0.90243902439024393</v>
       </c>
     </row>
     <row r="81" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A81">
         <v>2025</v>
       </c>
       <c r="B81" t="s">
         <v>15</v>
       </c>
       <c r="C81" t="s">
         <v>35</v>
       </c>
       <c r="D81" t="s">
         <v>18</v>
       </c>
       <c r="E81" s="9">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F81" t="s">
         <v>40</v>
       </c>
       <c r="G81" s="10">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="H81" s="8">
         <f>IFERROR(E80/(E80+E82),"")</f>
-        <v>0.96</v>
+        <v>0.90243902439024393</v>
       </c>
       <c r="I81" s="4">
         <f>IFERROR((E80+E81)/(G80),"")</f>
-        <v>0.96052631578947367</v>
+        <v>0.90243902439024393</v>
       </c>
       <c r="J81" s="4">
         <v>0.9</v>
       </c>
       <c r="K81" t="s">
         <v>16</v>
       </c>
       <c r="L81" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="M81" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="N81" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O81" s="4">
-        <v>1.3157894736842105E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A82">
         <v>2025</v>
       </c>
       <c r="B82" t="s">
         <v>15</v>
       </c>
       <c r="C82" t="s">
         <v>35</v>
       </c>
       <c r="D82" t="s">
         <v>19</v>
       </c>
       <c r="E82" s="9">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F82" t="s">
         <v>40</v>
       </c>
       <c r="G82" s="10">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="H82" s="8">
         <f>IFERROR(E80/(E80+E82),"")</f>
-        <v>0.96</v>
+        <v>0.90243902439024393</v>
       </c>
       <c r="I82" s="4">
         <f>IFERROR((E80+E81)/(G80),"")</f>
-        <v>0.96052631578947367</v>
+        <v>0.90243902439024393</v>
       </c>
       <c r="J82" s="4">
         <v>0.9</v>
       </c>
       <c r="K82" t="s">
         <v>16</v>
       </c>
       <c r="L82" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="M82" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="N82" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O82" s="4">
-        <v>3.9473684210526314E-2</v>
+        <v>9.7560975609756101E-2</v>
       </c>
     </row>
     <row r="83" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A83">
         <v>2025</v>
       </c>
       <c r="B83" t="s">
         <v>15</v>
       </c>
       <c r="C83" t="s">
         <v>36</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="9">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="F83" t="s">
         <v>54</v>
       </c>
       <c r="G83" s="10">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H83" s="8">
         <f>IFERROR(E83/(E83+E85),"")</f>
-        <v>0.92452830188679247</v>
+        <v>0.91379310344827591</v>
       </c>
       <c r="I83" s="4">
         <f>IFERROR((E83+E84)/(G83),"")</f>
-        <v>0.92592592592592593</v>
+        <v>0.91379310344827591</v>
       </c>
       <c r="J83" s="4">
         <v>0.9</v>
       </c>
       <c r="K83" t="s">
         <v>16</v>
       </c>
       <c r="L83" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="M83" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="N83" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O83" s="4">
-        <v>0.90740740740740744</v>
+        <v>0.91379310344827591</v>
       </c>
     </row>
     <row r="84" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A84">
         <v>2025</v>
       </c>
       <c r="B84" t="s">
         <v>15</v>
       </c>
       <c r="C84" t="s">
         <v>36</v>
       </c>
       <c r="D84" t="s">
         <v>18</v>
       </c>
       <c r="E84" s="9">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F84" t="s">
         <v>54</v>
       </c>
       <c r="G84" s="10">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H84" s="8">
         <f>IFERROR(E83/(E83+E85),"")</f>
-        <v>0.92452830188679247</v>
+        <v>0.91379310344827591</v>
       </c>
       <c r="I84" s="4">
         <f>IFERROR((E83+E84)/(G83),"")</f>
-        <v>0.92592592592592593</v>
+        <v>0.91379310344827591</v>
       </c>
       <c r="J84" s="4">
         <v>0.9</v>
       </c>
       <c r="K84" t="s">
         <v>16</v>
       </c>
       <c r="L84" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="M84" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="N84" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O84" s="4">
-        <v>1.8518518518518517E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A85">
         <v>2025</v>
       </c>
       <c r="B85" t="s">
         <v>15</v>
       </c>
       <c r="C85" t="s">
         <v>36</v>
       </c>
       <c r="D85" t="s">
         <v>19</v>
       </c>
       <c r="E85" s="9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F85" t="s">
         <v>54</v>
       </c>
       <c r="G85" s="10">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H85" s="8">
         <f>IFERROR(E83/(E83+E85),"")</f>
-        <v>0.92452830188679247</v>
+        <v>0.91379310344827591</v>
       </c>
       <c r="I85" s="4">
         <f>IFERROR((E83+E84)/(G83),"")</f>
-        <v>0.92592592592592593</v>
+        <v>0.91379310344827591</v>
       </c>
       <c r="J85" s="4">
         <v>0.9</v>
       </c>
       <c r="K85" t="s">
         <v>16</v>
       </c>
       <c r="L85" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="M85" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="N85" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O85" s="4">
-        <v>7.407407407407407E-2</v>
+        <v>8.6206896551724144E-2</v>
       </c>
     </row>
     <row r="86" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A86">
         <v>2025</v>
       </c>
       <c r="B86" t="s">
         <v>15</v>
       </c>
       <c r="C86" t="s">
         <v>37</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="9">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="F86" t="s">
         <v>54</v>
       </c>
       <c r="G86" s="10">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H86" s="8">
         <f>IFERROR(E86/(E86+E88),"")</f>
-        <v>0.83333333333333337</v>
+        <v>0.8571428571428571</v>
       </c>
       <c r="I86" s="4">
         <f>IFERROR((E86+E87)/(G86),"")</f>
-        <v>0.89473684210526316</v>
+        <v>0.8571428571428571</v>
       </c>
       <c r="J86" s="4">
         <v>0.9</v>
       </c>
       <c r="K86" t="s">
         <v>16</v>
       </c>
       <c r="L86" t="s">
         <v>17</v>
       </c>
       <c r="M86" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="N86" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O86" s="4">
-        <v>0.52</v>
+        <v>0.8571428571428571</v>
       </c>
     </row>
     <row r="87" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A87">
         <v>2025</v>
       </c>
       <c r="B87" t="s">
         <v>15</v>
       </c>
       <c r="C87" t="s">
         <v>37</v>
       </c>
       <c r="D87" t="s">
         <v>18</v>
       </c>
       <c r="E87" s="9">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F87" t="s">
         <v>54</v>
       </c>
       <c r="G87" s="10">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H87" s="8">
         <f>IFERROR(E86/(E86+E88),"")</f>
-        <v>0.83333333333333337</v>
+        <v>0.8571428571428571</v>
       </c>
       <c r="I87" s="4">
         <f>IFERROR((E86+E87)/(G86),"")</f>
-        <v>0.89473684210526316</v>
+        <v>0.8571428571428571</v>
       </c>
       <c r="J87" s="4">
         <v>0.9</v>
       </c>
       <c r="K87" t="s">
         <v>16</v>
       </c>
       <c r="L87" t="s">
         <v>17</v>
       </c>
       <c r="M87" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="N87" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O87" s="4">
-        <v>0.37</v>
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A88">
         <v>2025</v>
       </c>
       <c r="B88" t="s">
         <v>15</v>
       </c>
       <c r="C88" t="s">
         <v>37</v>
       </c>
       <c r="D88" t="s">
         <v>19</v>
       </c>
       <c r="E88" s="9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F88" t="s">
         <v>54</v>
       </c>
       <c r="G88" s="10">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H88" s="8">
         <f>IFERROR(E86/(E86+E88),"")</f>
-        <v>0.83333333333333337</v>
+        <v>0.8571428571428571</v>
       </c>
       <c r="I88" s="4">
         <f>IFERROR((E86+E87)/(G86),"")</f>
-        <v>0.89473684210526316</v>
+        <v>0.8571428571428571</v>
       </c>
       <c r="J88" s="4">
         <v>0.9</v>
       </c>
       <c r="K88" t="s">
         <v>16</v>
       </c>
       <c r="L88" t="s">
         <v>17</v>
       </c>
       <c r="M88" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="N88" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O88" s="4">
-        <v>0.11</v>
+        <v>0.14285714285714285</v>
       </c>
     </row>
     <row r="89" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A89">
         <v>2025</v>
       </c>
       <c r="B89" t="s">
         <v>15</v>
       </c>
       <c r="C89" t="s">
         <v>22</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F89" t="s">
         <v>40</v>
       </c>
       <c r="G89" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H89" s="8">
         <f>IFERROR(E89/(E89+E91),"")</f>
         <v>1</v>
       </c>
       <c r="I89" s="4">
         <f>IFERROR((E89+E90)/(G89),"")</f>
         <v>1</v>
       </c>
       <c r="J89" s="4">
         <v>0.9</v>
       </c>
       <c r="K89" t="s">
         <v>16</v>
       </c>
       <c r="L89" t="str">
         <f>IF(K89="Y",IF(AND(E89=0,E90=0,E91=0),"N/A",
 IF(AND(E89=0,E90&gt;0,E91=0),"Currently Meeting, Pending",
 IF(AND(E89&gt;0,E90&gt;0,H89+0.005&gt;=J89),"Currently Meeting, Pending",
 IF(AND(E89&gt;0,E90&gt;=0,E91&gt;=0,H91+0.005&gt;=J91),"Will Meet Goal",
 IF(AND(E89&gt;=0,E90=0,E91&gt;0,I91&lt;J91),"Will Not Meet Goal",
 IF(AND(E89&gt;=0,E90&gt;0,E91&gt;0,H90&lt;J90),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E89=0,E90=0,E91=0),"N/A",
 IF(AND(E89=0,E90&gt;0,E91=0),"Goal Met",
 IF(AND(E89&gt;0,E90&gt;0,H89+0.005&gt;=J89),"Goal Met",
 IF(AND(E89&gt;0,E90&gt;=0,E91&gt;=0,H91+0.005&gt;=J91),"Goal Met",
 IF(AND(E89&gt;=0,E90=0,E91&gt;0,H91&lt;J91),"Goal Not Met",
 IF(AND(E89&gt;=0,E90&gt;0,E91&gt;0,H90&lt;J90),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Meet Goal</v>
       </c>
       <c r="M89" t="s">
-        <v>73</v>
+        <v>96</v>
       </c>
       <c r="N89" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O89" s="4">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A90">
         <v>2025</v>
       </c>
       <c r="B90" t="s">
         <v>15</v>
       </c>
       <c r="C90" t="s">
         <v>22</v>
       </c>
       <c r="D90" t="s">
         <v>18</v>
       </c>
       <c r="E90" s="9">
         <v>0</v>
       </c>
       <c r="F90" t="s">
         <v>40</v>
       </c>
       <c r="G90" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H90" s="8">
         <f>IFERROR(E89/(E89+E91),"")</f>
         <v>1</v>
       </c>
       <c r="I90" s="4">
         <f>IFERROR((E89+E90)/(G89),"")</f>
         <v>1</v>
       </c>
       <c r="J90" s="4">
         <v>0.9</v>
       </c>
       <c r="K90" t="s">
         <v>16</v>
       </c>
       <c r="L90" t="str">
         <f>IF(K89="Y",IF(AND(E89=0,E90=0,E91=0),"N/A",
 IF(AND(E89=0,E90&gt;0,E91=0),"Currently Meeting, Pending",
 IF(AND(E89&gt;0,E90&gt;0,H89+0.005&gt;=J89),"Currently Meeting, Pending",
 IF(AND(E89&gt;0,E90&gt;=0,E91&gt;=0,H91+0.005&gt;=J91),"Will Meet Goal",
 IF(AND(E89&gt;=0,E90=0,E91&gt;0,I91&lt;J91),"Will Not Meet Goal",
 IF(AND(E89&gt;=0,E90&gt;0,E91&gt;0,H90&lt;J90),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E89=0,E90=0,E91=0),"N/A",
 IF(AND(E89=0,E90&gt;0,E91=0),"Goal Met",
 IF(AND(E89&gt;0,E90&gt;0,H89+0.005&gt;=J89),"Goal Met",
 IF(AND(E89&gt;0,E90&gt;=0,E91&gt;=0,H91+0.005&gt;=J91),"Goal Met",
 IF(AND(E89&gt;=0,E90=0,E91&gt;0,H91&lt;J91),"Goal Not Met",
 IF(AND(E89&gt;=0,E90&gt;0,E91&gt;0,H90&lt;J90),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Meet Goal</v>
       </c>
       <c r="M90" t="s">
-        <v>73</v>
+        <v>96</v>
       </c>
       <c r="N90" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O90" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A91">
         <v>2025</v>
       </c>
       <c r="B91" t="s">
         <v>15</v>
       </c>
       <c r="C91" t="s">
         <v>22</v>
       </c>
       <c r="D91" t="s">
         <v>19</v>
       </c>
       <c r="E91" s="9">
         <v>0</v>
       </c>
       <c r="F91" t="s">
         <v>40</v>
       </c>
       <c r="G91" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H91" s="8">
         <f>IFERROR(E89/(E89+E91),"")</f>
         <v>1</v>
       </c>
       <c r="I91" s="4">
         <f>IFERROR((E89+E90)/(G89),"")</f>
         <v>1</v>
       </c>
       <c r="J91" s="4">
         <v>0.9</v>
       </c>
       <c r="K91" t="s">
         <v>16</v>
       </c>
       <c r="L91" t="str">
         <f>IF(K89="Y",IF(AND(E89=0,E90=0,E91=0),"N/A",
 IF(AND(E89=0,E90&gt;0,E91=0),"Currently Meeting, Pending",
 IF(AND(E89&gt;0,E90&gt;0,H89+0.005&gt;=J89),"Currently Meeting, Pending",
 IF(AND(E89&gt;0,E90&gt;=0,E91&gt;=0,H91+0.005&gt;=J91),"Will Meet Goal",
 IF(AND(E89&gt;=0,E90=0,E91&gt;0,I91&lt;J91),"Will Not Meet Goal",
 IF(AND(E89&gt;=0,E90&gt;0,E91&gt;0,H90&lt;J90),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E89=0,E90=0,E91=0),"N/A",
 IF(AND(E89=0,E90&gt;0,E91=0),"Goal Met",
 IF(AND(E89&gt;0,E90&gt;0,H89+0.005&gt;=J89),"Goal Met",
 IF(AND(E89&gt;0,E90&gt;=0,E91&gt;=0,H91+0.005&gt;=J91),"Goal Met",
 IF(AND(E89&gt;=0,E90=0,E91&gt;0,H91&lt;J91),"Goal Not Met",
 IF(AND(E89&gt;=0,E90&gt;0,E91&gt;0,H90&lt;J90),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Meet Goal</v>
       </c>
       <c r="M91" t="s">
-        <v>73</v>
+        <v>96</v>
       </c>
       <c r="N91" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O91" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A92">
         <v>2025</v>
       </c>
       <c r="B92" t="s">
         <v>15</v>
       </c>
       <c r="C92" t="s">
         <v>26</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F92" t="s">
         <v>58</v>
       </c>
       <c r="G92" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H92" s="8">
         <f>IFERROR(E92/(E92+E94),"")</f>
         <v>1</v>
       </c>
       <c r="I92" s="4">
         <f>IFERROR((E92+E93)/(G92),"")</f>
         <v>1</v>
       </c>
       <c r="J92" s="4">
         <v>0.9</v>
       </c>
       <c r="K92" t="s">
         <v>16</v>
       </c>
       <c r="L92" t="str">
         <f>IF(K92="Y",IF(AND(E92=0,E93=0,E94=0),"N/A",
 IF(AND(E92=0,E93&gt;0,E94=0),"Currently Meeting, Pending",
 IF(AND(E92&gt;0,E93&gt;0,H92+0.005&gt;=J92),"Currently Meeting, Pending",
 IF(AND(E92&gt;0,E93&gt;=0,E94&gt;=0,H94+0.005&gt;=J94),"Will Meet Goal",
 IF(AND(E92&gt;=0,E93=0,E94&gt;0,I94&lt;J94),"Will Not Meet Goal",
 IF(AND(E92&gt;=0,E93&gt;0,E94&gt;0,H93&lt;J93),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E92=0,E93=0,E94=0),"N/A",
 IF(AND(E92=0,E93&gt;0,E94=0),"Goal Met",
 IF(AND(E92&gt;0,E93&gt;0,H92+0.005&gt;=J92),"Goal Met",
 IF(AND(E92&gt;0,E93&gt;=0,E94&gt;=0,H94+0.005&gt;=J94),"Goal Met",
 IF(AND(E92&gt;=0,E93=0,E94&gt;0,H94&lt;J94),"Goal Not Met",
 IF(AND(E92&gt;=0,E93&gt;0,E94&gt;0,H93&lt;J93),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Meet Goal</v>
       </c>
       <c r="M92" t="s">
-        <v>73</v>
+        <v>96</v>
       </c>
       <c r="N92" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O92" s="4">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A93">
         <v>2025</v>
       </c>
       <c r="B93" t="s">
         <v>15</v>
       </c>
       <c r="C93" t="s">
         <v>26</v>
       </c>
       <c r="D93" t="s">
         <v>18</v>
       </c>
       <c r="E93" s="9">
         <v>0</v>
       </c>
       <c r="F93" t="s">
         <v>58</v>
       </c>
       <c r="G93" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H93" s="8">
         <f>IFERROR(E92/(E92+E94),"")</f>
         <v>1</v>
       </c>
       <c r="I93" s="4">
         <f>IFERROR((E92+E93)/(G92),"")</f>
         <v>1</v>
       </c>
       <c r="J93" s="4">
         <v>0.9</v>
       </c>
       <c r="K93" t="s">
         <v>16</v>
       </c>
       <c r="L93" t="str">
         <f>IF(K92="Y",IF(AND(E92=0,E93=0,E94=0),"N/A",
 IF(AND(E92=0,E93&gt;0,E94=0),"Currently Meeting, Pending",
 IF(AND(E92&gt;0,E93&gt;0,H92+0.005&gt;=J92),"Currently Meeting, Pending",
 IF(AND(E92&gt;0,E93&gt;=0,E94&gt;=0,H94+0.005&gt;=J94),"Will Meet Goal",
 IF(AND(E92&gt;=0,E93=0,E94&gt;0,I94&lt;J94),"Will Not Meet Goal",
 IF(AND(E92&gt;=0,E93&gt;0,E94&gt;0,H93&lt;J93),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E92=0,E93=0,E94=0),"N/A",
 IF(AND(E92=0,E93&gt;0,E94=0),"Goal Met",
 IF(AND(E92&gt;0,E93&gt;0,H92+0.005&gt;=J92),"Goal Met",
 IF(AND(E92&gt;0,E93&gt;=0,E94&gt;=0,H94+0.005&gt;=J94),"Goal Met",
 IF(AND(E92&gt;=0,E93=0,E94&gt;0,H94&lt;J94),"Goal Not Met",
 IF(AND(E92&gt;=0,E93&gt;0,E94&gt;0,H93&lt;J93),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Meet Goal</v>
       </c>
       <c r="M93" t="s">
-        <v>73</v>
+        <v>96</v>
       </c>
       <c r="N93" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O93" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A94">
         <v>2025</v>
       </c>
       <c r="B94" t="s">
         <v>15</v>
       </c>
       <c r="C94" t="s">
         <v>26</v>
       </c>
       <c r="D94" t="s">
         <v>19</v>
       </c>
       <c r="E94" s="9">
         <v>0</v>
       </c>
       <c r="F94" t="s">
         <v>58</v>
       </c>
       <c r="G94" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H94" s="8">
         <f>IFERROR(E92/(E92+E94),"")</f>
         <v>1</v>
       </c>
       <c r="I94" s="4">
         <f>IFERROR((E92+E93)/(G92),"")</f>
         <v>1</v>
       </c>
       <c r="J94" s="4">
         <v>0.9</v>
       </c>
       <c r="K94" t="s">
         <v>16</v>
       </c>
       <c r="L94" t="str">
         <f>IF(K92="Y",IF(AND(E92=0,E93=0,E94=0),"N/A",
 IF(AND(E92=0,E93&gt;0,E94=0),"Currently Meeting, Pending",
 IF(AND(E92&gt;0,E93&gt;0,H92+0.005&gt;=J92),"Currently Meeting, Pending",
 IF(AND(E92&gt;0,E93&gt;=0,E94&gt;=0,H94+0.005&gt;=J94),"Will Meet Goal",
 IF(AND(E92&gt;=0,E93=0,E94&gt;0,I94&lt;J94),"Will Not Meet Goal",
 IF(AND(E92&gt;=0,E93&gt;0,E94&gt;0,H93&lt;J93),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E92=0,E93=0,E94=0),"N/A",
 IF(AND(E92=0,E93&gt;0,E94=0),"Goal Met",
 IF(AND(E92&gt;0,E93&gt;0,H92+0.005&gt;=J92),"Goal Met",
 IF(AND(E92&gt;0,E93&gt;=0,E94&gt;=0,H94+0.005&gt;=J94),"Goal Met",
 IF(AND(E92&gt;=0,E93=0,E94&gt;0,H94&lt;J94),"Goal Not Met",
 IF(AND(E92&gt;=0,E93&gt;0,E94&gt;0,H93&lt;J93),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Meet Goal</v>
       </c>
       <c r="M94" t="s">
-        <v>73</v>
+        <v>96</v>
       </c>
       <c r="N94" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O94" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A95">
         <v>2025</v>
       </c>
       <c r="B95" t="s">
         <v>15</v>
       </c>
       <c r="C95" t="s">
         <v>23</v>
       </c>
       <c r="D95" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="9">
         <v>13</v>
       </c>
       <c r="F95" t="s">
         <v>40</v>
       </c>
       <c r="G95" s="10">
@@ -7183,54 +7274,54 @@
       </c>
       <c r="J95" s="4">
         <v>0.9</v>
       </c>
       <c r="K95" t="s">
         <v>16</v>
       </c>
       <c r="L95" t="str">
         <f>IF(K95="Y",IF(AND(E95=0,E96=0,E97=0),"N/A",
 IF(AND(E95=0,E96&gt;0,E97=0),"Currently Meeting, Pending",
 IF(AND(E95&gt;0,E96&gt;0,H95+0.005&gt;=J95),"Currently Meeting, Pending",
 IF(AND(E95&gt;0,E96&gt;=0,E97&gt;=0,H97+0.005&gt;=J97),"Will Meet Goal",
 IF(AND(E95&gt;=0,E96=0,E97&gt;0,I97&lt;J97),"Will Not Meet Goal",
 IF(AND(E95&gt;=0,E96&gt;0,E97&gt;0,H96&lt;J96),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E95=0,E96=0,E97=0),"N/A",
 IF(AND(E95=0,E96&gt;0,E97=0),"Goal Met",
 IF(AND(E95&gt;0,E96&gt;0,H95+0.005&gt;=J95),"Goal Met",
 IF(AND(E95&gt;0,E96&gt;=0,E97&gt;=0,H97+0.005&gt;=J97),"Goal Met",
 IF(AND(E95&gt;=0,E96=0,E97&gt;0,H97&lt;J97),"Goal Not Met",
 IF(AND(E95&gt;=0,E96&gt;0,E97&gt;0,H96&lt;J96),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Meet Goal</v>
       </c>
       <c r="M95" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="N95" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O95" s="4">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A96">
         <v>2025</v>
       </c>
       <c r="B96" t="s">
         <v>15</v>
       </c>
       <c r="C96" t="s">
         <v>23</v>
       </c>
       <c r="D96" t="s">
         <v>18</v>
       </c>
       <c r="E96" s="9">
         <v>0</v>
       </c>
       <c r="F96" t="s">
         <v>40</v>
       </c>
       <c r="G96" s="10">
@@ -7246,54 +7337,54 @@
       </c>
       <c r="J96" s="4">
         <v>0.9</v>
       </c>
       <c r="K96" t="s">
         <v>16</v>
       </c>
       <c r="L96" t="str">
         <f>IF(K95="Y",IF(AND(E95=0,E96=0,E97=0),"N/A",
 IF(AND(E95=0,E96&gt;0,E97=0),"Currently Meeting, Pending",
 IF(AND(E95&gt;0,E96&gt;0,H95+0.005&gt;=J95),"Currently Meeting, Pending",
 IF(AND(E95&gt;0,E96&gt;=0,E97&gt;=0,H97+0.005&gt;=J97),"Will Meet Goal",
 IF(AND(E95&gt;=0,E96=0,E97&gt;0,I97&lt;J97),"Will Not Meet Goal",
 IF(AND(E95&gt;=0,E96&gt;0,E97&gt;0,H96&lt;J96),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E95=0,E96=0,E97=0),"N/A",
 IF(AND(E95=0,E96&gt;0,E97=0),"Goal Met",
 IF(AND(E95&gt;0,E96&gt;0,H95+0.005&gt;=J95),"Goal Met",
 IF(AND(E95&gt;0,E96&gt;=0,E97&gt;=0,H97+0.005&gt;=J97),"Goal Met",
 IF(AND(E95&gt;=0,E96=0,E97&gt;0,H97&lt;J97),"Goal Not Met",
 IF(AND(E95&gt;=0,E96&gt;0,E97&gt;0,H96&lt;J96),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Meet Goal</v>
       </c>
       <c r="M96" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="N96" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O96" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A97">
         <v>2025</v>
       </c>
       <c r="B97" t="s">
         <v>15</v>
       </c>
       <c r="C97" t="s">
         <v>23</v>
       </c>
       <c r="D97" t="s">
         <v>19</v>
       </c>
       <c r="E97" s="9">
         <v>0</v>
       </c>
       <c r="F97" t="s">
         <v>40</v>
       </c>
       <c r="G97" s="10">
@@ -7309,54 +7400,54 @@
       </c>
       <c r="J97" s="4">
         <v>0.9</v>
       </c>
       <c r="K97" t="s">
         <v>16</v>
       </c>
       <c r="L97" t="str">
         <f>IF(K95="Y",IF(AND(E95=0,E96=0,E97=0),"N/A",
 IF(AND(E95=0,E96&gt;0,E97=0),"Currently Meeting, Pending",
 IF(AND(E95&gt;0,E96&gt;0,H95+0.005&gt;=J95),"Currently Meeting, Pending",
 IF(AND(E95&gt;0,E96&gt;=0,E97&gt;=0,H97+0.005&gt;=J97),"Will Meet Goal",
 IF(AND(E95&gt;=0,E96=0,E97&gt;0,I97&lt;J97),"Will Not Meet Goal",
 IF(AND(E95&gt;=0,E96&gt;0,E97&gt;0,H96&lt;J96),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E95=0,E96=0,E97=0),"N/A",
 IF(AND(E95=0,E96&gt;0,E97=0),"Goal Met",
 IF(AND(E95&gt;0,E96&gt;0,H95+0.005&gt;=J95),"Goal Met",
 IF(AND(E95&gt;0,E96&gt;=0,E97&gt;=0,H97+0.005&gt;=J97),"Goal Met",
 IF(AND(E95&gt;=0,E96=0,E97&gt;0,H97&lt;J97),"Goal Not Met",
 IF(AND(E95&gt;=0,E96&gt;0,E97&gt;0,H96&lt;J96),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Meet Goal</v>
       </c>
       <c r="M97" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="N97" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O97" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A98">
         <v>2025</v>
       </c>
       <c r="B98" t="s">
         <v>15</v>
       </c>
       <c r="C98" t="s">
         <v>27</v>
       </c>
       <c r="D98" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="9">
         <v>12</v>
       </c>
       <c r="F98" t="s">
         <v>50</v>
       </c>
       <c r="G98" s="10">
@@ -7372,54 +7463,54 @@
       </c>
       <c r="J98" s="4">
         <v>0.9</v>
       </c>
       <c r="K98" t="s">
         <v>16</v>
       </c>
       <c r="L98" t="str">
         <f>IF(K98="Y",IF(AND(E98=0,E99=0,E100=0),"N/A",
 IF(AND(E98=0,E99&gt;0,E100=0),"Currently Meeting, Pending",
 IF(AND(E98&gt;0,E99&gt;0,H98+0.005&gt;=J98),"Currently Meeting, Pending",
 IF(AND(E98&gt;0,E99&gt;=0,E100&gt;=0,H100+0.005&gt;=J100),"Will Meet Goal",
 IF(AND(E98&gt;=0,E99=0,E100&gt;0,I100&lt;J100),"Will Not Meet Goal",
 IF(AND(E98&gt;=0,E99&gt;0,E100&gt;0,H99&lt;J99),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E98=0,E99=0,E100=0),"N/A",
 IF(AND(E98=0,E99&gt;0,E100=0),"Goal Met",
 IF(AND(E98&gt;0,E99&gt;0,H98+0.005&gt;=J98),"Goal Met",
 IF(AND(E98&gt;0,E99&gt;=0,E100&gt;=0,H100+0.005&gt;=J100),"Goal Met",
 IF(AND(E98&gt;=0,E99=0,E100&gt;0,H100&lt;J100),"Goal Not Met",
 IF(AND(E98&gt;=0,E99&gt;0,E100&gt;0,H99&lt;J99),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Meet Goal</v>
       </c>
       <c r="M98" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="N98" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O98" s="4">
         <v>0.92307692307692313</v>
       </c>
     </row>
     <row r="99" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A99">
         <v>2025</v>
       </c>
       <c r="B99" t="s">
         <v>15</v>
       </c>
       <c r="C99" t="s">
         <v>27</v>
       </c>
       <c r="D99" t="s">
         <v>18</v>
       </c>
       <c r="E99" s="9">
         <v>0</v>
       </c>
       <c r="F99" t="s">
         <v>50</v>
       </c>
       <c r="G99" s="10">
@@ -7435,54 +7526,54 @@
       </c>
       <c r="J99" s="4">
         <v>0.9</v>
       </c>
       <c r="K99" t="s">
         <v>16</v>
       </c>
       <c r="L99" t="str">
         <f>IF(K98="Y",IF(AND(E98=0,E99=0,E100=0),"N/A",
 IF(AND(E98=0,E99&gt;0,E100=0),"Currently Meeting, Pending",
 IF(AND(E98&gt;0,E99&gt;0,H98+0.005&gt;=J98),"Currently Meeting, Pending",
 IF(AND(E98&gt;0,E99&gt;=0,E100&gt;=0,H100+0.005&gt;=J100),"Will Meet Goal",
 IF(AND(E98&gt;=0,E99=0,E100&gt;0,I100&lt;J100),"Will Not Meet Goal",
 IF(AND(E98&gt;=0,E99&gt;0,E100&gt;0,H99&lt;J99),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E98=0,E99=0,E100=0),"N/A",
 IF(AND(E98=0,E99&gt;0,E100=0),"Goal Met",
 IF(AND(E98&gt;0,E99&gt;0,H98+0.005&gt;=J98),"Goal Met",
 IF(AND(E98&gt;0,E99&gt;=0,E100&gt;=0,H100+0.005&gt;=J100),"Goal Met",
 IF(AND(E98&gt;=0,E99=0,E100&gt;0,H100&lt;J100),"Goal Not Met",
 IF(AND(E98&gt;=0,E99&gt;0,E100&gt;0,H99&lt;J99),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Meet Goal</v>
       </c>
       <c r="M99" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="N99" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O99" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A100">
         <v>2025</v>
       </c>
       <c r="B100" t="s">
         <v>15</v>
       </c>
       <c r="C100" t="s">
         <v>27</v>
       </c>
       <c r="D100" t="s">
         <v>19</v>
       </c>
       <c r="E100" s="9">
         <v>1</v>
       </c>
       <c r="F100" t="s">
         <v>50</v>
       </c>
       <c r="G100" s="10">
@@ -7498,648 +7589,3206 @@
       </c>
       <c r="J100" s="4">
         <v>0.9</v>
       </c>
       <c r="K100" t="s">
         <v>16</v>
       </c>
       <c r="L100" t="str">
         <f>IF(K98="Y",IF(AND(E98=0,E99=0,E100=0),"N/A",
 IF(AND(E98=0,E99&gt;0,E100=0),"Currently Meeting, Pending",
 IF(AND(E98&gt;0,E99&gt;0,H98+0.005&gt;=J98),"Currently Meeting, Pending",
 IF(AND(E98&gt;0,E99&gt;=0,E100&gt;=0,H100+0.005&gt;=J100),"Will Meet Goal",
 IF(AND(E98&gt;=0,E99=0,E100&gt;0,I100&lt;J100),"Will Not Meet Goal",
 IF(AND(E98&gt;=0,E99&gt;0,E100&gt;0,H99&lt;J99),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E98=0,E99=0,E100=0),"N/A",
 IF(AND(E98=0,E99&gt;0,E100=0),"Goal Met",
 IF(AND(E98&gt;0,E99&gt;0,H98+0.005&gt;=J98),"Goal Met",
 IF(AND(E98&gt;0,E99&gt;=0,E100&gt;=0,H100+0.005&gt;=J100),"Goal Met",
 IF(AND(E98&gt;=0,E99=0,E100&gt;0,H100&lt;J100),"Goal Not Met",
 IF(AND(E98&gt;=0,E99&gt;0,E100&gt;0,H99&lt;J99),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Will Meet Goal</v>
       </c>
       <c r="M100" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="N100" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O100" s="4">
         <v>7.6923076923076927E-2</v>
       </c>
     </row>
     <row r="101" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A101">
         <v>2025</v>
       </c>
       <c r="B101" t="s">
         <v>15</v>
       </c>
       <c r="C101" t="s">
         <v>28</v>
       </c>
       <c r="D101" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="9">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="F101" t="s">
         <v>47</v>
       </c>
       <c r="G101" s="7">
         <v>79</v>
       </c>
       <c r="H101" s="8">
         <f>IFERROR(E101/(E101+E103),"")</f>
-        <v>0.95652173913043481</v>
+        <v>0.971830985915493</v>
       </c>
       <c r="I101" s="4">
         <f>IFERROR((E101+E102)/(G101),"")</f>
         <v>0.97468354430379744</v>
       </c>
       <c r="J101" s="4">
         <v>0.9</v>
       </c>
       <c r="K101" t="s">
         <v>16</v>
       </c>
       <c r="L101" t="str">
         <f>IF(K101="Y",IF(AND(E101=0,E102=0,E103=0),"N/A",
 IF(AND(E101=0,E102&gt;0,E103=0),"Currently Meeting, Pending",
 IF(AND(E101&gt;0,E102&gt;0,H101+0.005&gt;=J101),"Currently Meeting, Pending",
 IF(AND(E101&gt;0,E102&gt;=0,E103&gt;=0,H103+0.005&gt;=J103),"Will Meet Goal",
 IF(AND(E101&gt;=0,E102=0,E103&gt;0,I103&lt;J103),"Will Not Meet Goal",
 IF(AND(E101&gt;=0,E102&gt;0,E103&gt;0,H102&lt;J102),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E101=0,E102=0,E103=0),"N/A",
 IF(AND(E101=0,E102&gt;0,E103=0),"Goal Met",
 IF(AND(E101&gt;0,E102&gt;0,H101+0.005&gt;=J101),"Goal Met",
 IF(AND(E101&gt;0,E102&gt;=0,E103&gt;=0,H103+0.005&gt;=J103),"Goal Met",
 IF(AND(E101&gt;=0,E102=0,E103&gt;0,H103&lt;J103),"Goal Not Met",
 IF(AND(E101&gt;=0,E102&gt;0,E103&gt;0,H102&lt;J102),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Currently Meeting, Pending</v>
       </c>
       <c r="M101" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="N101" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O101" s="4">
-        <v>0.55000000000000004</v>
+        <v>0.87341772151898733</v>
       </c>
     </row>
     <row r="102" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A102">
         <v>2025</v>
       </c>
       <c r="B102" t="s">
         <v>15</v>
       </c>
       <c r="C102" t="s">
         <v>28</v>
       </c>
       <c r="D102" t="s">
         <v>18</v>
       </c>
       <c r="E102" s="9">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="F102" t="s">
         <v>47</v>
       </c>
       <c r="G102" s="7">
         <v>79</v>
       </c>
       <c r="H102" s="8">
         <f>IFERROR(E101/(E101+E103),"")</f>
-        <v>0.95652173913043481</v>
+        <v>0.971830985915493</v>
       </c>
       <c r="I102" s="4">
         <f>IFERROR((E101+E102)/(G101),"")</f>
         <v>0.97468354430379744</v>
       </c>
       <c r="J102" s="4">
         <v>0.9</v>
       </c>
       <c r="K102" t="s">
         <v>16</v>
       </c>
       <c r="L102" t="str">
         <f>IF(K101="Y",IF(AND(E101=0,E102=0,E103=0),"N/A",
 IF(AND(E101=0,E102&gt;0,E103=0),"Currently Meeting, Pending",
 IF(AND(E101&gt;0,E102&gt;0,H101+0.005&gt;=J101),"Currently Meeting, Pending",
 IF(AND(E101&gt;0,E102&gt;=0,E103&gt;=0,H103+0.005&gt;=J103),"Will Meet Goal",
 IF(AND(E101&gt;=0,E102=0,E103&gt;0,I103&lt;J103),"Will Not Meet Goal",
 IF(AND(E101&gt;=0,E102&gt;0,E103&gt;0,H102&lt;J102),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E101=0,E102=0,E103=0),"N/A",
 IF(AND(E101=0,E102&gt;0,E103=0),"Goal Met",
 IF(AND(E101&gt;0,E102&gt;0,H101+0.005&gt;=J101),"Goal Met",
 IF(AND(E101&gt;0,E102&gt;=0,E103&gt;=0,H103+0.005&gt;=J103),"Goal Met",
 IF(AND(E101&gt;=0,E102=0,E103&gt;0,H103&lt;J103),"Goal Not Met",
 IF(AND(E101&gt;=0,E102&gt;0,E103&gt;0,H102&lt;J102),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Currently Meeting, Pending</v>
       </c>
       <c r="M102" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="N102" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O102" s="4">
-        <v>0.42</v>
+        <v>0.10126582278481013</v>
       </c>
     </row>
     <row r="103" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A103">
         <v>2025</v>
       </c>
       <c r="B103" t="s">
         <v>15</v>
       </c>
       <c r="C103" t="s">
         <v>28</v>
       </c>
       <c r="D103" t="s">
         <v>19</v>
       </c>
       <c r="E103" s="9">
         <v>2</v>
       </c>
       <c r="F103" t="s">
         <v>47</v>
       </c>
       <c r="G103" s="7">
         <v>79</v>
       </c>
       <c r="H103" s="8">
         <f>IFERROR(E101/(E101+E103),"")</f>
-        <v>0.95652173913043481</v>
+        <v>0.971830985915493</v>
       </c>
       <c r="I103" s="4">
         <f>IFERROR((E101+E102)/(G101),"")</f>
         <v>0.97468354430379744</v>
       </c>
       <c r="J103" s="4">
         <v>0.9</v>
       </c>
       <c r="K103" t="s">
         <v>16</v>
       </c>
       <c r="L103" t="str">
         <f>IF(K101="Y",IF(AND(E101=0,E102=0,E103=0),"N/A",
 IF(AND(E101=0,E102&gt;0,E103=0),"Currently Meeting, Pending",
 IF(AND(E101&gt;0,E102&gt;0,H101+0.005&gt;=J101),"Currently Meeting, Pending",
 IF(AND(E101&gt;0,E102&gt;=0,E103&gt;=0,H103+0.005&gt;=J103),"Will Meet Goal",
 IF(AND(E101&gt;=0,E102=0,E103&gt;0,I103&lt;J103),"Will Not Meet Goal",
 IF(AND(E101&gt;=0,E102&gt;0,E103&gt;0,H102&lt;J102),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E101=0,E102=0,E103=0),"N/A",
 IF(AND(E101=0,E102&gt;0,E103=0),"Goal Met",
 IF(AND(E101&gt;0,E102&gt;0,H101+0.005&gt;=J101),"Goal Met",
 IF(AND(E101&gt;0,E102&gt;=0,E103&gt;=0,H103+0.005&gt;=J103),"Goal Met",
 IF(AND(E101&gt;=0,E102=0,E103&gt;0,H103&lt;J103),"Goal Not Met",
 IF(AND(E101&gt;=0,E102&gt;0,E103&gt;0,H102&lt;J102),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Currently Meeting, Pending</v>
       </c>
       <c r="M103" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="N103" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O103" s="4">
-        <v>0.03</v>
+        <v>2.5316455696202531E-2</v>
       </c>
     </row>
     <row r="104" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A104">
         <v>2025</v>
       </c>
       <c r="B104" t="s">
         <v>15</v>
       </c>
       <c r="C104" t="s">
         <v>38</v>
       </c>
       <c r="D104" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="9">
-        <v>36</v>
+        <v>55</v>
       </c>
       <c r="F104" t="s">
         <v>61</v>
       </c>
       <c r="G104" s="10">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H104" s="8">
         <f>IFERROR(E104/(E104+E106),"")</f>
-        <v>0.94736842105263153</v>
+        <v>0.96491228070175439</v>
       </c>
       <c r="I104" s="4">
         <f>IFERROR((E104+E105)/(G104),"")</f>
-        <v>0.96226415094339623</v>
+        <v>0.96551724137931039</v>
       </c>
       <c r="J104" s="4">
         <v>0.9</v>
       </c>
       <c r="K104" t="s">
         <v>16</v>
       </c>
       <c r="L104" t="str">
         <f>IF(K104="Y",IF(AND(E104=0,E105=0,E106=0),"N/A",
 IF(AND(E104=0,E105&gt;0,E106=0),"Currently Meeting, Pending",
 IF(AND(E104&gt;0,E105&gt;0,H104+0.005&gt;=J104),"Currently Meeting, Pending",
 IF(AND(E104&gt;0,E105&gt;=0,E106&gt;=0,H106+0.005&gt;=J106),"Will Meet Goal",
 IF(AND(E104&gt;=0,E105=0,E106&gt;0,I106&lt;J106),"Will Not Meet Goal",
 IF(AND(E104&gt;=0,E105&gt;0,E106&gt;0,H105&lt;J105),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E104=0,E105=0,E106=0),"N/A",
 IF(AND(E104=0,E105&gt;0,E106=0),"Goal Met",
 IF(AND(E104&gt;0,E105&gt;0,H104+0.005&gt;=J104),"Goal Met",
 IF(AND(E104&gt;0,E105&gt;=0,E106&gt;=0,H106+0.005&gt;=J106),"Goal Met",
 IF(AND(E104&gt;=0,E105=0,E106&gt;0,H106&lt;J106),"Goal Not Met",
 IF(AND(E104&gt;=0,E105&gt;0,E106&gt;0,H105&lt;J105),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Currently Meeting, Pending</v>
       </c>
       <c r="M104" t="s">
-        <v>76</v>
+        <v>98</v>
       </c>
       <c r="N104" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O104" s="4">
-        <v>0.67924528301886788</v>
+        <v>0.94827586206896552</v>
       </c>
     </row>
     <row r="105" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A105">
         <v>2025</v>
       </c>
       <c r="B105" t="s">
         <v>15</v>
       </c>
       <c r="C105" t="s">
         <v>38</v>
       </c>
       <c r="D105" t="s">
         <v>18</v>
       </c>
       <c r="E105" s="9">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F105" t="s">
         <v>61</v>
       </c>
       <c r="G105" s="10">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H105" s="8">
         <f>IFERROR(E104/(E104+E106),"")</f>
-        <v>0.94736842105263153</v>
+        <v>0.96491228070175439</v>
       </c>
       <c r="I105" s="4">
         <f>IFERROR((E104+E105)/(G104),"")</f>
-        <v>0.96226415094339623</v>
+        <v>0.96551724137931039</v>
       </c>
       <c r="J105" s="4">
         <v>0.9</v>
       </c>
       <c r="K105" t="s">
         <v>16</v>
       </c>
       <c r="L105" t="str">
         <f>IF(K104="Y",IF(AND(E104=0,E105=0,E106=0),"N/A",
 IF(AND(E104=0,E105&gt;0,E106=0),"Currently Meeting, Pending",
 IF(AND(E104&gt;0,E105&gt;0,H104+0.005&gt;=J104),"Currently Meeting, Pending",
 IF(AND(E104&gt;0,E105&gt;=0,E106&gt;=0,H106+0.005&gt;=J106),"Will Meet Goal",
 IF(AND(E104&gt;=0,E105=0,E106&gt;0,I106&lt;J106),"Will Not Meet Goal",
 IF(AND(E104&gt;=0,E105&gt;0,E106&gt;0,H105&lt;J105),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E104=0,E105=0,E106=0),"N/A",
 IF(AND(E104=0,E105&gt;0,E106=0),"Goal Met",
 IF(AND(E104&gt;0,E105&gt;0,H104+0.005&gt;=J104),"Goal Met",
 IF(AND(E104&gt;0,E105&gt;=0,E106&gt;=0,H106+0.005&gt;=J106),"Goal Met",
 IF(AND(E104&gt;=0,E105=0,E106&gt;0,H106&lt;J106),"Goal Not Met",
 IF(AND(E104&gt;=0,E105&gt;0,E106&gt;0,H105&lt;J105),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Currently Meeting, Pending</v>
       </c>
       <c r="M105" t="s">
-        <v>76</v>
+        <v>98</v>
       </c>
       <c r="N105" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O105" s="4">
-        <v>0.28301886792452829</v>
+        <v>1.7241379310344827E-2</v>
       </c>
     </row>
     <row r="106" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A106">
         <v>2025</v>
       </c>
       <c r="B106" t="s">
         <v>15</v>
       </c>
       <c r="C106" t="s">
         <v>38</v>
       </c>
       <c r="D106" t="s">
         <v>19</v>
       </c>
       <c r="E106" s="9">
         <v>2</v>
       </c>
       <c r="F106" t="s">
         <v>61</v>
       </c>
       <c r="G106" s="10">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H106" s="8">
         <f>IFERROR(E104/(E104+E106),"")</f>
-        <v>0.94736842105263153</v>
+        <v>0.96491228070175439</v>
       </c>
       <c r="I106" s="4">
         <f>IFERROR((E104+E105)/(G104),"")</f>
-        <v>0.96226415094339623</v>
+        <v>0.96551724137931039</v>
       </c>
       <c r="J106" s="4">
         <v>0.9</v>
       </c>
       <c r="K106" t="s">
         <v>16</v>
       </c>
       <c r="L106" t="str">
         <f>IF(K104="Y",IF(AND(E104=0,E105=0,E106=0),"N/A",
 IF(AND(E104=0,E105&gt;0,E106=0),"Currently Meeting, Pending",
 IF(AND(E104&gt;0,E105&gt;0,H104+0.005&gt;=J104),"Currently Meeting, Pending",
 IF(AND(E104&gt;0,E105&gt;=0,E106&gt;=0,H106+0.005&gt;=J106),"Will Meet Goal",
 IF(AND(E104&gt;=0,E105=0,E106&gt;0,I106&lt;J106),"Will Not Meet Goal",
 IF(AND(E104&gt;=0,E105&gt;0,E106&gt;0,H105&lt;J105),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E104=0,E105=0,E106=0),"N/A",
 IF(AND(E104=0,E105&gt;0,E106=0),"Goal Met",
 IF(AND(E104&gt;0,E105&gt;0,H104+0.005&gt;=J104),"Goal Met",
 IF(AND(E104&gt;0,E105&gt;=0,E106&gt;=0,H106+0.005&gt;=J106),"Goal Met",
 IF(AND(E104&gt;=0,E105=0,E106&gt;0,H106&lt;J106),"Goal Not Met",
 IF(AND(E104&gt;=0,E105&gt;0,E106&gt;0,H105&lt;J105),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Currently Meeting, Pending</v>
       </c>
       <c r="M106" t="s">
-        <v>76</v>
+        <v>98</v>
       </c>
       <c r="N106" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O106" s="4">
-        <v>3.7735849056603772E-2</v>
+        <v>3.4482758620689655E-2</v>
       </c>
     </row>
     <row r="107" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A107">
         <v>2025</v>
       </c>
       <c r="B107" t="s">
         <v>15</v>
       </c>
       <c r="C107" t="s">
         <v>30</v>
       </c>
       <c r="D107" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F107" t="s">
         <v>61</v>
       </c>
       <c r="G107" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H107" s="8">
         <f>IFERROR(E107/(E107+E109),"")</f>
         <v>1</v>
       </c>
       <c r="I107" s="4">
         <f>IFERROR((E107+E108)/(G107),"")</f>
         <v>1</v>
       </c>
       <c r="J107" s="4">
         <v>0.9</v>
       </c>
       <c r="K107" t="s">
         <v>16</v>
       </c>
       <c r="L107" t="str">
         <f>IF(K107="Y",IF(AND(E107=0,E108=0,E109=0),"N/A",
 IF(AND(E107=0,E108&gt;0,E109=0),"Currently Meeting, Pending",
 IF(AND(E107&gt;0,E108&gt;0,H107+0.005&gt;=J107),"Currently Meeting, Pending",
 IF(AND(E107&gt;0,E108&gt;=0,E109&gt;=0,H109+0.005&gt;=J109),"Will Meet Goal",
 IF(AND(E107&gt;=0,E108=0,E109&gt;0,I109&lt;J109),"Will Not Meet Goal",
 IF(AND(E107&gt;=0,E108&gt;0,E109&gt;0,H108&lt;J108),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E107=0,E108=0,E109=0),"N/A",
 IF(AND(E107=0,E108&gt;0,E109=0),"Goal Met",
 IF(AND(E107&gt;0,E108&gt;0,H107+0.005&gt;=J107),"Goal Met",
 IF(AND(E107&gt;0,E108&gt;=0,E109&gt;=0,H109+0.005&gt;=J109),"Goal Met",
 IF(AND(E107&gt;=0,E108=0,E109&gt;0,H109&lt;J109),"Goal Not Met",
 IF(AND(E107&gt;=0,E108&gt;0,E109&gt;0,H108&lt;J108),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Currently Meeting, Pending</v>
       </c>
       <c r="M107" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="N107" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O107" s="4">
-        <v>0.33333333333333331</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="108" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A108">
         <v>2025</v>
       </c>
       <c r="B108" t="s">
         <v>15</v>
       </c>
       <c r="C108" t="s">
         <v>30</v>
       </c>
       <c r="D108" t="s">
         <v>18</v>
       </c>
       <c r="E108" s="9">
         <v>2</v>
       </c>
       <c r="F108" t="s">
         <v>61</v>
       </c>
       <c r="G108" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H108" s="8">
         <f>IFERROR(E107/(E107+E109),"")</f>
         <v>1</v>
       </c>
       <c r="I108" s="4">
         <f>IFERROR((E107+E108)/(G107),"")</f>
         <v>1</v>
       </c>
       <c r="J108" s="4">
         <v>0.9</v>
       </c>
       <c r="K108" t="s">
         <v>16</v>
       </c>
       <c r="L108" t="str">
         <f>IF(K107="Y",IF(AND(E107=0,E108=0,E109=0),"N/A",
 IF(AND(E107=0,E108&gt;0,E109=0),"Currently Meeting, Pending",
 IF(AND(E107&gt;0,E108&gt;0,H107+0.005&gt;=J107),"Currently Meeting, Pending",
 IF(AND(E107&gt;0,E108&gt;=0,E109&gt;=0,H109+0.005&gt;=J109),"Will Meet Goal",
 IF(AND(E107&gt;=0,E108=0,E109&gt;0,I109&lt;J109),"Will Not Meet Goal",
 IF(AND(E107&gt;=0,E108&gt;0,E109&gt;0,H108&lt;J108),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E107=0,E108=0,E109=0),"N/A",
 IF(AND(E107=0,E108&gt;0,E109=0),"Goal Met",
 IF(AND(E107&gt;0,E108&gt;0,H107+0.005&gt;=J107),"Goal Met",
 IF(AND(E107&gt;0,E108&gt;=0,E109&gt;=0,H109+0.005&gt;=J109),"Goal Met",
 IF(AND(E107&gt;=0,E108=0,E109&gt;0,H109&lt;J109),"Goal Not Met",
 IF(AND(E107&gt;=0,E108&gt;0,E109&gt;0,H108&lt;J108),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Currently Meeting, Pending</v>
       </c>
       <c r="M108" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="N108" s="1">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O108" s="4">
-        <v>0.66666666666666663</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="109" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A109">
         <v>2025</v>
       </c>
       <c r="B109" t="s">
         <v>15</v>
       </c>
       <c r="C109" t="s">
         <v>30</v>
       </c>
       <c r="D109" t="s">
         <v>19</v>
       </c>
       <c r="E109" s="9">
         <v>0</v>
       </c>
       <c r="F109" t="s">
         <v>61</v>
       </c>
       <c r="G109" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H109" s="8">
         <f>IFERROR(E107/(E107+E109),"")</f>
         <v>1</v>
       </c>
       <c r="I109" s="4">
         <f>IFERROR((E107+E108)/(G107),"")</f>
         <v>1</v>
       </c>
       <c r="J109" s="4">
         <v>0.9</v>
       </c>
       <c r="K109" t="s">
         <v>16</v>
       </c>
       <c r="L109" t="str">
         <f>IF(K107="Y",IF(AND(E107=0,E108=0,E109=0),"N/A",
 IF(AND(E107=0,E108&gt;0,E109=0),"Currently Meeting, Pending",
 IF(AND(E107&gt;0,E108&gt;0,H107+0.005&gt;=J107),"Currently Meeting, Pending",
 IF(AND(E107&gt;0,E108&gt;=0,E109&gt;=0,H109+0.005&gt;=J109),"Will Meet Goal",
 IF(AND(E107&gt;=0,E108=0,E109&gt;0,I109&lt;J109),"Will Not Meet Goal",
 IF(AND(E107&gt;=0,E108&gt;0,E109&gt;0,H108&lt;J108),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E107=0,E108=0,E109=0),"N/A",
 IF(AND(E107=0,E108&gt;0,E109=0),"Goal Met",
 IF(AND(E107&gt;0,E108&gt;0,H107+0.005&gt;=J107),"Goal Met",
 IF(AND(E107&gt;0,E108&gt;=0,E109&gt;=0,H109+0.005&gt;=J109),"Goal Met",
 IF(AND(E107&gt;=0,E108=0,E109&gt;0,H109&lt;J109),"Goal Not Met",
 IF(AND(E107&gt;=0,E108&gt;0,E109&gt;0,H108&lt;J108),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Currently Meeting, Pending</v>
       </c>
       <c r="M109" t="s">
+        <v>80</v>
+      </c>
+      <c r="N109" s="1">
+        <v>46022</v>
+      </c>
+      <c r="O109" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="110" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B110" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C110" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" s="13">
+        <v>6</v>
+      </c>
+      <c r="F110" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G110" s="7">
+        <v>7</v>
+      </c>
+      <c r="H110" s="11">
+        <v>0.8571428571428571</v>
+      </c>
+      <c r="I110" s="12">
+        <v>0.8571428571428571</v>
+      </c>
+      <c r="J110" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K110" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L110" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="M110" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="N110" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O110" s="8">
+        <v>0.8571428571428571</v>
+      </c>
+    </row>
+    <row r="111" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B111" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C111" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E111" s="13">
+        <v>0</v>
+      </c>
+      <c r="F111" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G111" s="7">
+        <v>7</v>
+      </c>
+      <c r="H111" s="11">
+        <v>0.8571428571428571</v>
+      </c>
+      <c r="I111" s="12">
+        <v>0.8571428571428571</v>
+      </c>
+      <c r="J111" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K111" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L111" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="M111" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="N111" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O111" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B112" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C112" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E112" s="13">
+        <v>1</v>
+      </c>
+      <c r="F112" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G112" s="7">
+        <v>7</v>
+      </c>
+      <c r="H112" s="11">
+        <v>0.8571428571428571</v>
+      </c>
+      <c r="I112" s="12">
+        <v>0.8571428571428571</v>
+      </c>
+      <c r="J112" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K112" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L112" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="M112" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="N112" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O112" s="8">
+        <v>0.14285714285714285</v>
+      </c>
+    </row>
+    <row r="113" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B113" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C113" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D113" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" s="13">
+        <v>3</v>
+      </c>
+      <c r="F113" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G113" s="7">
+        <v>3</v>
+      </c>
+      <c r="H113" s="11">
+        <v>1</v>
+      </c>
+      <c r="I113" s="12">
+        <v>1</v>
+      </c>
+      <c r="J113" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K113" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L113" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="M113" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N113" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O113" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="114" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B114" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C114" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D114" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E114" s="13">
+        <v>0</v>
+      </c>
+      <c r="F114" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G114" s="7">
+        <v>3</v>
+      </c>
+      <c r="H114" s="11">
+        <v>1</v>
+      </c>
+      <c r="I114" s="12">
+        <v>1</v>
+      </c>
+      <c r="J114" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K114" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L114" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M114" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N114" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O114" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B115" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C115" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D115" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E115" s="13">
+        <v>0</v>
+      </c>
+      <c r="F115" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G115" s="7">
+        <v>3</v>
+      </c>
+      <c r="H115" s="11">
+        <v>1</v>
+      </c>
+      <c r="I115" s="12">
+        <v>1</v>
+      </c>
+      <c r="J115" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K115" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L115" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M115" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N115" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O115" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B116" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C116" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D116" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="13">
+        <v>2</v>
+      </c>
+      <c r="F116" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G116" s="7">
+        <v>4</v>
+      </c>
+      <c r="H116" s="11">
+        <v>1</v>
+      </c>
+      <c r="I116" s="12">
+        <v>1</v>
+      </c>
+      <c r="J116" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K116" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L116" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="M116" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="N116" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O116" s="8">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="117" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B117" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C117" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D117" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E117" s="13">
+        <v>2</v>
+      </c>
+      <c r="F117" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G117" s="7">
+        <v>4</v>
+      </c>
+      <c r="H117" s="11">
+        <v>1</v>
+      </c>
+      <c r="I117" s="12">
+        <v>1</v>
+      </c>
+      <c r="J117" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K117" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L117" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M117" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="N117" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O117" s="8">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="118" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B118" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C118" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D118" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E118" s="13">
+        <v>0</v>
+      </c>
+      <c r="F118" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G118" s="7">
+        <v>4</v>
+      </c>
+      <c r="H118" s="11">
+        <v>1</v>
+      </c>
+      <c r="I118" s="12">
+        <v>1</v>
+      </c>
+      <c r="J118" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K118" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L118" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M118" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="N118" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O118" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B119" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C119" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D119" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" s="13">
+        <v>3</v>
+      </c>
+      <c r="F119" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="G119" s="7">
+        <v>6</v>
+      </c>
+      <c r="H119" s="11">
+        <v>1</v>
+      </c>
+      <c r="I119" s="12">
+        <v>1</v>
+      </c>
+      <c r="J119" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K119" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L119" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="M119" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="N119" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O119" s="8">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="120" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B120" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C120" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D120" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E120" s="13">
+        <v>3</v>
+      </c>
+      <c r="F120" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="G120" s="7">
+        <v>6</v>
+      </c>
+      <c r="H120" s="11">
+        <v>1</v>
+      </c>
+      <c r="I120" s="12">
+        <v>1</v>
+      </c>
+      <c r="J120" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K120" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L120" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M120" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="N120" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O120" s="8">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="121" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B121" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C121" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D121" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E121" s="13">
+        <v>0</v>
+      </c>
+      <c r="F121" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="G121" s="7">
+        <v>6</v>
+      </c>
+      <c r="H121" s="11">
+        <v>1</v>
+      </c>
+      <c r="I121" s="12">
+        <v>1</v>
+      </c>
+      <c r="J121" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K121" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L121" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M121" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="N121" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O121" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B122" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C122" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D122" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" s="13">
+        <v>3</v>
+      </c>
+      <c r="F122" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G122" s="7">
+        <v>6</v>
+      </c>
+      <c r="H122" s="11">
+        <v>1</v>
+      </c>
+      <c r="I122" s="12">
+        <v>1</v>
+      </c>
+      <c r="J122" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K122" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L122" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="M122" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="N122" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O122" s="8">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="123" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B123" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C123" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D123" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E123" s="13">
+        <v>3</v>
+      </c>
+      <c r="F123" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G123" s="7">
+        <v>6</v>
+      </c>
+      <c r="H123" s="11">
+        <v>1</v>
+      </c>
+      <c r="I123" s="12">
+        <v>1</v>
+      </c>
+      <c r="J123" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K123" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L123" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M123" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="N123" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O123" s="8">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="124" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B124" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C124" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D124" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E124" s="13">
+        <v>0</v>
+      </c>
+      <c r="F124" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G124" s="7">
+        <v>6</v>
+      </c>
+      <c r="H124" s="11">
+        <v>1</v>
+      </c>
+      <c r="I124" s="12">
+        <v>1</v>
+      </c>
+      <c r="J124" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K124" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L124" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M124" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="N124" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O124" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B125" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C125" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D125" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" s="13">
+        <v>11</v>
+      </c>
+      <c r="F125" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G125" s="7">
+        <v>12</v>
+      </c>
+      <c r="H125" s="11">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="I125" s="12">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="J125" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K125" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L125" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="M125" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="N125" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O125" s="8">
+        <v>0.91666666666666663</v>
+      </c>
+    </row>
+    <row r="126" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B126" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C126" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D126" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E126" s="13">
+        <v>0</v>
+      </c>
+      <c r="F126" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G126" s="7">
+        <v>12</v>
+      </c>
+      <c r="H126" s="11">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="I126" s="12">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="J126" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K126" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L126" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M126" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="N126" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O126" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B127" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C127" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D127" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E127" s="13">
+        <v>1</v>
+      </c>
+      <c r="F127" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G127" s="7">
+        <v>12</v>
+      </c>
+      <c r="H127" s="11">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="I127" s="12">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="J127" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K127" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L127" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M127" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="N127" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O127" s="8">
+        <v>8.3333333333333329E-2</v>
+      </c>
+    </row>
+    <row r="128" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B128" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C128" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D128" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" s="13">
+        <v>2</v>
+      </c>
+      <c r="F128" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G128" s="7">
+        <v>3</v>
+      </c>
+      <c r="H128" s="11">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="I128" s="12">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="J128" s="8">
+        <v>0.8</v>
+      </c>
+      <c r="K128" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L128" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="M128" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N128" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O128" s="8">
+        <v>0.66666666666666663</v>
+      </c>
+    </row>
+    <row r="129" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B129" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C129" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D129" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E129" s="13">
+        <v>0</v>
+      </c>
+      <c r="F129" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G129" s="7">
+        <v>3</v>
+      </c>
+      <c r="H129" s="11">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="I129" s="12">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="J129" s="8">
+        <v>0.8</v>
+      </c>
+      <c r="K129" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L129" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="M129" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N129" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O129" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B130" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C130" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D130" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E130" s="13">
+        <v>1</v>
+      </c>
+      <c r="F130" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G130" s="7">
+        <v>3</v>
+      </c>
+      <c r="H130" s="11">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="I130" s="12">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="J130" s="8">
+        <v>0.8</v>
+      </c>
+      <c r="K130" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L130" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="M130" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N130" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O130" s="8">
+        <v>0.33333333333333331</v>
+      </c>
+    </row>
+    <row r="131" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B131" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C131" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D131" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" s="13">
+        <v>3</v>
+      </c>
+      <c r="F131" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="G131" s="7">
+        <v>9</v>
+      </c>
+      <c r="H131" s="11">
+        <v>0.75</v>
+      </c>
+      <c r="I131" s="12">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="J131" s="8">
+        <v>0.8</v>
+      </c>
+      <c r="K131" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L131" s="14" t="s">
         <v>77</v>
       </c>
-      <c r="N109" s="1">
-[...2 lines deleted...]
-      <c r="O109" s="4">
+      <c r="M131" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="N131" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O131" s="8">
+        <v>0.33333333333333331</v>
+      </c>
+    </row>
+    <row r="132" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B132" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C132" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D132" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E132" s="13">
+        <v>5</v>
+      </c>
+      <c r="F132" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="G132" s="7">
+        <v>9</v>
+      </c>
+      <c r="H132" s="11">
+        <v>0.75</v>
+      </c>
+      <c r="I132" s="12">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="J132" s="8">
+        <v>0.8</v>
+      </c>
+      <c r="K132" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L132" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="M132" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="N132" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O132" s="8">
+        <v>0.55555555555555558</v>
+      </c>
+    </row>
+    <row r="133" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B133" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C133" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D133" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E133" s="13">
+        <v>1</v>
+      </c>
+      <c r="F133" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="G133" s="7">
+        <v>9</v>
+      </c>
+      <c r="H133" s="11">
+        <v>0.75</v>
+      </c>
+      <c r="I133" s="12">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="J133" s="8">
+        <v>0.8</v>
+      </c>
+      <c r="K133" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L133" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="M133" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="N133" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O133" s="8">
+        <v>0.1111111111111111</v>
+      </c>
+    </row>
+    <row r="134" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B134" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C134" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D134" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" s="13">
+        <v>11</v>
+      </c>
+      <c r="F134" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G134" s="7">
+        <v>12</v>
+      </c>
+      <c r="H134" s="11">
+        <v>1</v>
+      </c>
+      <c r="I134" s="12">
+        <v>1</v>
+      </c>
+      <c r="J134" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K134" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L134" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="M134" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="N134" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O134" s="8">
+        <v>0.91666666666666663</v>
+      </c>
+    </row>
+    <row r="135" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B135" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C135" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D135" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E135" s="13">
+        <v>1</v>
+      </c>
+      <c r="F135" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G135" s="7">
+        <v>12</v>
+      </c>
+      <c r="H135" s="11">
+        <v>1</v>
+      </c>
+      <c r="I135" s="12">
+        <v>1</v>
+      </c>
+      <c r="J135" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K135" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L135" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M135" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="N135" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O135" s="8">
+        <v>8.3333333333333329E-2</v>
+      </c>
+    </row>
+    <row r="136" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B136" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C136" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D136" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E136" s="13">
+        <v>0</v>
+      </c>
+      <c r="F136" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G136" s="7">
+        <v>12</v>
+      </c>
+      <c r="H136" s="11">
+        <v>1</v>
+      </c>
+      <c r="I136" s="12">
+        <v>1</v>
+      </c>
+      <c r="J136" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K136" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L136" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M136" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="N136" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O136" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B137" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C137" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D137" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E137" s="13">
+        <v>8</v>
+      </c>
+      <c r="F137" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G137" s="7">
+        <v>9</v>
+      </c>
+      <c r="H137" s="11">
+        <v>1</v>
+      </c>
+      <c r="I137" s="12">
+        <v>1</v>
+      </c>
+      <c r="J137" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K137" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L137" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="M137" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="N137" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O137" s="8">
+        <v>0.88888888888888884</v>
+      </c>
+    </row>
+    <row r="138" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B138" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C138" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D138" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E138" s="13">
+        <v>1</v>
+      </c>
+      <c r="F138" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G138" s="7">
+        <v>9</v>
+      </c>
+      <c r="H138" s="11">
+        <v>1</v>
+      </c>
+      <c r="I138" s="12">
+        <v>1</v>
+      </c>
+      <c r="J138" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K138" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L138" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M138" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="N138" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O138" s="8">
+        <v>0.1111111111111111</v>
+      </c>
+    </row>
+    <row r="139" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B139" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C139" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D139" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E139" s="13">
+        <v>0</v>
+      </c>
+      <c r="F139" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G139" s="7">
+        <v>9</v>
+      </c>
+      <c r="H139" s="11">
+        <v>1</v>
+      </c>
+      <c r="I139" s="12">
+        <v>1</v>
+      </c>
+      <c r="J139" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K139" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L139" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M139" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="N139" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O139" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B140" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C140" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D140" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" s="13">
+        <v>0</v>
+      </c>
+      <c r="F140" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G140" s="7">
+        <v>3</v>
+      </c>
+      <c r="H140" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I140" s="12">
+        <v>1</v>
+      </c>
+      <c r="J140" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K140" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L140" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="M140" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="N140" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O140" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="141" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B141" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C141" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D141" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E141" s="13">
+        <v>3</v>
+      </c>
+      <c r="F141" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G141" s="7">
+        <v>3</v>
+      </c>
+      <c r="H141" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I141" s="12">
+        <v>1</v>
+      </c>
+      <c r="J141" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K141" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L141" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M141" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="N141" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O141" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="142" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B142" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C142" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D142" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E142" s="13">
+        <v>0</v>
+      </c>
+      <c r="F142" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G142" s="7">
+        <v>3</v>
+      </c>
+      <c r="H142" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I142" s="12">
+        <v>1</v>
+      </c>
+      <c r="J142" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K142" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L142" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M142" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="N142" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O142" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="143" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B143" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C143" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D143" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" s="13">
+        <v>0</v>
+      </c>
+      <c r="F143" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G143" s="7">
+        <v>0</v>
+      </c>
+      <c r="H143" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I143" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="J143" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K143" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L143" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="M143" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N143" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O143" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="144" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B144" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C144" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D144" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E144" s="13">
+        <v>0</v>
+      </c>
+      <c r="F144" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G144" s="7">
+        <v>0</v>
+      </c>
+      <c r="H144" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I144" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="J144" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K144" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L144" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="M144" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N144" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O144" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="145" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B145" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C145" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D145" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E145" s="13">
+        <v>0</v>
+      </c>
+      <c r="F145" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G145" s="7">
+        <v>0</v>
+      </c>
+      <c r="H145" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I145" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="J145" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K145" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L145" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="M145" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N145" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O145" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="146" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B146" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C146" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="D146" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E146" s="13">
+        <v>0</v>
+      </c>
+      <c r="F146" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="G146" s="7">
+        <v>0</v>
+      </c>
+      <c r="H146" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I146" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="J146" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K146" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L146" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="M146" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N146" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O146" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="147" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B147" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C147" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="D147" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E147" s="13">
+        <v>0</v>
+      </c>
+      <c r="F147" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="G147" s="7">
+        <v>0</v>
+      </c>
+      <c r="H147" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I147" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="J147" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K147" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L147" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="M147" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N147" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O147" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="148" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B148" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C148" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="D148" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E148" s="13">
+        <v>0</v>
+      </c>
+      <c r="F148" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="G148" s="7">
+        <v>0</v>
+      </c>
+      <c r="H148" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I148" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="J148" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K148" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L148" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="M148" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N148" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O148" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="149" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B149" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C149" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="D149" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" s="13">
+        <v>3</v>
+      </c>
+      <c r="F149" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G149" s="7">
+        <v>3</v>
+      </c>
+      <c r="H149" s="11">
+        <v>1</v>
+      </c>
+      <c r="I149" s="12">
+        <v>1</v>
+      </c>
+      <c r="J149" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K149" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L149" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="M149" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N149" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O149" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="150" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B150" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C150" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="D150" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E150" s="13">
+        <v>0</v>
+      </c>
+      <c r="F150" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G150" s="7">
+        <v>3</v>
+      </c>
+      <c r="H150" s="11">
+        <v>1</v>
+      </c>
+      <c r="I150" s="12">
+        <v>1</v>
+      </c>
+      <c r="J150" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K150" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L150" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M150" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N150" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O150" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="151" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B151" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C151" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="D151" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E151" s="13">
+        <v>0</v>
+      </c>
+      <c r="F151" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G151" s="7">
+        <v>3</v>
+      </c>
+      <c r="H151" s="11">
+        <v>1</v>
+      </c>
+      <c r="I151" s="12">
+        <v>1</v>
+      </c>
+      <c r="J151" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K151" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L151" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M151" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N151" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O151" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="152" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B152" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C152" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D152" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" s="13">
+        <v>2</v>
+      </c>
+      <c r="F152" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="G152" s="7">
+        <v>3</v>
+      </c>
+      <c r="H152" s="11">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="I152" s="12">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="J152" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K152" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L152" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="M152" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N152" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O152" s="8">
+        <v>0.66666666666666663</v>
+      </c>
+    </row>
+    <row r="153" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B153" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C153" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D153" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E153" s="13">
+        <v>0</v>
+      </c>
+      <c r="F153" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="G153" s="7">
+        <v>3</v>
+      </c>
+      <c r="H153" s="11">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="I153" s="12">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="J153" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K153" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L153" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="M153" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N153" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O153" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="154" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B154" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C154" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D154" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E154" s="13">
+        <v>1</v>
+      </c>
+      <c r="F154" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="G154" s="7">
+        <v>3</v>
+      </c>
+      <c r="H154" s="11">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="I154" s="12">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="J154" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K154" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L154" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="M154" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N154" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O154" s="8">
+        <v>0.33333333333333331</v>
+      </c>
+    </row>
+    <row r="155" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B155" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C155" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D155" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" s="13">
+        <v>0</v>
+      </c>
+      <c r="F155" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G155" s="7">
+        <v>18</v>
+      </c>
+      <c r="H155" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I155" s="12">
+        <v>1</v>
+      </c>
+      <c r="J155" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K155" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L155" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="M155" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="N155" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O155" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="156" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B156" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C156" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D156" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E156" s="13">
+        <v>18</v>
+      </c>
+      <c r="F156" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G156" s="7">
+        <v>18</v>
+      </c>
+      <c r="H156" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I156" s="12">
+        <v>1</v>
+      </c>
+      <c r="J156" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K156" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L156" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M156" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="N156" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O156" s="8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="157" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B157" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C157" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D157" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E157" s="13">
+        <v>0</v>
+      </c>
+      <c r="F157" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G157" s="7">
+        <v>18</v>
+      </c>
+      <c r="H157" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I157" s="12">
+        <v>1</v>
+      </c>
+      <c r="J157" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K157" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L157" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M157" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="N157" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O157" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="158" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B158" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C158" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D158" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E158" s="13">
+        <v>1</v>
+      </c>
+      <c r="F158" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="G158" s="7">
+        <v>8</v>
+      </c>
+      <c r="H158" s="11">
+        <v>1</v>
+      </c>
+      <c r="I158" s="12">
+        <v>1</v>
+      </c>
+      <c r="J158" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K158" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L158" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="M158" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="N158" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O158" s="8">
+        <v>0.125</v>
+      </c>
+    </row>
+    <row r="159" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B159" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C159" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D159" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E159" s="13">
+        <v>7</v>
+      </c>
+      <c r="F159" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="G159" s="7">
+        <v>8</v>
+      </c>
+      <c r="H159" s="11">
+        <v>1</v>
+      </c>
+      <c r="I159" s="12">
+        <v>1</v>
+      </c>
+      <c r="J159" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K159" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L159" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M159" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="N159" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O159" s="8">
+        <v>0.875</v>
+      </c>
+    </row>
+    <row r="160" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B160" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C160" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D160" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E160" s="13">
+        <v>0</v>
+      </c>
+      <c r="F160" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="G160" s="7">
+        <v>8</v>
+      </c>
+      <c r="H160" s="11">
+        <v>1</v>
+      </c>
+      <c r="I160" s="12">
+        <v>1</v>
+      </c>
+      <c r="J160" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K160" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L160" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M160" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="N160" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O160" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B161" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C161" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D161" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" s="13">
+        <v>0</v>
+      </c>
+      <c r="F161" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="G161" s="7">
+        <v>0</v>
+      </c>
+      <c r="H161" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I161" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="J161" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K161" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L161" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="M161" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N161" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O161" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="162" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B162" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C162" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D162" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E162" s="13">
+        <v>0</v>
+      </c>
+      <c r="F162" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="G162" s="7">
+        <v>0</v>
+      </c>
+      <c r="H162" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I162" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="J162" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K162" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L162" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="M162" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N162" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O162" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163" spans="1:15" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="7">
+        <v>2026</v>
+      </c>
+      <c r="B163" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C163" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D163" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E163" s="13">
+        <v>0</v>
+      </c>
+      <c r="F163" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="G163" s="7">
+        <v>0</v>
+      </c>
+      <c r="H163" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I163" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="J163" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="K163" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="L163" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="M163" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N163" s="15">
+        <v>46022</v>
+      </c>
+      <c r="O163" s="8">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:O109" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="596918df6aaaf2eed3534d0b61dbf5d1">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9faf0890699bccc6d2bf185ba7ce82f7" ns2:_="" ns3:_="" ns4:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <DateModified xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="20867c8d-1cc9-4acd-a073-94634f6a764f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ac8ff77954c40bf04afd8a3b45c139a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="75731eb5f67757d61a35da63f5a16223" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <xsd:import namespace="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <xsd:import namespace="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:DateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -8339,113 +10988,92 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F51EB3FB-DD4C-417C-A0D4-095B363329C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
+    <ds:schemaRef ds:uri="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24642727-416D-4EEC-95B4-51F349EC5095}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77F32AA5-3379-49AD-8B26-717CBF6A8192}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73F99974-5D20-4FD6-BF28-9640AD8637FF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <ds:schemaRef ds:uri="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...24 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Meeting Management</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>