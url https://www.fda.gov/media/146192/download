--- v0 (2026-02-09)
+++ v1 (2026-03-23)
@@ -7,157 +7,157 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/FDA-Track/Test Docs/FDA-TRACK/User Fee TRACK/BsUFA/3 - Dataset Downloads/FY25/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda.sharepoint.com/sites/FDA-Track/Test Docs/FDA-TRACK/User Fee TRACK/BsUFA/3 - Dataset Downloads/FY26/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="39" documentId="8_{CB2498C9-DE0D-42CB-9338-4937333F3FE7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C3EBFE62-2B9A-48C6-8FDF-B23DCE93C745}"/>
+  <xr:revisionPtr revIDLastSave="93" documentId="8_{CB2498C9-DE0D-42CB-9338-4937333F3FE7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{67C62259-5FED-4B21-AA0A-CE6A6B629D57}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="24045" yWindow="570" windowWidth="24525" windowHeight="19515" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Procedural Notifications" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Procedural Notifications'!$A$1:$O$25</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Procedural Notifications'!$A$1:$O$37</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L25" i="1" l="1"/>
-  <c r="I25" i="1"/>
+  <c r="I25" i="1" l="1"/>
   <c r="H25" i="1"/>
-  <c r="L24" i="1"/>
   <c r="I24" i="1"/>
   <c r="H24" i="1"/>
-  <c r="L23" i="1"/>
   <c r="I23" i="1"/>
   <c r="H23" i="1"/>
+  <c r="L23" i="1" s="1"/>
   <c r="I22" i="1"/>
   <c r="H22" i="1"/>
   <c r="I21" i="1"/>
   <c r="H21" i="1"/>
   <c r="I20" i="1"/>
   <c r="H20" i="1"/>
   <c r="L20" i="1" s="1"/>
-  <c r="L19" i="1"/>
   <c r="I19" i="1"/>
   <c r="H19" i="1"/>
-  <c r="L18" i="1"/>
   <c r="I18" i="1"/>
   <c r="H18" i="1"/>
-  <c r="L17" i="1"/>
   <c r="I17" i="1"/>
   <c r="H17" i="1"/>
-  <c r="L16" i="1"/>
   <c r="I16" i="1"/>
   <c r="H16" i="1"/>
-  <c r="L15" i="1"/>
   <c r="I15" i="1"/>
   <c r="H15" i="1"/>
   <c r="I14" i="1"/>
   <c r="H14" i="1"/>
-  <c r="L14" i="1" s="1"/>
   <c r="I13" i="1"/>
   <c r="H13" i="1"/>
   <c r="I12" i="1"/>
   <c r="H12" i="1"/>
   <c r="I11" i="1"/>
   <c r="H11" i="1"/>
-  <c r="L11" i="1" s="1"/>
-  <c r="L10" i="1"/>
   <c r="I10" i="1"/>
   <c r="H10" i="1"/>
   <c r="I9" i="1"/>
   <c r="H9" i="1"/>
   <c r="I8" i="1"/>
   <c r="H8" i="1"/>
-  <c r="L9" i="1" s="1"/>
-  <c r="L7" i="1"/>
   <c r="I7" i="1"/>
   <c r="H7" i="1"/>
-  <c r="L6" i="1"/>
   <c r="I6" i="1"/>
   <c r="H6" i="1"/>
   <c r="I5" i="1"/>
   <c r="H5" i="1"/>
-  <c r="L5" i="1" s="1"/>
   <c r="I4" i="1"/>
   <c r="H4" i="1"/>
   <c r="I3" i="1"/>
   <c r="H3" i="1"/>
-  <c r="L2" i="1"/>
   <c r="I2" i="1"/>
   <c r="H2" i="1"/>
-  <c r="L4" i="1" s="1"/>
-  <c r="L12" i="1" l="1"/>
+  <c r="L6" i="1" l="1"/>
+  <c r="L17" i="1"/>
+  <c r="L19" i="1"/>
+  <c r="L18" i="1"/>
+  <c r="L4" i="1"/>
+  <c r="L14" i="1"/>
+  <c r="L9" i="1"/>
+  <c r="L25" i="1"/>
+  <c r="L24" i="1"/>
+  <c r="L22" i="1"/>
   <c r="L21" i="1"/>
+  <c r="L16" i="1"/>
+  <c r="L7" i="1"/>
+  <c r="L15" i="1"/>
+  <c r="L2" i="1"/>
+  <c r="L5" i="1"/>
+  <c r="L10" i="1"/>
+  <c r="L11" i="1"/>
+  <c r="L12" i="1"/>
   <c r="L3" i="1"/>
   <c r="L8" i="1"/>
-  <c r="L22" i="1"/>
   <c r="L13" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="249" uniqueCount="43">
   <si>
     <t>Fiscal Year</t>
   </si>
   <si>
     <t>BsUFA Submission Type</t>
   </si>
   <si>
     <t>Goal Name</t>
   </si>
   <si>
     <t>Review Status</t>
   </si>
   <si>
     <t>Total Submissions</t>
   </si>
   <si>
     <t>Goal Timeline</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Percent On Time</t>
   </si>
   <si>
@@ -214,60 +214,78 @@
   <si>
     <t>60 days</t>
   </si>
   <si>
     <t>11 of 11</t>
   </si>
   <si>
     <t>74 days</t>
   </si>
   <si>
     <t>4 of 4</t>
   </si>
   <si>
     <t>90 days</t>
   </si>
   <si>
     <t>40 of 40</t>
   </si>
   <si>
     <t>180 days</t>
   </si>
   <si>
     <t>3 of 3</t>
   </si>
   <si>
-    <t>24 of 25</t>
-[...8 lines deleted...]
-    <t>6 of 8</t>
+    <t/>
+  </si>
+  <si>
+    <t>Currently Meeting, Pending</t>
+  </si>
+  <si>
+    <t>5 of 6</t>
+  </si>
+  <si>
+    <t>0 of 1</t>
+  </si>
+  <si>
+    <t>1 of 10</t>
+  </si>
+  <si>
+    <t>0 of 3</t>
+  </si>
+  <si>
+    <t>25 of 25</t>
+  </si>
+  <si>
+    <t>2 of 2</t>
+  </si>
+  <si>
+    <t>41 of 41</t>
+  </si>
+  <si>
+    <t>8 of 8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
@@ -726,73 +744,80 @@
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="42" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="19" fillId="0" borderId="0" xfId="42" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="9" fontId="18" fillId="0" borderId="0" xfId="42" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="9" fontId="18" fillId="0" borderId="0" xfId="42" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="42" applyFont="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="43">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
@@ -1113,121 +1138,123 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:O25"/>
+  <dimension ref="A1:O37"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView tabSelected="1" topLeftCell="F1" zoomScaleNormal="100" workbookViewId="0">
+      <selection sqref="A1:XFD1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="14.85546875" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="36.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="14.88671875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="36.88671875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="133" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="18.140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="18.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="18.109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="21.5546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="18.109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="10" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="20.42578125" style="2" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="15" max="15" width="19.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="20.44140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="37.44140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="21.88671875" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.88671875" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="29.88671875" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="31.44140625" customWidth="1"/>
+    <col min="14" max="14" width="14.6640625" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="19.6640625" style="2" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>8</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="4" t="s">
         <v>10</v>
       </c>
       <c r="M1" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N1" s="4" t="s">
         <v>11</v>
       </c>
       <c r="O1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="2" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A2" s="3">
         <v>2024</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>20</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E2" s="3">
         <v>11</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>25</v>
       </c>
       <c r="G2" s="3">
         <v>11</v>
       </c>
       <c r="H2" s="6">
         <f>IFERROR(E2/(E2+E4),"")</f>
         <v>1</v>
       </c>
@@ -1246,51 +1273,51 @@
 IF(AND(E2=0,E3&gt;0,E4=0),"Currently Meeting, Pending",
 IF(AND(E2&gt;0,E3&gt;0,H2+0.005&gt;=J2),"Currently Meeting, Pending",
 IF(AND(E2&gt;0,E3&gt;=0,E4&gt;=0,H4+0.005&gt;=J4),"Will Meet Goal",
 IF(AND(E2&gt;=0,E3=0,E4&gt;0,I4&lt;J4),"Will Not Meet Goal",
 IF(AND(E2&gt;=0,E3&gt;0,E4&gt;0,H3&lt;J3),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E2=0,E3=0,E4=0),"N/A",
 IF(AND(E2=0,E3&gt;0,E4=0),"Goal Met",
 IF(AND(E2&gt;0,E3&gt;0,H2+0.005&gt;=J2),"Goal Met",
 IF(AND(E2&gt;0,E3&gt;=0,E4&gt;=0,H4+0.005&gt;=J4),"Goal Met",
 IF(AND(E2&gt;=0,E3=0,E4&gt;0,H4&lt;J4),"Goal Not Met",
 IF(AND(E2&gt;=0,E3&gt;0,E4&gt;0,H3&lt;J3),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Goal Met</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>26</v>
       </c>
       <c r="N2" s="9">
         <v>45930</v>
       </c>
       <c r="O2" s="10">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>2024</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="3">
         <v>0</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>25</v>
       </c>
       <c r="G3" s="3">
         <v>11</v>
       </c>
       <c r="H3" s="6">
         <f>IFERROR(E2/(E2+E4),"")</f>
         <v>1</v>
       </c>
@@ -1309,51 +1336,51 @@
 IF(AND(E2=0,E3&gt;0,E4=0),"Currently Meeting, Pending",
 IF(AND(E2&gt;0,E3&gt;0,H2+0.005&gt;=J2),"Currently Meeting, Pending",
 IF(AND(E2&gt;0,E3&gt;=0,E4&gt;=0,H4+0.005&gt;=J4),"Will Meet Goal",
 IF(AND(E2&gt;=0,E3=0,E4&gt;0,I4&lt;J4),"Will Not Meet Goal",
 IF(AND(E2&gt;=0,E3&gt;0,E4&gt;0,H3&lt;J3),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E2=0,E3=0,E4=0),"N/A",
 IF(AND(E2=0,E3&gt;0,E4=0),"Goal Met",
 IF(AND(E2&gt;0,E3&gt;0,H2+0.005&gt;=J2),"Goal Met",
 IF(AND(E2&gt;0,E3&gt;=0,E4&gt;=0,H4+0.005&gt;=J4),"Goal Met",
 IF(AND(E2&gt;=0,E3=0,E4&gt;0,H4&lt;J4),"Goal Not Met",
 IF(AND(E2&gt;=0,E3&gt;0,E4&gt;0,H3&lt;J3),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Goal Met</v>
       </c>
       <c r="M3" s="3" t="s">
         <v>26</v>
       </c>
       <c r="N3" s="9">
         <v>45930</v>
       </c>
       <c r="O3" s="10">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>2024</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
         <v>0</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="3">
         <v>11</v>
       </c>
       <c r="H4" s="6">
         <f>IFERROR(E2/(E2+E4),"")</f>
         <v>1</v>
       </c>
@@ -1372,51 +1399,51 @@
 IF(AND(E2=0,E3&gt;0,E4=0),"Currently Meeting, Pending",
 IF(AND(E2&gt;0,E3&gt;0,H2+0.005&gt;=J2),"Currently Meeting, Pending",
 IF(AND(E2&gt;0,E3&gt;=0,E4&gt;=0,H4+0.005&gt;=J4),"Will Meet Goal",
 IF(AND(E2&gt;=0,E3=0,E4&gt;0,I4&lt;J4),"Will Not Meet Goal",
 IF(AND(E2&gt;=0,E3&gt;0,E4&gt;0,H3&lt;J3),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E2=0,E3=0,E4=0),"N/A",
 IF(AND(E2=0,E3&gt;0,E4=0),"Goal Met",
 IF(AND(E2&gt;0,E3&gt;0,H2+0.005&gt;=J2),"Goal Met",
 IF(AND(E2&gt;0,E3&gt;=0,E4&gt;=0,H4+0.005&gt;=J4),"Goal Met",
 IF(AND(E2&gt;=0,E3=0,E4&gt;0,H4&lt;J4),"Goal Not Met",
 IF(AND(E2&gt;=0,E3&gt;0,E4&gt;0,H3&lt;J3),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Goal Met</v>
       </c>
       <c r="M4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="N4" s="9">
         <v>45930</v>
       </c>
       <c r="O4" s="10">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>2024</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3">
         <v>4</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G5" s="3">
         <v>4</v>
       </c>
       <c r="H5" s="6">
         <f>IFERROR(E5/(E5+E7),"")</f>
         <v>1</v>
       </c>
@@ -1435,51 +1462,51 @@
 IF(AND(E5=0,E6&gt;0,E7=0),"Currently Meeting, Pending",
 IF(AND(E5&gt;0,E6&gt;0,H5+0.005&gt;=J5),"Currently Meeting, Pending",
 IF(AND(E5&gt;0,E6&gt;=0,E7&gt;=0,H7+0.005&gt;=J7),"Will Meet Goal",
 IF(AND(E5&gt;=0,E6=0,E7&gt;0,I7&lt;J7),"Will Not Meet Goal",
 IF(AND(E5&gt;=0,E6&gt;0,E7&gt;0,H6&lt;J6),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E5=0,E6=0,E7=0),"N/A",
 IF(AND(E5=0,E6&gt;0,E7=0),"Goal Met",
 IF(AND(E5&gt;0,E6&gt;0,H5+0.005&gt;=J5),"Goal Met",
 IF(AND(E5&gt;0,E6&gt;=0,E7&gt;=0,H7+0.005&gt;=J7),"Goal Met",
 IF(AND(E5&gt;=0,E6=0,E7&gt;0,H7&lt;J7),"Goal Not Met",
 IF(AND(E5&gt;=0,E6&gt;0,E7&gt;0,H6&lt;J6),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Goal Met</v>
       </c>
       <c r="M5" s="3" t="s">
         <v>28</v>
       </c>
       <c r="N5" s="9">
         <v>45930</v>
       </c>
       <c r="O5" s="10">
         <v>1</v>
       </c>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>2024</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3">
         <v>0</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G6" s="3">
         <v>4</v>
       </c>
       <c r="H6" s="6">
         <f>IFERROR(E5/(E5+E7),"")</f>
         <v>1</v>
       </c>
@@ -1498,51 +1525,51 @@
 IF(AND(E5=0,E6&gt;0,E7=0),"Currently Meeting, Pending",
 IF(AND(E5&gt;0,E6&gt;0,H5+0.005&gt;=J5),"Currently Meeting, Pending",
 IF(AND(E5&gt;0,E6&gt;=0,E7&gt;=0,H7+0.005&gt;=J7),"Will Meet Goal",
 IF(AND(E5&gt;=0,E6=0,E7&gt;0,I7&lt;J7),"Will Not Meet Goal",
 IF(AND(E5&gt;=0,E6&gt;0,E7&gt;0,H6&lt;J6),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E5=0,E6=0,E7=0),"N/A",
 IF(AND(E5=0,E6&gt;0,E7=0),"Goal Met",
 IF(AND(E5&gt;0,E6&gt;0,H5+0.005&gt;=J5),"Goal Met",
 IF(AND(E5&gt;0,E6&gt;=0,E7&gt;=0,H7+0.005&gt;=J7),"Goal Met",
 IF(AND(E5&gt;=0,E6=0,E7&gt;0,H7&lt;J7),"Goal Not Met",
 IF(AND(E5&gt;=0,E6&gt;0,E7&gt;0,H6&lt;J6),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Goal Met</v>
       </c>
       <c r="M6" s="3" t="s">
         <v>28</v>
       </c>
       <c r="N6" s="9">
         <v>45930</v>
       </c>
       <c r="O6" s="10">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>2024</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="3">
         <v>0</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G7" s="3">
         <v>4</v>
       </c>
       <c r="H7" s="6">
         <f>IFERROR(E5/(E5+E7),"")</f>
         <v>1</v>
       </c>
@@ -1561,51 +1588,51 @@
 IF(AND(E5=0,E6&gt;0,E7=0),"Currently Meeting, Pending",
 IF(AND(E5&gt;0,E6&gt;0,H5+0.005&gt;=J5),"Currently Meeting, Pending",
 IF(AND(E5&gt;0,E6&gt;=0,E7&gt;=0,H7+0.005&gt;=J7),"Will Meet Goal",
 IF(AND(E5&gt;=0,E6=0,E7&gt;0,I7&lt;J7),"Will Not Meet Goal",
 IF(AND(E5&gt;=0,E6&gt;0,E7&gt;0,H6&lt;J6),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E5=0,E6=0,E7=0),"N/A",
 IF(AND(E5=0,E6&gt;0,E7=0),"Goal Met",
 IF(AND(E5&gt;0,E6&gt;0,H5+0.005&gt;=J5),"Goal Met",
 IF(AND(E5&gt;0,E6&gt;=0,E7&gt;=0,H7+0.005&gt;=J7),"Goal Met",
 IF(AND(E5&gt;=0,E6=0,E7&gt;0,H7&lt;J7),"Goal Not Met",
 IF(AND(E5&gt;=0,E6&gt;0,E7&gt;0,H6&lt;J6),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Goal Met</v>
       </c>
       <c r="M7" s="3" t="s">
         <v>28</v>
       </c>
       <c r="N7" s="9">
         <v>45930</v>
       </c>
       <c r="O7" s="10">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>2024</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3">
         <v>40</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G8" s="3">
         <v>40</v>
       </c>
       <c r="H8" s="6">
         <f>IFERROR(E8/(E8+E10),"")</f>
         <v>1</v>
       </c>
@@ -1624,51 +1651,51 @@
 IF(AND(E8=0,E9&gt;0,E10=0),"Currently Meeting, Pending",
 IF(AND(E8&gt;0,E9&gt;0,H8+0.005&gt;=J8),"Currently Meeting, Pending",
 IF(AND(E8&gt;0,E9&gt;=0,E10&gt;=0,H10+0.005&gt;=J10),"Will Meet Goal",
 IF(AND(E8&gt;=0,E9=0,E10&gt;0,I10&lt;J10),"Will Not Meet Goal",
 IF(AND(E8&gt;=0,E9&gt;0,E10&gt;0,H9&lt;J9),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E8=0,E9=0,E10=0),"N/A",
 IF(AND(E8=0,E9&gt;0,E10=0),"Goal Met",
 IF(AND(E8&gt;0,E9&gt;0,H8+0.005&gt;=J8),"Goal Met",
 IF(AND(E8&gt;0,E9&gt;=0,E10&gt;=0,H10+0.005&gt;=J10),"Goal Met",
 IF(AND(E8&gt;=0,E9=0,E10&gt;0,H10&lt;J10),"Goal Not Met",
 IF(AND(E8&gt;=0,E9&gt;0,E10&gt;0,H9&lt;J9),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Goal Met</v>
       </c>
       <c r="M8" s="3" t="s">
         <v>30</v>
       </c>
       <c r="N8" s="9">
         <v>45930</v>
       </c>
       <c r="O8" s="10">
         <v>1</v>
       </c>
     </row>
-    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>2024</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3">
         <v>0</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G9" s="3">
         <v>40</v>
       </c>
       <c r="H9" s="6">
         <f>IFERROR(E8/(E8+E10),"")</f>
         <v>1</v>
       </c>
@@ -1687,51 +1714,51 @@
 IF(AND(E8=0,E9&gt;0,E10=0),"Currently Meeting, Pending",
 IF(AND(E8&gt;0,E9&gt;0,H8+0.005&gt;=J8),"Currently Meeting, Pending",
 IF(AND(E8&gt;0,E9&gt;=0,E10&gt;=0,H10+0.005&gt;=J10),"Will Meet Goal",
 IF(AND(E8&gt;=0,E9=0,E10&gt;0,I10&lt;J10),"Will Not Meet Goal",
 IF(AND(E8&gt;=0,E9&gt;0,E10&gt;0,H9&lt;J9),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E8=0,E9=0,E10=0),"N/A",
 IF(AND(E8=0,E9&gt;0,E10=0),"Goal Met",
 IF(AND(E8&gt;0,E9&gt;0,H8+0.005&gt;=J8),"Goal Met",
 IF(AND(E8&gt;0,E9&gt;=0,E10&gt;=0,H10+0.005&gt;=J10),"Goal Met",
 IF(AND(E8&gt;=0,E9=0,E10&gt;0,H10&lt;J10),"Goal Not Met",
 IF(AND(E8&gt;=0,E9&gt;0,E10&gt;0,H9&lt;J9),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Goal Met</v>
       </c>
       <c r="M9" s="3" t="s">
         <v>30</v>
       </c>
       <c r="N9" s="9">
         <v>45930</v>
       </c>
       <c r="O9" s="10">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>2024</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="3">
         <v>0</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G10" s="3">
         <v>40</v>
       </c>
       <c r="H10" s="6">
         <f>IFERROR(E8/(E8+E10),"")</f>
         <v>1</v>
       </c>
@@ -1750,51 +1777,51 @@
 IF(AND(E8=0,E9&gt;0,E10=0),"Currently Meeting, Pending",
 IF(AND(E8&gt;0,E9&gt;0,H8+0.005&gt;=J8),"Currently Meeting, Pending",
 IF(AND(E8&gt;0,E9&gt;=0,E10&gt;=0,H10+0.005&gt;=J10),"Will Meet Goal",
 IF(AND(E8&gt;=0,E9=0,E10&gt;0,I10&lt;J10),"Will Not Meet Goal",
 IF(AND(E8&gt;=0,E9&gt;0,E10&gt;0,H9&lt;J9),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E8=0,E9=0,E10=0),"N/A",
 IF(AND(E8=0,E9&gt;0,E10=0),"Goal Met",
 IF(AND(E8&gt;0,E9&gt;0,H8+0.005&gt;=J8),"Goal Met",
 IF(AND(E8&gt;0,E9&gt;=0,E10&gt;=0,H10+0.005&gt;=J10),"Goal Met",
 IF(AND(E8&gt;=0,E9=0,E10&gt;0,H10&lt;J10),"Goal Not Met",
 IF(AND(E8&gt;=0,E9&gt;0,E10&gt;0,H9&lt;J9),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Goal Met</v>
       </c>
       <c r="M10" s="3" t="s">
         <v>30</v>
       </c>
       <c r="N10" s="9">
         <v>45930</v>
       </c>
       <c r="O10" s="10">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A11" s="3">
         <v>2024</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3">
         <v>3</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="G11" s="3">
         <v>3</v>
       </c>
       <c r="H11" s="6">
         <f>IFERROR(E11/(E11+E13),"")</f>
         <v>1</v>
       </c>
@@ -1813,51 +1840,51 @@
 IF(AND(E11=0,E12&gt;0,E13=0),"Currently Meeting, Pending",
 IF(AND(E11&gt;0,E12&gt;0,H11+0.005&gt;=J11),"Currently Meeting, Pending",
 IF(AND(E11&gt;0,E12&gt;=0,E13&gt;=0,H13+0.005&gt;=J13),"Will Meet Goal",
 IF(AND(E11&gt;=0,E12=0,E13&gt;0,I13&lt;J13),"Will Not Meet Goal",
 IF(AND(E11&gt;=0,E12&gt;0,E13&gt;0,H12&lt;J12),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E11=0,E12=0,E13=0),"N/A",
 IF(AND(E11=0,E12&gt;0,E13=0),"Goal Met",
 IF(AND(E11&gt;0,E12&gt;0,H11+0.005&gt;=J11),"Goal Met",
 IF(AND(E11&gt;0,E12&gt;=0,E13&gt;=0,H13+0.005&gt;=J13),"Goal Met",
 IF(AND(E11&gt;=0,E12=0,E13&gt;0,H13&lt;J13),"Goal Not Met",
 IF(AND(E11&gt;=0,E12&gt;0,E13&gt;0,H12&lt;J12),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Goal Met</v>
       </c>
       <c r="M11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="N11" s="9">
         <v>45930</v>
       </c>
       <c r="O11" s="10">
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A12" s="3">
         <v>2024</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3">
         <v>0</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="G12" s="3">
         <v>3</v>
       </c>
       <c r="H12" s="6">
         <f>IFERROR(E11/(E11+E13),"")</f>
         <v>1</v>
       </c>
@@ -1876,51 +1903,51 @@
 IF(AND(E11=0,E12&gt;0,E13=0),"Currently Meeting, Pending",
 IF(AND(E11&gt;0,E12&gt;0,H11+0.005&gt;=J11),"Currently Meeting, Pending",
 IF(AND(E11&gt;0,E12&gt;=0,E13&gt;=0,H13+0.005&gt;=J13),"Will Meet Goal",
 IF(AND(E11&gt;=0,E12=0,E13&gt;0,I13&lt;J13),"Will Not Meet Goal",
 IF(AND(E11&gt;=0,E12&gt;0,E13&gt;0,H12&lt;J12),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E11=0,E12=0,E13=0),"N/A",
 IF(AND(E11=0,E12&gt;0,E13=0),"Goal Met",
 IF(AND(E11&gt;0,E12&gt;0,H11+0.005&gt;=J11),"Goal Met",
 IF(AND(E11&gt;0,E12&gt;=0,E13&gt;=0,H13+0.005&gt;=J13),"Goal Met",
 IF(AND(E11&gt;=0,E12=0,E13&gt;0,H13&lt;J13),"Goal Not Met",
 IF(AND(E11&gt;=0,E12&gt;0,E13&gt;0,H12&lt;J12),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Goal Met</v>
       </c>
       <c r="M12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="N12" s="9">
         <v>45930</v>
       </c>
       <c r="O12" s="10">
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A13" s="3">
         <v>2024</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="3">
         <v>0</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="G13" s="3">
         <v>3</v>
       </c>
       <c r="H13" s="6">
         <f>IFERROR(E11/(E11+E13),"")</f>
         <v>1</v>
       </c>
@@ -1939,831 +1966,1415 @@
 IF(AND(E11=0,E12&gt;0,E13=0),"Currently Meeting, Pending",
 IF(AND(E11&gt;0,E12&gt;0,H11+0.005&gt;=J11),"Currently Meeting, Pending",
 IF(AND(E11&gt;0,E12&gt;=0,E13&gt;=0,H13+0.005&gt;=J13),"Will Meet Goal",
 IF(AND(E11&gt;=0,E12=0,E13&gt;0,I13&lt;J13),"Will Not Meet Goal",
 IF(AND(E11&gt;=0,E12&gt;0,E13&gt;0,H12&lt;J12),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E11=0,E12=0,E13=0),"N/A",
 IF(AND(E11=0,E12&gt;0,E13=0),"Goal Met",
 IF(AND(E11&gt;0,E12&gt;0,H11+0.005&gt;=J11),"Goal Met",
 IF(AND(E11&gt;0,E12&gt;=0,E13&gt;=0,H13+0.005&gt;=J13),"Goal Met",
 IF(AND(E11&gt;=0,E12=0,E13&gt;0,H13&lt;J13),"Goal Not Met",
 IF(AND(E11&gt;=0,E12&gt;0,E13&gt;0,H12&lt;J12),"Goal Not Met","ERROR")
 ))))))</f>
         <v>Goal Met</v>
       </c>
       <c r="M13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="N13" s="9">
         <v>45930</v>
       </c>
       <c r="O13" s="10">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A14" s="3">
         <v>2025</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="G14" s="3">
         <v>25</v>
       </c>
       <c r="H14" s="6">
         <f>IFERROR(E14/(E14+E16),"")</f>
-        <v>0.95833333333333337</v>
+        <v>0.96</v>
       </c>
       <c r="I14" s="6">
         <f>IFERROR((E14+E15)/(G14),"")</f>
         <v>0.96</v>
       </c>
       <c r="J14" s="7">
         <v>0.9</v>
       </c>
       <c r="K14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="L14" s="8" t="str">
         <f>IF(K14="Y",IF(AND(E14=0,E15=0,E16=0),"N/A",
 IF(AND(E14=0,E15&gt;0,E16=0),"Currently Meeting, Pending",
 IF(AND(E14&gt;0,E15&gt;0,H14+0.005&gt;=J14),"Currently Meeting, Pending",
 IF(AND(E14&gt;0,E15&gt;=0,E16&gt;=0,H16+0.005&gt;=J16),"Will Meet Goal",
 IF(AND(E14&gt;=0,E15=0,E16&gt;0,I16&lt;J16),"Will Not Meet Goal",
 IF(AND(E14&gt;=0,E15&gt;0,E16&gt;0,H15&lt;J15),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E14=0,E15=0,E16=0),"N/A",
 IF(AND(E14=0,E15&gt;0,E16=0),"Goal Met",
 IF(AND(E14&gt;0,E15&gt;0,H14+0.005&gt;=J14),"Goal Met",
 IF(AND(E14&gt;0,E15&gt;=0,E16&gt;=0,H16+0.005&gt;=J16),"Goal Met",
 IF(AND(E14&gt;=0,E15=0,E16&gt;0,H16&lt;J16),"Goal Not Met",
 IF(AND(E14&gt;=0,E15&gt;0,E16&gt;0,H15&lt;J15),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M14" s="3" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="N14" s="9">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O14" s="10">
-        <v>0.92</v>
+        <v>0.96</v>
       </c>
     </row>
-    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A15" s="3">
         <v>2025</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="G15" s="3">
         <v>25</v>
       </c>
       <c r="H15" s="6">
         <f>IFERROR(E14/(E14+E16),"")</f>
-        <v>0.95833333333333337</v>
+        <v>0.96</v>
       </c>
       <c r="I15" s="6">
         <f>IFERROR((E14+E15)/(G14),"")</f>
         <v>0.96</v>
       </c>
       <c r="J15" s="7">
         <v>0.9</v>
       </c>
       <c r="K15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="L15" s="11" t="str">
         <f>IF(K14="Y",IF(AND(E14=0,E15=0,E16=0),"N/A",
 IF(AND(E14=0,E15&gt;0,E16=0),"Currently Meeting, Pending",
 IF(AND(E14&gt;0,E15&gt;0,H14+0.005&gt;=J14),"Currently Meeting, Pending",
 IF(AND(E14&gt;0,E15&gt;=0,E16&gt;=0,H16+0.005&gt;=J16),"Will Meet Goal",
 IF(AND(E14&gt;=0,E15=0,E16&gt;0,I16&lt;J16),"Will Not Meet Goal",
 IF(AND(E14&gt;=0,E15&gt;0,E16&gt;0,H15&lt;J15),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E14=0,E15=0,E16=0),"N/A",
 IF(AND(E14=0,E15&gt;0,E16=0),"Goal Met",
 IF(AND(E14&gt;0,E15&gt;0,H14+0.005&gt;=J14),"Goal Met",
 IF(AND(E14&gt;0,E15&gt;=0,E16&gt;=0,H16+0.005&gt;=J16),"Goal Met",
 IF(AND(E14&gt;=0,E15=0,E16&gt;0,H16&lt;J16),"Goal Not Met",
 IF(AND(E14&gt;=0,E15&gt;0,E16&gt;0,H15&lt;J15),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M15" s="3" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="N15" s="9">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O15" s="10">
-        <v>0.04</v>
+        <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A16" s="3">
         <v>2025</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="3">
         <v>1</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>25</v>
       </c>
       <c r="G16" s="3">
         <v>25</v>
       </c>
       <c r="H16" s="6">
         <f>IFERROR(E14/(E14+E16),"")</f>
-        <v>0.95833333333333337</v>
+        <v>0.96</v>
       </c>
       <c r="I16" s="6">
         <f>IFERROR((E14+E15)/(G14),"")</f>
         <v>0.96</v>
       </c>
       <c r="J16" s="7">
         <v>0.9</v>
       </c>
       <c r="K16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="L16" s="11" t="str">
         <f>IF(K14="Y",IF(AND(E14=0,E15=0,E16=0),"N/A",
 IF(AND(E14=0,E15&gt;0,E16=0),"Currently Meeting, Pending",
 IF(AND(E14&gt;0,E15&gt;0,H14+0.005&gt;=J14),"Currently Meeting, Pending",
 IF(AND(E14&gt;0,E15&gt;=0,E16&gt;=0,H16+0.005&gt;=J16),"Will Meet Goal",
 IF(AND(E14&gt;=0,E15=0,E16&gt;0,I16&lt;J16),"Will Not Meet Goal",
 IF(AND(E14&gt;=0,E15&gt;0,E16&gt;0,H15&lt;J15),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E14=0,E15=0,E16=0),"N/A",
 IF(AND(E14=0,E15&gt;0,E16=0),"Goal Met",
 IF(AND(E14&gt;0,E15&gt;0,H14+0.005&gt;=J14),"Goal Met",
 IF(AND(E14&gt;0,E15&gt;=0,E16&gt;=0,H16+0.005&gt;=J16),"Goal Met",
 IF(AND(E14&gt;=0,E15=0,E16&gt;0,H16&lt;J16),"Goal Not Met",
 IF(AND(E14&gt;=0,E15&gt;0,E16&gt;0,H15&lt;J15),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M16" s="3" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="N16" s="9">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O16" s="10">
         <v>0.04</v>
       </c>
     </row>
-    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A17" s="3">
         <v>2025</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G17" s="3">
         <v>2</v>
       </c>
-      <c r="H17" s="6" t="str">
+      <c r="H17" s="6">
         <f>IFERROR(E17/(E17+E19),"")</f>
-        <v/>
+        <v>1</v>
       </c>
       <c r="I17" s="6">
         <f>IFERROR((E17+E18)/(G17),"")</f>
         <v>1</v>
       </c>
       <c r="J17" s="7">
         <v>0.9</v>
       </c>
       <c r="K17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="L17" s="8" t="str">
         <f>IF(K17="Y",IF(AND(E17=0,E18=0,E19=0),"N/A",
 IF(AND(E17=0,E18&gt;0,E19=0),"Currently Meeting, Pending",
 IF(AND(E17&gt;0,E18&gt;0,H17+0.005&gt;=J17),"Currently Meeting, Pending",
 IF(AND(E17&gt;0,E18&gt;=0,E19&gt;=0,H19+0.005&gt;=J19),"Will Meet Goal",
 IF(AND(E17&gt;=0,E18=0,E19&gt;0,I19&lt;J19),"Will Not Meet Goal",
 IF(AND(E17&gt;=0,E18&gt;0,E19&gt;0,H18&lt;J18),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E17=0,E18=0,E19=0),"N/A",
 IF(AND(E17=0,E18&gt;0,E19=0),"Goal Met",
 IF(AND(E17&gt;0,E18&gt;0,H17+0.005&gt;=J17),"Goal Met",
 IF(AND(E17&gt;0,E18&gt;=0,E19&gt;=0,H19+0.005&gt;=J19),"Goal Met",
 IF(AND(E17&gt;=0,E18=0,E19&gt;0,H19&lt;J19),"Goal Not Met",
 IF(AND(E17&gt;=0,E18&gt;0,E19&gt;0,H18&lt;J18),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M17" s="3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="N17" s="9">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O17" s="10">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
-    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A18" s="3">
         <v>2025</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G18" s="3">
         <v>2</v>
       </c>
-      <c r="H18" s="6" t="str">
+      <c r="H18" s="6">
         <f>IFERROR(E17/(E17+E19),"")</f>
-        <v/>
+        <v>1</v>
       </c>
       <c r="I18" s="6">
         <f>IFERROR((E17+E18)/(G17),"")</f>
         <v>1</v>
       </c>
       <c r="J18" s="7">
         <v>0.9</v>
       </c>
       <c r="K18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="L18" s="11" t="str">
         <f>IF(K17="Y",IF(AND(E17=0,E18=0,E19=0),"N/A",
 IF(AND(E17=0,E18&gt;0,E19=0),"Currently Meeting, Pending",
 IF(AND(E17&gt;0,E18&gt;0,H17+0.005&gt;=J17),"Currently Meeting, Pending",
 IF(AND(E17&gt;0,E18&gt;=0,E19&gt;=0,H19+0.005&gt;=J19),"Will Meet Goal",
 IF(AND(E17&gt;=0,E18=0,E19&gt;0,I19&lt;J19),"Will Not Meet Goal",
 IF(AND(E17&gt;=0,E18&gt;0,E19&gt;0,H18&lt;J18),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E17=0,E18=0,E19=0),"N/A",
 IF(AND(E17=0,E18&gt;0,E19=0),"Goal Met",
 IF(AND(E17&gt;0,E18&gt;0,H17+0.005&gt;=J17),"Goal Met",
 IF(AND(E17&gt;0,E18&gt;=0,E19&gt;=0,H19+0.005&gt;=J19),"Goal Met",
 IF(AND(E17&gt;=0,E18=0,E19&gt;0,H19&lt;J19),"Goal Not Met",
 IF(AND(E17&gt;=0,E18&gt;0,E19&gt;0,H18&lt;J18),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M18" s="3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="N18" s="9">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O18" s="10">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="3">
         <v>2025</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="3">
         <v>0</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G19" s="3">
         <v>2</v>
       </c>
-      <c r="H19" s="6" t="str">
+      <c r="H19" s="6">
         <f>IFERROR(E17/(E17+E19),"")</f>
-        <v/>
+        <v>1</v>
       </c>
       <c r="I19" s="6">
         <f>IFERROR((E17+E18)/(G17),"")</f>
         <v>1</v>
       </c>
       <c r="J19" s="7">
         <v>0.9</v>
       </c>
       <c r="K19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="L19" s="11" t="str">
         <f>IF(K17="Y",IF(AND(E17=0,E18=0,E19=0),"N/A",
 IF(AND(E17=0,E18&gt;0,E19=0),"Currently Meeting, Pending",
 IF(AND(E17&gt;0,E18&gt;0,H17+0.005&gt;=J17),"Currently Meeting, Pending",
 IF(AND(E17&gt;0,E18&gt;=0,E19&gt;=0,H19+0.005&gt;=J19),"Will Meet Goal",
 IF(AND(E17&gt;=0,E18=0,E19&gt;0,I19&lt;J19),"Will Not Meet Goal",
 IF(AND(E17&gt;=0,E18&gt;0,E19&gt;0,H18&lt;J18),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E17=0,E18=0,E19=0),"N/A",
 IF(AND(E17=0,E18&gt;0,E19=0),"Goal Met",
 IF(AND(E17&gt;0,E18&gt;0,H17+0.005&gt;=J17),"Goal Met",
 IF(AND(E17&gt;0,E18&gt;=0,E19&gt;=0,H19+0.005&gt;=J19),"Goal Met",
 IF(AND(E17&gt;=0,E18=0,E19&gt;0,H19&lt;J19),"Goal Not Met",
 IF(AND(E17&gt;=0,E18&gt;0,E19&gt;0,H18&lt;J18),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M19" s="3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="N19" s="9">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O19" s="10">
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>2025</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>18</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G20" s="3">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H20" s="6">
         <f>IFERROR(E20/(E20+E22),"")</f>
-        <v>0.96969696969696972</v>
+        <v>0.97560975609756095</v>
       </c>
       <c r="I20" s="6">
         <f>IFERROR((E20+E21)/(G20),"")</f>
-        <v>0.97435897435897434</v>
+        <v>0.97560975609756095</v>
       </c>
       <c r="J20" s="7">
         <v>0.9</v>
       </c>
       <c r="K20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="L20" s="8" t="str">
         <f>IF(K20="Y",IF(AND(E20=0,E21=0,E22=0),"N/A",
 IF(AND(E20=0,E21&gt;0,E22=0),"Currently Meeting, Pending",
 IF(AND(E20&gt;0,E21&gt;0,H20+0.005&gt;=J20),"Currently Meeting, Pending",
 IF(AND(E20&gt;0,E21&gt;=0,E22&gt;=0,H22+0.005&gt;=J22),"Will Meet Goal",
 IF(AND(E20&gt;=0,E21=0,E22&gt;0,I22&lt;J22),"Will Not Meet Goal",
 IF(AND(E20&gt;=0,E21&gt;0,E22&gt;0,H21&lt;J21),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E20=0,E21=0,E22=0),"N/A",
 IF(AND(E20=0,E21&gt;0,E22=0),"Goal Met",
 IF(AND(E20&gt;0,E21&gt;0,H20+0.005&gt;=J20),"Goal Met",
 IF(AND(E20&gt;0,E21&gt;=0,E22&gt;=0,H22+0.005&gt;=J22),"Goal Met",
 IF(AND(E20&gt;=0,E21=0,E22&gt;0,H22&lt;J22),"Goal Not Met",
 IF(AND(E20&gt;=0,E21&gt;0,E22&gt;0,H21&lt;J21),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M20" s="3" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="N20" s="9">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O20" s="10">
-        <v>0.82051282051282048</v>
+        <v>0.97560975609756095</v>
       </c>
     </row>
-    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>2025</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>18</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G21" s="3">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H21" s="6">
         <f>IFERROR(E20/(E20+E22),"")</f>
-        <v>0.96969696969696972</v>
+        <v>0.97560975609756095</v>
       </c>
       <c r="I21" s="6">
         <f>IFERROR((E20+E21)/(G20),"")</f>
-        <v>0.97435897435897434</v>
+        <v>0.97560975609756095</v>
       </c>
       <c r="J21" s="7">
         <v>0.9</v>
       </c>
       <c r="K21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="L21" s="11" t="str">
         <f>IF(K20="Y",IF(AND(E20=0,E21=0,E22=0),"N/A",
 IF(AND(E20=0,E21&gt;0,E22=0),"Currently Meeting, Pending",
 IF(AND(E20&gt;0,E21&gt;0,H20+0.005&gt;=J20),"Currently Meeting, Pending",
 IF(AND(E20&gt;0,E21&gt;=0,E22&gt;=0,H22+0.005&gt;=J22),"Will Meet Goal",
 IF(AND(E20&gt;=0,E21=0,E22&gt;0,I22&lt;J22),"Will Not Meet Goal",
 IF(AND(E20&gt;=0,E21&gt;0,E22&gt;0,H21&lt;J21),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E20=0,E21=0,E22=0),"N/A",
 IF(AND(E20=0,E21&gt;0,E22=0),"Goal Met",
 IF(AND(E20&gt;0,E21&gt;0,H20+0.005&gt;=J20),"Goal Met",
 IF(AND(E20&gt;0,E21&gt;=0,E22&gt;=0,H22+0.005&gt;=J22),"Goal Met",
 IF(AND(E20&gt;=0,E21=0,E22&gt;0,H22&lt;J22),"Goal Not Met",
 IF(AND(E20&gt;=0,E21&gt;0,E22&gt;0,H21&lt;J21),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M21" s="3" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="N21" s="9">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O21" s="10">
-        <v>0.15384615384615385</v>
+        <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="3">
         <v>2025</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>18</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E22" s="3">
         <v>1</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G22" s="3">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H22" s="6">
         <f>IFERROR(E20/(E20+E22),"")</f>
-        <v>0.96969696969696972</v>
+        <v>0.97560975609756095</v>
       </c>
       <c r="I22" s="6">
         <f>IFERROR((E20+E21)/(G20),"")</f>
-        <v>0.97435897435897434</v>
+        <v>0.97560975609756095</v>
       </c>
       <c r="J22" s="7">
         <v>0.9</v>
       </c>
       <c r="K22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="L22" s="11" t="str">
         <f>IF(K20="Y",IF(AND(E20=0,E21=0,E22=0),"N/A",
 IF(AND(E20=0,E21&gt;0,E22=0),"Currently Meeting, Pending",
 IF(AND(E20&gt;0,E21&gt;0,H20+0.005&gt;=J20),"Currently Meeting, Pending",
 IF(AND(E20&gt;0,E21&gt;=0,E22&gt;=0,H22+0.005&gt;=J22),"Will Meet Goal",
 IF(AND(E20&gt;=0,E21=0,E22&gt;0,I22&lt;J22),"Will Not Meet Goal",
 IF(AND(E20&gt;=0,E21&gt;0,E22&gt;0,H21&lt;J21),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E20=0,E21=0,E22=0),"N/A",
 IF(AND(E20=0,E21&gt;0,E22=0),"Goal Met",
 IF(AND(E20&gt;0,E21&gt;0,H20+0.005&gt;=J20),"Goal Met",
 IF(AND(E20&gt;0,E21&gt;=0,E22&gt;=0,H22+0.005&gt;=J22),"Goal Met",
 IF(AND(E20&gt;=0,E21=0,E22&gt;0,H22&lt;J22),"Goal Not Met",
 IF(AND(E20&gt;=0,E21&gt;0,E22&gt;0,H21&lt;J21),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M22" s="3" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="N22" s="9">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O22" s="10">
-        <v>2.564102564102564E-2</v>
+        <v>2.4390243902439025E-2</v>
       </c>
     </row>
-    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A23" s="3">
         <v>2025</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="G23" s="3">
         <v>8</v>
       </c>
       <c r="H23" s="6">
         <f>IFERROR(E23/(E23+E25),"")</f>
         <v>1</v>
       </c>
       <c r="I23" s="6">
         <f>IFERROR((E23+E24)/(G23),"")</f>
         <v>1</v>
       </c>
       <c r="J23" s="7">
         <v>0.9</v>
       </c>
       <c r="K23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="L23" s="8" t="str">
         <f>IF(K23="Y",IF(AND(E23=0,E24=0,E25=0),"N/A",
 IF(AND(E23=0,E24&gt;0,E25=0),"Currently Meeting, Pending",
 IF(AND(E23&gt;0,E24&gt;0,H23+0.005&gt;=J23),"Currently Meeting, Pending",
 IF(AND(E23&gt;0,E24&gt;=0,E25&gt;=0,H25+0.005&gt;=J25),"Will Meet Goal",
 IF(AND(E23&gt;=0,E24=0,E25&gt;0,I25&lt;J25),"Will Not Meet Goal",
 IF(AND(E23&gt;=0,E24&gt;0,E25&gt;0,H24&lt;J24),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E23=0,E24=0,E25=0),"N/A",
 IF(AND(E23=0,E24&gt;0,E25=0),"Goal Met",
 IF(AND(E23&gt;0,E24&gt;0,H23+0.005&gt;=J23),"Goal Met",
 IF(AND(E23&gt;0,E24&gt;=0,E25&gt;=0,H25+0.005&gt;=J25),"Goal Met",
 IF(AND(E23&gt;=0,E24=0,E25&gt;0,H25&lt;J25),"Goal Not Met",
 IF(AND(E23&gt;=0,E24&gt;0,E25&gt;0,H24&lt;J24),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M23" s="3" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="N23" s="9">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O23" s="10">
-        <v>0.75</v>
+        <v>1</v>
       </c>
     </row>
-    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A24" s="3">
         <v>2025</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="G24" s="3">
         <v>8</v>
       </c>
       <c r="H24" s="6">
         <f>IFERROR(E23/(E23+E25),"")</f>
         <v>1</v>
       </c>
       <c r="I24" s="6">
         <f>IFERROR((E23+E24)/(G23),"")</f>
         <v>1</v>
       </c>
       <c r="J24" s="7">
         <v>0.9</v>
       </c>
       <c r="K24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="L24" s="11" t="str">
         <f>IF(K23="Y",IF(AND(E23=0,E24=0,E25=0),"N/A",
 IF(AND(E23=0,E24&gt;0,E25=0),"Currently Meeting, Pending",
 IF(AND(E23&gt;0,E24&gt;0,H23+0.005&gt;=J23),"Currently Meeting, Pending",
 IF(AND(E23&gt;0,E24&gt;=0,E25&gt;=0,H25+0.005&gt;=J25),"Will Meet Goal",
 IF(AND(E23&gt;=0,E24=0,E25&gt;0,I25&lt;J25),"Will Not Meet Goal",
 IF(AND(E23&gt;=0,E24&gt;0,E25&gt;0,H24&lt;J24),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E23=0,E24=0,E25=0),"N/A",
 IF(AND(E23=0,E24&gt;0,E25=0),"Goal Met",
 IF(AND(E23&gt;0,E24&gt;0,H23+0.005&gt;=J23),"Goal Met",
 IF(AND(E23&gt;0,E24&gt;=0,E25&gt;=0,H25+0.005&gt;=J25),"Goal Met",
 IF(AND(E23&gt;=0,E24=0,E25&gt;0,H25&lt;J25),"Goal Not Met",
 IF(AND(E23&gt;=0,E24&gt;0,E25&gt;0,H24&lt;J24),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M24" s="3" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="N24" s="9">
-        <v>45930</v>
+        <v>46022</v>
       </c>
       <c r="O24" s="10">
-        <v>0.25</v>
+        <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>2025</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E25" s="3">
         <v>0</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="G25" s="3">
         <v>8</v>
       </c>
       <c r="H25" s="6">
         <f>IFERROR(E23/(E23+E25),"")</f>
         <v>1</v>
       </c>
       <c r="I25" s="6">
         <f>IFERROR((E23+E24)/(G23),"")</f>
         <v>1</v>
       </c>
       <c r="J25" s="7">
         <v>0.9</v>
       </c>
       <c r="K25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="L25" s="11" t="str">
         <f>IF(K23="Y",IF(AND(E23=0,E24=0,E25=0),"N/A",
 IF(AND(E23=0,E24&gt;0,E25=0),"Currently Meeting, Pending",
 IF(AND(E23&gt;0,E24&gt;0,H23+0.005&gt;=J23),"Currently Meeting, Pending",
 IF(AND(E23&gt;0,E24&gt;=0,E25&gt;=0,H25+0.005&gt;=J25),"Will Meet Goal",
 IF(AND(E23&gt;=0,E24=0,E25&gt;0,I25&lt;J25),"Will Not Meet Goal",
 IF(AND(E23&gt;=0,E24&gt;0,E25&gt;0,H24&lt;J24),"Currently Not Meeting, Pending",
 "ERROR")))))),
 IF(AND(E23=0,E24=0,E25=0),"N/A",
 IF(AND(E23=0,E24&gt;0,E25=0),"Goal Met",
 IF(AND(E23&gt;0,E24&gt;0,H23+0.005&gt;=J23),"Goal Met",
 IF(AND(E23&gt;0,E24&gt;=0,E25&gt;=0,H25+0.005&gt;=J25),"Goal Met",
 IF(AND(E23&gt;=0,E24=0,E25&gt;0,H25&lt;J25),"Goal Not Met",
 IF(AND(E23&gt;=0,E24&gt;0,E25&gt;0,H24&lt;J24),"Goal Not Met","ERROR")
 ))))))</f>
-        <v>Currently Meeting, Pending</v>
+        <v>Will Meet Goal</v>
       </c>
       <c r="M25" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="N25" s="9">
+        <v>46022</v>
+      </c>
+      <c r="O25" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" s="12" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="12">
+        <v>2026</v>
+      </c>
+      <c r="B26" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C26" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="14">
+        <v>5</v>
+      </c>
+      <c r="F26" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G26" s="12">
+        <v>6</v>
+      </c>
+      <c r="H26" s="15">
+        <v>1</v>
+      </c>
+      <c r="I26" s="15">
+        <v>1</v>
+      </c>
+      <c r="J26" s="10">
+        <v>0.9</v>
+      </c>
+      <c r="K26" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="L26" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M26" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="N26" s="16">
+        <v>46022</v>
+      </c>
+      <c r="O26" s="15">
+        <v>0.83333333333333337</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" s="12" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="12">
+        <v>2026</v>
+      </c>
+      <c r="B27" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="14">
+        <v>1</v>
+      </c>
+      <c r="F27" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G27" s="12">
+        <v>6</v>
+      </c>
+      <c r="H27" s="15">
+        <v>1</v>
+      </c>
+      <c r="I27" s="15">
+        <v>1</v>
+      </c>
+      <c r="J27" s="10">
+        <v>0.9</v>
+      </c>
+      <c r="K27" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="L27" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M27" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="N27" s="16">
+        <v>46022</v>
+      </c>
+      <c r="O27" s="15">
+        <v>0.16666666666666666</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" s="12" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="12">
+        <v>2026</v>
+      </c>
+      <c r="B28" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C28" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="E28" s="14">
+        <v>0</v>
+      </c>
+      <c r="F28" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G28" s="12">
+        <v>6</v>
+      </c>
+      <c r="H28" s="15">
+        <v>1</v>
+      </c>
+      <c r="I28" s="15">
+        <v>1</v>
+      </c>
+      <c r="J28" s="10">
+        <v>0.9</v>
+      </c>
+      <c r="K28" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="L28" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M28" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="N28" s="16">
+        <v>46022</v>
+      </c>
+      <c r="O28" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" s="12" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="12">
+        <v>2026</v>
+      </c>
+      <c r="B29" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C29" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="D29" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="14">
+        <v>0</v>
+      </c>
+      <c r="F29" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="G29" s="12">
+        <v>1</v>
+      </c>
+      <c r="H29" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="I29" s="15">
+        <v>1</v>
+      </c>
+      <c r="J29" s="10">
+        <v>0.9</v>
+      </c>
+      <c r="K29" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="L29" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M29" s="12" t="s">
         <v>36</v>
       </c>
-      <c r="N25" s="9">
-[...2 lines deleted...]
-      <c r="O25" s="10">
+      <c r="N29" s="16">
+        <v>46022</v>
+      </c>
+      <c r="O29" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" s="12" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="12">
+        <v>2026</v>
+      </c>
+      <c r="B30" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C30" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="D30" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="14">
+        <v>1</v>
+      </c>
+      <c r="F30" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="G30" s="12">
+        <v>1</v>
+      </c>
+      <c r="H30" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="I30" s="15">
+        <v>1</v>
+      </c>
+      <c r="J30" s="10">
+        <v>0.9</v>
+      </c>
+      <c r="K30" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="L30" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M30" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N30" s="16">
+        <v>46022</v>
+      </c>
+      <c r="O30" s="15">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" s="12" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="12">
+        <v>2026</v>
+      </c>
+      <c r="B31" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C31" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="D31" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="E31" s="14">
+        <v>0</v>
+      </c>
+      <c r="F31" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="G31" s="12">
+        <v>1</v>
+      </c>
+      <c r="H31" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="I31" s="15">
+        <v>1</v>
+      </c>
+      <c r="J31" s="10">
+        <v>0.9</v>
+      </c>
+      <c r="K31" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="L31" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M31" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N31" s="16">
+        <v>46022</v>
+      </c>
+      <c r="O31" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" s="12" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="12">
+        <v>2026</v>
+      </c>
+      <c r="B32" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C32" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="14">
+        <v>1</v>
+      </c>
+      <c r="F32" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="G32" s="12">
+        <v>10</v>
+      </c>
+      <c r="H32" s="15">
+        <v>1</v>
+      </c>
+      <c r="I32" s="15">
+        <v>1</v>
+      </c>
+      <c r="J32" s="10">
+        <v>0.9</v>
+      </c>
+      <c r="K32" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="L32" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M32" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="N32" s="16">
+        <v>46022</v>
+      </c>
+      <c r="O32" s="15">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" s="12" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="12">
+        <v>2026</v>
+      </c>
+      <c r="B33" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C33" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="14">
+        <v>9</v>
+      </c>
+      <c r="F33" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="G33" s="12">
+        <v>10</v>
+      </c>
+      <c r="H33" s="15">
+        <v>1</v>
+      </c>
+      <c r="I33" s="15">
+        <v>1</v>
+      </c>
+      <c r="J33" s="10">
+        <v>0.9</v>
+      </c>
+      <c r="K33" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="L33" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M33" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="N33" s="16">
+        <v>46022</v>
+      </c>
+      <c r="O33" s="15">
+        <v>0.9</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" s="12" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="12">
+        <v>2026</v>
+      </c>
+      <c r="B34" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C34" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="E34" s="14">
+        <v>0</v>
+      </c>
+      <c r="F34" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="G34" s="12">
+        <v>10</v>
+      </c>
+      <c r="H34" s="15">
+        <v>1</v>
+      </c>
+      <c r="I34" s="15">
+        <v>1</v>
+      </c>
+      <c r="J34" s="10">
+        <v>0.9</v>
+      </c>
+      <c r="K34" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="L34" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M34" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="N34" s="16">
+        <v>46022</v>
+      </c>
+      <c r="O34" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" s="12" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="12">
+        <v>2026</v>
+      </c>
+      <c r="B35" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C35" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D35" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="14">
+        <v>0</v>
+      </c>
+      <c r="F35" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="G35" s="12">
+        <v>3</v>
+      </c>
+      <c r="H35" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="I35" s="15">
+        <v>1</v>
+      </c>
+      <c r="J35" s="10">
+        <v>0.9</v>
+      </c>
+      <c r="K35" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="L35" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M35" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="N35" s="16">
+        <v>46022</v>
+      </c>
+      <c r="O35" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" s="12" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="12">
+        <v>2026</v>
+      </c>
+      <c r="B36" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C36" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="14">
+        <v>3</v>
+      </c>
+      <c r="F36" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="G36" s="12">
+        <v>3</v>
+      </c>
+      <c r="H36" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="I36" s="15">
+        <v>1</v>
+      </c>
+      <c r="J36" s="10">
+        <v>0.9</v>
+      </c>
+      <c r="K36" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="L36" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M36" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="N36" s="16">
+        <v>46022</v>
+      </c>
+      <c r="O36" s="15">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15" s="12" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="12">
+        <v>2026</v>
+      </c>
+      <c r="B37" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C37" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D37" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="E37" s="14">
+        <v>0</v>
+      </c>
+      <c r="F37" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="G37" s="12">
+        <v>3</v>
+      </c>
+      <c r="H37" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="I37" s="15">
+        <v>1</v>
+      </c>
+      <c r="J37" s="10">
+        <v>0.9</v>
+      </c>
+      <c r="K37" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="L37" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M37" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="N37" s="16">
+        <v>46022</v>
+      </c>
+      <c r="O37" s="15">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:O25" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="1200" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="L2:L25" unlockedFormula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="596918df6aaaf2eed3534d0b61dbf5d1">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9faf0890699bccc6d2bf185ba7ce82f7" ns2:_="" ns3:_="" ns4:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <DateModified xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a82c12e9-f0fe-44ba-8a31-bf8257c71c77">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="20867c8d-1cc9-4acd-a073-94634f6a764f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000988068ACF89E84F925A8831C32630E0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ac8ff77954c40bf04afd8a3b45c139a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a82c12e9-f0fe-44ba-8a31-bf8257c71c77" xmlns:ns3="7467b07a-63e4-4526-818f-48c6a4d2dc7d" xmlns:ns4="20867c8d-1cc9-4acd-a073-94634f6a764f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="75731eb5f67757d61a35da63f5a16223" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <xsd:import namespace="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <xsd:import namespace="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:DateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -2963,113 +3574,92 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FB61BE5-AF10-4329-B0ED-1201E5A52490}">
-[...18 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74419C6B-E55E-476A-9692-5E7B548D1555}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
     <ds:schemaRef ds:uri="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CE9B7F1-3C50-46A8-805C-265608B81908}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A13D260A-DEEA-475B-9068-21C2C99CE6C8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a82c12e9-f0fe-44ba-8a31-bf8257c71c77"/>
+    <ds:schemaRef ds:uri="7467b07a-63e4-4526-818f-48c6a4d2dc7d"/>
+    <ds:schemaRef ds:uri="20867c8d-1cc9-4acd-a073-94634f6a764f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Procedural Notifications</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>