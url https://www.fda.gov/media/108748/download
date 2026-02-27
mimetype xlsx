--- v0 (2026-02-07)
+++ v1 (2026-02-27)
@@ -13,53 +13,53 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fda-my.sharepoint.com/personal/markeesa_scales_fda_gov/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="12" documentId="8_{9C8FCBDA-3989-41A6-8AEC-1E62549A1A61}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{64BA49ED-D882-4DA2-B5D9-832D2A0D4DDE}"/>
+  <xr:revisionPtr revIDLastSave="22" documentId="8_{9C8FCBDA-3989-41A6-8AEC-1E62549A1A61}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{94E6BF6D-CB49-4061-96B2-20DE259EC85F}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="NDIN List" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'NDIN List'!$A$1:$F$1020</definedName>
     <definedName name="go">'NDIN List'!#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'NDIN List'!$1:$1</definedName>
     <definedName name="Z_28719226_2A9A_45DB_8275_C9711C153A3F_.wvu.FilterData" localSheetId="0" hidden="1">'NDIN List'!$A$1:$F$959</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="Lori Papadakis - Personal View" guid="{28719226-2A9A-45DB-8275-C9711C153A3F}" mergeInterval="0" personalView="1" windowWidth="1698" windowHeight="1020" activeSheetId="1"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
@@ -81,51 +81,51 @@
   <c r="F1134" i="1"/>
   <c r="F1133" i="1"/>
   <c r="D1128" i="1" l="1"/>
   <c r="D1129" i="1"/>
   <c r="D1130" i="1"/>
   <c r="D1131" i="1"/>
   <c r="E1128" i="1"/>
   <c r="E1129" i="1"/>
   <c r="E1130" i="1"/>
   <c r="E1131" i="1"/>
   <c r="E1132" i="1"/>
   <c r="F1128" i="1"/>
   <c r="F1129" i="1"/>
   <c r="F1130" i="1"/>
   <c r="F1131" i="1"/>
   <c r="F1132" i="1"/>
   <c r="C1128" i="1"/>
   <c r="C1129" i="1"/>
   <c r="C1130" i="1"/>
   <c r="C1131" i="1"/>
   <c r="C1132" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3930" uniqueCount="2524">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3981" uniqueCount="2554">
   <si>
     <t>N-acetylserotonin (Normelatonin)</t>
   </si>
   <si>
     <t>Geranti Bio-Ge (bio-germanium yeast)</t>
   </si>
   <si>
     <t>Uridine</t>
   </si>
   <si>
     <t>Sesamin (SesaminE™)</t>
   </si>
   <si>
     <t>Yung Peng Biotechnology Co. LTD</t>
   </si>
   <si>
     <t>Glucuronolactone/D-Glucuronolactone</t>
   </si>
   <si>
     <t>KickAss Candy, LLC</t>
   </si>
   <si>
     <t>17a-hydroxypregna-1-ene-3,20-dione (1-OHP)</t>
   </si>
   <si>
@@ -12171,58 +12171,243 @@
       </rPr>
       <t>Cotinus Coggygria</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF222222"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t>Vernonanthura nudiflora</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF222222"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> extract</t>
+    </r>
+  </si>
+  <si>
+    <t>Huons Foodience Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Galangal Extract</t>
+  </si>
+  <si>
+    <t>Société des Produits Nestlé S.A.</t>
+  </si>
+  <si>
+    <t>Monomethylsilanetriol stabilized in hydrolyzed fish collagen</t>
+  </si>
+  <si>
+    <t>USK</t>
+  </si>
+  <si>
+    <t>BIOSE INDUSTRIE</t>
+  </si>
+  <si>
+    <t>AEDG Peptide</t>
+  </si>
+  <si>
+    <t>Amritex Inc.</t>
+  </si>
+  <si>
+    <t>Mangosteen Peel Extract</t>
+  </si>
+  <si>
+    <t>Fytexia</t>
+  </si>
+  <si>
+    <t>EmmerWheat</t>
+  </si>
+  <si>
+    <t>KMF Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Porcine kidney protein extract with Diamine Oxidase (DAO)</t>
+  </si>
+  <si>
+    <t>Body Nostrum LLC</t>
+  </si>
+  <si>
+    <t>Diosmin / Micronized Diosmin</t>
+  </si>
+  <si>
+    <t>Bordas S.A.</t>
+  </si>
+  <si>
+    <t>LISCure Biosciences Inc.</t>
+  </si>
+  <si>
+    <t>T-ChOS (proprietary name by Genis hf.)</t>
+  </si>
+  <si>
+    <t>Genis hf.</t>
+  </si>
+  <si>
+    <t>Benesomno™</t>
+  </si>
+  <si>
+    <t>Nutra-it Inc.</t>
+  </si>
+  <si>
+    <t>Psyched Wellness</t>
+  </si>
+  <si>
+    <t>Concentrated Nutriterra® Omega-3</t>
+  </si>
+  <si>
+    <t>Nuseed Nutritional US Inc.</t>
+  </si>
+  <si>
+    <r>
+      <t>Weissella cibaria</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> JW15</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Lacticaseibacillus paracasei</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF222222"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> subsp. paracasei (or </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color rgb="FF222222"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>L. paracasei</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF222222"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>) strain HY7017</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Lactiplantibacillus plantarum</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF222222"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Strain CNCM I-6042</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Heat-treated culture of </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Bifidobacterium longum</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> CBi0703</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Latilactobacillus curvatus</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF222222"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> LB-P9</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Amanita muscaria</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF222222"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> mushroom extract (AME-1)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="19" x14ac:knownFonts="1">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -12292,50 +12477,57 @@
       <sz val="10"/>
       <color rgb="FF222222"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10.5"/>
       <color rgb="FF222222"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10.5"/>
       <color rgb="FF222222"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <color rgb="FF222222"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <i/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -12383,51 +12575,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="111">
+  <cellXfs count="114">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -12674,57 +12866,68 @@
     <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF2D2DFB"/>
       <color rgb="FF3064F8"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -13185,62 +13388,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20433" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20681" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20557" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201017" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201213" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20228" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2021" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20728" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201266" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201368" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20383" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20834" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201063" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201166" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20284" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2078" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20670" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20933" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20945" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20421" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20217" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1997-S-0540-0011" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201033" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201282" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20372" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20151" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20823" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201072" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20273" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2066" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20655" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20638" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20937" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201232" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20430" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20206" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2038" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20572" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201038" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201291" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20361" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20346" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20140" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20811" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201083" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2055" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20738" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20623" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20948" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201359" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20195" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201156" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201305" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201317" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201242" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20335" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20794" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20555" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20848" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20130" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20726" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20607" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201099" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201370" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20282" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20971" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201168" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201328" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201253" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20426" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20183" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20783" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20543" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20324" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20119" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20712" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201126" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201381" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20271" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2051" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20984" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201179" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20476" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20406" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20174" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20772" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20878" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20864" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201201" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20313" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20109" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20700" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201112" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201392" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20260" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20247" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20809" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20996" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201190" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20465" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2041" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20761" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20618" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20853" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20399" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2098" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201040" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201133" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201319" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20689" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20885" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201003" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201206" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20235" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2029" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20605" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndin%201265" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20452" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20390" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20181" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20841" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201061" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201330" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20322" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2086" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20677" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20902" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201145" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201217" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20224" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2017" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20593" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-2010-S-0665-0148" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20379" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20172" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20756" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201041" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201341" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20311" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2074" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20666" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20891" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20929" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201224" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20213" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1996-S-0502-0021" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20580" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201286" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20449" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20368" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20147" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201007" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201077" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201352" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20167" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20745" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20650" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20851" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20942" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20300" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201150" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201295" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201235" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20438" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20801" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20562" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201005" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20357" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20136" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20734" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20839" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201074" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201363" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20289" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2083" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20957" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201161" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201247" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20466" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20222" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20790" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20550" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201028" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201310" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20126" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20721" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20828" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201119" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201374" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20278" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2072" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20643" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201174" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201257" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20419" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20779" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20624" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201021" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20211" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20115" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20708" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201103" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201385" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20351" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20267" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2047" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20816" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201183" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2059" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20631" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20874" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20939" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20412" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20200" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201312" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201396" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20340" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20696" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20805" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20256" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2036" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20613" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20964" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201260" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201249" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20396" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20189" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20788" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201051" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201323" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20331" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20124" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20685" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20909" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201121" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201210" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2025" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20600" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20989" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201272" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20386" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20179" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20777" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201065" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201334" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201259" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20318" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20673" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20869" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20898" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201197" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201220" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2049" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1997-S-0540-0026" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20589" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201105" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201279" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20375" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20251" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20993" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201067" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201345" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20470" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20165" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20766" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20752" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20858" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20307" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20103" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20912" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201104" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20445" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20240" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20575" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20997" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20459" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20364" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20163" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20741" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20846" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201356" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20296" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2091" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20683" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201139" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201154" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20434" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20229" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2022" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20558" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201016" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201274" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201212" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20729" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20835" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201367" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20285" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2079" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201049" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201165" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20428" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20671" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20546" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20934" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201032" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20967" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20218" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1997-S-0540-0014" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20715" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201281" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201378" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20373" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20274" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20152" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20824" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201071" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201176" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2067" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20656" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20639" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20923" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201231" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20414" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20207" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2095" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201026" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201290" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20362" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20347" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20141" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20812" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201082" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20263" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2056" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20625" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20947" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201241" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20404" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20196" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20795" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20556" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201304" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201316" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20336" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20131" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20822" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201100" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201369" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20727" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20608" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20973" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201245" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20184" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20784" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201169" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201327" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20325" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20544" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20905" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20120" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20713" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20596" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201125" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201380" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20272" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2052" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20985" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201178" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201338" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1996-S-0502-0008" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20413" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20175" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20773" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20879" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20865" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201200" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20314" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20110" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20701" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201113" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201391" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20261" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20246" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2042" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20999" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201189" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20467" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20403" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20161" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20762" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20854" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201047" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20303" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2099" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20690" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20880" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201132" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201202" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20441" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20236" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=tecoma%20mollis" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201002" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201269" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20453" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20606" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20842" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201060" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20391" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2087" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201144" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201329" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20678" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20903" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201020" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201216" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20225" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2018" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20594" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20831" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-2009-S-0608-0174" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20380" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20173" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20757" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201039" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201340" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20312" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2075" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20667" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20892" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20930" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201223" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20450" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20214" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1997-S-0540-0002" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20581" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201285" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201198" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20407" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20369" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20159" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20148" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20108" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20746" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20877" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201076" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201111" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201300" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201351" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=saccharomyces%20boulardii" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2063" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20699" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20651" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20808" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20943" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201008" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201149" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201393" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201234" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20259" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20245" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20205" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2040" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2023" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20616" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20563" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201191" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201294" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20462" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20439" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20398" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20358" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20343" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20192" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20137" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20760" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20852" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201004" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201042" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201089" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201320" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201362" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20329" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2097" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20735" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20688" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20840" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20887" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20951" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201134" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201207" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201246" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20290" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20234" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2028" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20791" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20604" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201160" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201261" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201308" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20451" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20457" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20389" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20188" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20551" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201025" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201062" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201118" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201331" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20127" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2084" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20722" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20676" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20829" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20901" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201146" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201373" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201217" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20321" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20279" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20223" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2073" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1998-S-1294-0001" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20645" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20974" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201173" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201276" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201256" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20425" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20378" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20212" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20780" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20592" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20538" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20981" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201024" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201045" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20352" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20170" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20116" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20755" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20709" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20663" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20861" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20817" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20928" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201129" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201342" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201384" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20310" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20268" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2061" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2048" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20632" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20915" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201182" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201287" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201225" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20477" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20448" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20405" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1996-S-0502-0014" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20769" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20578" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20875" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201006" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201311" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20480" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20367" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20201" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20158" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20146" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20106" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20744" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20697" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20850" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20806" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201078" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201109" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201353" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201395" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20341" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20299" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20257" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20243" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2094" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2037" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20649" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20941" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201136" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201151" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201193" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201236" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20437" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20232" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20800" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20614" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20561" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20966" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201012" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201052" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201296" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20402" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20356" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20190" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20162" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20733" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20838" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201090" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201322" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201364" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20332" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20288" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2082" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20686" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20889" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201162" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201209" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201248" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20429" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2026" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20789" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20602" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20549" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20990" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201029" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-2023-S-0023-0012" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201309" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201258" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20387" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20221" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20223" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20125" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20778" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20720" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20870" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201064" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201120" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201333" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201375" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20319" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20114" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20674" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20827" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20899" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201106" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201175" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201219" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20277" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20252" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2071" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=7-keto%20dhea%20acetate" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20642" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20590" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20926" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20979" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201278" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20471" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20418" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20376" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20210" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20169" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20767" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20753" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20886" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20859" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201022" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201069" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201344" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20350" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20308" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20706" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20660" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20815" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20913" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201108" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201386" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201228" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20266" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20104" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2060" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2046" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2013" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20630" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20576" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20940" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201184" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=NDI%201275" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201238" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20446" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20409" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20365" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-2004-S-0571-0195" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20199" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document?D=FDA-2002-S-0531-0036" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20144" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20798" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20873" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20995" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201085" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201301" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201313" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201355" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20463" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20339" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20134" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20742" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20695" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20847" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20804" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201092" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201397" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20297" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20255" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2092" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2035" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20612" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20965" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201138" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201153" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201262" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20435" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20401" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20230" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20187" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20559" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201015" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201056" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201324" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201250" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20353" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20787" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20731" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20684" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20836" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20908" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201366" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201211" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20328" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20286" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20123" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2080" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2024" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20672" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20599" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20917" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201122" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201164" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201273" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201221" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20422" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20385" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20219" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1997-S-0540-0016" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20547" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20988" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201031" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201066" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201280" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document?D=FDA-1996-S-0502-0002" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20178" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20776" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20716" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20868" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20825" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201070" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201335" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201377" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201195" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20317" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20275" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20153" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20113" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2068" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20640" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20897" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201116" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201170" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20415" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20250" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20208" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20658" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20588" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20884" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20924" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20992" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201013" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201230" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20469" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20374" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20171" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2078" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20765" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20751" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20704" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20857" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20813" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201289" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201346" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201388" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20363" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20348" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20306" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20264" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20142" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20102" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2044" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20693" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20911" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201081" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201102" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201186" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201399" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20444" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20239" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2057" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20626" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20574" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20946" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20998" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201264" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201204" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201240" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20458" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20411" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20197" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20156" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2033" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20796" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20740" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20845" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201298" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201315" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201357" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20337" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20295" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20132" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2090" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20802" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201054" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201095" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201140" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201155" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20253" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20609" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20975" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201252" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20394" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20185" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20785" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20545" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201326" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20326" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20121" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20906" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201124" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201379" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20714" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20597" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20986" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1996-S-0502-0005" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20176" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2053" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20774" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20866" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201177" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201337" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201196" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20316" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20881" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20895" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201114" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20111" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20702" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20586" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201390" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20262" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20248" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20164" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2038" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20749" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201010" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201188" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201348" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20478" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20400" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20763" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20855" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201046" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20304" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20100" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20691" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201131" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201199" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20442" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20237" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2031" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201001" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201268" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20454" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20392" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20154" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20843" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201059" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20293" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2088" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20679" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20904" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201143" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201215" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20431" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20226" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2019" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201019" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-2000-S-1575-0088" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20595" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20832" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201057" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20381" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2076" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20758" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20668" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201339" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20215" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20893" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20931" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201035" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201222" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1997-S-0540-0005" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20582" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20820" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201284" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20370" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20160" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20149" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20747" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201075" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201350" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20302" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2064" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20652" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20636" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20944" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201148" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201227" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20440" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20203" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20355" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20566" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201293" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20359" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20344" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20138" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20736" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201087" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201361" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20291" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2054" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20950" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201159" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201244" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20193" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20792" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20553" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201307" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20460" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20330" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20128" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20724" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201023" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201117" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201372" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20830" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20972" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201255" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20280" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20781" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20646" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201172" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20420" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20540" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201037" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201128" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20117" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20710" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20818" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201383" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20269" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2062" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2049" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20634" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20982" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201181" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20475" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20408" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20202" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20770" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20876" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20862" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201303" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201203" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20342" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20107" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20698" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20807" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201110" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201394" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20258" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20244" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2039" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20615" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201192" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20464" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20397" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20191" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20759" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201048" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201321" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2096" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20687" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20888" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201135" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201208" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20333" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20233" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2027" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201270" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20603" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20991" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201050" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20388" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20180" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20675" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20871" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201332" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20320" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20900" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201218" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1997-S-0540-0022" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20591" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20980" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201277" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20472" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20377" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20150" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20768" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20754" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20860" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201068" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201343" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20309" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20105" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20662" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20914" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20927" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201107" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201226" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20447" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20242" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1996-S-0502-0013" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20577" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20994" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201288" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20456" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20366" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20157" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20145" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20743" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20849" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201084" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201354" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20298" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20648" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201137" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201152" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201237" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20436" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2093" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20799" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20560" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201297" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20354" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20231" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20135" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20732" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201014" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201091" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201365" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20837" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201163" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20287" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2081" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20918" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20423" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20220" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20548" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201030" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20717" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20826" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201376" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20276" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2069" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20659" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20641" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20925" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201167" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201229" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20416" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20209" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2042" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20883" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201027" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1996-S-0502-0017" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20349" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20705" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20814" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201080" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201387" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20265" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20143" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2059" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2045" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20629" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20952" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201185" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20410" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20198" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20872" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201302" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201314" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201239" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20797" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20694" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20803" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201398" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20338" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20254" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20133" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2034" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201096" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201263" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20395" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20610" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20977" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201055" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201251" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20186" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20786" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201325" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20327" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20122" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20907" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201123" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20598" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20987" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1996-S-0502-0004" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20384" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20177" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20775" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20882" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20867" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201336" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201194" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20315" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20112" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20703" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20896" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201115" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201389" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20249" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20587" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201009" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201187" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20468" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20168" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2043" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20764" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20750" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20856" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201347" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20305" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20919" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201044" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201130" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20443" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20101" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20692" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20573" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201000" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201400" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201205" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20238" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20155" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2032" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20739" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201267" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201358" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20461" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20393" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20844" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201053" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201142" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20294" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2089" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20680" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201141" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201214" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20432" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20227" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1998-S-1294-0014" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201018" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201094" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20382" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20833" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201058" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20283" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2077" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20669" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20894" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20932" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201217" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20427" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20216" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1997-S-0540-0007" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201034" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201283" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20371" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20150" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20585" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20821" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201073" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2065" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20748" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20654" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20637" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20936" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201349" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20204" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201043" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201147" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201292" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201233" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2058" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20567" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20810" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20360" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20345" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20139" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1999-S-4653-0063" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20737" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201086" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201360" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20292" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20621" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20949" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201157" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201243" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20455" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20194" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20793" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20554" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201306" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201318" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20334" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20129" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20725" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201098" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201371" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20281" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20970" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201171" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201254" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20424" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20182" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20782" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20542" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201036" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20323" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20118" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20711" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201127" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201382" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20819" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20983" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201180" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20473" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20270" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2050" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20771" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20635" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20863" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20433" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20681" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20557" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201017" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201213" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20228" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2021" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20728" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201266" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201368" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20383" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20834" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201063" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201166" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20284" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2078" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20670" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20933" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20945" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20421" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20217" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1997-S-0540-0011" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201033" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201282" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20372" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20151" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20823" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201072" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20273" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2066" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20655" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20638" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20937" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201232" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20430" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20206" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2038" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20572" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201038" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201291" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20361" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20346" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20140" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20811" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201083" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2055" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20738" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20623" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20948" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201359" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20195" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201156" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201305" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201317" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201242" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20335" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20794" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20555" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20848" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20130" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20726" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20607" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201099" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201370" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20282" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20971" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201168" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201328" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201253" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20426" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20183" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20783" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20543" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20324" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20119" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20712" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201126" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201381" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20271" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2051" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20984" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201179" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20476" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20406" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20174" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20772" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20878" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20864" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201201" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20313" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20109" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20700" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201112" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201392" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20260" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20247" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20809" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20996" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201190" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20465" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2041" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20761" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20618" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20853" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20399" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2098" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201040" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201133" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201319" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201403" TargetMode="External"/><Relationship Id="rId1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201418" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20689" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20885" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201003" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201206" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20235" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2029" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20605" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndin%201265" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20452" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20390" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20181" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20841" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201061" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201330" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20322" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2086" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20677" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20902" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201145" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201217" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20224" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2017" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20593" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-2010-S-0665-0148" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20379" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20172" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20756" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201041" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201341" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20311" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2074" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20666" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20891" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20929" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201224" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20213" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1996-S-0502-0021" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20580" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201286" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20449" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20368" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20147" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201007" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201077" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201352" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20167" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20745" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20650" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20851" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20942" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20300" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201150" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201295" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201235" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20438" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20801" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20562" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201005" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20357" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20136" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20734" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20839" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201074" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201363" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20289" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2083" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20957" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201161" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201247" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20466" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20222" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20790" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20550" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201028" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201310" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20126" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20721" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20828" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201119" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201374" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20278" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2072" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20643" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201174" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201257" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20419" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20779" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20624" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201021" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20211" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20115" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20708" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201103" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201385" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20351" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20267" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2047" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20816" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201183" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2059" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20631" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20874" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20939" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20412" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20200" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201312" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201396" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20340" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20696" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20805" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20256" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2036" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20613" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20964" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201260" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201249" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20396" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20189" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20788" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201051" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201323" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20331" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20124" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20685" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20909" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201121" TargetMode="External"/><Relationship Id="rId1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201408" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201210" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2025" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20600" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20989" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201272" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20386" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20179" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20777" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201065" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201334" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201259" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20318" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20673" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20869" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20898" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201197" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201220" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2049" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1997-S-0540-0026" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20589" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201105" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201279" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20375" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20251" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20993" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201067" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201345" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20470" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20165" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20766" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20752" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20858" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20307" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20103" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20912" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201104" TargetMode="External"/><Relationship Id="rId1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201413" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20445" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20240" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20575" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20997" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20459" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20364" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20163" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20741" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20846" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201356" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20296" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2091" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20683" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201139" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201154" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20434" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20229" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2022" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20558" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201016" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201274" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201212" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20729" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20835" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201367" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20285" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2079" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201049" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201165" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20428" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20671" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20546" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20934" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201032" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20967" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20218" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1997-S-0540-0014" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20715" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201281" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201378" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20373" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20274" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20152" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20824" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201071" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201176" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2067" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20656" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20639" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20923" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201231" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20414" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20207" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2095" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201026" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201290" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20362" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20347" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20141" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20812" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201082" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20263" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2056" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20625" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20947" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201241" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20404" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20196" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20795" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20556" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201304" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201316" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20336" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20131" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20822" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201100" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201369" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20727" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20608" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20973" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201245" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20184" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20784" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201169" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201327" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20325" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20544" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20905" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20120" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20713" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20596" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201125" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201380" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20272" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2052" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20985" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201178" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201338" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1996-S-0502-0008" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20413" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20175" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20773" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20879" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20865" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201200" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20314" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20110" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20701" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201113" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201391" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20261" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20246" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2042" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20999" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201189" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20467" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20403" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20161" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20762" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20854" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201047" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20303" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2099" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20690" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20880" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201132" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201402" TargetMode="External"/><Relationship Id="rId1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201417" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201202" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20441" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20236" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=tecoma%20mollis" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201002" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201269" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20453" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20606" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20842" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201060" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20391" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2087" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201144" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201329" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20678" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20903" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201020" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201216" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20225" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2018" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20594" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20831" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-2009-S-0608-0174" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20380" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20173" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20757" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201039" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201340" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20312" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2075" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20667" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20892" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20930" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201223" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20450" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20214" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1997-S-0540-0002" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20581" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201285" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20369" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20159" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20148" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20746" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201076" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201351" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=saccharomyces%20boulardii" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2063" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20651" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20943" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201149" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201234" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20205" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2023" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20563" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201294" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20462" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20439" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20398" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20358" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20343" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20192" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20137" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20760" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20852" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201004" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201042" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201089" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201320" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201362" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20329" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2097" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20735" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20688" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20840" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20887" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20951" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201134" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201404" TargetMode="External"/><Relationship Id="rId1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201207" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201246" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20290" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20234" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2028" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20791" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20604" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201160" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201261" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201308" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20451" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20457" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20389" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20188" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20551" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201025" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201062" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201118" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201331" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20127" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2084" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20722" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20676" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20829" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20901" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201146" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201373" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201217" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20321" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20279" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20223" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2073" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1998-S-1294-0001" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20645" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20974" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201173" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201276" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201256" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20425" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20378" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20212" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20780" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20592" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20538" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20981" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201024" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201045" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20352" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20170" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20116" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20755" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20709" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20663" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20861" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20817" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20928" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201129" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201342" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201384" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20310" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20268" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2061" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2048" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20632" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20915" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201182" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201287" TargetMode="External"/><Relationship Id="rId1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201410" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201225" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20477" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20448" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20405" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1996-S-0502-0014" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20769" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20578" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20875" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201006" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201311" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20480" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20367" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20201" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20158" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20146" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20106" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20744" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20697" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20850" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20806" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201078" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201109" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201353" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201395" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20341" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20299" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20257" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20243" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2094" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2037" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20649" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20941" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201136" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201151" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201193" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201236" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20437" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20232" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20800" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20614" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20561" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20966" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201012" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201052" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201296" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20402" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20356" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20190" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20162" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20733" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20838" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201090" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201322" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201364" TargetMode="External"/><Relationship Id="rId1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201407" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20332" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20288" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2082" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20686" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20889" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201162" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201209" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201248" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20429" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2026" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20789" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20602" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20549" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20990" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201029" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-2023-S-0023-0012" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201309" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201258" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20387" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20221" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20223" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20125" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20778" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20720" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20870" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201064" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201120" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201333" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201375" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20319" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20114" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20674" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20827" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20899" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201106" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201175" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201219" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20277" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20252" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2071" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=7-keto%20dhea%20acetate" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20642" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20590" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20926" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20979" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201278" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20471" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20418" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20376" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20210" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20169" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20767" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20753" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20886" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20859" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201022" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201069" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201344" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20350" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20308" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20706" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20660" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20815" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20913" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201108" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201386" TargetMode="External"/><Relationship Id="rId1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201412" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201228" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20266" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20104" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2060" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2046" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2013" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20630" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20576" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20940" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201184" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=NDI%201275" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201238" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20446" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20409" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20365" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-2004-S-0571-0195" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20199" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document?D=FDA-2002-S-0531-0036" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20144" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20798" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20873" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20995" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201085" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201301" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201313" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201355" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20463" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20339" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20134" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20742" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20695" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20847" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20804" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201092" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201397" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20297" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20255" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2092" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2035" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20612" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20965" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201138" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201153" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201262" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20435" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20401" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20230" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20187" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20559" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201015" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201056" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201324" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201250" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20353" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20787" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20731" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20684" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20836" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20908" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201366" TargetMode="External"/><Relationship Id="rId1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201409" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201211" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20328" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20286" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20123" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2080" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2024" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20672" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20599" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20917" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201122" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201164" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201273" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201221" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20422" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20385" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20219" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1997-S-0540-0016" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20547" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20988" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201031" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201066" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201280" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document?D=FDA-1996-S-0502-0002" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20178" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20776" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20716" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20868" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20825" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201070" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201335" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201377" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201195" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20317" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20275" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20153" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20113" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2068" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20640" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20897" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201116" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201170" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20415" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20250" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20208" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20658" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20588" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20884" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20924" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20992" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201013" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201230" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20469" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20374" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20171" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2078" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20765" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20751" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20704" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20857" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20813" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201289" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201346" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201388" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20363" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20348" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20306" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20264" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20142" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20102" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2044" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20693" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20911" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201081" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201102" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201186" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201399" TargetMode="External"/><Relationship Id="rId1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201414" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20444" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20239" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2057" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20626" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20574" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20946" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20998" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201264" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201204" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201240" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20458" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20411" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20197" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20156" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2033" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20796" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20740" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20845" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201298" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201315" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201357" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20337" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20295" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20132" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2090" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20802" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201054" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201095" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201140" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201155" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20253" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20609" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20975" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201252" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20394" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20185" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20785" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20545" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201326" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20326" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20121" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20906" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201124" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201379" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20714" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20597" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20986" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1996-S-0502-0005" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20176" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2053" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20774" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20866" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201177" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201337" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201196" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20316" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20881" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20895" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201114" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20111" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20702" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20586" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201390" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20262" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20248" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20164" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2038" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20749" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201010" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201188" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201348" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20478" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20400" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20763" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20855" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201046" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20304" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20100" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20691" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201131" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201401" TargetMode="External"/><Relationship Id="rId1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201416" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201199" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20442" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20237" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2031" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201001" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201268" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20454" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20392" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20154" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20843" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201059" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20293" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2088" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20679" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20904" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201143" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201215" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20431" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20226" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2019" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201019" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-2000-S-1575-0088" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20595" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20832" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201057" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20381" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2076" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20758" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20668" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201339" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20215" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20893" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20931" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201035" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201222" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1997-S-0540-0005" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20582" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20820" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201284" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20370" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20160" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20149" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20747" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201075" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201350" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20302" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2064" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20652" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20636" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20944" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201148" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201227" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20440" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20203" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20355" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20566" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201293" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20359" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20344" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20138" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20736" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201087" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201361" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20291" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2054" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20950" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201159" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201244" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20193" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20792" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20553" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201307" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20460" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20330" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20128" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20724" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201023" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201117" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201372" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20830" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20972" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201255" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20280" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20781" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20646" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201172" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20420" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20540" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201037" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201128" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20117" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20710" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20818" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201383" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20269" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2062" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2049" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20634" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20982" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201181" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20475" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20408" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20202" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20770" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20876" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20862" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201303" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201203" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20342" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20107" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20698" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20807" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201110" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201394" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20258" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20244" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2039" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20615" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201192" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20464" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20397" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20191" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20759" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201048" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201321" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2096" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20687" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20888" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201135" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201406" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201208" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20333" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20233" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2027" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201270" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20603" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20991" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201050" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20388" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20180" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20675" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20871" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201332" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20320" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20900" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201218" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1997-S-0540-0022" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20591" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20980" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201277" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20472" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20377" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20150" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20768" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20754" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20860" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201068" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201343" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20309" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20105" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20662" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20914" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20927" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201107" TargetMode="External"/><Relationship Id="rId1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201411" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201226" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20447" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20242" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1996-S-0502-0013" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20577" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20994" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201288" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20456" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20366" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20157" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20145" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20743" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20849" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201084" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201354" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20298" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20648" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201137" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201152" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201237" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20436" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2093" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20799" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20560" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201297" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20354" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20231" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20135" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20732" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201014" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201091" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201365" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20837" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201163" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20287" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2081" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20918" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20423" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20220" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20548" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201030" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20717" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20826" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201376" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20276" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2069" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20659" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20641" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20925" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201167" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201229" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20416" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20209" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2042" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20883" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201027" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1996-S-0502-0017" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20349" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20705" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20814" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201080" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201387" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20265" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20143" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2059" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2045" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20629" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20952" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201185" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20410" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20198" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20872" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201302" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201314" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201239" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20797" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20694" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20803" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201398" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20338" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20254" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20133" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2034" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201096" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201263" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20395" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20610" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20977" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201055" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201251" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20186" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20786" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201325" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20327" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20122" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20907" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201123" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20598" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20987" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1996-S-0502-0004" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20384" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20177" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20775" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20882" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20867" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201336" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201194" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20315" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20112" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20703" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20896" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201115" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201389" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20249" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20587" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201009" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201187" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20468" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20168" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2043" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20764" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20750" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20856" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201347" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20305" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20919" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201044" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201130" TargetMode="External"/><Relationship Id="rId1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201415" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20443" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20101" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20692" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20573" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201000" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201400" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201205" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20238" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20155" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2032" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20739" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201267" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201358" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20461" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20393" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20844" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201053" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201142" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20294" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2089" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20680" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201141" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201214" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20432" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20227" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1998-S-1294-0014" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201018" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201094" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20382" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20833" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201058" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20283" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2077" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20669" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20894" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20932" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201217" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20427" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20216" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1997-S-0540-0007" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201034" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201283" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20371" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20150" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20585" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20821" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201073" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2065" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20748" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20654" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20637" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20936" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201349" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20204" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201043" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201147" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201292" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201233" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2058" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20567" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20810" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20360" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20345" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20139" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/document/FDA-1999-S-4653-0063" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20737" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201086" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201360" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20292" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20621" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20949" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201157" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201243" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20455" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20194" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20793" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20554" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201306" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201318" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20334" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20129" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20725" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201098" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201371" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20281" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20970" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201171" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201254" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20424" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20182" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20782" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20542" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201036" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20323" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20118" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20711" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201127" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201382" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20819" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20983" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201180" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20473" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20270" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2050" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20771" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20635" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20863" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201198" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20407" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20108" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20877" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201111" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201300" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20699" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20808" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201008" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201393" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20259" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20245" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%2040" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%20616" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regulations.gov/search?filter=ndi%201191" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Q1315"/>
+  <dimension ref="A1:Q1331"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A1230" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="E1323" sqref="E1323"/>
+    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A1303" zoomScale="130" zoomScaleNormal="120" zoomScalePageLayoutView="130" workbookViewId="0">
+      <selection activeCell="F1314" sqref="A1314:F1331"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5546875" style="6" customWidth="1"/>
     <col min="2" max="2" width="16.5546875" style="6" customWidth="1"/>
     <col min="3" max="3" width="60.33203125" style="4" customWidth="1"/>
     <col min="4" max="4" width="25.5546875" style="4" customWidth="1"/>
     <col min="5" max="5" width="12.33203125" style="5" customWidth="1"/>
     <col min="6" max="6" width="13.33203125" style="5" customWidth="1"/>
     <col min="7" max="8" width="12.5546875" style="2" customWidth="1"/>
     <col min="9" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="1" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="75" t="s">
         <v>521</v>
       </c>
       <c r="B1" s="77" t="s">
         <v>1809</v>
       </c>
       <c r="C1" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D1" s="75" t="s">
@@ -39712,94 +39915,426 @@
       <c r="F1312" s="57">
         <v>45866</v>
       </c>
     </row>
     <row r="1313" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1313" s="56">
         <v>1399</v>
       </c>
       <c r="B1313" s="98" t="s">
         <v>2289</v>
       </c>
       <c r="C1313" s="55" t="s">
         <v>2512</v>
       </c>
       <c r="D1313" s="55" t="s">
         <v>2513</v>
       </c>
       <c r="E1313" s="57">
         <v>45772</v>
       </c>
       <c r="F1313" s="57">
         <v>45812</v>
       </c>
     </row>
     <row r="1314" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1314" s="56">
+      <c r="A1314" s="21">
         <v>1400</v>
       </c>
       <c r="B1314" s="98" t="s">
         <v>2289</v>
       </c>
-      <c r="C1314" s="11" t="s">
+      <c r="C1314" s="35" t="s">
         <v>2514</v>
       </c>
-      <c r="D1314" s="55" t="s">
+      <c r="D1314" s="108" t="s">
         <v>2432</v>
       </c>
-      <c r="E1314" s="57">
+      <c r="E1314" s="69">
         <v>45777</v>
       </c>
-      <c r="F1314" s="57">
+      <c r="F1314" s="69">
         <v>45847</v>
       </c>
     </row>
     <row r="1315" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1315" s="108"/>
-[...4 lines deleted...]
-      <c r="F1315" s="110"/>
+      <c r="A1315" s="109">
+        <v>1401</v>
+      </c>
+      <c r="B1315" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1315" s="110" t="s">
+        <v>2548</v>
+      </c>
+      <c r="D1315" s="108" t="s">
+        <v>2524</v>
+      </c>
+      <c r="E1315" s="111">
+        <v>45777</v>
+      </c>
+      <c r="F1315" s="111">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A1316" s="109">
+        <v>1402</v>
+      </c>
+      <c r="B1316" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1316" s="112" t="s">
+        <v>2549</v>
+      </c>
+      <c r="D1316" s="108" t="s">
+        <v>1750</v>
+      </c>
+      <c r="E1316" s="111">
+        <v>45783</v>
+      </c>
+      <c r="F1316" s="111">
+        <v>45855</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1317" s="109">
+        <v>1403</v>
+      </c>
+      <c r="B1317" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1317" s="113" t="s">
+        <v>2525</v>
+      </c>
+      <c r="D1317" s="108" t="s">
+        <v>2291</v>
+      </c>
+      <c r="E1317" s="111">
+        <v>45791</v>
+      </c>
+      <c r="F1317" s="111">
+        <v>45860</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A1318" s="109">
+        <v>1404</v>
+      </c>
+      <c r="B1318" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1318" s="112" t="s">
+        <v>2550</v>
+      </c>
+      <c r="D1318" s="108" t="s">
+        <v>2526</v>
+      </c>
+      <c r="E1318" s="111">
+        <v>45796</v>
+      </c>
+      <c r="F1318" s="111">
+        <v>45863</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1319" s="109">
+        <v>1406</v>
+      </c>
+      <c r="B1319" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1319" s="108" t="s">
+        <v>2527</v>
+      </c>
+      <c r="D1319" s="108" t="s">
+        <v>2528</v>
+      </c>
+      <c r="E1319" s="111">
+        <v>45800</v>
+      </c>
+      <c r="F1319" s="111">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1320" s="109">
+        <v>1407</v>
+      </c>
+      <c r="B1320" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1320" s="113" t="s">
+        <v>2551</v>
+      </c>
+      <c r="D1320" s="108" t="s">
+        <v>2529</v>
+      </c>
+      <c r="E1320" s="111">
+        <v>45804</v>
+      </c>
+      <c r="F1320" s="111">
+        <v>45866</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1321" s="109">
+        <v>1408</v>
+      </c>
+      <c r="B1321" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1321" s="113" t="s">
+        <v>2530</v>
+      </c>
+      <c r="D1321" s="108" t="s">
+        <v>2531</v>
+      </c>
+      <c r="E1321" s="111">
+        <v>45805</v>
+      </c>
+      <c r="F1321" s="111">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1322" s="109">
+        <v>1409</v>
+      </c>
+      <c r="B1322" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1322" s="113" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D1322" s="108" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E1322" s="111">
+        <v>45810</v>
+      </c>
+      <c r="F1322" s="111">
+        <v>45876</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1323" s="109">
+        <v>1410</v>
+      </c>
+      <c r="B1323" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1323" s="108" t="s">
+        <v>2534</v>
+      </c>
+      <c r="D1323" s="108" t="s">
+        <v>2535</v>
+      </c>
+      <c r="E1323" s="111">
+        <v>45821</v>
+      </c>
+      <c r="F1323" s="111">
+        <v>45854</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1324" s="109">
+        <v>1411</v>
+      </c>
+      <c r="B1324" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1324" s="108" t="s">
+        <v>2492</v>
+      </c>
+      <c r="D1324" s="108" t="s">
+        <v>2439</v>
+      </c>
+      <c r="E1324" s="111">
+        <v>45821</v>
+      </c>
+      <c r="F1324" s="111">
+        <v>45881</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1325" s="109">
+        <v>1412</v>
+      </c>
+      <c r="B1325" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1325" s="108" t="s">
+        <v>2536</v>
+      </c>
+      <c r="D1325" s="108" t="s">
+        <v>2537</v>
+      </c>
+      <c r="E1325" s="111">
+        <v>45824</v>
+      </c>
+      <c r="F1325" s="111">
+        <v>45867</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1326" s="109">
+        <v>1413</v>
+      </c>
+      <c r="B1326" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1326" s="108" t="s">
+        <v>2538</v>
+      </c>
+      <c r="D1326" s="108" t="s">
+        <v>2539</v>
+      </c>
+      <c r="E1326" s="111">
+        <v>45831</v>
+      </c>
+      <c r="F1326" s="111">
+        <v>45897</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1327" s="109">
+        <v>1414</v>
+      </c>
+      <c r="B1327" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1327" s="112" t="s">
+        <v>2552</v>
+      </c>
+      <c r="D1327" s="108" t="s">
+        <v>2540</v>
+      </c>
+      <c r="E1327" s="111">
+        <v>45835</v>
+      </c>
+      <c r="F1327" s="111">
+        <v>45903</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1328" s="109">
+        <v>1415</v>
+      </c>
+      <c r="B1328" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1328" s="108" t="s">
+        <v>2541</v>
+      </c>
+      <c r="D1328" s="108" t="s">
+        <v>2542</v>
+      </c>
+      <c r="E1328" s="111">
+        <v>45838</v>
+      </c>
+      <c r="F1328" s="111">
+        <v>45910</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1329" s="109">
+        <v>1416</v>
+      </c>
+      <c r="B1329" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1329" s="113" t="s">
+        <v>2543</v>
+      </c>
+      <c r="D1329" s="108" t="s">
+        <v>2544</v>
+      </c>
+      <c r="E1329" s="111">
+        <v>45838</v>
+      </c>
+      <c r="F1329" s="111">
+        <v>45909</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1330" s="109">
+        <v>1417</v>
+      </c>
+      <c r="B1330" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1330" s="112" t="s">
+        <v>2553</v>
+      </c>
+      <c r="D1330" s="108" t="s">
+        <v>2545</v>
+      </c>
+      <c r="E1330" s="111">
+        <v>45846</v>
+      </c>
+      <c r="F1330" s="111">
+        <v>45918</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1331" s="109">
+        <v>1418</v>
+      </c>
+      <c r="B1331" s="98" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1331" s="113" t="s">
+        <v>2546</v>
+      </c>
+      <c r="D1331" s="108" t="s">
+        <v>2547</v>
+      </c>
+      <c r="E1331" s="111">
+        <v>45848</v>
+      </c>
+      <c r="F1331" s="111">
+        <v>45919</v>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F1020" xr:uid="{00000000-0009-0000-0000-000000000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F1020">
       <sortCondition ref="A1:A1020"/>
     </sortState>
   </autoFilter>
   <customSheetViews>
     <customSheetView guid="{28719226-2A9A-45DB-8275-C9711C153A3F}" fitToPage="1" showAutoFilter="1" topLeftCell="A871">
       <selection activeCell="A874" sqref="A874"/>
       <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
       <printOptions horizontalCentered="1"/>
       <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
       <headerFooter alignWithMargins="0">
         <oddFooter>&amp;L&amp;8Note: The entries without an active link are in the process of being posted on Regulations.gov. Please check back for updates.&amp;C&amp;P
 &amp;RLast updated 1/16/2018</oddFooter>
       </headerFooter>
-      <autoFilter ref="A1:E956" xr:uid="{1183E2F5-CBB6-4586-9956-D3A0A3C65B27}">
+      <autoFilter ref="A1:E956" xr:uid="{6E9A8653-B296-47BA-B7B6-3F56B520D9B5}">
         <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:E956">
           <sortCondition ref="A1:A956"/>
         </sortState>
       </autoFilter>
     </customSheetView>
   </customSheetViews>
   <phoneticPr fontId="1" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A1112" r:id="rId2" display="https://www.regulations.gov/search?filter=ndi%201197" xr:uid="{2D51E45A-EAC2-4931-BD04-56A5D0A8E370}"/>
     <hyperlink ref="A1110" r:id="rId3" display="https://www.regulations.gov/search?filter=ndi%201195" xr:uid="{BE0EB7B4-4E6F-4263-A343-AA59DAE20B5B}"/>
     <hyperlink ref="A1109" r:id="rId4" display="https://www.regulations.gov/search?filter=ndi%201194" xr:uid="{C2FEBA4D-9B40-4044-B9C3-0DBD4958A396}"/>
     <hyperlink ref="A1111" r:id="rId5" display="https://www.regulations.gov/search?filter=ndi%201196" xr:uid="{55BE8B12-2138-44B1-8FAB-AC2EB7A2E0FB}"/>
     <hyperlink ref="A1115" r:id="rId6" display="https://www.regulations.gov/search?filter=ndi%201200" xr:uid="{4E803102-5EC6-45DB-8EAC-7D92FFC40A66}"/>
     <hyperlink ref="A1116" r:id="rId7" display="https://www.regulations.gov/search?filter=ndi%201201" xr:uid="{DFF121D3-632E-4DDE-9477-13DAC48DBBF1}"/>
     <hyperlink ref="A1113" r:id="rId8" display="https://www.regulations.gov/search?filter=ndi%201198" xr:uid="{9D8F3BDC-0F15-457B-A265-D336F14DA67E}"/>
     <hyperlink ref="A1118" r:id="rId9" display="https://www.regulations.gov/search?filter=ndi%201203" xr:uid="{4515548E-9641-41F2-BB91-BB1D53AF5102}"/>
     <hyperlink ref="A1119" r:id="rId10" display="https://www.regulations.gov/search?filter=ndi%201204" xr:uid="{942D6E4B-889D-4A0C-A136-932F1054D44D}"/>
     <hyperlink ref="A1120" r:id="rId11" display="https://www.regulations.gov/search?filter=ndi%201205" xr:uid="{D51D76DE-36DB-4E0F-AA33-CD0134375A7C}"/>
     <hyperlink ref="A1114" r:id="rId12" display="https://www.regulations.gov/search?filter=ndi%201199" xr:uid="{33FD3768-9006-4BCC-8092-FE1E9C5D0128}"/>
     <hyperlink ref="A1117" r:id="rId13" display="https://www.regulations.gov/search?filter=ndi%201202" xr:uid="{18C5AA4B-0396-489A-A426-87278394A328}"/>
     <hyperlink ref="A1121" r:id="rId14" display="https://www.regulations.gov/search?filter=ndi%201206" xr:uid="{62812DB5-F68F-4659-8B48-9AB0F84B3EEE}"/>
     <hyperlink ref="A1122" r:id="rId15" display="https://www.regulations.gov/search?filter=ndi%201207" xr:uid="{D82716F9-4876-4489-899A-42775F1A685B}"/>
     <hyperlink ref="A1123" r:id="rId16" display="https://www.regulations.gov/search?filter=ndi%201208" xr:uid="{69428165-A03E-43BF-B999-7C8AFF4A89AA}"/>
     <hyperlink ref="A1124" r:id="rId17" display="https://www.regulations.gov/search?filter=ndi%201209" xr:uid="{D492D509-438C-4A4C-886C-3439D9DC1698}"/>
     <hyperlink ref="A1125" r:id="rId18" display="https://www.regulations.gov/search?filter=ndi%201210" xr:uid="{BBB0F62E-3C68-4F79-BFE2-49C76322AE0E}"/>
@@ -41054,86 +41589,103 @@
     <hyperlink ref="A1290" r:id="rId1267" display="https://www.regulations.gov/search?filter=ndi%201376" xr:uid="{A848A98C-5690-4F41-9D89-CD00986D9808}"/>
     <hyperlink ref="A1291" r:id="rId1268" display="https://www.regulations.gov/search?filter=ndi%201377" xr:uid="{B30AE709-4889-45AC-A538-33E7E7843FEE}"/>
     <hyperlink ref="A1292" r:id="rId1269" display="https://www.regulations.gov/search?filter=ndi%201378" xr:uid="{50B49CA1-599E-440C-80D2-802623FC8648}"/>
     <hyperlink ref="A1293" r:id="rId1270" display="https://www.regulations.gov/search?filter=ndi%201379" xr:uid="{982B3375-529F-4BB9-B3AA-91BF980ADE70}"/>
     <hyperlink ref="A1294" r:id="rId1271" display="https://www.regulations.gov/search?filter=ndi%201380" xr:uid="{6DA92963-B46B-4601-A1F4-81974A849A16}"/>
     <hyperlink ref="A1295" r:id="rId1272" display="https://www.regulations.gov/search?filter=ndi%201381" xr:uid="{9EE963ED-335F-428C-BCD8-7B2291461C61}"/>
     <hyperlink ref="A1296" r:id="rId1273" display="https://www.regulations.gov/search?filter=ndi%201382" xr:uid="{8EE38D26-B073-4662-A927-EC9221C37950}"/>
     <hyperlink ref="A1297" r:id="rId1274" display="https://www.regulations.gov/search?filter=ndi%201383" xr:uid="{06775DD2-4849-4F16-ABF8-E9AA241A9683}"/>
     <hyperlink ref="A1298" r:id="rId1275" display="https://www.regulations.gov/search?filter=ndi%201384" xr:uid="{6E7BBA16-749D-4865-88C8-DF408EEA558E}"/>
     <hyperlink ref="A1299" r:id="rId1276" display="https://www.regulations.gov/search?filter=ndi%201385" xr:uid="{008F3E1F-A29F-4F52-B04D-101F064A5BA7}"/>
     <hyperlink ref="A1300" r:id="rId1277" display="https://www.regulations.gov/search?filter=ndi%201386" xr:uid="{83C32BA0-0F98-497D-8713-85582F7BB306}"/>
     <hyperlink ref="A1301" r:id="rId1278" display="https://www.regulations.gov/search?filter=ndi%201387" xr:uid="{F9C62AC7-B700-4A04-9437-2A3567A3F6D4}"/>
     <hyperlink ref="A1302" r:id="rId1279" display="https://www.regulations.gov/search?filter=ndi%201388" xr:uid="{04E7D7A5-396B-4690-B977-DCB31E6FD7A2}"/>
     <hyperlink ref="A1303" r:id="rId1280" display="https://www.regulations.gov/search?filter=ndi%201389" xr:uid="{75C331F9-BF46-4094-8C47-C97B43F8C4D4}"/>
     <hyperlink ref="A1304" r:id="rId1281" display="https://www.regulations.gov/search?filter=ndi%201390" xr:uid="{D601189F-06D9-42C2-AA78-5849F1AF1767}"/>
     <hyperlink ref="A1305" r:id="rId1282" display="https://www.regulations.gov/search?filter=ndi%201391" xr:uid="{EB44DB67-A740-43C5-967D-B9DEC9F0011A}"/>
     <hyperlink ref="A1306" r:id="rId1283" display="https://www.regulations.gov/search?filter=ndi%201392" xr:uid="{27965C47-554D-469E-B8D8-D4BD25E47EEC}"/>
     <hyperlink ref="A1307" r:id="rId1284" display="https://www.regulations.gov/search?filter=ndi%201393" xr:uid="{B01C2772-D60D-4982-B4AD-6D74EF8EDE86}"/>
     <hyperlink ref="A1308" r:id="rId1285" display="https://www.regulations.gov/search?filter=ndi%201394" xr:uid="{74FE8D99-F6AB-4DC2-AF69-EB1CBD506EB3}"/>
     <hyperlink ref="A1309" r:id="rId1286" display="https://www.regulations.gov/search?filter=ndi%201395" xr:uid="{EB15ABA2-022A-4181-95D1-B51A0A5CA439}"/>
     <hyperlink ref="A1310" r:id="rId1287" display="https://www.regulations.gov/search?filter=ndi%201396" xr:uid="{7D5412D2-98CF-4E3A-9C0C-FA5A5856193F}"/>
     <hyperlink ref="A1311" r:id="rId1288" display="https://www.regulations.gov/search?filter=ndi%201397" xr:uid="{C6C427F1-75EE-4A62-8359-0BF68510A9B8}"/>
     <hyperlink ref="A1312" r:id="rId1289" display="https://www.regulations.gov/search?filter=ndi%201398" xr:uid="{ED08EA38-CCF4-4E99-9322-9E7E46B3C753}"/>
     <hyperlink ref="A1313" r:id="rId1290" display="https://www.regulations.gov/search?filter=ndi%201399" xr:uid="{97F84229-FAF6-45A6-81BC-B3E972C36984}"/>
     <hyperlink ref="A1314" r:id="rId1291" display="https://www.regulations.gov/search?filter=ndi%201400" xr:uid="{26AB1086-1BB4-4DB3-B936-153D3BC999CA}"/>
+    <hyperlink ref="A1315" r:id="rId1292" display="https://www.regulations.gov/search?filter=ndi%201401" xr:uid="{BBAE2C22-CA11-41F9-8C1D-BCC633E4EEDB}"/>
+    <hyperlink ref="A1316" r:id="rId1293" display="https://www.regulations.gov/search?filter=ndi%201402" xr:uid="{2113DB31-46E3-4F6B-97BB-3027ACC3BC2A}"/>
+    <hyperlink ref="A1317" r:id="rId1294" display="https://www.regulations.gov/search?filter=ndi%201403" xr:uid="{2EB2464A-6F80-4769-97A9-D2163EDB1901}"/>
+    <hyperlink ref="A1318" r:id="rId1295" display="https://www.regulations.gov/search?filter=ndi%201404" xr:uid="{22EA2CBB-61BE-421E-A4EF-BBAECA1D2291}"/>
+    <hyperlink ref="A1319" r:id="rId1296" display="https://www.regulations.gov/search?filter=ndi%201406" xr:uid="{EDD1F9CC-64D7-4C8B-AE9C-87B8537ADBFC}"/>
+    <hyperlink ref="A1320" r:id="rId1297" display="https://www.regulations.gov/search?filter=ndi%201407" xr:uid="{3EB5C764-80D2-44C5-B6DE-0B81342FD5D8}"/>
+    <hyperlink ref="A1321" r:id="rId1298" display="https://www.regulations.gov/search?filter=ndi%201408" xr:uid="{9F34570F-EC94-4AFC-A0EA-7A45F474A680}"/>
+    <hyperlink ref="A1322" r:id="rId1299" display="https://www.regulations.gov/search?filter=ndi%201409" xr:uid="{BE16FCF3-7E08-48AF-97D6-09AB7BB76896}"/>
+    <hyperlink ref="A1323" r:id="rId1300" display="https://www.regulations.gov/search?filter=ndi%201410" xr:uid="{95ED8E63-12DA-40B3-84AE-0C9C1B4BD798}"/>
+    <hyperlink ref="A1324" r:id="rId1301" display="https://www.regulations.gov/search?filter=ndi%201411" xr:uid="{B2F2BAFE-0159-4BC8-B269-8F99FB6E7007}"/>
+    <hyperlink ref="A1325" r:id="rId1302" display="https://www.regulations.gov/search?filter=ndi%201412" xr:uid="{9619F179-177E-4DBC-A023-18C0DD041295}"/>
+    <hyperlink ref="A1326" r:id="rId1303" display="https://www.regulations.gov/search?filter=ndi%201413" xr:uid="{E2BD1C7E-6B39-4F17-B425-1AE8FE171712}"/>
+    <hyperlink ref="A1327" r:id="rId1304" display="https://www.regulations.gov/search?filter=ndi%201414" xr:uid="{FC86E986-44FE-41FA-9D7D-93B483FD1C43}"/>
+    <hyperlink ref="A1328" r:id="rId1305" display="https://www.regulations.gov/search?filter=ndi%201415" xr:uid="{86245297-1EE3-4E4A-A3AA-F2DD8CBDBF6F}"/>
+    <hyperlink ref="A1329" r:id="rId1306" display="https://www.regulations.gov/search?filter=ndi%201416" xr:uid="{5EF1170C-4F6C-4291-BD66-B233C96F3E2D}"/>
+    <hyperlink ref="A1330" r:id="rId1307" display="https://www.regulations.gov/search?filter=ndi%201417" xr:uid="{AA672B79-A07E-4942-B2F9-6CEA5B7E8FDA}"/>
+    <hyperlink ref="A1331" r:id="rId1308" display="https://www.regulations.gov/search?filter=ndi%201418" xr:uid="{D59FB061-E72A-453D-BE4D-C1C2CEAA59EE}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="96" fitToHeight="0" orientation="landscape" r:id="rId1292"/>
+  <pageSetup scale="96" fitToHeight="0" orientation="landscape" r:id="rId1309"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Note: The entries without an active link are in the process of being posted on Regulations.gov. Please check back for updates.&amp;C&amp;P
-&amp;RLast updated 12/8/25</oddFooter>
+&amp;RLast updated 2/2/26</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...4 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100076A08FBD5310342BF958ADCB470BE9A" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2960bb72702f32ccbd5e6b36113b7a5c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="978cbee1-b604-4d95-9f89-3d25ff6383a8" xmlns:ns4="ecc0eb5f-8763-404a-8c31-210cabb72f88" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98b8fa34d8ddfc7b849a5a44ca26b488" ns3:_="" ns4:_="">
     <xsd:import namespace="978cbee1-b604-4d95-9f89-3d25ff6383a8"/>
     <xsd:import namespace="ecc0eb5f-8763-404a-8c31-210cabb72f88"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
               </xsd:all>
@@ -41302,70 +41854,70 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FAF0AF8-20A6-4038-AB2D-B76EE11BAA14}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AF02626-7C42-48B7-8452-6D84CECC186E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="978cbee1-b604-4d95-9f89-3d25ff6383a8"/>
     <ds:schemaRef ds:uri="ecc0eb5f-8763-404a-8c31-210cabb72f88"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FAF0AF8-20A6-4038-AB2D-B76EE11BAA14}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BAE9C896-3BA9-40CF-8FE0-F757484E17FD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="978cbee1-b604-4d95-9f89-3d25ff6383a8"/>
     <ds:schemaRef ds:uri="ecc0eb5f-8763-404a-8c31-210cabb72f88"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">