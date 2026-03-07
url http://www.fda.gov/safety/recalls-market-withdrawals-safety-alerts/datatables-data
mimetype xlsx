--- v0 (2026-02-11)
+++ v1 (2026-03-07)
@@ -12,9878 +12,10040 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="recall solr index" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3276">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3330">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Brand-Names</t>
   </si>
   <si>
     <t>Product-Description</t>
   </si>
   <si>
     <t>Product-Types</t>
   </si>
   <si>
     <t>Recall-Reason-Description</t>
   </si>
   <si>
     <t>Company-Name</t>
   </si>
   <si>
     <t>Terminated Recall</t>
   </si>
   <si>
+    <t>03/20/2025</t>
+  </si>
+  <si>
+    <t>Target</t>
+  </si>
+  <si>
+    <t>Favorite Day Gourmet New York Style Cheesecake</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Allergens</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen - Pecans</t>
+  </si>
+  <si>
+    <t>Dessert Holdings</t>
+  </si>
+  <si>
+    <t>06/04/2025</t>
+  </si>
+  <si>
+    <t>Firehook</t>
+  </si>
+  <si>
+    <t>Crackers</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages</t>
+  </si>
+  <si>
+    <t>Undeclared Sesame</t>
+  </si>
+  <si>
+    <t>Firehook of Virginia</t>
+  </si>
+  <si>
+    <t>Multiple brands</t>
+  </si>
+  <si>
+    <t>Fresh cucumbers and salsa and salads containing fresh cucumbers</t>
+  </si>
+  <si>
+    <t>Potential to be contaminated with Salmonella</t>
+  </si>
+  <si>
+    <t>TGD Cuts, LLC.</t>
+  </si>
+  <si>
+    <t>Amneal</t>
+  </si>
+  <si>
+    <t>Sulfamethoxazole/Trimethoprim Tablets, USP, 400 mg/80 mg</t>
+  </si>
+  <si>
+    <t>Drugs</t>
+  </si>
+  <si>
+    <t>Microbial contamination</t>
+  </si>
+  <si>
+    <t>Amneal Pharmaceutical LLC</t>
+  </si>
+  <si>
+    <t>06/03/2025</t>
+  </si>
+  <si>
+    <t>Aldi brand Casa Mamita</t>
+  </si>
+  <si>
+    <t>Churro Bites</t>
+  </si>
+  <si>
+    <t>Undeclared Milk</t>
+  </si>
+  <si>
+    <t>Camerican International</t>
+  </si>
+  <si>
+    <t>06/06/2025</t>
+  </si>
+  <si>
+    <t>Zicam® and Orajel™</t>
+  </si>
+  <si>
+    <t>Cold Remedy Nasal Swabs, Nasal AllClear Swabs, Baby Teething Swabs</t>
+  </si>
+  <si>
+    <t>Church &amp; Dwight Co., Inc.</t>
+  </si>
+  <si>
+    <t>06/13/2025</t>
+  </si>
+  <si>
+    <t>Welby, Berkely Jensen and VitaGlobe</t>
+  </si>
+  <si>
+    <t>Gummy products</t>
+  </si>
+  <si>
+    <t>Undeclared allergen - peanut</t>
+  </si>
+  <si>
+    <t>Vita Warehouse Corp.</t>
+  </si>
+  <si>
+    <t>11/20/2024</t>
+  </si>
+  <si>
+    <t>Fabalish</t>
+  </si>
+  <si>
+    <t>“Kickin” Carrot Falafel Bites</t>
+  </si>
+  <si>
+    <t>Potential Shiga toxin-producing Escherichia coli (E. coli) O121:H19 contamination</t>
+  </si>
+  <si>
+    <t>Fabalish Inc.</t>
+  </si>
+  <si>
+    <t>Terminated</t>
+  </si>
+  <si>
+    <t>05/05/2025</t>
+  </si>
+  <si>
+    <t>President Brand</t>
+  </si>
+  <si>
+    <t>Licorice plum</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – sulfites Unapproved color – Amaranth (E123)</t>
+  </si>
+  <si>
+    <t>Eats CL Trading, Inc.</t>
+  </si>
+  <si>
+    <t>Yellowstone</t>
+  </si>
+  <si>
+    <t>Baked Beans</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen - Soy</t>
+  </si>
+  <si>
+    <t>Vietti Food Group</t>
+  </si>
+  <si>
+    <t>05/06/2025</t>
+  </si>
+  <si>
+    <t>Endurance Boost</t>
+  </si>
+  <si>
+    <t>Dietary supplement for male performance and energy</t>
+  </si>
+  <si>
+    <t>Undeclared Propoxyphenylsildenafil, Sildenafil</t>
+  </si>
+  <si>
+    <t>EnShiShiXiangNiShangMaoYouXianGongSi</t>
+  </si>
+  <si>
+    <t>New England Village Snacks</t>
+  </si>
+  <si>
+    <t>19th Hole Snack Mix</t>
+  </si>
+  <si>
+    <t>Undeclared almonds and sesame</t>
+  </si>
+  <si>
+    <t>New England Village Foods</t>
+  </si>
+  <si>
+    <t>04/24/2025</t>
+  </si>
+  <si>
+    <t>Undeclared almonds</t>
+  </si>
+  <si>
+    <t>05/13/2025</t>
+  </si>
+  <si>
+    <t>Nature Mills</t>
+  </si>
+  <si>
+    <t>Rice Mixes, Soups, Spice Mixes, Porridge Mix, Papads and Vadam Products</t>
+  </si>
+  <si>
+    <t>Undeclared Allergen – Wheat, Milk, Sesame</t>
+  </si>
+  <si>
+    <t>Nature Mills US</t>
+  </si>
+  <si>
+    <t>05/14/2025</t>
+  </si>
+  <si>
+    <t>Ariana</t>
+  </si>
+  <si>
+    <t>Afghani Corn Bread</t>
+  </si>
+  <si>
+    <t>Undeclared Allergen – Sesame, Wheat</t>
+  </si>
+  <si>
+    <t>Ariana Sweets Inc</t>
+  </si>
+  <si>
+    <t>05/20/2025</t>
+  </si>
+  <si>
+    <t>No Brand Name</t>
+  </si>
+  <si>
+    <t>Cucumbers</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness</t>
+  </si>
+  <si>
+    <t>Salmonella</t>
+  </si>
+  <si>
+    <t>Bedner Growers, Inc.</t>
+  </si>
+  <si>
+    <t>05/22/2025</t>
+  </si>
+  <si>
+    <t>UNAVY &amp; UMOVY</t>
+  </si>
+  <si>
+    <t>Unavy Acidio Hialuronico (30 caplets/850 mg) and Umovy Acidio Hialuronico (30 caplets/850 mg)</t>
+  </si>
+  <si>
+    <t>The product contains undeclared Dexamethasone, Diclofenac and Omeprazole</t>
+  </si>
+  <si>
+    <t>UMARY USA</t>
+  </si>
+  <si>
+    <t>Ukrop’s</t>
+  </si>
+  <si>
+    <t>Marinated cucumber Salad</t>
+  </si>
+  <si>
+    <t>Ukrop’s Homestyle Foods, LL</t>
+  </si>
+  <si>
+    <t>GreenWise</t>
+  </si>
+  <si>
+    <t>Pear, Kiwi, Spinach &amp; Pea Baby Food pouches</t>
+  </si>
+  <si>
+    <t>Dietary Supplements, Food &amp; Beverages, Contaminants</t>
+  </si>
+  <si>
+    <t>Product may be contaminated with elevated levels of lead</t>
+  </si>
+  <si>
+    <t>Publix</t>
+  </si>
+  <si>
+    <t>05/23/2025</t>
+  </si>
+  <si>
+    <t>Marketside</t>
+  </si>
+  <si>
+    <t>Fresh cut cucumber slices</t>
+  </si>
+  <si>
+    <t>Walmart Inc.</t>
+  </si>
+  <si>
+    <t>Ready Meals &amp; Star Market</t>
+  </si>
+  <si>
+    <t>Greek Salad</t>
+  </si>
+  <si>
+    <t>Albertsons Companies</t>
+  </si>
+  <si>
+    <t>04/01/2025</t>
+  </si>
+  <si>
+    <t>Walker’s Wine Juice LLC</t>
+  </si>
+  <si>
+    <t>Pumpkin Juice</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Juice</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness - Botulism</t>
+  </si>
+  <si>
+    <t>03/31/2025</t>
+  </si>
+  <si>
+    <t>Trader Joe’s</t>
+  </si>
+  <si>
+    <t>Hot honey mustard dressing</t>
+  </si>
+  <si>
+    <t>Undeclared allergen - peanut, soy, sesame, and wheat.</t>
+  </si>
+  <si>
+    <t>Fresh Creative Foods</t>
+  </si>
+  <si>
+    <t>04/18/2025</t>
+  </si>
+  <si>
+    <t>Hofood99 Inc</t>
+  </si>
+  <si>
+    <t>Enoki Mushrooms</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Produce</t>
+  </si>
+  <si>
+    <t>Due to possibility of contamination with Listeria monocytogenes.</t>
+  </si>
+  <si>
+    <t>Harvest NYC Inc</t>
+  </si>
+  <si>
+    <t>01/31/2025</t>
+  </si>
+  <si>
+    <t>Gerber</t>
+  </si>
+  <si>
+    <t>Gerber® Soothe N Chew® Teething Sticks</t>
+  </si>
+  <si>
+    <t>Potential choking hazard for babies and young children</t>
+  </si>
+  <si>
+    <t>Gerber Products Company</t>
+  </si>
+  <si>
+    <t>04/17/2025</t>
+  </si>
+  <si>
+    <t>May Flower International</t>
+  </si>
+  <si>
+    <t>Soybean Paste</t>
+  </si>
+  <si>
+    <t>Undeclared wheat</t>
+  </si>
+  <si>
+    <t>May Flower Internation, Inc.</t>
+  </si>
+  <si>
+    <t>Q’Apel Medical</t>
+  </si>
+  <si>
+    <t>072 Aspiration System</t>
+  </si>
+  <si>
+    <t>Medical Devices</t>
+  </si>
+  <si>
+    <t>Distal Tip Design outside scope of 510k clearance</t>
+  </si>
+  <si>
+    <t>Q’Apel Medical, Inc.</t>
+  </si>
+  <si>
+    <t>Amneal Pharmaceuticals LLC.</t>
+  </si>
+  <si>
+    <t>Ropivacaine Hydrochloride Injection, USP, 500mg/100mL IV bag</t>
+  </si>
+  <si>
+    <t>Product may contain an inert fiber identified as polypropylene fibers from the IV bag</t>
+  </si>
+  <si>
+    <t>05/16/2025</t>
+  </si>
+  <si>
+    <t>Bengal King</t>
+  </si>
+  <si>
+    <t>Family Pack Vegetable Singara</t>
+  </si>
+  <si>
+    <t>Undeclared Allergen – Peanut</t>
+  </si>
+  <si>
+    <t>South Asian Foods Inc.</t>
+  </si>
+  <si>
+    <t>PennRose Farms</t>
+  </si>
+  <si>
+    <t>Whole cucumbers</t>
+  </si>
+  <si>
+    <t>PennRose Farms, LLC</t>
+  </si>
+  <si>
+    <t>New Grain Gluten Free Bakery</t>
+  </si>
+  <si>
+    <t>Breads, bagels, caramel bars, cookies and croutons</t>
+  </si>
+  <si>
+    <t>Undeclared Allergen – Egg, tree nuts Soy and Milk</t>
+  </si>
+  <si>
+    <t>New Grains Gluten Free Bakery</t>
+  </si>
+  <si>
+    <t>05/09/2025</t>
+  </si>
+  <si>
+    <t>Breads, bagels, cookies and croutons</t>
+  </si>
+  <si>
+    <t>Products may contain undeclared eggs, soy, and milk</t>
+  </si>
+  <si>
+    <t>Big Y Foods</t>
+  </si>
+  <si>
+    <t>Made-to-order subs, wraps and paninis</t>
+  </si>
+  <si>
+    <t>05/24/2025</t>
+  </si>
+  <si>
+    <t>Aldi</t>
+  </si>
+  <si>
+    <t>Atlantic Salmon Portions with Seafood Stuffing</t>
+  </si>
+  <si>
+    <t>Undeclared allergen - soy</t>
+  </si>
+  <si>
+    <t>Santa Monica Seafood</t>
+  </si>
+  <si>
+    <t>Tetra</t>
+  </si>
+  <si>
+    <t>ReptoMin 3-In-1 SELECT-A-FOOD reptile food</t>
+  </si>
+  <si>
+    <t>Animal &amp; Veterinary, Food &amp; Beverages, Foodborne Illness</t>
+  </si>
+  <si>
+    <t>Salmonella contamination</t>
+  </si>
+  <si>
+    <t>Spectrum Brands Pet LLC</t>
+  </si>
+  <si>
+    <t>05/27/2025</t>
+  </si>
+  <si>
+    <t>East Coast Fresh, TOPS, Wellsley Farms, WEIS, AHOLD, Jack and Olive, Created Fresh, Spring and Sprout</t>
+  </si>
+  <si>
+    <t>Salads, salsas, and other products containing salsa containing fresh cucumbers</t>
+  </si>
+  <si>
+    <t>Potential for Salmonella contamination.</t>
+  </si>
+  <si>
+    <t>The Coastal Companies</t>
+  </si>
+  <si>
+    <t>06/21/2025</t>
+  </si>
+  <si>
+    <t>Face Rock Creamery</t>
+  </si>
+  <si>
+    <t>Vampire Slayer Garlic Cheddar Curds</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness – Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>Face Rock Creamer</t>
+  </si>
+  <si>
+    <t>06/20/2025</t>
+  </si>
+  <si>
+    <t>SE Grocers</t>
+  </si>
+  <si>
+    <t>Dark chocolate nonpareils</t>
+  </si>
+  <si>
+    <t>Undeclared milk allergen</t>
+  </si>
+  <si>
+    <t>JLM</t>
+  </si>
+  <si>
+    <t>Lipari Foods</t>
+  </si>
+  <si>
+    <t>Sabores A Tu Mesa</t>
+  </si>
+  <si>
+    <t>Mousse Desserts</t>
+  </si>
+  <si>
+    <t>Sabores Fit Bakery</t>
+  </si>
+  <si>
+    <t>06/16/2025</t>
+  </si>
+  <si>
+    <t>Frederick’s by Meijer</t>
+  </si>
+  <si>
+    <t>Dark Chocolate Almonds</t>
+  </si>
+  <si>
+    <t>Undeclared cashews</t>
+  </si>
+  <si>
+    <t>Meijer</t>
+  </si>
+  <si>
+    <t>Fuentes Farms Inc</t>
+  </si>
+  <si>
+    <t>Cucumbers in bushel boxes</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness – Salmonella</t>
+  </si>
+  <si>
+    <t>Fuentes Farms Inc.</t>
+  </si>
+  <si>
+    <t>06/18/2025</t>
+  </si>
+  <si>
+    <t>Weaver Nut Company</t>
+  </si>
+  <si>
+    <t>Semi sweet chocolate pareils with white or Christmas colored seeds</t>
+  </si>
+  <si>
+    <t>Multiple brand names</t>
+  </si>
+  <si>
+    <t>Brown cage free and brown certified organic eggs</t>
+  </si>
+  <si>
+    <t>August Egg Company</t>
+  </si>
+  <si>
+    <t>06/10/2025</t>
+  </si>
+  <si>
+    <t>No Brand</t>
+  </si>
+  <si>
+    <t>Uneviscerated Salted Smoked Split Herring</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness – Clostridium Botulinum</t>
+  </si>
+  <si>
+    <t>P. East Trading Corp Distributors</t>
+  </si>
+  <si>
+    <t>Bornstein Seafoods</t>
+  </si>
+  <si>
+    <t>Coldwater Shrimp Meat</t>
+  </si>
+  <si>
+    <t>Bornstein Seafoods Inc.</t>
+  </si>
+  <si>
+    <t>03/28/2023</t>
+  </si>
+  <si>
+    <t>Midwest Cleaning Solutions, Clean Pro Supply, SOFT HANDS</t>
+  </si>
+  <si>
+    <t>Alcohol Antiseptic 80% Topical Solution Hand Sanitizer Non-sterile Solution; Isopropyl Alcohol Antiseptic 75% Topical Solution Hand Sanitizer Non-sterile Solution</t>
+  </si>
+  <si>
+    <t>Due to Presence of Methanol</t>
+  </si>
+  <si>
+    <t>Jarman’s Midwest Cleaning Systems, Inc.</t>
+  </si>
+  <si>
+    <t>03/14/2025</t>
+  </si>
+  <si>
+    <t>365 Whole Foods Market</t>
+  </si>
+  <si>
+    <t>Small Bites Macaroni &amp; Cheese</t>
+  </si>
+  <si>
+    <t>Undeclared eggs</t>
+  </si>
+  <si>
+    <t>C.H. Guenther &amp; Son LLC</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t>Floria</t>
+  </si>
+  <si>
+    <t>Dried Apricots</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen - Sulfites</t>
+  </si>
+  <si>
+    <t>Turkana Food Inc.</t>
+  </si>
+  <si>
+    <t>06/11/2025</t>
+  </si>
+  <si>
+    <t>Newport™</t>
+  </si>
+  <si>
+    <t>Newport™ HT70 and HT70 Plus ventilators and certain related service parts</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety - Potential Defect</t>
+  </si>
+  <si>
+    <t>Medtronic</t>
+  </si>
+  <si>
+    <t>Little Remedies</t>
+  </si>
+  <si>
+    <t>Honey Cough Syrup</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness – Bacillus cereus</t>
+  </si>
+  <si>
+    <t>Medtech Products Inc.</t>
+  </si>
+  <si>
+    <t>03/28/2025</t>
+  </si>
+  <si>
+    <t>Ben E. Keith, Rodeo Goat, Casa Linda</t>
+  </si>
+  <si>
+    <t>Brioche loaves, Brioche Buns</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Allergens, Bakery Product/Mix</t>
+  </si>
+  <si>
+    <t>May contain undeclared milk, soy and yellow FD&amp;C # 5</t>
+  </si>
+  <si>
+    <t>The Bakery Group</t>
+  </si>
+  <si>
+    <t>04/02/2025</t>
+  </si>
+  <si>
+    <t>Supercan</t>
+  </si>
+  <si>
+    <t>Pig ear slivers</t>
+  </si>
+  <si>
+    <t>Animal &amp; Veterinary</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness - Salmonella</t>
+  </si>
+  <si>
+    <t>Supercan Bulk</t>
+  </si>
+  <si>
+    <t>Tony’s Chocolonely Inc.</t>
+  </si>
+  <si>
+    <t>Dark Chocolate Almond Sea Salt Bar and Everything Bar</t>
+  </si>
+  <si>
+    <t>Potential presence of small stones</t>
+  </si>
+  <si>
+    <t>Panaderia/Bakery</t>
+  </si>
+  <si>
+    <t>Quesadilla de Queso bread</t>
+  </si>
+  <si>
+    <t>May contain undeclared milk</t>
+  </si>
+  <si>
+    <t>Panaderia Salvadorena Inc.</t>
+  </si>
+  <si>
+    <t>03/26/2025</t>
+  </si>
+  <si>
+    <t>Tec Italy</t>
+  </si>
+  <si>
+    <t>Shampoo</t>
+  </si>
+  <si>
+    <t>Cosmetics, Hair Products</t>
+  </si>
+  <si>
+    <t>Potential to be contaminated with the bacteria, Klebsiella oxytoca</t>
+  </si>
+  <si>
+    <t>Henkel Capital S.A. de C.V</t>
+  </si>
+  <si>
+    <t>09/29/2022</t>
+  </si>
+  <si>
+    <t>Golden State Medical Supply, Incorporated</t>
+  </si>
+  <si>
+    <t>Clopidogrel 75mg Tablets, Atenolol 25mg Tablets</t>
+  </si>
+  <si>
+    <t>Due to Label Mix-up</t>
+  </si>
+  <si>
+    <t>06/23/2022</t>
+  </si>
+  <si>
+    <t>Daily Harvest</t>
+  </si>
+  <si>
+    <t>French Lentil + Leek Crumbles</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Vegetable Protein Product</t>
+  </si>
+  <si>
+    <t>Gastrointestinal illness and potential liver function issues</t>
+  </si>
+  <si>
+    <t>03/17/2023</t>
+  </si>
+  <si>
+    <t>Gerber Good Start</t>
+  </si>
+  <si>
+    <t>Powdered Infant formula</t>
+  </si>
+  <si>
+    <t>Potential Cronobacter sakazakii contamination</t>
+  </si>
+  <si>
+    <t>Perrigo Company plc</t>
+  </si>
+  <si>
+    <t>04/03/2025</t>
+  </si>
+  <si>
+    <t>Texas Pete</t>
+  </si>
+  <si>
+    <t>Condiments</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Allergens, Gravy/Sauces</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen-Sulfites</t>
+  </si>
+  <si>
+    <t>T.W. Garner Food Company</t>
+  </si>
+  <si>
+    <t>04/07/2025</t>
+  </si>
+  <si>
+    <t>Max Mobility/Permobil</t>
+  </si>
+  <si>
+    <t>Speed Control Dial Component</t>
+  </si>
+  <si>
+    <t>Expanded recall due to potential safety and performance concerns</t>
+  </si>
+  <si>
+    <t>Max Mobility, LLC.</t>
+  </si>
+  <si>
+    <t>enVista Aspire</t>
+  </si>
+  <si>
+    <t>enVista Aspire™, enVista Envy™ and Certain enVista® Monofocal Intraocular Lenses</t>
+  </si>
+  <si>
+    <t>Increased frequency of reports of toxic anterior segment syndrome</t>
+  </si>
+  <si>
+    <t>Bausch + Lomb Corporation</t>
+  </si>
+  <si>
+    <t>04/08/2025</t>
+  </si>
+  <si>
+    <t>Caraluzzi’s</t>
+  </si>
+  <si>
+    <t>Italian Style Seafood Burgers</t>
+  </si>
+  <si>
+    <t>Undeclared egg allergen</t>
+  </si>
+  <si>
+    <t>Caraluzzi Markets</t>
+  </si>
+  <si>
+    <t>04/09/2025</t>
+  </si>
+  <si>
+    <t>Heinen’s</t>
+  </si>
+  <si>
+    <t>Honey Roasted Peanuts</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Allergens, Nuts &amp; Nut Products</t>
+  </si>
+  <si>
+    <t>Undeclared cashew allergen</t>
+  </si>
+  <si>
+    <t>Trophy Nut Company</t>
+  </si>
+  <si>
+    <t>05/02/2025</t>
+  </si>
+  <si>
+    <t>H&amp;C Farms Label</t>
+  </si>
+  <si>
+    <t>Tomatoes</t>
+  </si>
+  <si>
+    <t>Williams Farms Repack LLC</t>
+  </si>
+  <si>
+    <t>05/08/2025</t>
+  </si>
+  <si>
+    <t>Organic traditions</t>
+  </si>
+  <si>
+    <t>Organic Jumbo Pumpkin Seeds</t>
+  </si>
+  <si>
+    <t>Advantage Health Matters Inc.</t>
+  </si>
+  <si>
+    <t>01/20/2025</t>
+  </si>
+  <si>
+    <t>Shirakiku</t>
+  </si>
+  <si>
+    <t>Snack foods-Corn Puffs</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Allergens, Snack Food Item</t>
+  </si>
+  <si>
+    <t>Undeclared milk.</t>
+  </si>
+  <si>
+    <t>Wismettac Asian Foods, Inc.</t>
+  </si>
+  <si>
+    <t>01/28/2025</t>
+  </si>
+  <si>
+    <t>La Fiesta</t>
+  </si>
+  <si>
+    <t>Breadcrumbs (pan Rayado)</t>
+  </si>
+  <si>
+    <t>Undeclared allergen (sesame)</t>
+  </si>
+  <si>
+    <t>La Fiesta Food Products, LLC.</t>
+  </si>
+  <si>
+    <t>01/24/2025</t>
+  </si>
+  <si>
+    <t>Provepharm Inc.</t>
+  </si>
+  <si>
+    <t>Phenylephrine hydrochloride Injection, USP, 10 mg/ mL</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety – Potential Foreign Material</t>
+  </si>
+  <si>
+    <t>Wabash Valley Farms, Rural King</t>
+  </si>
+  <si>
+    <t>Bacon flavor popcorn seasoning</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – soy</t>
+  </si>
+  <si>
+    <t>TS FOOD PACKAGING</t>
+  </si>
+  <si>
+    <t>01/30/2025</t>
+  </si>
+  <si>
+    <t>Olympus</t>
+  </si>
+  <si>
+    <t>MAJ-891 endoscope accessory</t>
+  </si>
+  <si>
+    <t>Risk of device contamination that may result from improper reprocessing.</t>
+  </si>
+  <si>
+    <t>Olympus Corporation</t>
+  </si>
+  <si>
+    <t>Fresh Direct</t>
+  </si>
+  <si>
+    <t>Dark Chocolate Covered Pretzels</t>
+  </si>
+  <si>
+    <t>Undeclared milk</t>
+  </si>
+  <si>
+    <t>United Natural Trading LLC</t>
+  </si>
+  <si>
+    <t>01/27/2025</t>
+  </si>
+  <si>
+    <t>Zaarah Herbals</t>
+  </si>
+  <si>
+    <t>Shatavari Powder</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Contaminants</t>
+  </si>
+  <si>
+    <t>Product may be contaminated with elevated levels of lead.</t>
+  </si>
+  <si>
+    <t>New York Wholesale Group</t>
+  </si>
+  <si>
+    <t>01/22/2025</t>
+  </si>
+  <si>
+    <t>Paras</t>
+  </si>
+  <si>
+    <t>Premium Golden Raisins</t>
+  </si>
+  <si>
+    <t>Undeclared Sulfites</t>
+  </si>
+  <si>
+    <t>Apna Wholesale Inc</t>
+  </si>
+  <si>
+    <t>01/21/2025</t>
+  </si>
+  <si>
+    <t>Colussi</t>
+  </si>
+  <si>
+    <t>“Colussi Cantuccini Chocolate Drops” chocolate chip cookies</t>
+  </si>
+  <si>
+    <t>Undeclared almond</t>
+  </si>
+  <si>
+    <t>D. Coluccio &amp; Sons</t>
+  </si>
+  <si>
+    <t>01/17/2025</t>
+  </si>
+  <si>
+    <t>Monkey Spit</t>
+  </si>
+  <si>
+    <t>Barbecue sauces</t>
+  </si>
+  <si>
+    <t>Undeclared Milk, Soy, and Wheat</t>
+  </si>
+  <si>
+    <t>Monkey Spit, LLC.</t>
+  </si>
+  <si>
+    <t>02/25/2025</t>
+  </si>
+  <si>
+    <t>CAPS</t>
+  </si>
+  <si>
+    <t>Phenylephrine 40 mg added to 0.9% Sodium Chloride 250 mL in 250 mL Excel Bag</t>
+  </si>
+  <si>
+    <t>Due to visible black particulate matter</t>
+  </si>
+  <si>
+    <t>01/09/2024</t>
+  </si>
+  <si>
+    <t>Publix Deli</t>
+  </si>
+  <si>
+    <t>Publix Deli Carolina-Style Mustard BBQ Sauce</t>
+  </si>
+  <si>
+    <t>Due to Undeclared Fish</t>
+  </si>
+  <si>
+    <t>Ventura Foods</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>Blue Ridge Beef</t>
+  </si>
+  <si>
+    <t>Kitten Grind, Kitten Mix, and Puppy Mix</t>
+  </si>
+  <si>
+    <t>Potential contamination of Salmonella and Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>01/11/2024</t>
+  </si>
+  <si>
+    <t>Dragonfly</t>
+  </si>
+  <si>
+    <t>Jelly Handbag and Jelly Backpack containing Jelly Bars</t>
+  </si>
+  <si>
+    <t>Product contains konjac powder and may present a choking hazard.</t>
+  </si>
+  <si>
+    <t>U.S. Trading Company</t>
+  </si>
+  <si>
+    <t>Benny T’s</t>
+  </si>
+  <si>
+    <t>Benny T’s Vesta Dry Hot Sauces</t>
+  </si>
+  <si>
+    <t>Due to Undeclared Wheat</t>
+  </si>
+  <si>
+    <t>Vesta Fiery Gourmet Foods, Inc.</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>Wegmans</t>
+  </si>
+  <si>
+    <t>Outrageous Oat Cookies</t>
+  </si>
+  <si>
+    <t>01/05/2024</t>
+  </si>
+  <si>
+    <t>3-D Pet Products</t>
+  </si>
+  <si>
+    <t>Parrot Food</t>
+  </si>
+  <si>
+    <t>Due to potential Salmonella contamination</t>
+  </si>
+  <si>
+    <t>D&amp;D Commodities, Ltd.</t>
+  </si>
+  <si>
+    <t>12/26/2023</t>
+  </si>
+  <si>
+    <t>World Varity Produce, Inc.</t>
+  </si>
+  <si>
+    <t>Melissa’s Hot Kimchi</t>
+  </si>
+  <si>
+    <t>Undeclared Fish</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>Atrium</t>
+  </si>
+  <si>
+    <t>Express Drains</t>
+  </si>
+  <si>
+    <t>Syringes provided with Express Drains could not be verified to be sterile.</t>
+  </si>
+  <si>
+    <t>Getinge/Atrium Medical Corporation</t>
+  </si>
+  <si>
+    <t>Tasty Snacks</t>
+  </si>
+  <si>
+    <t>Dried Plums</t>
+  </si>
+  <si>
+    <t>May contain undeclared sulfites.</t>
+  </si>
+  <si>
+    <t>Win Luck Trading, Inc.</t>
+  </si>
+  <si>
+    <t>May contain undeclared sulfites</t>
+  </si>
+  <si>
+    <t>ToYou</t>
+  </si>
+  <si>
+    <t>Snack Bars in a variety of flavors</t>
+  </si>
+  <si>
+    <t>Due to Undeclared Soy</t>
+  </si>
+  <si>
+    <t>ToYou Snacks</t>
+  </si>
+  <si>
+    <t>01/18/2024</t>
+  </si>
+  <si>
+    <t>Whitley’s Peanut Factory</t>
+  </si>
+  <si>
+    <t>Deluxe Nut Mix</t>
+  </si>
+  <si>
+    <t>Undeclared Allergens - Peanuts, Milk, Soy, Wheat, and Sesame</t>
+  </si>
+  <si>
+    <t>01/19/2024</t>
+  </si>
+  <si>
+    <t>Lian Sheng</t>
+  </si>
+  <si>
+    <t>Dried Plum</t>
+  </si>
+  <si>
+    <t>Undeclared Allergen-Undeclare Sulfites</t>
+  </si>
+  <si>
+    <t>RONG SHING</t>
+  </si>
+  <si>
+    <t>11/15/2023</t>
+  </si>
+  <si>
+    <t>Lubricant Eye Drops &amp; Multi-Symptom Eye Drops</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety Potential Safety Concerns</t>
+  </si>
+  <si>
+    <t>Kilitch Healthcare India Limited</t>
+  </si>
+  <si>
+    <t>01/22/2024</t>
+  </si>
+  <si>
+    <t>11/30/2023</t>
+  </si>
+  <si>
+    <t>Gaws</t>
+  </si>
+  <si>
+    <t>Deli sub and breakfast bagel sandwiches</t>
+  </si>
+  <si>
+    <t>Undeclared sesame</t>
+  </si>
+  <si>
+    <t>Gaws Gourmet Foods</t>
+  </si>
+  <si>
+    <t>12/19/2023</t>
+  </si>
+  <si>
+    <t>Racine Danish Kringles</t>
+  </si>
+  <si>
+    <t>Raspberry Kringle Danish</t>
+  </si>
+  <si>
+    <t>Undeclared Allergen - Pecans</t>
+  </si>
+  <si>
+    <t>RDK Corp</t>
+  </si>
+  <si>
+    <t>01/24/2024</t>
+  </si>
+  <si>
+    <t>Robitussin</t>
+  </si>
+  <si>
+    <t>Cough syrups</t>
+  </si>
+  <si>
+    <t>Microbial Contamination</t>
+  </si>
+  <si>
+    <t>Haleon</t>
+  </si>
+  <si>
+    <t>01/20/2024</t>
+  </si>
+  <si>
+    <t>Al Amir Fresh Foods</t>
+  </si>
+  <si>
+    <t>Hummus Dip &amp; Tzatziki Cucumber Yogurt</t>
+  </si>
+  <si>
+    <t>Undeclared Sesame &amp; Milk</t>
+  </si>
+  <si>
+    <t>01/29/2024</t>
+  </si>
+  <si>
+    <t>Neptune’s Fix</t>
+  </si>
+  <si>
+    <t>Neptune's Fix Elixir, Neptune's Fix Extra Strength Elixir, and Neptune's Fix Tablets</t>
+  </si>
+  <si>
+    <t>Undeclared Tianeptine</t>
+  </si>
+  <si>
+    <t>Neptune Resources, LLC</t>
+  </si>
+  <si>
+    <t>02/01/2024</t>
+  </si>
+  <si>
+    <t>Sam Sung</t>
+  </si>
+  <si>
+    <t>Soy Bean Sprouts</t>
+  </si>
+  <si>
+    <t>Potential Listeria monocytogenes contamination</t>
+  </si>
+  <si>
+    <t>Nam &amp; Son</t>
+  </si>
+  <si>
+    <t>12/28/2023</t>
+  </si>
+  <si>
+    <t>Soybean Sprouts in 1 lb bags</t>
+  </si>
+  <si>
+    <t>Potential contamination of Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>Nam &amp; Son of MD</t>
+  </si>
+  <si>
+    <t>Rizo Bros California Creamery</t>
+  </si>
+  <si>
+    <t>Aged Cojita Mexican Grating Cheese</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Dairy</t>
+  </si>
+  <si>
+    <t>Potential Listeria monocytogenes contamination.</t>
+  </si>
+  <si>
+    <t>Rizo Lopez Foods, Inc.</t>
+  </si>
+  <si>
+    <t>Hearty Acquisitions Inc.</t>
+  </si>
+  <si>
+    <t>Tomato Basil with Rice</t>
+  </si>
+  <si>
+    <t>Undeclared Soy</t>
+  </si>
+  <si>
+    <t>02/07/2024</t>
+  </si>
+  <si>
+    <t>Rojo’s</t>
+  </si>
+  <si>
+    <t>Black Bean 6 Layer Dip</t>
+  </si>
+  <si>
+    <t>Potential for Listeria monocytogenes contamination</t>
+  </si>
+  <si>
+    <t>Simply Fresh LLC</t>
+  </si>
+  <si>
+    <t>07/18/2019</t>
+  </si>
+  <si>
+    <t>Alaris</t>
+  </si>
+  <si>
+    <t>Alaris Pump Module Model 8100 and Certain Alaris Pump Infusion Sets</t>
+  </si>
+  <si>
+    <t>Weakening of the plastic can lead to damage or separation of the bezel posts which can cause issues with infusion, or unintended delivery of medication when pump module is not in running status</t>
+  </si>
+  <si>
+    <t>BD</t>
+  </si>
+  <si>
+    <t>07/21/2023</t>
+  </si>
+  <si>
+    <t>Cooperstown Cheese Company</t>
+  </si>
+  <si>
+    <t>Cheese Products</t>
+  </si>
+  <si>
+    <t>Cooperstown Cheese Company LLC</t>
+  </si>
+  <si>
+    <t>10/12/2023</t>
+  </si>
+  <si>
+    <t>Stabilyze</t>
+  </si>
+  <si>
+    <t>Dark Chocolate Peanut Butter nutrition bar</t>
+  </si>
+  <si>
+    <t>Undeclared sesame - Allergen</t>
+  </si>
+  <si>
+    <t>Betty Lou’s Inc.</t>
+  </si>
+  <si>
+    <t>12/08/2023</t>
+  </si>
+  <si>
+    <t>United Dairy Farmers</t>
+  </si>
+  <si>
+    <t>Holiday nog</t>
+  </si>
+  <si>
+    <t>Undeclared egg</t>
+  </si>
+  <si>
+    <t>Prairie Farms Dairy, Inc</t>
+  </si>
+  <si>
+    <t>11/28/2023</t>
+  </si>
+  <si>
+    <t>Kwik Trip</t>
+  </si>
+  <si>
+    <t>Fruit cups and trays containing cantaloupe.</t>
+  </si>
+  <si>
+    <t>Potential to be contaminated with Salmonella.</t>
+  </si>
+  <si>
+    <t>Kwik Trip, Inc.</t>
+  </si>
+  <si>
+    <t>01/19/2022</t>
+  </si>
+  <si>
+    <t>Semglee</t>
+  </si>
+  <si>
+    <t>Insulin glargine injection), 100 units/ml (U-100), 3mL prefilled pens</t>
+  </si>
+  <si>
+    <t>Missing Label</t>
+  </si>
+  <si>
+    <t>Mylan Pharmaceutical Inc.</t>
+  </si>
+  <si>
+    <t>10/25/2022</t>
+  </si>
+  <si>
+    <t>Mylan Institutional LLC</t>
+  </si>
+  <si>
+    <t>Octreotide Acetate Injection, 500 mcg/mL</t>
+  </si>
+  <si>
+    <t>Due to glass particulates</t>
+  </si>
+  <si>
+    <t>Mylan Institutional LLC, a Viatris company</t>
+  </si>
+  <si>
+    <t>07/11/2023</t>
+  </si>
+  <si>
+    <t>Betty Lou’s</t>
+  </si>
+  <si>
+    <t>Paleo Java Nuts About Energy Balls with Cacao, Coffee &amp; Pumpkin Seeds</t>
+  </si>
+  <si>
+    <t>Undeclared sesame allergen</t>
+  </si>
+  <si>
+    <t>09/21/2023</t>
+  </si>
+  <si>
+    <t>PAISA</t>
+  </si>
+  <si>
+    <t>Sweet Corn Pancakes "Cachapas de Maiz"</t>
+  </si>
+  <si>
+    <t>Undeclared wheat and soy allergens; undeclared yellow #5</t>
+  </si>
+  <si>
+    <t>TAMA Corporation</t>
+  </si>
+  <si>
+    <t>01/17/2024</t>
+  </si>
+  <si>
+    <t>BrightFarms</t>
+  </si>
+  <si>
+    <t>Spinach and Salad Kits</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness-Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>Big Island Candies</t>
+  </si>
+  <si>
+    <t>Brownie Assortment</t>
+  </si>
+  <si>
+    <t>Contains undeclared peanuts</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
+    <t>Leiters, Compounding Health</t>
+  </si>
+  <si>
+    <t>Vancomycin IV Bags, Phenylephrine IV Bags, and Fentanyl IV Bags</t>
+  </si>
+  <si>
+    <t>Potential for superpotent drug</t>
+  </si>
+  <si>
+    <t>Leiters Health</t>
+  </si>
+  <si>
+    <t>02/02/2024</t>
+  </si>
+  <si>
+    <t>TING®</t>
+  </si>
+  <si>
+    <t>1% Tolnaftate Athlete’s Foot Spray Antifungal Spray Liquid</t>
+  </si>
+  <si>
+    <t>Presence of benzene</t>
+  </si>
+  <si>
+    <t>Insight Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>01/30/2024</t>
+  </si>
+  <si>
+    <t>Byrne Dairy</t>
+  </si>
+  <si>
+    <t>Mighty Fine Chocolate Ice cream</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Allergens, Ice Cream/Frozen Dairy</t>
+  </si>
+  <si>
+    <t>Undeclared peanuts</t>
+  </si>
+  <si>
+    <t>Byrne Dairy Inc.</t>
+  </si>
+  <si>
+    <t>02/05/2024</t>
+  </si>
+  <si>
+    <t>Sustain, Schwinnng</t>
+  </si>
+  <si>
+    <t>Sustain and Schwinnng brand male enhancement capsules</t>
+  </si>
+  <si>
+    <t>Products contain undeclared Tadalafil and Nortadalafil</t>
+  </si>
+  <si>
+    <t>Today the World</t>
+  </si>
+  <si>
+    <t>Arize</t>
+  </si>
+  <si>
+    <t>Arize brand male enhancement capsules</t>
+  </si>
+  <si>
+    <t>Products contain undeclared Nortadalafil</t>
+  </si>
+  <si>
+    <t>365 Whole Foods</t>
+  </si>
+  <si>
+    <t>Ultimate Veggie Thin Crust Pizza</t>
+  </si>
+  <si>
+    <t>Richelieu Foods Inc.</t>
+  </si>
+  <si>
+    <t>02/09/2024</t>
+  </si>
+  <si>
+    <t>Zingerman’s Bakehouse</t>
+  </si>
+  <si>
+    <t>Black Magic Brownie</t>
+  </si>
+  <si>
+    <t>Undeclared walnut allergen</t>
+  </si>
+  <si>
+    <t>Fresh Express, marketside</t>
+  </si>
+  <si>
+    <t>Fresh Express Salsa! Ensalada Kit, Marketside Southwest Chopped Salad Kit</t>
+  </si>
+  <si>
+    <t>Fresh Express</t>
+  </si>
+  <si>
+    <t>02/10/2024</t>
+  </si>
+  <si>
+    <t>Stater Bros.</t>
+  </si>
+  <si>
+    <t>Chicken Street Taco Kit</t>
+  </si>
+  <si>
+    <t>Stater Bros. Markets</t>
+  </si>
+  <si>
+    <t>Marketside Bacon Ranch Crunch Salad Kit</t>
+  </si>
+  <si>
+    <t>Taylor Fresh Foods</t>
+  </si>
+  <si>
+    <t>02/15/2024</t>
+  </si>
+  <si>
+    <t>CK, Jacksons</t>
+  </si>
+  <si>
+    <t>Turkey and cheese sandwich, egg sandwich, chicken salad on a croissant</t>
+  </si>
+  <si>
+    <t>Capitol Distributing</t>
+  </si>
+  <si>
+    <t>02/12/2024</t>
+  </si>
+  <si>
+    <t>Sprouts Farmers Market</t>
+  </si>
+  <si>
+    <t>02/14/2024</t>
+  </si>
+  <si>
+    <t>Bristol Farms</t>
+  </si>
+  <si>
+    <t>02/23/2024</t>
+  </si>
+  <si>
+    <t>Alipotec King</t>
+  </si>
+  <si>
+    <t>Alipotec Raiz de Tejocote</t>
+  </si>
+  <si>
+    <t>Product contains yellow oleander, a poisonous plant</t>
+  </si>
+  <si>
+    <t>Backstage Center</t>
+  </si>
+  <si>
+    <t>Saigon Gourmet</t>
+  </si>
+  <si>
+    <t>Banh Ba Xa and Banh Pia</t>
+  </si>
+  <si>
+    <t>LQNN, Inc.</t>
+  </si>
+  <si>
+    <t>H&amp;Natural</t>
+  </si>
+  <si>
+    <t>Brazil Seed Pure Natural Semilla de Brasil &amp; Tejo Root, Raiz de Tejocte</t>
+  </si>
+  <si>
+    <t>G.A. Mart dba H&amp;Natural</t>
+  </si>
+  <si>
+    <t>03/07/2024</t>
+  </si>
+  <si>
+    <t>SWAD</t>
+  </si>
+  <si>
+    <t>Cinnamon Powder</t>
+  </si>
+  <si>
+    <t>Potential Metal Contaminant - Lead</t>
+  </si>
+  <si>
+    <t>Raja Foods LLC</t>
+  </si>
+  <si>
+    <t>07/03/2023</t>
+  </si>
+  <si>
+    <t>Fry Daddy</t>
+  </si>
+  <si>
+    <t>Party Mix</t>
+  </si>
+  <si>
+    <t>Undeclared walnuts</t>
+  </si>
+  <si>
+    <t>Fry Daddy’s Brand</t>
+  </si>
+  <si>
+    <t>02/13/2024</t>
+  </si>
+  <si>
+    <t>Ham &amp; Cotija Torta Sandwich on Telera Roll</t>
+  </si>
+  <si>
+    <t>MG Foods</t>
+  </si>
+  <si>
+    <t>01/30/2023</t>
+  </si>
+  <si>
+    <t>Banana Boat</t>
+  </si>
+  <si>
+    <t>Hair &amp; Scalp Spray SPF 30</t>
+  </si>
+  <si>
+    <t>Due to presence of benzene</t>
+  </si>
+  <si>
+    <t>Edgewell Personal Care</t>
+  </si>
+  <si>
+    <t>01/31/2022</t>
+  </si>
+  <si>
+    <t>Wish-Bone</t>
+  </si>
+  <si>
+    <t>Salad dressings</t>
+  </si>
+  <si>
+    <t>Conagra Brands, Inc.</t>
+  </si>
+  <si>
+    <t>12/12/2023</t>
+  </si>
+  <si>
+    <t>Bobo’s</t>
+  </si>
+  <si>
+    <t>Peach Oat Bars</t>
+  </si>
+  <si>
+    <t>Undeclared coconut.</t>
+  </si>
+  <si>
+    <t>10/19/2021</t>
+  </si>
+  <si>
+    <t>Cook Medical</t>
+  </si>
+  <si>
+    <t>Transseptal Needle and Transseptal Needle Catheter</t>
+  </si>
+  <si>
+    <t>Complaints of rust on the products</t>
+  </si>
+  <si>
+    <t>08/11/2023</t>
+  </si>
+  <si>
+    <t>NESTLÉ® TOLL HOUSE®</t>
+  </si>
+  <si>
+    <t>Chocolate Chip Cookie Dough</t>
+  </si>
+  <si>
+    <t>Potential presence of wood fragments</t>
+  </si>
+  <si>
+    <t>Nestle USA</t>
+  </si>
+  <si>
+    <t>09/28/2023</t>
+  </si>
+  <si>
+    <t>Brady Street</t>
+  </si>
+  <si>
+    <t>Brady Street Cheese Sprinkle, 2.2 oz jar</t>
+  </si>
+  <si>
+    <t>Undeclared sesame seeds</t>
+  </si>
+  <si>
+    <t>Penzeys Spices</t>
+  </si>
+  <si>
+    <t>10/05/2020</t>
+  </si>
+  <si>
+    <t>Time-Cap Labs Inc.</t>
+  </si>
+  <si>
+    <t>Metformin Hydrochloride for Extended-Release Tablets, USP 500 mg and 750 mg</t>
+  </si>
+  <si>
+    <t>Due to the Detection of N-Nitrosodimethylamine (NDMA) Impurity</t>
+  </si>
+  <si>
+    <t>Marksans Pharma Limited</t>
+  </si>
+  <si>
+    <t>10/02/2020</t>
+  </si>
+  <si>
+    <t>Smart Care</t>
+  </si>
+  <si>
+    <t>Hand sanitizer packaged in 0.84 oz. pouches</t>
+  </si>
+  <si>
+    <t>Product is packaged in containers resembling a food and drink pouch</t>
+  </si>
+  <si>
+    <t>Ashtel Studios</t>
+  </si>
+  <si>
+    <t>07/07/2023</t>
+  </si>
+  <si>
+    <t>Ziyad</t>
+  </si>
+  <si>
+    <t>Jameed Soup Starter</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Allergens, Soup</t>
+  </si>
+  <si>
+    <t>Ziyad Brothers Importing</t>
+  </si>
+  <si>
+    <t>02/21/2024</t>
+  </si>
+  <si>
+    <t>Rico</t>
+  </si>
+  <si>
+    <t>Enchiladas</t>
+  </si>
+  <si>
+    <t>Rico Brand</t>
+  </si>
+  <si>
+    <t>02/26/2024</t>
+  </si>
+  <si>
+    <t>Eye ointment products</t>
+  </si>
+  <si>
+    <t>Due to Potential Lack of Sterility Assurance.</t>
+  </si>
+  <si>
+    <t>Brassica Pharma Pvt. Ltd.</t>
+  </si>
+  <si>
+    <t>02/29/2024</t>
+  </si>
+  <si>
+    <t>Megadyne</t>
+  </si>
+  <si>
+    <t>Mega Soft Universal and Universal Plus Reusable Patient Return Electrodes</t>
+  </si>
+  <si>
+    <t>Limit use to patients aged 12 years or older.</t>
+  </si>
+  <si>
+    <t>Megadyne Medical Products, Inc.</t>
+  </si>
+  <si>
+    <t>02/16/2024</t>
+  </si>
+  <si>
+    <t>Golden Owl</t>
+  </si>
+  <si>
+    <t>Dried mango</t>
+  </si>
+  <si>
+    <t>Undeclared sulfites.</t>
+  </si>
+  <si>
+    <t>TRUONG GIANG DISTRIBUTOR CORP</t>
+  </si>
+  <si>
+    <t>SaveMart</t>
+  </si>
+  <si>
+    <t>The Save Mart Companies</t>
+  </si>
+  <si>
+    <t>11/23/2021</t>
+  </si>
+  <si>
+    <t>H-E-B</t>
+  </si>
+  <si>
+    <t>H-E-B Tomato Basil Soup</t>
+  </si>
+  <si>
+    <t>Potential presence of glass</t>
+  </si>
+  <si>
+    <t>Fischer and Wieser Specialty Foods</t>
+  </si>
+  <si>
+    <t>03/08/2024</t>
+  </si>
+  <si>
+    <t>Ground Cinnamon</t>
+  </si>
+  <si>
+    <t>La Fiesta Food Products</t>
+  </si>
+  <si>
+    <t>11/09/2023</t>
+  </si>
+  <si>
+    <t>Wanabana, Schnucks, Weis</t>
+  </si>
+  <si>
+    <t>Apple Cinnamon Fruit Puree/Cinnamon Apple Sauce</t>
+  </si>
+  <si>
+    <t>Elevated levels of lead</t>
+  </si>
+  <si>
+    <t>Wanabana LLC</t>
+  </si>
+  <si>
+    <t>07/05/2022</t>
+  </si>
+  <si>
+    <t>Favorite Day</t>
+  </si>
+  <si>
+    <t>Lavender Shortbread Cookies</t>
+  </si>
+  <si>
+    <t>Potential for Undeclared Soy or Eggs</t>
+  </si>
+  <si>
+    <t>J&amp;M Foods</t>
+  </si>
+  <si>
+    <t>03/05/2024</t>
+  </si>
+  <si>
+    <t>KALO</t>
+  </si>
+  <si>
+    <t>Carrot Cake Slice</t>
+  </si>
+  <si>
+    <t>KALO Foods, LLC</t>
+  </si>
+  <si>
+    <t>Single Slices of Carrot Cake &amp; Chocolate Cake</t>
+  </si>
+  <si>
+    <t>03/18/2024</t>
+  </si>
+  <si>
+    <t>Mojo, Mojo 2, iQ 2, Phantom 2</t>
+  </si>
+  <si>
+    <t>CPAP and BIPAP Masks with Magnets</t>
+  </si>
+  <si>
+    <t>Potential interference with certain medical implants</t>
+  </si>
+  <si>
+    <t>Sleepnet Corporation</t>
+  </si>
+  <si>
+    <t>03/12/2024</t>
+  </si>
+  <si>
+    <t>Par Pharmaceutical</t>
+  </si>
+  <si>
+    <t>Treprostinil 20mg/20mL Injection</t>
+  </si>
+  <si>
+    <t>Potential Presence of Silicone Particulate Matter</t>
+  </si>
+  <si>
+    <t>Endo International, Par Pharmaceutical</t>
+  </si>
+  <si>
+    <t>03/28/2024</t>
+  </si>
+  <si>
+    <t>Eugia US LLC</t>
+  </si>
+  <si>
+    <t>Methocarbamol Injection, USP 1000 mg/10 mL (100mg/mL) (Single Dose Vial)</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety – Presence of Particulate Matter</t>
+  </si>
+  <si>
+    <t>03/20/2024</t>
+  </si>
+  <si>
+    <t>Nimbus</t>
+  </si>
+  <si>
+    <t>Nimbus Pump System</t>
+  </si>
+  <si>
+    <t>Recall due to a high number (3698) of customer complaints related to the Nimbus Infusion Pump systems</t>
+  </si>
+  <si>
+    <t>InfuTronix, LLC</t>
+  </si>
+  <si>
+    <t>Various</t>
+  </si>
+  <si>
+    <t>Dietary supplements for sexual enhancement</t>
+  </si>
+  <si>
+    <t>Dietary Supplements, Drugs</t>
+  </si>
+  <si>
+    <t>Undeclared Sildenafil and/or Tadalafil</t>
+  </si>
+  <si>
+    <t>Pyramid Wholesale</t>
+  </si>
+  <si>
+    <t>09/11/2023</t>
+  </si>
+  <si>
+    <t>Sheng Kee of California</t>
+  </si>
+  <si>
+    <t>Assortment of flavored mooncakes in gift boxes.</t>
+  </si>
+  <si>
+    <t>Undeclared egg.</t>
+  </si>
+  <si>
+    <t>Sheng Kee of California, Inc.</t>
+  </si>
+  <si>
+    <t>07/02/2020</t>
+  </si>
+  <si>
+    <t>Mystic Shield</t>
+  </si>
+  <si>
+    <t>Mystic Shield Protection Topical Solution</t>
+  </si>
+  <si>
+    <t>Cosmetics, Drugs, Skin Care Products</t>
+  </si>
+  <si>
+    <t>Undeclared methanol</t>
+  </si>
+  <si>
+    <t>Transliquid Technologies LLC</t>
+  </si>
+  <si>
+    <t>04/05/2024</t>
+  </si>
+  <si>
+    <t>Fendall 2000</t>
+  </si>
+  <si>
+    <t>Non-Sterile Eyewash Cartridge</t>
+  </si>
+  <si>
+    <t>Non-compliance with current good manufacturing practice (cGMP) requirements.</t>
+  </si>
+  <si>
+    <t>Honeywell Safety Products USA</t>
+  </si>
+  <si>
+    <t>Aruba Aloe</t>
+  </si>
+  <si>
+    <t>Hand Sanitizer Gel and Alcoholada Gel</t>
+  </si>
+  <si>
+    <t>Product contains methanol</t>
+  </si>
+  <si>
+    <t>Aruba Aloe Balm N.V.</t>
+  </si>
+  <si>
+    <t>04/01/2024</t>
+  </si>
+  <si>
+    <t>AVpak</t>
+  </si>
+  <si>
+    <t>Atovaquone Oral Suspension, USP 750mg/5mL</t>
+  </si>
+  <si>
+    <t>Potential Bacillus cereus contamination</t>
+  </si>
+  <si>
+    <t>AvKARE, LLC</t>
+  </si>
+  <si>
+    <t>06/29/2022</t>
+  </si>
+  <si>
+    <t>Bryant Ranch Prepack Inc.</t>
+  </si>
+  <si>
+    <t>Morphine Sulfate 30 mg Extended-Release tablets</t>
+  </si>
+  <si>
+    <t>Incorrect labeling</t>
+  </si>
+  <si>
+    <t>04/10/2024</t>
+  </si>
+  <si>
+    <t>Kowalski Simply Sides</t>
+  </si>
+  <si>
+    <t>Jack’s Potato Salad</t>
+  </si>
+  <si>
+    <t>Undeclared Egg</t>
+  </si>
+  <si>
+    <t>Home Style Foods, Inc.</t>
+  </si>
+  <si>
+    <t>04/09/2024</t>
+  </si>
+  <si>
+    <t>Belgian Yummies, SOFRA, Ria</t>
+  </si>
+  <si>
+    <t>Ice Cream Sandwiches &amp; Gelato</t>
+  </si>
+  <si>
+    <t>Undeclared Wheat, Soy, Egg, Coconut &amp;/or Peanuts, FD&amp;C Yellow #5</t>
+  </si>
+  <si>
+    <t>Belgian Yummies</t>
+  </si>
+  <si>
+    <t>Johnny’s</t>
+  </si>
+  <si>
+    <t>Parmesan Garlic Seasoning</t>
+  </si>
+  <si>
+    <t>Oregon Spice Company</t>
+  </si>
+  <si>
+    <t>03/30/2024</t>
+  </si>
+  <si>
+    <t>Helados Mexico</t>
+  </si>
+  <si>
+    <t>mango bars in the variety pack</t>
+  </si>
+  <si>
+    <t>Tropicale Foods</t>
+  </si>
+  <si>
+    <t>03/29/2024</t>
+  </si>
+  <si>
+    <t>Food Club</t>
+  </si>
+  <si>
+    <t>All Purpose Flour</t>
+  </si>
+  <si>
+    <t>Undeclared milk and eggs</t>
+  </si>
+  <si>
+    <t>Shawnee Milling Company</t>
+  </si>
+  <si>
+    <t>Deluxe</t>
+  </si>
+  <si>
+    <t>Macarons Party Edition</t>
+  </si>
+  <si>
+    <t>Undeclared allergens - wheat, soy, egg, milk, tree nuts (almonds, pistachios, and coconut).</t>
+  </si>
+  <si>
+    <t>Lidl US</t>
+  </si>
+  <si>
+    <t>12/11/2022</t>
+  </si>
+  <si>
+    <t>ByHeart</t>
+  </si>
+  <si>
+    <t>Whole Nutrition Infant Formula, Milk Based Powder with Iron for 0-12months</t>
+  </si>
+  <si>
+    <t>Potential for cross-contamination with Cronobacter sakazakii</t>
+  </si>
+  <si>
+    <t>05/30/2023</t>
+  </si>
+  <si>
+    <t>Cricket Creek Farm</t>
+  </si>
+  <si>
+    <t>Sophelise Cheese and Tobasi Cheese</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Cheese/Cheese Product</t>
+  </si>
+  <si>
+    <t>Potential Contamination with Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>Cricket Creek Farm, LLC</t>
+  </si>
+  <si>
+    <t>06/12/2023</t>
+  </si>
+  <si>
+    <t>Sophelise, Tobasi, and Berkshire Bloom Cheeses</t>
+  </si>
+  <si>
+    <t>Potential contamination with Listeria monocytogenes.</t>
+  </si>
+  <si>
+    <t>08/31/2023</t>
+  </si>
+  <si>
+    <t>Marlex Pharmaceuticals, Inc.</t>
+  </si>
+  <si>
+    <t>Digoxin Tablets USP, 0.125mg and 0.25mg</t>
+  </si>
+  <si>
+    <t>Label Mix-Up</t>
+  </si>
+  <si>
+    <t>09/01/2020</t>
+  </si>
+  <si>
+    <t>Alaris Infusion Pump</t>
+  </si>
+  <si>
+    <t>Hardware issues may cause the infusion pump to not operate as expected</t>
+  </si>
+  <si>
+    <t>Becton, Dickinson and Company</t>
+  </si>
+  <si>
+    <t>04/22/2024</t>
+  </si>
+  <si>
+    <t>Primal Kitchen</t>
+  </si>
+  <si>
+    <t>Avocado oil</t>
+  </si>
+  <si>
+    <t>Glass prone to breakage, causing product to spill</t>
+  </si>
+  <si>
+    <t>04/18/2024</t>
+  </si>
+  <si>
+    <t>Sammy’s Milk</t>
+  </si>
+  <si>
+    <t>Goat Milk Toddler Formula</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Infant Formula &amp; Foods</t>
+  </si>
+  <si>
+    <t>Product does not provide sufficient nutrition when used as an infant formula</t>
+  </si>
+  <si>
+    <t>04/19/2024</t>
+  </si>
+  <si>
+    <t>Infinite Herbs</t>
+  </si>
+  <si>
+    <t>Fresh organic basil</t>
+  </si>
+  <si>
+    <t>Infinite Herbs LLC</t>
+  </si>
+  <si>
+    <t>Melissa’s</t>
+  </si>
+  <si>
+    <t>04/23/2024</t>
+  </si>
+  <si>
+    <t>Schwinnng</t>
+  </si>
+  <si>
+    <t>Herbal Dietary Supplement</t>
+  </si>
+  <si>
+    <t>Product is tainted with Nortadalafil</t>
+  </si>
+  <si>
+    <t>STOP CLOPEZ CORP</t>
+  </si>
+  <si>
+    <t>Dr. Reddy’s</t>
+  </si>
+  <si>
+    <t>Sapropterin Dihydrochloride Powder for Oral Solution 100 mg</t>
+  </si>
+  <si>
+    <t>Decreased Potency</t>
+  </si>
+  <si>
+    <t>Dr. Reddy’s Laboratories Inc</t>
+  </si>
+  <si>
+    <t>05/06/2024</t>
+  </si>
+  <si>
+    <t>HyVee</t>
+  </si>
+  <si>
+    <t>Plain Whipped Cream Cheese, Plain Cream Cheese, and Cookies &amp; Cream Mix</t>
+  </si>
+  <si>
+    <t>Hy-Vee Inc</t>
+  </si>
+  <si>
+    <t>Freshness Guaranteed, Palmer, Sweet Smiles, Snackin’ With The Crew, Casey’s, Sconza Chocolates, Favorite Day Bakery, Sunny Select, Urge!, Kwik Trip Inc.</t>
+  </si>
+  <si>
+    <t>Various Confectionary Products</t>
+  </si>
+  <si>
+    <t>Palmer Candy Company</t>
+  </si>
+  <si>
+    <t>05/03/2024</t>
+  </si>
+  <si>
+    <t>Planters</t>
+  </si>
+  <si>
+    <t>Honey Roasted Peanuts and Deluxe Lightly Salted Mixed Nuts</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Nuts &amp; Nut Products</t>
+  </si>
+  <si>
+    <t>Potential to be contaminated with Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>Hormel Foods Sales, LLC</t>
+  </si>
+  <si>
+    <t>Chuao Chocolatier</t>
+  </si>
+  <si>
+    <t>Potato Chip Mini Chocolate Bar</t>
+  </si>
+  <si>
+    <t>Undeclared Hazelnuts</t>
+  </si>
+  <si>
+    <t>05/31/2023</t>
+  </si>
+  <si>
+    <t>OnYums</t>
+  </si>
+  <si>
+    <t>OnYum Onion Flavored Rings</t>
+  </si>
+  <si>
+    <t>Undeclared Wheat</t>
+  </si>
+  <si>
+    <t>Rudolph Foods</t>
+  </si>
+  <si>
+    <t>08/01/2023</t>
+  </si>
+  <si>
+    <t>Ozona, Go Healthy</t>
+  </si>
+  <si>
+    <t>Liquid Probiotics for adults and toddlers; Probiotics for cats, dogs, swine, and equine</t>
+  </si>
+  <si>
+    <t>Animal &amp; Veterinary, Food &amp; Beverages</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness</t>
+  </si>
+  <si>
+    <t>Ozona Organics, LLC</t>
+  </si>
+  <si>
+    <t>01/26/2024</t>
+  </si>
+  <si>
+    <t>UTZ</t>
+  </si>
+  <si>
+    <t>Utz 2.75 oz. Wavy Original Potato Chips</t>
+  </si>
+  <si>
+    <t>UTZ Quality Foods</t>
+  </si>
+  <si>
+    <t>04/26/2024</t>
+  </si>
+  <si>
+    <t>Queso de Mano PAISA</t>
+  </si>
+  <si>
+    <t>04/12/2024</t>
+  </si>
+  <si>
+    <t>Roly Poly Bakery</t>
+  </si>
+  <si>
+    <t>Multigrain Bread</t>
+  </si>
+  <si>
+    <t>King Kullen</t>
+  </si>
+  <si>
+    <t>Broccoli Cutlets</t>
+  </si>
+  <si>
+    <t>Undeclared Sesame &amp; Wheat</t>
+  </si>
+  <si>
+    <t>Gracie’s Kitchens Inc.</t>
+  </si>
+  <si>
+    <t>05/10/2024</t>
+  </si>
+  <si>
+    <t>Mt. Capra</t>
+  </si>
+  <si>
+    <t>Goat Milk Formula Recipe Kit</t>
+  </si>
+  <si>
+    <t>Healthwest Minerals, Inc. dba Mt. Capra Products</t>
+  </si>
+  <si>
+    <t>Ethicon Megadyne</t>
+  </si>
+  <si>
+    <t>Mega Soft Pediatric Patient Return Electrode</t>
+  </si>
+  <si>
+    <t>Reports of patient burn injuries</t>
+  </si>
+  <si>
+    <t>Megadyne Medical Products Inc.</t>
+  </si>
+  <si>
+    <t>First Street, Gelson’s, bulk at Down Home Goods and Thorp Fruit</t>
+  </si>
+  <si>
+    <t>Yogurt covered pretzels</t>
+  </si>
+  <si>
+    <t>Western Mixers Produce and Nuts</t>
+  </si>
+  <si>
+    <t>05/20/2024</t>
+  </si>
+  <si>
+    <t>Irving Seafood</t>
+  </si>
+  <si>
+    <t>1 lb. packages of Crabmeat: Jumbo, Lump, Finger, and Claw meat</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Shellfish</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness - Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>ISF, Inc. Dba Irvington Seafood</t>
+  </si>
+  <si>
+    <t>05/17/2024</t>
+  </si>
+  <si>
+    <t>S&amp;S Cup</t>
+  </si>
+  <si>
+    <t>Saimin Noodles with Soup &amp; Garnishes</t>
+  </si>
+  <si>
+    <t>May contain undeclared egg white powder</t>
+  </si>
+  <si>
+    <t>Sun Noodle</t>
+  </si>
+  <si>
+    <t>05/18/2024</t>
+  </si>
+  <si>
+    <t>Potential Contamination with Salmonella</t>
+  </si>
+  <si>
+    <t>05/09/2024</t>
+  </si>
+  <si>
+    <t>FoodScience, LLC</t>
+  </si>
+  <si>
+    <t>Amyloid Complete dietary supplement capsules</t>
+  </si>
+  <si>
+    <t>Undeclared shellfish (shrimp, crab) allergens</t>
+  </si>
+  <si>
+    <t>05/08/2024</t>
+  </si>
+  <si>
+    <t>Texas Pecan Company</t>
+  </si>
+  <si>
+    <t>1 lb and 8 oz nuts, snack mixes, seeds, snack sticks</t>
+  </si>
+  <si>
+    <t>Undeclared peanut, tree nuts, soy, milk, sesame, and wheat allergens</t>
+  </si>
+  <si>
+    <t>Texas Pecan</t>
+  </si>
+  <si>
+    <t>04/04/2024</t>
+  </si>
+  <si>
+    <t>Green ELV Nutrition</t>
+  </si>
+  <si>
+    <t>Elv Control Herbal Supplement</t>
+  </si>
+  <si>
+    <t>Product contains yellow oleander.</t>
+  </si>
+  <si>
+    <t>World Green Nutrition, Inc.</t>
+  </si>
+  <si>
+    <t>11/02/2021</t>
+  </si>
+  <si>
+    <t>Herbal Doctor Brand</t>
+  </si>
+  <si>
+    <t>Angelicae Sinensis</t>
+  </si>
+  <si>
+    <t>May contain elevated levels of lead and cadmium</t>
+  </si>
+  <si>
+    <t>Murray Int’l Trading</t>
+  </si>
+  <si>
+    <t>03/18/2022</t>
+  </si>
+  <si>
+    <t>The Salsa Texan</t>
+  </si>
+  <si>
+    <t>Coconut Flour Tortillas</t>
+  </si>
+  <si>
+    <t>05/06/2022</t>
+  </si>
+  <si>
+    <t>NaturesPlus</t>
+  </si>
+  <si>
+    <t>Keto Living Sugar Control Capsules</t>
+  </si>
+  <si>
+    <t>Undeclared Gluten</t>
+  </si>
+  <si>
+    <t>NATURAL ORGANICS, INC</t>
+  </si>
+  <si>
+    <t>09/22/2023</t>
+  </si>
+  <si>
+    <t>VistaPharm</t>
+  </si>
+  <si>
+    <t>Sucralfate Oral Suspension 1g/10mL</t>
+  </si>
+  <si>
+    <t>Potential contamination with Bacillus cereus</t>
+  </si>
+  <si>
+    <t>04/15/2022</t>
+  </si>
+  <si>
+    <t>Tortillas</t>
+  </si>
+  <si>
+    <t>Undeclared wheat and milk</t>
+  </si>
+  <si>
+    <t>04/02/2024</t>
+  </si>
+  <si>
+    <t>Abdallah</t>
+  </si>
+  <si>
+    <t>Sea Salt Almond Alligators</t>
+  </si>
+  <si>
+    <t>Abdallah Candies</t>
+  </si>
+  <si>
+    <t>04/29/2024</t>
+  </si>
+  <si>
+    <t>Creamy Creations ice cream</t>
+  </si>
+  <si>
+    <t>Potential presence of metal fragments</t>
+  </si>
+  <si>
+    <t>05/22/2024</t>
+  </si>
+  <si>
+    <t>County Road Seafood</t>
+  </si>
+  <si>
+    <t>Crab Cake 2 Pack</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen - Egg</t>
+  </si>
+  <si>
+    <t>County Road Seafood Inc.</t>
+  </si>
+  <si>
+    <t>United Supermarkets</t>
+  </si>
+  <si>
+    <t>Chocolate Caramel Corn and Candy Tray</t>
+  </si>
+  <si>
+    <t>Possible Salmonella contamination.</t>
+  </si>
+  <si>
+    <t>Macaroni Salad</t>
+  </si>
+  <si>
+    <t>Due to Unlabeled Wheat Allergen</t>
+  </si>
+  <si>
+    <t>Reser’s Fine Foods</t>
+  </si>
+  <si>
+    <t>06/05/2024</t>
+  </si>
+  <si>
+    <t>StellaLife Inc.</t>
+  </si>
+  <si>
+    <t>Homeopathic StellaLife Oral Care Products</t>
+  </si>
+  <si>
+    <t>HomeoCare Laboratories Inc.</t>
+  </si>
+  <si>
+    <t>06/04/2024</t>
+  </si>
+  <si>
+    <t>Crecelac</t>
+  </si>
+  <si>
+    <t>Powdered Goat Milk Infant Formula</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Infant Formula &amp; Foods</t>
+  </si>
+  <si>
+    <t>Cronobacter spp. contamination</t>
+  </si>
+  <si>
+    <t>Dairy Manufacturers Inc.</t>
+  </si>
+  <si>
+    <t>New Seasons Market</t>
+  </si>
+  <si>
+    <t>Strawberry Rhubarb Bakewell Tart</t>
+  </si>
+  <si>
+    <t>07/08/2020</t>
+  </si>
+  <si>
+    <t>Ovation</t>
+  </si>
+  <si>
+    <t>Ovation iX system</t>
+  </si>
+  <si>
+    <t>A material weakness adjacent to the polymer fill channel may become compromised during pressurization with liquid polymer.</t>
+  </si>
+  <si>
+    <t>Endologix® Inc.</t>
+  </si>
+  <si>
+    <t>05/13/2024</t>
+  </si>
+  <si>
+    <t>Great Value</t>
+  </si>
+  <si>
+    <t>Organic Chia Seeds</t>
+  </si>
+  <si>
+    <t>Potential Presence of Salmonella</t>
+  </si>
+  <si>
+    <t>Natural Sourcing International</t>
+  </si>
+  <si>
+    <t>06/03/2024</t>
+  </si>
+  <si>
+    <t>Baraka</t>
+  </si>
+  <si>
+    <t>Ground black pepper</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Spices, Flavors &amp;  Salts</t>
+  </si>
+  <si>
+    <t>UBC Food Distributors</t>
+  </si>
+  <si>
+    <t>05/31/2024</t>
+  </si>
+  <si>
+    <t>Medline</t>
+  </si>
+  <si>
+    <t>SubG Endotracheal Tubes with Subglottic Suction and kits that contain these devices</t>
+  </si>
+  <si>
+    <t>The inflation tube and other device components have become detached and/or torn from the main tube, resulting in moisture buildup, loss of pressure, or inability to inflate.</t>
+  </si>
+  <si>
+    <t>Medline Industries LP</t>
+  </si>
+  <si>
+    <t>03/11/2024</t>
+  </si>
+  <si>
+    <t>Wesco Fresh</t>
+  </si>
+  <si>
+    <t>Mint No Bake Cookies</t>
+  </si>
+  <si>
+    <t>Undeclared Peanut Allergen</t>
+  </si>
+  <si>
+    <t>Wesco, Inc.</t>
+  </si>
+  <si>
+    <t>03/13/2024</t>
+  </si>
+  <si>
+    <t>Honey Roasted Cashews</t>
+  </si>
+  <si>
+    <t>Undeclared milk and coconut allergens</t>
+  </si>
+  <si>
+    <t>John B Sanfilippo &amp; Son, Inc.</t>
+  </si>
+  <si>
+    <t>06/27/2024</t>
+  </si>
+  <si>
+    <t>Solata, Gaia Organic, Full Circle Organic, Farmer Direct, Uncle Vinny’s, Bogopa</t>
+  </si>
+  <si>
+    <t>Spinach and salad mixes</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Vegetable Products</t>
+  </si>
+  <si>
+    <t>Solata Foods LLC</t>
+  </si>
+  <si>
+    <t>02/19/2024</t>
+  </si>
+  <si>
+    <t>Nordic Naturals</t>
+  </si>
+  <si>
+    <t>Baby’s Vitamin D3 Liquid</t>
+  </si>
+  <si>
+    <t>Elevated level of Vitamin D3 dosage</t>
+  </si>
+  <si>
+    <t>Mexican Style Quinoa Salad</t>
+  </si>
+  <si>
+    <t>Undeclared Allergens – Egg, Soy</t>
+  </si>
+  <si>
+    <t>Hans Kissle</t>
+  </si>
+  <si>
+    <t>08/09/2023</t>
+  </si>
+  <si>
+    <t>Soft serve on the go</t>
+  </si>
+  <si>
+    <t>Soft serve ice cream and sorbet cups</t>
+  </si>
+  <si>
+    <t>Possible Listeria monocytogenes contamination</t>
+  </si>
+  <si>
+    <t>Real Kosher Ice Cream</t>
+  </si>
+  <si>
+    <t>Stonewall Kitchen</t>
+  </si>
+  <si>
+    <t>Gluten Free Cinnamon Sugar Doughnut Mix</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen - Wheat</t>
+  </si>
+  <si>
+    <t>12/04/2023</t>
+  </si>
+  <si>
+    <t>Maggi</t>
+  </si>
+  <si>
+    <t>2 Minute Noodles</t>
+  </si>
+  <si>
+    <t>ForeverMen</t>
+  </si>
+  <si>
+    <t>Natural Energy Boost</t>
+  </si>
+  <si>
+    <t>Dietary Supplements</t>
+  </si>
+  <si>
+    <t>Product is tainted with sildenafil and tadalafil</t>
+  </si>
+  <si>
+    <t>FAonline Inc</t>
+  </si>
+  <si>
+    <t>Geissler’s Supermarket Inc.</t>
+  </si>
+  <si>
+    <t>Sushi products</t>
+  </si>
+  <si>
+    <t>Undeclared milk, wheat and eggs</t>
+  </si>
+  <si>
+    <t>Geisslers Supermarket Inc.</t>
+  </si>
+  <si>
+    <t>07/01/2024</t>
+  </si>
+  <si>
+    <t>Viva</t>
+  </si>
+  <si>
+    <t>Raw dog and cat food</t>
+  </si>
+  <si>
+    <t>Animal &amp; Veterinary, Food &amp; Beverages, Foodborne Illness, Animal Feed</t>
+  </si>
+  <si>
+    <t>Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>Viva Raw, LLC</t>
+  </si>
+  <si>
+    <t>06/08/2024</t>
+  </si>
+  <si>
+    <t>Green Life Farms</t>
+  </si>
+  <si>
+    <t>Baby Arugula</t>
+  </si>
+  <si>
+    <t>06/19/2024</t>
+  </si>
+  <si>
+    <t>Hudson Harvest</t>
+  </si>
+  <si>
+    <t>Tomato Basil Sauce</t>
+  </si>
+  <si>
+    <t>Potentially under processed, which could lead to the potential for spoilage organisms or pathogens</t>
+  </si>
+  <si>
+    <t>06/28/2024</t>
+  </si>
+  <si>
+    <t>terrafina</t>
+  </si>
+  <si>
+    <t>Macadamia in the Raw</t>
+  </si>
+  <si>
+    <t>Potential Salmonella contamination</t>
+  </si>
+  <si>
+    <t>Sunco and Frenchie LLC</t>
+  </si>
+  <si>
+    <t>06/26/2024</t>
+  </si>
+  <si>
+    <t>Blue Point Laboratories</t>
+  </si>
+  <si>
+    <t>Potassium Chloride Extended Release 750mg Capsules, 100 count and 500 count</t>
+  </si>
+  <si>
+    <t>Failed dissolution</t>
+  </si>
+  <si>
+    <t>American Health Packaging</t>
+  </si>
+  <si>
+    <t>06/25/2024</t>
+  </si>
+  <si>
+    <t>Foppen</t>
+  </si>
+  <si>
+    <t>Smoked Norwegian Salmon Slices – Toast sized, 8.1 oz</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Fish</t>
+  </si>
+  <si>
+    <t>Listeria monocytogenes contamination</t>
+  </si>
+  <si>
+    <t>Foppen Paling En Zalm B.V.</t>
+  </si>
+  <si>
+    <t>Aldi Bake Shop Bakery</t>
+  </si>
+  <si>
+    <t>Chocolate Chip Muffin 4 count</t>
+  </si>
+  <si>
+    <t>Undeclared Walnut allergen</t>
+  </si>
+  <si>
+    <t>FGF Brands Inc.</t>
+  </si>
+  <si>
+    <t>06/11/2024</t>
+  </si>
+  <si>
+    <t>Ram It, To The Moon</t>
+  </si>
+  <si>
+    <t>Dietary Supplements for Male Sexual Enhancement</t>
+  </si>
+  <si>
+    <t>Integrity Products</t>
+  </si>
+  <si>
+    <t>Classic Delight, Nutrisystem, Wakefield</t>
+  </si>
+  <si>
+    <t>Individually wrapped sandwiches</t>
+  </si>
+  <si>
+    <t>Potential contamination with Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>Classic Delight LLC</t>
+  </si>
+  <si>
+    <t>05/21/2024</t>
+  </si>
+  <si>
+    <t>Product contains yellow oleander</t>
+  </si>
+  <si>
+    <t>Multiple Brand Names</t>
+  </si>
+  <si>
+    <t>Chicken Feed, Swine Feed, Cattle Feed, Horse Feed</t>
+  </si>
+  <si>
+    <t>Animal &amp; Veterinary, Animal Feed</t>
+  </si>
+  <si>
+    <t>Specific lots may contain elevated levels of calcium, phosphorus, magnesium, sodium and/or chloride and may harm chickens, swine, beef cattle and equine.</t>
+  </si>
+  <si>
+    <t>ADM Animal Nutrition</t>
+  </si>
+  <si>
+    <t>04/11/2024</t>
+  </si>
+  <si>
+    <t>Pen Pals, MaxLean, ShowTec,  MoorMan's</t>
+  </si>
+  <si>
+    <t>Chicken, Swine and Rabbit Feed Products</t>
+  </si>
+  <si>
+    <t>Specific lots may contain elevated levels of magnesium, sodium, calcium and/or phosphorus</t>
+  </si>
+  <si>
+    <t>06/13/2024</t>
+  </si>
+  <si>
+    <t>Aahu Barah</t>
+  </si>
+  <si>
+    <t>Apricot roll</t>
+  </si>
+  <si>
+    <t>AAHU BARAH USA INC.</t>
+  </si>
+  <si>
+    <t>Arepas La Mejor</t>
+  </si>
+  <si>
+    <t>Corn cake</t>
+  </si>
+  <si>
+    <t>Villa Nueva Interservices LLC</t>
+  </si>
+  <si>
+    <t>Hospira</t>
+  </si>
+  <si>
+    <t>Buprenorphine Hydrochloride Injection Carpuject Units and Labetalol Hydrochloride Injection, USP Carpuject Units</t>
+  </si>
+  <si>
+    <t>Animal &amp; Veterinary, Drugs, Animal Drugs</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety – Potential Packaging Defect</t>
+  </si>
+  <si>
+    <t>Hospira Inc.</t>
+  </si>
+  <si>
+    <t>05/29/2024</t>
+  </si>
+  <si>
+    <t>Sagent</t>
+  </si>
+  <si>
+    <t>Docetaxel Injection, USP</t>
+  </si>
+  <si>
+    <t>Potential presence of particulate matter</t>
+  </si>
+  <si>
+    <t>Sagent Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>06/14/2024</t>
+  </si>
+  <si>
+    <t>Tuscan Salad Bowl</t>
+  </si>
+  <si>
+    <t>Undeclared Pecans</t>
+  </si>
+  <si>
+    <t>Heinen’s Inc.</t>
+  </si>
+  <si>
+    <t>06/24/2024</t>
+  </si>
+  <si>
+    <t>DSD Merchandisers, Inc.</t>
+  </si>
+  <si>
+    <t>Deluxe Roasted &amp; Salted Mixed Nuts</t>
+  </si>
+  <si>
+    <t>Undeclared Peanut</t>
+  </si>
+  <si>
+    <t>DSD Merchandisers, LLC</t>
+  </si>
+  <si>
+    <t>Wildly Beloved Food</t>
+  </si>
+  <si>
+    <t>Dried Orzo and Dried Campanelle</t>
+  </si>
+  <si>
+    <t>Potential to be contaminated with mold</t>
+  </si>
+  <si>
+    <t>Wildly Beloved Foods</t>
+  </si>
+  <si>
+    <t>06/22/2024</t>
+  </si>
+  <si>
+    <t>Sunseed Vita Prima</t>
+  </si>
+  <si>
+    <t>Hedgehog Food</t>
+  </si>
+  <si>
+    <t>Animal &amp; Veterinary, Food &amp; Beverages, Pet Food</t>
+  </si>
+  <si>
+    <t>Vitakraft Sun Seed Inc.</t>
+  </si>
+  <si>
+    <t>08/07/2020</t>
+  </si>
+  <si>
+    <t>Gelbac T</t>
+  </si>
+  <si>
+    <t>Antibacterial Handgel</t>
+  </si>
+  <si>
+    <t>Methanol Contamination</t>
+  </si>
+  <si>
+    <t>Incredible Products Sa de Cv</t>
+  </si>
+  <si>
+    <t>06/13/2023</t>
+  </si>
+  <si>
+    <t>Havasu Nutrition</t>
+  </si>
+  <si>
+    <t>Beet Root Powder</t>
+  </si>
+  <si>
+    <t>Supplement Manufacturing Partner Inc.</t>
+  </si>
+  <si>
+    <t>11/16/2023</t>
+  </si>
+  <si>
+    <t>Raw SeaFoods</t>
+  </si>
+  <si>
+    <t>Farm Raised Lightly Seasoned Atlantic Salmon Burgers</t>
+  </si>
+  <si>
+    <t>Undeclared Sesame and Milk</t>
+  </si>
+  <si>
+    <t>Raw SeaFoods, Inc.</t>
+  </si>
+  <si>
+    <t>Fat Choy Kee</t>
+  </si>
+  <si>
+    <t>Dried Longan</t>
+  </si>
+  <si>
+    <t>Undeclared sulfites</t>
+  </si>
+  <si>
+    <t>HY Success, Inc.</t>
+  </si>
+  <si>
+    <t>06/14/2023</t>
+  </si>
+  <si>
+    <t>Major Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>Dronabinol Capsules 2.5mg and Ziprasidone Hydrochloride Capsules 20mg</t>
+  </si>
+  <si>
+    <t>Packaging may contain incorrect product due to labeling mix-up</t>
+  </si>
+  <si>
+    <t>The Harvard Drug Group, LLC d/b/a Major Pharmaceutical and Rugby Laboratories</t>
+  </si>
+  <si>
+    <t>Feel Good Foods</t>
+  </si>
+  <si>
+    <t>Cream Cheese Stuffed Mini Bagels</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen - Gluten</t>
+  </si>
+  <si>
+    <t>Dried Tangerine Plum</t>
+  </si>
+  <si>
+    <t>12/15/2023</t>
+  </si>
+  <si>
+    <t>Nature's Wonder</t>
+  </si>
+  <si>
+    <t>Mung Bean Sprouts</t>
+  </si>
+  <si>
+    <t>Chang Farm</t>
+  </si>
+  <si>
+    <t>12/16/2023</t>
+  </si>
+  <si>
+    <t>Eban’s Bakehouse</t>
+  </si>
+  <si>
+    <t>Cookie Bites</t>
+  </si>
+  <si>
+    <t>Undeclared milk and soy</t>
+  </si>
+  <si>
+    <t>Blues Hog</t>
+  </si>
+  <si>
+    <t>Seasoning</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – Soy and Wheat</t>
+  </si>
+  <si>
+    <t>Baron Spices, Inc.</t>
+  </si>
+  <si>
+    <t>06/12/2024</t>
+  </si>
+  <si>
+    <t>Suntegrity</t>
+  </si>
+  <si>
+    <t>Sunscreen foundation</t>
+  </si>
+  <si>
+    <t>Higher than acceptable microbiological mold count</t>
+  </si>
+  <si>
+    <t>Suntegrity Skincare</t>
+  </si>
+  <si>
+    <t>07/09/2024</t>
+  </si>
+  <si>
+    <t>Hill Country Fare</t>
+  </si>
+  <si>
+    <t>Mustard Potato Salad</t>
+  </si>
+  <si>
+    <t>Potential Hard Plastic Foreign Material</t>
+  </si>
+  <si>
+    <t>07/15/2024</t>
+  </si>
+  <si>
+    <t>Umary</t>
+  </si>
+  <si>
+    <t>Umary Acido Hialuronica, Suplemento Alimenticio – 30 Capletas de 850mg</t>
+  </si>
+  <si>
+    <t>Tainted with the drug ingredients, diclofenac and omeprazole</t>
+  </si>
+  <si>
+    <t>SoloVital.com</t>
+  </si>
+  <si>
+    <t>07/12/2024</t>
+  </si>
+  <si>
+    <t>Supercore Products Group</t>
+  </si>
+  <si>
+    <t>Dietary Supplements for Male Sexual Enhancement.</t>
+  </si>
+  <si>
+    <t>Tainted with Sildenafil and Acetaminophen.</t>
+  </si>
+  <si>
+    <t>07/16/2024</t>
+  </si>
+  <si>
+    <t>Infla-650</t>
+  </si>
+  <si>
+    <t>Infla-650 Herbal Dietary Supplement Capsules</t>
+  </si>
+  <si>
+    <t>Tainted with the drug ingredients:   acetaminophen, diclofenac and phenylbutazone</t>
+  </si>
+  <si>
+    <t>Guru Inc.</t>
+  </si>
+  <si>
+    <t>07/26/2024</t>
+  </si>
+  <si>
+    <t>ALB Flavor</t>
+  </si>
+  <si>
+    <t>Ground Cinnamon Powder</t>
+  </si>
+  <si>
+    <t>ALB-USA ENTERPRISES</t>
+  </si>
+  <si>
+    <t>07/29/2024</t>
+  </si>
+  <si>
+    <t>Spice Class</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Contaminants, Spices, Flavors &amp;  Salts</t>
+  </si>
+  <si>
+    <t>American Spices, LLC</t>
+  </si>
+  <si>
+    <t>Shahzada</t>
+  </si>
+  <si>
+    <t>Advance Food International, Inc.</t>
+  </si>
+  <si>
+    <t>07/30/2024</t>
+  </si>
+  <si>
+    <t>Van Leeuwen</t>
+  </si>
+  <si>
+    <t>Vegan Pumpkin Cinnamon Roll Non Dairy Frozen Dessert</t>
+  </si>
+  <si>
+    <t>Van Leeuwen Ice Cream</t>
+  </si>
+  <si>
+    <t>07/22/2024</t>
+  </si>
+  <si>
+    <t>Hikma</t>
+  </si>
+  <si>
+    <t>Acetaminophen Injection 1,000 mg per 100 mL (10 mg/mL) 100 mL</t>
+  </si>
+  <si>
+    <t>Potential presence of Dexmedetomidine HCL Injection (400mcg/100mL) inside the overwrap that is labelled Acetaminophen Injection, 1000mg/100mL, (10mg/mL).</t>
+  </si>
+  <si>
+    <t>Hikma Pharmaceuticals PLC</t>
+  </si>
+  <si>
+    <t>Volara</t>
+  </si>
+  <si>
+    <t>Volara system single-patient use circuit and blue ventilator adapter assembly</t>
+  </si>
+  <si>
+    <t>Reports of the handset plug disconnecting from the nebulizer port on the blue ventilator adapter</t>
+  </si>
+  <si>
+    <t>Baxter International Inc.</t>
+  </si>
+  <si>
+    <t>07/31/2024</t>
+  </si>
+  <si>
+    <t>Abbott</t>
+  </si>
+  <si>
+    <t>FreeStyle Libre® 3 sensors</t>
+  </si>
+  <si>
+    <t>Sensors may provide   incorrect high glucose readings</t>
+  </si>
+  <si>
+    <t>Marcum &amp; Supreme Tradition</t>
+  </si>
+  <si>
+    <t>Ground cinnamon</t>
+  </si>
+  <si>
+    <t>Colonna Brothers Inc.</t>
+  </si>
+  <si>
+    <t>03/06/2024</t>
+  </si>
+  <si>
+    <t>Colonna</t>
+  </si>
+  <si>
+    <t>Marcum Ground Cinnamon &amp; Supreme Tradition Ground Cinnamon</t>
+  </si>
+  <si>
+    <t>Elevated Lead Levels</t>
+  </si>
+  <si>
+    <t>Colonna Brothers, Inc.</t>
+  </si>
+  <si>
+    <t>Umary Acido Hialuronico, Suplemento Alimenticio</t>
+  </si>
+  <si>
+    <t>Undeclared Drug Ingredients: Diclofenac and Omeprazole</t>
+  </si>
+  <si>
+    <t>Main Products, Inc.</t>
+  </si>
+  <si>
+    <t>Stutz Packing Company</t>
+  </si>
+  <si>
+    <t>Shelled Walnuts</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Tree Nuts</t>
+  </si>
+  <si>
+    <t>07/23/2024</t>
+  </si>
+  <si>
+    <t>Wiers Farm, Freshire Farms</t>
+  </si>
+  <si>
+    <t>Vegetables and Bagged Salads</t>
+  </si>
+  <si>
+    <t>Wiers Farm, Inc.</t>
+  </si>
+  <si>
+    <t>Wiers Farm</t>
+  </si>
+  <si>
+    <t>whole cucumbers and bagged salad</t>
+  </si>
+  <si>
+    <t>07/24/2024</t>
+  </si>
+  <si>
+    <t>Kenny’s Farmhouse Cheese</t>
+  </si>
+  <si>
+    <t>St. Jerome cheese</t>
+  </si>
+  <si>
+    <t>Healthy Living</t>
+  </si>
+  <si>
+    <t>Migraine Relief Acetaminophen 250mg, Aspirin (NSAID) 250mg &amp; Caffeine 65mg tablets</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety - Mislabeling</t>
+  </si>
+  <si>
+    <t>Aurobindo Pharma USA, Inc.</t>
+  </si>
+  <si>
+    <t>Supreme Produce</t>
+  </si>
+  <si>
+    <t>Vegetable products</t>
+  </si>
+  <si>
+    <t>Supreme Service Solutions LLC</t>
+  </si>
+  <si>
+    <t>Freshire Farms</t>
+  </si>
+  <si>
+    <t>Jalapenos, Green Peppers, Green Beans</t>
+  </si>
+  <si>
+    <t>ALDI</t>
+  </si>
+  <si>
+    <t>08/06/2024</t>
+  </si>
+  <si>
+    <t>Baxter</t>
+  </si>
+  <si>
+    <t>Heparin Sodium in 0.9% Sodium Chloride Injection</t>
+  </si>
+  <si>
+    <t>Elevated endotoxin levels</t>
+  </si>
+  <si>
+    <t>Baxter International Inc</t>
+  </si>
+  <si>
+    <t>08/07/2024</t>
+  </si>
+  <si>
+    <t>Yummy</t>
+  </si>
+  <si>
+    <t>Yummy Swirly Ices, various flavors</t>
+  </si>
+  <si>
+    <t>Undeclared Milk Allergen</t>
+  </si>
+  <si>
+    <t>Yummy Foods</t>
+  </si>
+  <si>
+    <t>Full Circle Market</t>
+  </si>
+  <si>
+    <t>Coconutmilk Chocolate Almond Crunch Frozen Dessert</t>
+  </si>
+  <si>
+    <t>Undeclared Cashew Allergen</t>
+  </si>
+  <si>
+    <t>G.S. Gelato &amp; Desserts, Inc.</t>
+  </si>
+  <si>
+    <t>01/08/2020</t>
+  </si>
+  <si>
+    <t>LemonPrep®, PediaPrep®, Wave Prep, Cardio Prep</t>
+  </si>
+  <si>
+    <t>LemonPrep®, PediaPrep® and Wave Prep 4-ounce tubes and single use cups, Cardio Prep and Collodions, Collodion removers</t>
+  </si>
+  <si>
+    <t>Burkholderia cepacia</t>
+  </si>
+  <si>
+    <t>Mavidon</t>
+  </si>
+  <si>
+    <t>10/19/2017</t>
+  </si>
+  <si>
+    <t>A1</t>
+  </si>
+  <si>
+    <t>Dietary Supplement A1 Slim</t>
+  </si>
+  <si>
+    <t>Drugs, Caffeine , Generic Drugs</t>
+  </si>
+  <si>
+    <t>Unapproved new drug; tainted with sibutramine, phenolphthalein and N-Desmethyl sibutramine</t>
+  </si>
+  <si>
+    <t>Kiriko, LLC</t>
+  </si>
+  <si>
+    <t>12/17/2018</t>
+  </si>
+  <si>
+    <t>Envoachem Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>Dyural-40 and Dyural-80</t>
+  </si>
+  <si>
+    <t>Due to Latex Hazard</t>
+  </si>
+  <si>
+    <t>Asclemed USA Inc dba Envoachem Pharmeceuticals</t>
+  </si>
+  <si>
+    <t>01/10/2020</t>
+  </si>
+  <si>
+    <t>LIFEPAK 15</t>
+  </si>
+  <si>
+    <t>LIFEPAK 15 monitor/defibrillators</t>
+  </si>
+  <si>
+    <t>Failure to deliver a defibrillation shock after the “Shock” button on the keypad is pressed</t>
+  </si>
+  <si>
+    <t>Stryker</t>
+  </si>
+  <si>
+    <t>05/03/2019</t>
+  </si>
+  <si>
+    <t>Heritage</t>
+  </si>
+  <si>
+    <t>Losartan Potassium Tablets USP</t>
+  </si>
+  <si>
+    <t>Due to the detection of N-Nitroso-N-methyl-4-aminobutyric acid (NMBA)</t>
+  </si>
+  <si>
+    <t>Vivimed</t>
+  </si>
+  <si>
+    <t>09/30/2020</t>
+  </si>
+  <si>
+    <t>Cleaner</t>
+  </si>
+  <si>
+    <t>Cleaner Hand Sanitizer</t>
+  </si>
+  <si>
+    <t>Potential Presence of Methanol (Wood Alcohol)</t>
+  </si>
+  <si>
+    <t>Estado de México, México, DMM VISSION, S.A. de C.V</t>
+  </si>
+  <si>
+    <t>08/01/2020</t>
+  </si>
+  <si>
+    <t>Thomson Premium, TLC Thomson International, Tender Loving Care, more</t>
+  </si>
+  <si>
+    <t>Red, Yellow, White and Sweet Yellow Onions</t>
+  </si>
+  <si>
+    <t>Thomson International, Inc.</t>
+  </si>
+  <si>
+    <t>12/08/2019</t>
+  </si>
+  <si>
+    <t>Tailor Cut Produce</t>
+  </si>
+  <si>
+    <t>Fruit Luau</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Snack Food Item</t>
+  </si>
+  <si>
+    <t>07/17/2019</t>
+  </si>
+  <si>
+    <t>Northfork Bison Distributions Inc</t>
+  </si>
+  <si>
+    <t>Bison Burgers &amp; Bison Ground</t>
+  </si>
+  <si>
+    <t>Has the potential to be contaminated with E. coli: O121 and O103</t>
+  </si>
+  <si>
+    <t>06/15/2021</t>
+  </si>
+  <si>
+    <t>Philips</t>
+  </si>
+  <si>
+    <t>Philips Bi-Level Positive Airway Pressure (Bi-Level PAP), Continuous Positive Airway Pressure (CPAP), and mechanical ventilator devices</t>
+  </si>
+  <si>
+    <t>Potential health risks related to the polyester-based polyurethane (PE-PUR) sound abatement foam component in these devices</t>
+  </si>
+  <si>
+    <t>07/19/2021</t>
+  </si>
+  <si>
+    <t>CHANTIX</t>
+  </si>
+  <si>
+    <t>Smoking cessation treatment</t>
+  </si>
+  <si>
+    <t>N-Nitroso Varenicline content above ADI level</t>
+  </si>
+  <si>
+    <t>Pfizer</t>
+  </si>
+  <si>
+    <t>09/16/2021</t>
+  </si>
+  <si>
+    <t>Varenicline tablets</t>
+  </si>
+  <si>
+    <t>N-nitroso-varenicline above acceptable daily intake level</t>
+  </si>
+  <si>
+    <t>09/26/2021</t>
+  </si>
+  <si>
+    <t>Lilly</t>
+  </si>
+  <si>
+    <t>Glucagon Emergency Kit</t>
+  </si>
+  <si>
+    <t>Loss of potency</t>
+  </si>
+  <si>
+    <t>Eli Lilly and Company</t>
+  </si>
+  <si>
+    <t>03/19/2021</t>
+  </si>
+  <si>
+    <t>Fresh to You, MG Foods</t>
+  </si>
+  <si>
+    <t>Turkey wrap sandwich wraps</t>
+  </si>
+  <si>
+    <t>Due to possible Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>MG Foods dba Canteen Inc.</t>
+  </si>
+  <si>
+    <t>04/14/2020</t>
+  </si>
+  <si>
+    <t>Guan's Mushroom Co.</t>
+  </si>
+  <si>
+    <t>Enoki Mushroom</t>
+  </si>
+  <si>
+    <t>Potential Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>03/25/2021</t>
+  </si>
+  <si>
+    <t>Imperial</t>
+  </si>
+  <si>
+    <t>Dietary Supplement for Male Enhancement</t>
+  </si>
+  <si>
+    <t>Undeclared Sildenafil &amp; Tadalafil</t>
+  </si>
+  <si>
+    <t>S&amp;B Shopper LLC</t>
+  </si>
+  <si>
+    <t>09/23/2020</t>
+  </si>
+  <si>
+    <t>Riomet ER</t>
+  </si>
+  <si>
+    <t>Metformin Hydrochloride for Extended-Release Oral Suspension</t>
+  </si>
+  <si>
+    <t>Sun Pharmaceutical Industries</t>
+  </si>
+  <si>
+    <t>01/31/2019</t>
+  </si>
+  <si>
+    <t>Hill's Science Diet</t>
+  </si>
+  <si>
+    <t>Canned Dog Food</t>
+  </si>
+  <si>
+    <t>Animal &amp; Veterinary, Pet Food</t>
+  </si>
+  <si>
+    <t>Potentially Elevated Levels of Vitamin D</t>
+  </si>
+  <si>
+    <t>Hill's Pet Nutrition</t>
+  </si>
+  <si>
+    <t>Lupin</t>
+  </si>
+  <si>
+    <t>Metformin Hydrochloride Extended-Release Tablets, 500mg and 1000mg</t>
+  </si>
+  <si>
+    <t>N-Nitrosodimethylamine (NDMA) Impurity</t>
+  </si>
+  <si>
+    <t>Lupin Pharmaceuticals, Inc.</t>
+  </si>
+  <si>
+    <t>08/16/2019</t>
+  </si>
+  <si>
+    <t>Chef Toby</t>
+  </si>
+  <si>
+    <t>Pig ears</t>
+  </si>
+  <si>
+    <t>Dog Goods USA LLC</t>
+  </si>
+  <si>
+    <t>10/03/2019</t>
+  </si>
+  <si>
+    <t>King Arthur Flour</t>
+  </si>
+  <si>
+    <t>Unbleached All-Purpose Flour</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Bakery Product/Mix</t>
+  </si>
+  <si>
+    <t>E. coli O26</t>
+  </si>
+  <si>
+    <t>King Arthur Flour, Inc.</t>
+  </si>
+  <si>
+    <t>08/04/2020</t>
+  </si>
+  <si>
+    <t>Command Brands</t>
+  </si>
+  <si>
+    <t>Hand Sanitizer</t>
+  </si>
+  <si>
+    <t>Roque Plast S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>07/14/2020</t>
+  </si>
+  <si>
+    <t>Bersih</t>
+  </si>
+  <si>
+    <t>Hand Sanitizer Gel</t>
+  </si>
+  <si>
+    <t>Potential Methanol Contamination</t>
+  </si>
+  <si>
+    <t>Soluciones Cosmeticas</t>
+  </si>
+  <si>
+    <t>08/15/2019</t>
+  </si>
+  <si>
+    <t>Texas Tripe</t>
+  </si>
+  <si>
+    <t>Raw frozen pet food</t>
+  </si>
+  <si>
+    <t>Potential to be contaminated with Salmonella and Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>Texas Tripe Inc.</t>
+  </si>
+  <si>
+    <t>12/22/2021</t>
+  </si>
+  <si>
+    <t>Dole, Ahold, Kroger, Lidl, and Others</t>
+  </si>
+  <si>
+    <t>Salads</t>
+  </si>
+  <si>
+    <t>Potential for Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>Dole Fresh Vegetables Inc.</t>
+  </si>
+  <si>
+    <t>04/22/2022</t>
+  </si>
+  <si>
+    <t>Accupril (Quinapril HCl) tablets 10mg, 20mg, 40 mg</t>
+  </si>
+  <si>
+    <t>Due to N-Nitroso-Quinapril Content</t>
+  </si>
+  <si>
+    <t>06/29/2020</t>
+  </si>
+  <si>
+    <t>Saniderm</t>
+  </si>
+  <si>
+    <t>Advanced Hand Sanitizer, 70% alcohol content</t>
+  </si>
+  <si>
+    <t>Potential presence of methanol (wood alcohol)</t>
+  </si>
+  <si>
+    <t>UVT, INC.</t>
+  </si>
+  <si>
+    <t>Malichita</t>
+  </si>
+  <si>
+    <t>Fresh Cantaloupe</t>
+  </si>
+  <si>
+    <t>Sofia Produce, LLC dba Trufresh</t>
+  </si>
+  <si>
+    <t>09/01/2023</t>
+  </si>
+  <si>
+    <t>Merck Animal Health</t>
+  </si>
+  <si>
+    <t>Banamine; Banamine-S</t>
+  </si>
+  <si>
+    <t>Animal &amp; Veterinary, Animal Drugs</t>
+  </si>
+  <si>
+    <t>12/20/2023</t>
+  </si>
+  <si>
+    <t>Busse Hospital Disposals</t>
+  </si>
+  <si>
+    <t>Medical Device Kits and Trays</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety - Potential Lack of Sterility</t>
+  </si>
+  <si>
+    <t>bio aaa</t>
+  </si>
+  <si>
+    <t>Potential Undeclared Methanol Contamination</t>
+  </si>
+  <si>
+    <t>AAA Cosmetica, S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>07/06/2020</t>
+  </si>
+  <si>
+    <t>All Clean</t>
+  </si>
+  <si>
+    <t>Hand sanitizer</t>
+  </si>
+  <si>
+    <t>Potential presence of methanol (wood alcohol).</t>
+  </si>
+  <si>
+    <t>ITECH 361</t>
+  </si>
+  <si>
+    <t>01/23/2024</t>
+  </si>
+  <si>
+    <t>Aligned Medical Solutions</t>
+  </si>
+  <si>
+    <t>Convenience kits containing saline</t>
+  </si>
+  <si>
+    <t>Product cannot be verified as having the required sterility assurance level</t>
+  </si>
+  <si>
+    <t>04/20/2022</t>
+  </si>
+  <si>
+    <t>Babyganics</t>
+  </si>
+  <si>
+    <t>Chamomile verbena bubble bath</t>
+  </si>
+  <si>
+    <t>Cosmetics</t>
+  </si>
+  <si>
+    <t>Presence of the bacterium Pluralibacter gergoviae, a bacterium</t>
+  </si>
+  <si>
+    <t>07/20/2020</t>
+  </si>
+  <si>
+    <t>Optimus</t>
+  </si>
+  <si>
+    <t>LIQ-E S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>04/08/2024</t>
+  </si>
+  <si>
+    <t>Medline and Centurion</t>
+  </si>
+  <si>
+    <t>Convenience kits</t>
+  </si>
+  <si>
+    <t>The potential for a lack of sterility</t>
+  </si>
+  <si>
+    <t>Medline Industries, LP</t>
+  </si>
+  <si>
+    <t>Eva Nutrition, Science of Alpha, Niwali, NWL Nutra</t>
+  </si>
+  <si>
+    <t>Tejocote Dietary Supplements</t>
+  </si>
+  <si>
+    <t>Dietary Supplements, Food &amp; Beverages</t>
+  </si>
+  <si>
+    <t>Product contains toxic yellow oleander.</t>
+  </si>
+  <si>
+    <t>Global Mix, Inc.</t>
+  </si>
+  <si>
+    <t>10/07/2022</t>
+  </si>
+  <si>
+    <t>Earth Grown Vegan</t>
+  </si>
+  <si>
+    <t>Earth Grown Vegan Traditional Falafel and Garlic &amp; Herb Falafel</t>
+  </si>
+  <si>
+    <t>Potential contamination with shiga toxin-producing E. Coli</t>
+  </si>
+  <si>
+    <t>Cuisine Innovations Unlimited LLC</t>
+  </si>
+  <si>
+    <t>12/31/2020</t>
+  </si>
+  <si>
+    <t>GUM Paroex</t>
+  </si>
+  <si>
+    <t>Paroex Chlorhexidine Gluconate Oral Rinse, 15 mL unit dose cups</t>
+  </si>
+  <si>
+    <t>Potential contamination with Burkholderia lata</t>
+  </si>
+  <si>
+    <t>Precision Dose Inc.</t>
+  </si>
+  <si>
+    <t>04/19/2021</t>
+  </si>
+  <si>
+    <t>Tenacore LLC</t>
+  </si>
+  <si>
+    <t>2001 Tenacore Replacement CareFusion Alaris 8100 bezels</t>
+  </si>
+  <si>
+    <t>Potentially weakened plastic</t>
+  </si>
+  <si>
+    <t>12/21/2022</t>
+  </si>
+  <si>
+    <t>Quinapril 20 and 40 mg tablets</t>
+  </si>
+  <si>
+    <t>Presence of nitrosamine impurity, N-Nitroso-Quinapril</t>
+  </si>
+  <si>
+    <t>Lupin Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t>07/12/2022</t>
+  </si>
+  <si>
+    <t>Enjoy Life</t>
+  </si>
+  <si>
+    <t>Baked snacks</t>
+  </si>
+  <si>
+    <t>Product may contain hard plastic pieces</t>
+  </si>
+  <si>
+    <t>Enjoy Life Natural Brands, LLC</t>
+  </si>
+  <si>
+    <t>Tovala</t>
+  </si>
+  <si>
+    <t>Gochujang-Glazed Salmon and Pork Bowls</t>
+  </si>
+  <si>
+    <t>01/07/2022</t>
+  </si>
+  <si>
+    <t>Moor Herbs</t>
+  </si>
+  <si>
+    <t>Angel Formula Infant formula</t>
+  </si>
+  <si>
+    <t>Product did not meet specific nutrition and labeling requirements for infant formula</t>
+  </si>
+  <si>
+    <t>05/27/2022</t>
+  </si>
+  <si>
+    <t>Rich’s</t>
+  </si>
+  <si>
+    <t>Peanut butter cups</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Peanut Butter</t>
+  </si>
+  <si>
+    <t>Albanese Confectionery Group, Inc.</t>
+  </si>
+  <si>
+    <t>07/28/2020</t>
+  </si>
+  <si>
+    <t>Herbacil</t>
+  </si>
+  <si>
+    <t>Undeclared Methanol</t>
+  </si>
+  <si>
+    <t>Broncolin S.A. de C.V</t>
+  </si>
+  <si>
+    <t>Aviator</t>
+  </si>
+  <si>
+    <t>Dehydrated tomato halves</t>
+  </si>
+  <si>
+    <t>Global Veg Corp</t>
+  </si>
+  <si>
+    <t>09/30/2022</t>
+  </si>
+  <si>
+    <t>Diana’s</t>
+  </si>
+  <si>
+    <t>Milk Chocolate Banana Babies, 10.5 oz</t>
+  </si>
+  <si>
+    <t>Diana’s Bananas, LLC</t>
+  </si>
+  <si>
+    <t>Door Country Love</t>
+  </si>
+  <si>
+    <t>Dark Chocolate Cherry Granola</t>
+  </si>
+  <si>
+    <t>May contain undeclared almonds</t>
+  </si>
+  <si>
+    <t>Kick Ash Products, LLC</t>
+  </si>
+  <si>
+    <t>03/28/2022</t>
+  </si>
+  <si>
+    <t>Wilton</t>
+  </si>
+  <si>
+    <t>Ready to Build Chocolate Cookie Bunny Hutch Kit</t>
+  </si>
+  <si>
+    <t>Wilton Industries, Inc.</t>
+  </si>
+  <si>
+    <t>11/22/2023</t>
+  </si>
+  <si>
+    <t>Seasonal Blend, Melon Trio and more</t>
+  </si>
+  <si>
+    <t>Cantaloupes</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness, Salmonella</t>
+  </si>
+  <si>
+    <t>CF Dallas, LLC</t>
+  </si>
+  <si>
+    <t>11/14/2023</t>
+  </si>
+  <si>
+    <t>Vinyard</t>
+  </si>
+  <si>
+    <t>Cantaloupe Chunks and Cubes and Fruit Mixes and Medleys Containing Cantaloupe</t>
+  </si>
+  <si>
+    <t>Potential Salmonella Contamination</t>
+  </si>
+  <si>
+    <t>Vinyard Fruit and Vegetable Company</t>
+  </si>
+  <si>
+    <t>08/16/2022</t>
+  </si>
+  <si>
+    <t>Lyons, Barista, Ready Care, various</t>
+  </si>
+  <si>
+    <t>Nutritional and beverage products</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Meal Replacements</t>
+  </si>
+  <si>
+    <t>Due to the potential for microbial contamination, including Cronobacter sakazakii and Clostridium botulinum</t>
+  </si>
+  <si>
+    <t>Lyons Magnus LLC</t>
+  </si>
+  <si>
+    <t>06/08/2023</t>
+  </si>
+  <si>
+    <t>Regal Gourmet Snacks</t>
+  </si>
+  <si>
+    <t>Milk Chocolate Raisins</t>
+  </si>
+  <si>
+    <t>Undeclared peanuts.</t>
+  </si>
+  <si>
+    <t>Regal Health Food International, Inc.</t>
+  </si>
+  <si>
+    <t>04/05/2023</t>
+  </si>
+  <si>
+    <t>Karma</t>
+  </si>
+  <si>
+    <t>White Cheddar Cheese Popped Water Lily Seeds</t>
+  </si>
+  <si>
+    <t>Karma Spices and Trading Company, LLC</t>
+  </si>
+  <si>
+    <t>02/20/2020</t>
+  </si>
+  <si>
+    <t>Coronary dilatation catheters</t>
+  </si>
+  <si>
+    <t>Catheter balloon may not deflate as intended</t>
+  </si>
+  <si>
+    <t>12/29/2017</t>
+  </si>
+  <si>
+    <t>Comforts</t>
+  </si>
+  <si>
+    <t>Comforts FOR BABY Purified Water with Fluoride</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Food &amp; Beverage Safety</t>
+  </si>
+  <si>
+    <t>Potential mold contamination - Talaromyces penicillium</t>
+  </si>
+  <si>
+    <t>Kroger Company</t>
+  </si>
+  <si>
+    <t>07/03/2019</t>
+  </si>
+  <si>
+    <t>PSP</t>
+  </si>
+  <si>
+    <t>Pet Supplies Plus</t>
+  </si>
+  <si>
+    <t>07/25/2019</t>
+  </si>
+  <si>
+    <t>BIOCELL®</t>
+  </si>
+  <si>
+    <t>BIOCELL® textured breast implants and tissue expanders</t>
+  </si>
+  <si>
+    <t>Medical Devices, General &amp; Plastic Surgery</t>
+  </si>
+  <si>
+    <t>Due to uncommon incidence of breast implant-associated anaplastic large cell lymphoma (BIA-ALCL)</t>
+  </si>
+  <si>
+    <t>Allergan plc</t>
+  </si>
+  <si>
+    <t>02/08/2018</t>
+  </si>
+  <si>
+    <t>Super Panther 7K</t>
+  </si>
+  <si>
+    <t>Dietary Supplement</t>
+  </si>
+  <si>
+    <t>Dietary Supplements, Drugs, Nutritional Supplement, Generic Drugs</t>
+  </si>
+  <si>
+    <t>Unapproved new drug</t>
+  </si>
+  <si>
+    <t>Ultra Shop Supplement</t>
+  </si>
+  <si>
+    <t>10/08/2019</t>
+  </si>
+  <si>
+    <t>Premo and Fresh Grab</t>
+  </si>
+  <si>
+    <t>Ham and cheese wedge sandwiches</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Prepared Food</t>
+  </si>
+  <si>
+    <t>07/19/2019</t>
+  </si>
+  <si>
+    <t>Kogenate®</t>
+  </si>
+  <si>
+    <t>Kogenate® FS antihemophilic factor (recombinant)</t>
+  </si>
+  <si>
+    <t>Biologics</t>
+  </si>
+  <si>
+    <t>Mislabeling-contains the FVIII hemophilia A treatment, Jivi® antihemophilic factor</t>
+  </si>
+  <si>
+    <t>Bayer</t>
+  </si>
+  <si>
+    <t>06/05/2020</t>
+  </si>
+  <si>
+    <t>Actavis</t>
+  </si>
+  <si>
+    <t>Metformin Hydrochloride Extended-Release Tablets, USP 500mg and 750mg</t>
+  </si>
+  <si>
+    <t>Due to detection of N-Nitrosodimethylamine (NDMA)</t>
+  </si>
+  <si>
+    <t>Teva Pharmaceuticals USA Inc.</t>
+  </si>
+  <si>
+    <t>06/11/2019</t>
+  </si>
+  <si>
+    <t>GSMS Inc.</t>
+  </si>
+  <si>
+    <t>Losartan potassium tablets</t>
+  </si>
+  <si>
+    <t>Drugs, Generic Drugs</t>
+  </si>
+  <si>
+    <t>Detection of an impurity – N-Nitroso-N-methyl-4-aminobutyric acid (NMBA)</t>
+  </si>
+  <si>
+    <t>Teva Pharmaceuticals USA, Inc.</t>
+  </si>
+  <si>
+    <t>06/07/2019</t>
+  </si>
+  <si>
+    <t>Private Selection</t>
+  </si>
+  <si>
+    <t>Frozen Triple Berry Medley</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Fruit/Fruit Product</t>
+  </si>
+  <si>
+    <t>Possible Hepatitis A Contamination</t>
+  </si>
+  <si>
+    <t>The Kroger Co.</t>
+  </si>
+  <si>
+    <t>06/10/2019</t>
+  </si>
+  <si>
+    <t>Karawan &amp; SoCo</t>
+  </si>
+  <si>
+    <t>Tahini</t>
+  </si>
+  <si>
+    <t>Brodt Zenatti Holding LLC</t>
+  </si>
+  <si>
+    <t>10/02/2019</t>
+  </si>
+  <si>
+    <t>Lipari Old Tyme, Premo, Fresh Grab, Premo Signature</t>
+  </si>
+  <si>
+    <t>Chicken Salad and Chicken Salad Sandwiches</t>
+  </si>
+  <si>
+    <t>03/11/2020</t>
+  </si>
+  <si>
+    <t>Achdut, Baron's, S&amp;F, Pepperwood and others</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Poultry/Poultry Product</t>
+  </si>
+  <si>
+    <t>Potential Contamination by Salmonella</t>
+  </si>
+  <si>
+    <t>Achdut LTD.</t>
+  </si>
+  <si>
+    <t>H&amp;C Food Inc.</t>
+  </si>
+  <si>
+    <t>Enoki mushrooms</t>
+  </si>
+  <si>
+    <t>Sun Hong Foods</t>
+  </si>
+  <si>
+    <t>Sun Hong Foods, Inc.</t>
+  </si>
+  <si>
+    <t>03/22/2018</t>
+  </si>
+  <si>
+    <t>Vacutainer tubes</t>
+  </si>
+  <si>
+    <t>Inaccurate lead test results</t>
+  </si>
+  <si>
+    <t>05/21/2019</t>
+  </si>
+  <si>
+    <t>Hill’s</t>
+  </si>
+  <si>
+    <t>Hill’s Pet Nutrition</t>
+  </si>
+  <si>
+    <t>06/14/2019</t>
+  </si>
+  <si>
+    <t>Pillsbury BEST</t>
+  </si>
+  <si>
+    <t>Flour</t>
+  </si>
+  <si>
+    <t>E.coli</t>
+  </si>
+  <si>
+    <t>Hometown Food Company</t>
+  </si>
+  <si>
+    <t>09/04/2019</t>
+  </si>
+  <si>
+    <t>QQ Fish</t>
+  </si>
+  <si>
+    <t>Fish Ball Products</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Fish</t>
+  </si>
+  <si>
+    <t>Great One Trading Inc.</t>
+  </si>
+  <si>
+    <t>09/10/2019</t>
+  </si>
+  <si>
+    <t>Metrix, Baxter</t>
+  </si>
+  <si>
+    <t>Empty IV flexible containers (bag)</t>
+  </si>
+  <si>
+    <t>Medical Devices, General Hospital &amp; Personal Use</t>
+  </si>
+  <si>
+    <t>Potential for leaking of the IV bag at the chamber divider rod</t>
+  </si>
+  <si>
+    <t>The Metrix Company</t>
+  </si>
+  <si>
+    <t>06/27/2020</t>
+  </si>
+  <si>
+    <t>Advanced Hand Sanitizer</t>
+  </si>
+  <si>
+    <t>May contain methanol (wood alcohol)</t>
+  </si>
+  <si>
+    <t>Saniderm Products</t>
+  </si>
+  <si>
+    <t>07/27/2020</t>
+  </si>
+  <si>
+    <t>Resource Recover &amp; Trading, LLC</t>
+  </si>
+  <si>
+    <t>Undeclared Methanol subpotency ethyl alcohol</t>
+  </si>
+  <si>
+    <t>Resource Recovery &amp; Trading, LLC</t>
+  </si>
+  <si>
+    <t>Assured, Blumen, Modesa</t>
+  </si>
+  <si>
+    <t>4e Brands North America</t>
+  </si>
+  <si>
+    <t>08/09/2020</t>
+  </si>
+  <si>
+    <t>07/13/2020</t>
+  </si>
+  <si>
+    <t>Blumen</t>
+  </si>
+  <si>
+    <t>08/20/2020</t>
+  </si>
+  <si>
+    <t>FLORANCE MORRIS</t>
+  </si>
+  <si>
+    <t>Antiseptic Hand Sanitizer, 70% Alcohol</t>
+  </si>
+  <si>
+    <t>Grupo Asimex de Mexico SA de CV</t>
+  </si>
+  <si>
+    <t>Wawona and Organic</t>
+  </si>
+  <si>
+    <t>Assorted Peaches (Loose Bulk and Packaged)</t>
+  </si>
+  <si>
+    <t>Potential Salmonella enteritidis</t>
+  </si>
+  <si>
+    <t>08/18/2020</t>
+  </si>
+  <si>
+    <t>Nuuxsan, Modesa, more</t>
+  </si>
+  <si>
+    <t>ALBEK de Mexico S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>08/19/2020</t>
+  </si>
+  <si>
+    <t>Hello Fresh</t>
+  </si>
+  <si>
+    <t>Onions</t>
+  </si>
+  <si>
+    <t>HelloFresh</t>
+  </si>
+  <si>
+    <t>08/28/2020</t>
+  </si>
+  <si>
+    <t>Harmonic Nature</t>
+  </si>
+  <si>
+    <t>Product contains 1 propanol</t>
+  </si>
+  <si>
+    <t>HARMONIC NATURE S. DE R.L. Mi</t>
+  </si>
+  <si>
+    <t>08/31/2020</t>
+  </si>
+  <si>
+    <t>Always Be Clean, Just</t>
+  </si>
+  <si>
+    <t>Products labeled to contain methanol</t>
+  </si>
+  <si>
+    <t>Open Book Extracts</t>
+  </si>
+  <si>
+    <t>Bayshore Pharmaceuticals, LLC</t>
+  </si>
+  <si>
+    <t>Metformin Hydrochloride Extended-Release Tablets USP, 500 mg &amp; 750 mg</t>
+  </si>
+  <si>
+    <t>08/22/2020</t>
+  </si>
+  <si>
+    <t>Wawona, Prima, Kroger, Organic Marketside, and Wegmans</t>
+  </si>
+  <si>
+    <t>Peaches</t>
+  </si>
+  <si>
+    <t>Prima Wawona</t>
+  </si>
+  <si>
+    <t>08/25/2020</t>
+  </si>
+  <si>
+    <t>Crazy Fresh and Quick &amp; Easy an Unbranded and Bountiful Fresh gift baskets</t>
+  </si>
+  <si>
+    <t>Peach Salsa and Gift Baskets</t>
+  </si>
+  <si>
+    <t>Potential for Salmonella contamination</t>
+  </si>
+  <si>
+    <t>Russ Davis Wholesale</t>
+  </si>
+  <si>
+    <t>Jaloma</t>
+  </si>
+  <si>
+    <t>Laboratorios Jaloma S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>05/24/2022</t>
+  </si>
+  <si>
+    <t>Store-prepared items containing peanut butter</t>
+  </si>
+  <si>
+    <t>02/17/2022</t>
+  </si>
+  <si>
+    <t>Similac, Alimentum, and EleCare</t>
+  </si>
+  <si>
+    <t>Powder Infant Formula</t>
+  </si>
+  <si>
+    <t>Consumer complaints regarding Cronobacter sakazakii, Salmonella Newport.</t>
+  </si>
+  <si>
+    <t>07/24/2020</t>
+  </si>
+  <si>
+    <t>Born Basic, Scent Theory and more</t>
+  </si>
+  <si>
+    <t>Real Clean Distribuciones SA de CV</t>
+  </si>
+  <si>
+    <t>05/28/2019</t>
+  </si>
+  <si>
+    <t>Baker’s Corner</t>
+  </si>
+  <si>
+    <t>Potential presence of E.coli</t>
+  </si>
+  <si>
+    <t>ADM Milling Co.</t>
+  </si>
+  <si>
+    <t>02/01/2019</t>
+  </si>
+  <si>
+    <t>LIFEPAK</t>
+  </si>
+  <si>
+    <t>Defibrillator</t>
+  </si>
+  <si>
+    <t>Medical Devices, Cardiovascular</t>
+  </si>
+  <si>
+    <t>Device Dysfunction</t>
+  </si>
+  <si>
+    <t>Striker</t>
+  </si>
+  <si>
+    <t>08/09/2024</t>
+  </si>
+  <si>
+    <t>Prime Foods</t>
+  </si>
+  <si>
+    <t>Steam Buns with Egg Custard Added &amp; Steam Buns with Egg Custard and Coconut Added</t>
+  </si>
+  <si>
+    <t>Prime Foods Processing LLC</t>
+  </si>
+  <si>
+    <t>Dunking Cookies Chocolate Chip</t>
+  </si>
+  <si>
+    <t>Too Good Gourmet</t>
+  </si>
+  <si>
+    <t>Breas</t>
+  </si>
+  <si>
+    <t>Vivo 45 LS (US Version) Ventilator</t>
+  </si>
+  <si>
+    <t>Potential for short term elevated levels of formaldehyde exposure</t>
+  </si>
+  <si>
+    <t>Breas Medical</t>
+  </si>
+  <si>
+    <t>09/16/2022</t>
+  </si>
+  <si>
+    <t>Colgate</t>
+  </si>
+  <si>
+    <t>Toothpaste</t>
+  </si>
+  <si>
+    <t>Product was stored outside of labeled temperature requirements</t>
+  </si>
+  <si>
+    <t>Family Dollar</t>
+  </si>
+  <si>
+    <t>Various OTC medical products</t>
+  </si>
+  <si>
+    <t>Product was stored outside of labeled temperature requirements.</t>
+  </si>
+  <si>
+    <t>09/06/2022</t>
+  </si>
+  <si>
+    <t>Certain CPAP or Bi-Level PAP therapy masks with magnetic headgear clips or straps</t>
+  </si>
+  <si>
+    <t>potential risk of serious injury</t>
+  </si>
+  <si>
+    <t>Royal Philips’ subsidiary Philips Respironics</t>
+  </si>
+  <si>
+    <t>05/05/2023</t>
+  </si>
+  <si>
+    <t>Pilot</t>
+  </si>
+  <si>
+    <t>COVID-19 At-Home Test</t>
+  </si>
+  <si>
+    <t>Due to microbial contamination in the liquid buffer solution.</t>
+  </si>
+  <si>
+    <t>SD Biosensor, Inc.</t>
+  </si>
+  <si>
+    <t>Yacana</t>
+  </si>
+  <si>
+    <t>Yacana Hand Sanitizer, 70% Alcohol</t>
+  </si>
+  <si>
+    <t>Potential Presence of Methanol (Wood Alcohol) and sub-potent ethanol</t>
+  </si>
+  <si>
+    <t>Grupo Yacana México S.A.S de C.V.</t>
+  </si>
+  <si>
+    <t>V-Klean, Medical Minded, Protz</t>
+  </si>
+  <si>
+    <t>Potential presence of methanol (wood alcohol) and subpotent ethanol levels</t>
+  </si>
+  <si>
+    <t>Asiaticon SA de CV</t>
+  </si>
+  <si>
+    <t>08/15/2020</t>
+  </si>
+  <si>
+    <t>SkinGuard24</t>
+  </si>
+  <si>
+    <t>All Day Hand Sanitizer</t>
+  </si>
+  <si>
+    <t>Contains Methanol</t>
+  </si>
+  <si>
+    <t>SG24 LLC</t>
+  </si>
+  <si>
+    <t>06/09/2023</t>
+  </si>
+  <si>
+    <t>Wawona Frozen Foods</t>
+  </si>
+  <si>
+    <t>Organic Daybreak Blend 4lb bags of frozen fruit</t>
+  </si>
+  <si>
+    <t>Potential to be contaminated with Hepatitis A</t>
+  </si>
+  <si>
+    <t>Wawona Frozen Foods, Inc.</t>
+  </si>
+  <si>
+    <t>08/08/2024</t>
+  </si>
+  <si>
+    <t>CVS Health, H-E-B Baby</t>
+  </si>
+  <si>
+    <t>Premium Infant Formula with Iron Milk-Based Powder</t>
+  </si>
+  <si>
+    <t>Product contains levels of Vitamin D above the maximum level permitted</t>
+  </si>
+  <si>
+    <t>B Braun</t>
+  </si>
+  <si>
+    <t>0.9% Sodium Chloride for Injection USP 1000 mL in E3 containers</t>
+  </si>
+  <si>
+    <t>Potential for particulate matter and fluid leakage of the containers</t>
+  </si>
+  <si>
+    <t>B. Braun Medical Inc.</t>
+  </si>
+  <si>
+    <t>02/08/2024</t>
+  </si>
+  <si>
+    <t>Chicken Enchiladas Verde, Cilantro Salad Dressing, Elote Chopped Salad Kit, Southwest Salad</t>
+  </si>
+  <si>
+    <t>Trader Joe’s Company</t>
+  </si>
+  <si>
+    <t>Marketside, Ready Pac Bistro</t>
+  </si>
+  <si>
+    <t>Southwest Chopped Salad Kit, Bacon Ranch Crunch Kit, Fresh Mex Chopped Kit, Queso Crunch Salad Kit</t>
+  </si>
+  <si>
+    <t>Ready Pac Foods, Inc.</t>
+  </si>
+  <si>
+    <t>Dole, Marketside, President’s Choice</t>
+  </si>
+  <si>
+    <t>Salad kits</t>
+  </si>
+  <si>
+    <t>Dole Fresh Vegetables, Inc.</t>
+  </si>
+  <si>
+    <t>Bright Farms</t>
+  </si>
+  <si>
+    <t>Bright Farms Southwest Chipotle Crunch Kit salad kit</t>
+  </si>
+  <si>
+    <t>BrightFarms, Inc.</t>
+  </si>
+  <si>
+    <t>Bacon Ranch Crunch Chopped Salad Kit</t>
+  </si>
+  <si>
+    <t>Braga Fresh</t>
+  </si>
+  <si>
+    <t>Fresh and Ready, Sprig and Sprout, Jack and Olive</t>
+  </si>
+  <si>
+    <t>Torta sandwiches</t>
+  </si>
+  <si>
+    <t>Fresh and Ready Foods</t>
+  </si>
+  <si>
+    <t>08/26/2020</t>
+  </si>
+  <si>
+    <t>Zanilast+</t>
+  </si>
+  <si>
+    <t>Product contains 1-propanol.</t>
+  </si>
+  <si>
+    <t>Nanomateriales, SA de CV</t>
+  </si>
+  <si>
+    <t>07/10/2024</t>
+  </si>
+  <si>
+    <t>Life2000 Ventilator with an attached battery charger dongle</t>
+  </si>
+  <si>
+    <t>Potential Battery Charger Dongle Damage</t>
+  </si>
+  <si>
+    <t>Baxter International, Inc.</t>
+  </si>
+  <si>
+    <t>02/17/2024</t>
+  </si>
+  <si>
+    <t>Raw Farm LLC</t>
+  </si>
+  <si>
+    <t>Raw Cheddar Cheese</t>
+  </si>
+  <si>
+    <t>Potential contamination with E. Coli 0157:H7</t>
+  </si>
+  <si>
+    <t>Shine &amp; Clean</t>
+  </si>
+  <si>
+    <t>Maquiladora Miniara, S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>Snowfruit</t>
+  </si>
+  <si>
+    <t>Variety of vegetables and pepper mixes</t>
+  </si>
+  <si>
+    <t>JFE Franchising, Inc.</t>
+  </si>
+  <si>
+    <t>01/05/2023</t>
+  </si>
+  <si>
+    <t>Smith’s Medical</t>
+  </si>
+  <si>
+    <t>CADD Infusion System Infusion Sets for use with CADD pumps</t>
+  </si>
+  <si>
+    <t>Potential lack of delivery or underdelivery and false no disposable attached (NDA) alarms.</t>
+  </si>
+  <si>
+    <t>03/03/2023</t>
+  </si>
+  <si>
+    <t>Various Snack Foods</t>
+  </si>
+  <si>
+    <t>Undeclared Bonito, Sardines, Tuna, coconut, shea nut</t>
+  </si>
+  <si>
+    <t>Daiso California LLC</t>
+  </si>
+  <si>
+    <t>08/12/2024</t>
+  </si>
+  <si>
+    <t>Tandem</t>
+  </si>
+  <si>
+    <t>T:Connect Mobile App for iOS Devices</t>
+  </si>
+  <si>
+    <t>Rapid Depletion of a User’s t:slim X2 Insulin Pump Battery</t>
+  </si>
+  <si>
+    <t>Tandem Diabetes Care, Inc.</t>
+  </si>
+  <si>
+    <t>08/13/2024</t>
+  </si>
+  <si>
+    <t>El Chilar</t>
+  </si>
+  <si>
+    <t>“Canela Molida” Ground Cinnamon</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Spices, Flavors &amp;  Salts</t>
+  </si>
+  <si>
+    <t>Due to Elevated Levels of Lead</t>
+  </si>
+  <si>
+    <t>El Chilar HF, LLC.</t>
+  </si>
+  <si>
+    <t>01/28/2022</t>
+  </si>
+  <si>
+    <t>Auromedics</t>
+  </si>
+  <si>
+    <t>Polymyxin B for Injection USP, 500,000 Units/Vial</t>
+  </si>
+  <si>
+    <t>Presence of Particulate Matter</t>
+  </si>
+  <si>
+    <t>AuroMedics Pharma LLC</t>
+  </si>
+  <si>
+    <t>02/13/2023</t>
+  </si>
+  <si>
+    <t>PrimeZEN</t>
+  </si>
+  <si>
+    <t>PrimeZEN Black 6000 male enhancement capsules</t>
+  </si>
+  <si>
+    <t>Product contains undeclared tadalafil and sildenafil</t>
+  </si>
+  <si>
+    <t>Volt Candy</t>
+  </si>
+  <si>
+    <t>09/19/2022</t>
+  </si>
+  <si>
+    <t>Antica Farmacista</t>
+  </si>
+  <si>
+    <t>Ocean Citron Hand Sanitizer</t>
+  </si>
+  <si>
+    <t>Product contains benzene</t>
+  </si>
+  <si>
+    <t>Salon Technologies International Inc.</t>
+  </si>
+  <si>
+    <t>06/06/2022</t>
+  </si>
+  <si>
+    <t>Rainbow Chip Crunch Sprinkles and Rainbow Sprinkles Mix</t>
+  </si>
+  <si>
+    <t>08/20/2024</t>
+  </si>
+  <si>
+    <t>Emerald</t>
+  </si>
+  <si>
+    <t>Emerald Kettle Glazed Walnuts</t>
+  </si>
+  <si>
+    <t>Undeclared peanuts, almonds, pecans</t>
+  </si>
+  <si>
+    <t>Flagstone Foods, LLC</t>
+  </si>
+  <si>
+    <t>Hilltop Meadow Farm</t>
+  </si>
+  <si>
+    <t>Pepper Jack Raw Milk Cheese</t>
+  </si>
+  <si>
+    <t>Presence of Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>08/24/2024</t>
+  </si>
+  <si>
+    <t>Bloodline</t>
+  </si>
+  <si>
+    <t>Water Based Tattoo Pigments</t>
+  </si>
+  <si>
+    <t>Contaminated with high concentrations of microorganisms</t>
+  </si>
+  <si>
+    <t>Sierra Stain LLC</t>
+  </si>
+  <si>
+    <t>09/19/2024</t>
+  </si>
+  <si>
+    <t>Enjoy Premium</t>
+  </si>
+  <si>
+    <t>Coconut and Taro Cookies</t>
+  </si>
+  <si>
+    <t>KTM Services Inc</t>
+  </si>
+  <si>
+    <t>09/20/2024</t>
+  </si>
+  <si>
+    <t>Lactaid</t>
+  </si>
+  <si>
+    <t>Lactaid 96 oz milk carton varieties</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Allergens, Milk/Milk Product</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – Tree Nuts (almond)</t>
+  </si>
+  <si>
+    <t>HP Hood LLC</t>
+  </si>
+  <si>
+    <t>a-1 On the Go</t>
+  </si>
+  <si>
+    <t>Kara Boondhi, Kerala Mixture, and Spicy Murukku snack products</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – Wheat</t>
+  </si>
+  <si>
+    <t>Grace Imports, LLC</t>
+  </si>
+  <si>
+    <t>Vail-Bon</t>
+  </si>
+  <si>
+    <t>Vail-Bon Jie Yang Wan</t>
+  </si>
+  <si>
+    <t>Product is tainted with dexamethasone and chlorpheniramine</t>
+  </si>
+  <si>
+    <t>123herbals</t>
+  </si>
+  <si>
+    <t>09/04/2024</t>
+  </si>
+  <si>
+    <t>Bivona</t>
+  </si>
+  <si>
+    <t>Bivona® Aire-Cuf®, TTS™, Uncuffed, Mid-Range Neonatal/Pediatric Tracheostomy Tube(s) and Bivona Aire-Cuf®, TTS™, Cuffless FlexTend™, TTS™ FlexTend™ Adult Tracheostomy Tube(s)</t>
+  </si>
+  <si>
+    <t>The securement flange of specific lots of the Bivona Neonatal/Pediatric and Adult Tracheostomy products may tear because of a manufacturing defect.</t>
+  </si>
+  <si>
+    <t>Smiths Medical</t>
+  </si>
+  <si>
+    <t>08/19/2024</t>
+  </si>
+  <si>
+    <t>El Servidor Corp</t>
+  </si>
+  <si>
+    <t>Potentially contaminated with elevated levels of lead.</t>
+  </si>
+  <si>
+    <t>Gutierrez Distributor</t>
+  </si>
+  <si>
+    <t>08/23/2024</t>
+  </si>
+  <si>
+    <t>Bliss Tree</t>
+  </si>
+  <si>
+    <t>Butter Snacks</t>
+  </si>
+  <si>
+    <t>Undeclared Allergen-Undeclared milk, sesame</t>
+  </si>
+  <si>
+    <t>Sri Lakshmi Narasimhar Overseas LLC</t>
+  </si>
+  <si>
+    <t>08/26/2024</t>
+  </si>
+  <si>
+    <t>Golden Raisins</t>
+  </si>
+  <si>
+    <t>Undeclared Allergen-Undeclared Sulfites</t>
+  </si>
+  <si>
+    <t>Sunco &amp; Frenchie LLC</t>
+  </si>
+  <si>
+    <t>07/03/2024</t>
+  </si>
+  <si>
+    <t>Urban River Spirits</t>
+  </si>
+  <si>
+    <t>Nonalcoholic drink mixes</t>
+  </si>
+  <si>
+    <t>Potential for under-processing</t>
+  </si>
+  <si>
+    <t>Old Spice, Secret</t>
+  </si>
+  <si>
+    <t>Old Spice and Secret Aerosol Sprays</t>
+  </si>
+  <si>
+    <t>Cosmetics, Drugs</t>
+  </si>
+  <si>
+    <t>Due to the presence of benzene</t>
+  </si>
+  <si>
+    <t>The Proctor &amp; Gamble Company</t>
+  </si>
+  <si>
+    <t>08/29/2024</t>
+  </si>
+  <si>
+    <t>M&amp;P Food Productio. Ltd.</t>
+  </si>
+  <si>
+    <t>Blintzes, pirozhki, and vareniki</t>
+  </si>
+  <si>
+    <t>05/11/2023</t>
+  </si>
+  <si>
+    <t>Ah</t>
+  </si>
+  <si>
+    <t>Black Fungus (Nam Meo)</t>
+  </si>
+  <si>
+    <t>AH USA Group, Inc.</t>
+  </si>
+  <si>
+    <t>08/22/2024</t>
+  </si>
+  <si>
+    <t>Montreal Fudge</t>
+  </si>
+  <si>
+    <t>Chocolate Fudge with Nuts</t>
+  </si>
+  <si>
+    <t>Potential mold growth contamination</t>
+  </si>
+  <si>
+    <t>Authentik Fudge</t>
+  </si>
+  <si>
+    <t>08/21/2024</t>
+  </si>
+  <si>
+    <t>Popsicle</t>
+  </si>
+  <si>
+    <t>Jolly Rancher Green Apple, Blue Raspberry, Grape Frozen Confection Pop</t>
+  </si>
+  <si>
+    <t>Unilever US</t>
+  </si>
+  <si>
+    <t>09/06/2024</t>
+  </si>
+  <si>
+    <t>Kandy</t>
+  </si>
+  <si>
+    <t>Whole Cantaloupe</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Fruit/Fruit Product</t>
+  </si>
+  <si>
+    <t>Eagle Produce LLC</t>
+  </si>
+  <si>
+    <t>Milo’s Poultry Farms &amp; Tony’s Fresh Market</t>
+  </si>
+  <si>
+    <t>Eggs</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Egg/Egg Product</t>
+  </si>
+  <si>
+    <t>Milo’s Poultry Farms, LLC</t>
+  </si>
+  <si>
+    <t>01/12/2024</t>
+  </si>
+  <si>
+    <t>ELV Alipotec</t>
+  </si>
+  <si>
+    <t>Mexican Tejocte Root Supplement</t>
+  </si>
+  <si>
+    <t>Taharka Brothers</t>
+  </si>
+  <si>
+    <t>Peanut Butter Cup Ice Cream</t>
+  </si>
+  <si>
+    <t>Taharka Brothers Ice Cream</t>
+  </si>
+  <si>
+    <t>03/20/2023</t>
+  </si>
+  <si>
+    <t>Kagome</t>
+  </si>
+  <si>
+    <t>Worcestershire Sauce, Chuno Sauce, and Take Out Tonkatsu Sauce</t>
+  </si>
+  <si>
+    <t>Mutual Trading, Inc.</t>
+  </si>
+  <si>
+    <t>07/13/2022</t>
+  </si>
+  <si>
+    <t>Kingdom Honey</t>
+  </si>
+  <si>
+    <t>Royal Honey</t>
+  </si>
+  <si>
+    <t>Undeclared Sildenafil</t>
+  </si>
+  <si>
+    <t>Shopaax.com</t>
+  </si>
+  <si>
+    <t>12/01/2023</t>
+  </si>
+  <si>
+    <t>Pacific Trellis Fruit, LLC.</t>
+  </si>
+  <si>
+    <t>AJI MORI</t>
+  </si>
+  <si>
+    <t>CHILLIMAMI SAUCE</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness - Clostridium botulinum</t>
+  </si>
+  <si>
+    <t>AJI MORI Sauce Corp. DBA Susi Koo</t>
+  </si>
+  <si>
+    <t>03/15/2023</t>
+  </si>
+  <si>
+    <t>Clio</t>
+  </si>
+  <si>
+    <t>Strawberry Granola &amp; Greek Yogurt Parfait Bar</t>
+  </si>
+  <si>
+    <t>Clio Snacks</t>
+  </si>
+  <si>
+    <t>01/25/2024</t>
+  </si>
+  <si>
+    <t>Zendedi</t>
+  </si>
+  <si>
+    <t>dextroamphetamine sulfate tablets, 30 mg</t>
+  </si>
+  <si>
+    <t>Mislabeled package</t>
+  </si>
+  <si>
+    <t>Azurity Pharmaceuticals, Inc.</t>
+  </si>
+  <si>
+    <t>Feve Artisan Chocolatier x Dandelion Chocolate</t>
+  </si>
+  <si>
+    <t>Chocolate-covered cocoa nibs, 4 oz</t>
+  </si>
+  <si>
+    <t>Undeclared hazelnut allergen</t>
+  </si>
+  <si>
+    <t>Feve Artisan Chocolatier and Dandelion Chocolate</t>
+  </si>
+  <si>
+    <t>08/08/2023</t>
+  </si>
+  <si>
+    <t>Bickel’s Snack Foods, Inc.</t>
+  </si>
+  <si>
+    <t>Butter Flavored Popcorn</t>
+  </si>
+  <si>
+    <t>09/18/2024</t>
+  </si>
+  <si>
+    <t>BionPharma</t>
+  </si>
+  <si>
+    <t>Atovaquone Oral Suspension, 750 mg/mL</t>
+  </si>
+  <si>
+    <t>Product found to be contaminated with Cohnella bacteria</t>
+  </si>
+  <si>
+    <t>Bionpharma Inc.</t>
+  </si>
+  <si>
+    <t>09/05/2024</t>
+  </si>
+  <si>
+    <t>Niitakaya</t>
+  </si>
+  <si>
+    <t>Shiso Katsuo Ninniku &amp; Miso Katsuo Ninniku</t>
+  </si>
+  <si>
+    <t>Undeclared Fish (Bonito)</t>
+  </si>
+  <si>
+    <t>Niitakaya USA Inc.</t>
+  </si>
+  <si>
+    <t>09/11/2024</t>
+  </si>
+  <si>
+    <t>7-Eleven</t>
+  </si>
+  <si>
+    <t>Fudge Brownie</t>
+  </si>
+  <si>
+    <t>Innovation Bakers, LLC</t>
+  </si>
+  <si>
+    <t>09/23/2024</t>
+  </si>
+  <si>
+    <t>ANSWERS</t>
+  </si>
+  <si>
+    <t>Beef and Chicken Dog Foods</t>
+  </si>
+  <si>
+    <t>Animal &amp; Veterinary, Food &amp; Beverages, Foodborne Illness, Pet Food</t>
+  </si>
+  <si>
+    <t>Due to Potential Salmonella and Listeria</t>
+  </si>
+  <si>
+    <t>Lystn, LLC. d.b.a. ANSWERS</t>
+  </si>
+  <si>
+    <t>10/22/2019</t>
+  </si>
+  <si>
+    <t>Green Lumber</t>
+  </si>
+  <si>
+    <t>Dietary supplements for male sexual enhancement</t>
+  </si>
+  <si>
+    <t>Contains Tadalafil</t>
+  </si>
+  <si>
+    <t>GL Holdings</t>
+  </si>
+  <si>
+    <t>Bacalaitos Criollos</t>
+  </si>
+  <si>
+    <t>Codfish Frying Mix</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – Fish</t>
+  </si>
+  <si>
+    <t>Avole, Inc.</t>
+  </si>
+  <si>
+    <t>10/04/2024</t>
+  </si>
+  <si>
+    <t>L&amp;B</t>
+  </si>
+  <si>
+    <t>Lone Star Dip</t>
+  </si>
+  <si>
+    <t>Potential mold contamination</t>
+  </si>
+  <si>
+    <t>Lunds &amp; Byerlys</t>
+  </si>
+  <si>
+    <t>Jack &amp; the Green Sprouts</t>
+  </si>
+  <si>
+    <t>Alfalfa and Alfalfa &amp; Onion Sprouts</t>
+  </si>
+  <si>
+    <t>Jack and the Green Sprouts, Inc.</t>
+  </si>
+  <si>
+    <t>10/03/2024</t>
+  </si>
+  <si>
+    <t>Hammond’s</t>
+  </si>
+  <si>
+    <t>Dark Chocolate Filled Mini Waffle Cones</t>
+  </si>
+  <si>
+    <t>Hammond’s Candies</t>
+  </si>
+  <si>
+    <t>10/07/2024</t>
+  </si>
+  <si>
+    <t>Happy Moose</t>
+  </si>
+  <si>
+    <t>Tropical Roots and Strawberry Fields, 12 oz bottles</t>
+  </si>
+  <si>
+    <t>Youngtown Grape Distributors Inc</t>
+  </si>
+  <si>
+    <t>10/23/2023</t>
+  </si>
+  <si>
+    <t>Gills Onions</t>
+  </si>
+  <si>
+    <t>Diced onions</t>
+  </si>
+  <si>
+    <t>North Fish Inc.</t>
+  </si>
+  <si>
+    <t>Cold Smoked Capelin</t>
+  </si>
+  <si>
+    <t>Potential to be contaminated with Clostridium botulinum</t>
+  </si>
+  <si>
+    <t>North Fish USA INC</t>
+  </si>
+  <si>
+    <t>09/25/2024</t>
+  </si>
+  <si>
+    <t>Grabeez</t>
+  </si>
+  <si>
+    <t>Trail Mix with peanuts, pretzels, and crackers.</t>
+  </si>
+  <si>
+    <t>Undeclared Almonds and Cashews</t>
+  </si>
+  <si>
+    <t>Tropical Nut &amp; Fruit d.b.a. Truly Good Foods</t>
+  </si>
+  <si>
+    <t>06/01/2024</t>
+  </si>
+  <si>
+    <t>Whole Cucumbers</t>
+  </si>
+  <si>
+    <t>Fresh Start Produce Sales, Inc.</t>
+  </si>
+  <si>
+    <t>11/07/2023</t>
+  </si>
+  <si>
+    <t>Sandwiches</t>
+  </si>
+  <si>
+    <t>Undeclared soy and milk.</t>
+  </si>
+  <si>
+    <t>Hearn Kirkwood</t>
+  </si>
+  <si>
+    <t>10/26/2024</t>
+  </si>
+  <si>
+    <t>Kirkland Signature</t>
+  </si>
+  <si>
+    <t>Kirkland Signature Smoked Salmon</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness – Listeria monocytogens</t>
+  </si>
+  <si>
+    <t>Acme Smoked Fish Corporation</t>
+  </si>
+  <si>
+    <t>Gourmet Cafe</t>
+  </si>
+  <si>
+    <t>Gourmet Café Chicken Caesar Salad Bowl</t>
+  </si>
+  <si>
+    <t>Fresh Express Incorporated</t>
+  </si>
+  <si>
+    <t>10/11/2024</t>
+  </si>
+  <si>
+    <t>Los Andes Foods</t>
+  </si>
+  <si>
+    <t>Cachapa de Maiz sweet corn pancakes</t>
+  </si>
+  <si>
+    <t>Tipical Latin Food Corp.</t>
+  </si>
+  <si>
+    <t>Bistro 28, Don Pancho</t>
+  </si>
+  <si>
+    <t>Meal kits containing chicken</t>
+  </si>
+  <si>
+    <t>Korean Seasoned Seaweed</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen - Sesame</t>
+  </si>
+  <si>
+    <t>Philips Respironics</t>
+  </si>
+  <si>
+    <t>Trilogy Evo, Trilogy Evo O2, Trilogy Evo Universal, and Trilogy EV300 ventilators</t>
+  </si>
+  <si>
+    <t>The use of in-line nebulizers placed in certain locations may lead to aerosol deposits forming over time on the ventilator flow sensor. Should this occur, there is a possibility of inaccurate flow measurements affecting therapy.</t>
+  </si>
+  <si>
+    <t>Philips Respironics, Inc.</t>
+  </si>
+  <si>
+    <t>10/28/2024</t>
+  </si>
+  <si>
+    <t>Atwater’s</t>
+  </si>
+  <si>
+    <t>Tarts</t>
+  </si>
+  <si>
+    <t>info@atwatersfood.com</t>
+  </si>
+  <si>
+    <t>One Roof, LLC.</t>
+  </si>
+  <si>
+    <t>dynacare</t>
+  </si>
+  <si>
+    <t>Baby Powder</t>
+  </si>
+  <si>
+    <t>Potential Metal or Chemical Contaminant</t>
+  </si>
+  <si>
+    <t>Dynarex Corporation</t>
+  </si>
+  <si>
+    <t>Vandevi</t>
+  </si>
+  <si>
+    <t>Asafoetida Yellow Powder in 50 gram, 100 gram, 200 gram, 500 gram, and 1 kilogram packages.</t>
+  </si>
+  <si>
+    <t>May contain undeclared wheat traces.</t>
+  </si>
+  <si>
+    <t>Kinjin Food Pvt. Ltd.</t>
+  </si>
+  <si>
+    <t>Ground Cinnamon “Canela Molida”</t>
+  </si>
+  <si>
+    <t>El Chilar Rodriguez LLC</t>
+  </si>
+  <si>
+    <t>04/13/2024</t>
+  </si>
+  <si>
+    <t>Nutrena Country Feeds</t>
+  </si>
+  <si>
+    <t>Meat bird 22% Crumble (RV)</t>
+  </si>
+  <si>
+    <t>Non-inclusion of Vitamin D</t>
+  </si>
+  <si>
+    <t>Cargill</t>
+  </si>
+  <si>
+    <t>10/18/2024</t>
+  </si>
+  <si>
+    <t>MiniMed™ 600 series or 700 series insulin pumps</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety - Defect</t>
+  </si>
+  <si>
+    <t>Medtronic plc</t>
+  </si>
+  <si>
+    <t>10/19/2024</t>
+  </si>
+  <si>
+    <t>Multiple Store Brands</t>
+  </si>
+  <si>
+    <t>ReadyMeals and store-made deli items</t>
+  </si>
+  <si>
+    <t>Dakota Tom’s</t>
+  </si>
+  <si>
+    <t>Pepperjack Cheeseburger, Bacon Cheeseburger and The Gambler</t>
+  </si>
+  <si>
+    <t>Dakota Tom’s Sandwiches</t>
+  </si>
+  <si>
+    <t>Enoki King</t>
+  </si>
+  <si>
+    <t>Enoki Mushroom 5.3 oz</t>
+  </si>
+  <si>
+    <t>Enoki King Mushroom Farm</t>
+  </si>
+  <si>
+    <t>10/16/2024</t>
+  </si>
+  <si>
+    <t>AK Forte</t>
+  </si>
+  <si>
+    <t>AK Forte Dietary Supplement</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety – Unapproved Drug</t>
+  </si>
+  <si>
+    <t>C&amp;A Naturistics</t>
+  </si>
+  <si>
+    <t>STASKA Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>Ascorbic Acid Solution for Injection</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety – Presence of glass particulates</t>
+  </si>
+  <si>
+    <t>STASKA Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t>10/21/2024</t>
+  </si>
+  <si>
+    <t>Trail Bologna</t>
+  </si>
+  <si>
+    <t>Meat Processing Kit</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – Wheat and Soy</t>
+  </si>
+  <si>
+    <t>Con Yeager Spice Company</t>
+  </si>
+  <si>
+    <t>Grand Central</t>
+  </si>
+  <si>
+    <t>U-Bake Pie Crust, U-Bake Apple Pie, U-Bake Marionberry Pie, U-Bake Chicken Pot Pie</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – Egg</t>
+  </si>
+  <si>
+    <t>Grand Central Bakery</t>
+  </si>
+  <si>
+    <t>10/31/2024</t>
+  </si>
+  <si>
+    <t>Hannaford</t>
+  </si>
+  <si>
+    <t>Seafood Salad</t>
+  </si>
+  <si>
+    <t>Contains an undeclared soy allergen.</t>
+  </si>
+  <si>
+    <t>R. Walters LLC dba Elevation Foods</t>
+  </si>
+  <si>
+    <t>11/16/2024</t>
+  </si>
+  <si>
+    <t>Organic whole carrots and organic baby carrots</t>
+  </si>
+  <si>
+    <t>Products may be contaminated with Shiga toxin-producing Escherichia coli (E. coli) O121:H19.</t>
+  </si>
+  <si>
+    <t>Grimmway Farms</t>
+  </si>
+  <si>
+    <t>11/21/2024</t>
+  </si>
+  <si>
+    <t>UMARY Hyaluronic Acid tablets</t>
+  </si>
+  <si>
+    <t>The product contains undeclared diclofenac and omeprazole</t>
+  </si>
+  <si>
+    <t>MXBBB</t>
+  </si>
+  <si>
+    <t>11/28/2024</t>
+  </si>
+  <si>
+    <t>SunFed</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness/Salmonella</t>
+  </si>
+  <si>
+    <t>SunFed Produce LLC</t>
+  </si>
+  <si>
+    <t>12/04/2024</t>
+  </si>
+  <si>
+    <t>Puppy Mix</t>
+  </si>
+  <si>
+    <t>12/05/2024</t>
+  </si>
+  <si>
+    <t>Mutiple items with cucumbers</t>
+  </si>
+  <si>
+    <t>11/25/2024</t>
+  </si>
+  <si>
+    <t>Green Onions</t>
+  </si>
+  <si>
+    <t>Recall Cancellation Due to False Positive</t>
+  </si>
+  <si>
+    <t>Church Brothers</t>
+  </si>
+  <si>
+    <t>Church Brothers, LLC</t>
+  </si>
+  <si>
+    <t>12/02/2024</t>
+  </si>
+  <si>
+    <t>Baker Farms</t>
+  </si>
+  <si>
+    <t>Curly Mustard Greens</t>
+  </si>
+  <si>
+    <t>Vegetable Medleys and Whole Organic Carrots</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness - Shiga toxin-producing Escherichia coli (E. coli) O121:H19</t>
+  </si>
+  <si>
+    <t>4Earth Farms</t>
+  </si>
+  <si>
+    <t>11/27/2024</t>
+  </si>
+  <si>
+    <t>Organic eggs</t>
+  </si>
+  <si>
+    <t>Handsome Brook Farms</t>
+  </si>
+  <si>
+    <t>Al’Fez</t>
+  </si>
+  <si>
+    <t>AB World Foods US, Inc.</t>
+  </si>
+  <si>
+    <t>11/22/2024</t>
+  </si>
+  <si>
+    <t>Organic whole carrots</t>
+  </si>
+  <si>
+    <t>11/23/2024</t>
+  </si>
+  <si>
+    <t>Hollywood Feed</t>
+  </si>
+  <si>
+    <t>Carolina Made Chicken Chips Dog Treats</t>
+  </si>
+  <si>
+    <t>Potentially contaminated with Salmonella</t>
+  </si>
+  <si>
+    <t>Carolina Prime Pet</t>
+  </si>
+  <si>
+    <t>Gaines Family Farmstead</t>
+  </si>
+  <si>
+    <t>Chicken Chips Dog Treats</t>
+  </si>
+  <si>
+    <t>Gaines Pet Treats LLC</t>
+  </si>
+  <si>
+    <t>11/05/2024</t>
+  </si>
+  <si>
+    <t>Boulla LLC</t>
+  </si>
+  <si>
+    <t>Marketed as Dietary Supplement</t>
+  </si>
+  <si>
+    <t>Undeclared Sildenafil and Diclofenac</t>
+  </si>
+  <si>
+    <t>11/06/2024</t>
+  </si>
+  <si>
+    <t>VitalityVita</t>
+  </si>
+  <si>
+    <t>12/10/2024</t>
+  </si>
+  <si>
+    <t>Gyro Family Kit</t>
+  </si>
+  <si>
+    <t>Reser’s Fine Foods, Inc</t>
+  </si>
+  <si>
+    <t>Borsari</t>
+  </si>
+  <si>
+    <t>Bloody Mary Mix</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – Soy, Fish</t>
+  </si>
+  <si>
+    <t>Borsari Food Co</t>
+  </si>
+  <si>
+    <t>MadeGood</t>
+  </si>
+  <si>
+    <t>Granola bars</t>
+  </si>
+  <si>
+    <t>Potential Metal Contaminant</t>
+  </si>
+  <si>
+    <t>Riverside Natural Foods Inc.</t>
+  </si>
+  <si>
+    <t>12/13/2024</t>
+  </si>
+  <si>
+    <t>Buy-herbal.com</t>
+  </si>
+  <si>
+    <t>Nhan Sam Tuyet Lien Truy Phong Hoan dietary supplement capsules</t>
+  </si>
+  <si>
+    <t>VidaSlim</t>
+  </si>
+  <si>
+    <t>VidaSlim Brand 90-day, 30-day and 7-day Original Root, Root Plus, and Root Capsules &amp; VidaSlim Hot Body Brew Dietary Supplements</t>
+  </si>
+  <si>
+    <t>Motivate Me Ashley, LLC</t>
+  </si>
+  <si>
+    <t>12/14/2024</t>
+  </si>
+  <si>
+    <t>Cal Yee's, Cal Yee Farm, Boa Vista Orchards</t>
+  </si>
+  <si>
+    <t>Nut and snack products</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – almond, milk, soy, wheat, sesame, and FD&amp;C #6</t>
+  </si>
+  <si>
+    <t>Cal Yee Farm LLC</t>
+  </si>
+  <si>
+    <t>Connie’s</t>
+  </si>
+  <si>
+    <t>Thin crust cheese frozen pizza, 20.36oz</t>
+  </si>
+  <si>
+    <t>Palermo Villa, Inc</t>
+  </si>
+  <si>
+    <t>12/20/2024</t>
+  </si>
+  <si>
+    <t>Adrenalin® Chloride Solution (EPINEPHrine nasal solution, USP)</t>
+  </si>
+  <si>
+    <t>Product is an unapproved drug.</t>
+  </si>
+  <si>
+    <t>Endo, Inc.</t>
+  </si>
+  <si>
+    <t>Jose Madrid</t>
+  </si>
+  <si>
+    <t>Chipotle Con Queso Salsa</t>
+  </si>
+  <si>
+    <t>Undeclared Yellow 5 and Yellow 6</t>
+  </si>
+  <si>
+    <t>Jose Madrid Salsa</t>
+  </si>
+  <si>
+    <t>Taste of Deutschland</t>
+  </si>
+  <si>
+    <t>Frozen Buttered Vegetables, Carrots, Peas, Cauliflower, &amp; Corn</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Allergens, Vegetable Products</t>
+  </si>
+  <si>
+    <t>12/23/2024</t>
+  </si>
+  <si>
+    <t>Systane</t>
+  </si>
+  <si>
+    <t>Lubricant Eye Drugs</t>
+  </si>
+  <si>
+    <t>Due to Fungal Contamination</t>
+  </si>
+  <si>
+    <t>Alcon Laboratories</t>
+  </si>
+  <si>
+    <t>12/18/2024</t>
+  </si>
+  <si>
+    <t>Lay’s</t>
+  </si>
+  <si>
+    <t>Potato Chip</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – Milk</t>
+  </si>
+  <si>
+    <t>Frito-Lay</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>Wicklow Gold</t>
+  </si>
+  <si>
+    <t>Cheddar style cheeses</t>
+  </si>
+  <si>
+    <t>Abbey Specialty Foods</t>
+  </si>
+  <si>
+    <t>Kitten mix pet food</t>
+  </si>
+  <si>
+    <t>12/31/2024</t>
+  </si>
+  <si>
+    <t>Broccoli Florets</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>Dierbergs Kitchen</t>
+  </si>
+  <si>
+    <t>Premium Home-Style Mashed Potatoes</t>
+  </si>
+  <si>
+    <t>Dierbergs Markets</t>
+  </si>
+  <si>
+    <t>12/16/2024</t>
+  </si>
+  <si>
+    <t>Force Forever</t>
+  </si>
+  <si>
+    <t>Product contains undeclared diclofenac and dexamethasone</t>
+  </si>
+  <si>
+    <t>GNMART Inc</t>
+  </si>
+  <si>
+    <t>12/12/2024</t>
+  </si>
+  <si>
+    <t>Daily Veggies</t>
+  </si>
+  <si>
+    <t>Potential to be contaminated with Listeria monocytogenes.</t>
+  </si>
+  <si>
+    <t>New Age International Inc</t>
+  </si>
+  <si>
+    <t>11/04/2024</t>
+  </si>
+  <si>
+    <t>Aldi, La Bonne Vie and others</t>
+  </si>
+  <si>
+    <t>Soft ripened cheeses</t>
+  </si>
+  <si>
+    <t>Savencia Cheese USA</t>
+  </si>
+  <si>
+    <t>12/06/2024</t>
+  </si>
+  <si>
+    <t>F&amp;S Fresh Foods</t>
+  </si>
+  <si>
+    <t>Mediterranean Inspired Party Tray</t>
+  </si>
+  <si>
+    <t>May be contaminated with Salmonella</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>NuGo</t>
+  </si>
+  <si>
+    <t>NuGo Dark Chocolate Chip Nutrition Bar and NuGo Dark Pretzel Chocolate Nutrition Bar</t>
+  </si>
+  <si>
+    <t>Lifestyle Evolution Inc.</t>
+  </si>
+  <si>
+    <t>12/24/2024</t>
+  </si>
+  <si>
+    <t>Astellas</t>
+  </si>
+  <si>
+    <t>Tacrolimus and Tacrolimus Extended-Release capsules</t>
+  </si>
+  <si>
+    <t>Bottles may contain empty capsules.</t>
+  </si>
+  <si>
+    <t>Astellas Pharma US, Inc.</t>
+  </si>
+  <si>
+    <t>12/19/2024</t>
+  </si>
+  <si>
+    <t>Orgain</t>
+  </si>
+  <si>
+    <t>30g Plant Protein Complete Protein Powder – Chocolate</t>
+  </si>
+  <si>
+    <t>Product may contain undeclared peanut</t>
+  </si>
+  <si>
+    <t>Fouzee</t>
+  </si>
+  <si>
+    <t>SugarLin Herbal Formula Herbal Dietary Supplement</t>
+  </si>
+  <si>
+    <t>Product contains undeclared Metformin and Glyburide</t>
+  </si>
+  <si>
+    <t>Shoppers-Plaza</t>
+  </si>
+  <si>
+    <t>12/27/2024</t>
+  </si>
+  <si>
+    <t>Gardners Candies</t>
+  </si>
+  <si>
+    <t>Chocolate Candy Bars</t>
+  </si>
+  <si>
+    <t>Undeclared Tree Nuts (Cashews)</t>
+  </si>
+  <si>
+    <t>Gardners Candies, Inc.</t>
+  </si>
+  <si>
+    <t>My Mochi</t>
+  </si>
+  <si>
+    <t>My Mochi Peach Mango Sorbet</t>
+  </si>
+  <si>
+    <t>My Mochi Ice Cream Company LLC</t>
+  </si>
+  <si>
+    <t>Atkinson’s</t>
+  </si>
+  <si>
+    <t>Hushpuppies with Onions, Hushpuppies</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen - Milk</t>
+  </si>
+  <si>
+    <t>Atkinson Milling Company</t>
+  </si>
+  <si>
+    <t>07/17/2024</t>
+  </si>
+  <si>
+    <t>Clonazepam Orally Disintegrating Tablets, USP (C-IV) 0.25 mg tablets</t>
+  </si>
+  <si>
+    <t>Mislabeled with the incorrect strength on the carton</t>
+  </si>
+  <si>
+    <t>Endo USA, Inc</t>
+  </si>
+  <si>
+    <t>11/19/2024</t>
+  </si>
+  <si>
+    <t>Babcock Dairy</t>
+  </si>
+  <si>
+    <t>Orange Custard Chocolate Chip ice cream</t>
+  </si>
+  <si>
+    <t>Cut cucumber slices</t>
+  </si>
+  <si>
+    <t>11/08/2024</t>
+  </si>
+  <si>
+    <t>CF, J&amp;O and other</t>
+  </si>
+  <si>
+    <t>Autumn Turkey Sandwiches</t>
+  </si>
+  <si>
+    <t>CIBUS Fresh</t>
+  </si>
+  <si>
+    <t>08/02/2024</t>
+  </si>
+  <si>
+    <t>fresh guacamole products</t>
+  </si>
+  <si>
+    <t>Metro Produce Distributors Inc.</t>
+  </si>
+  <si>
+    <t>11/18/2024</t>
+  </si>
+  <si>
+    <t>SUPER BRAND</t>
+  </si>
+  <si>
+    <t>IHA Beverage</t>
+  </si>
+  <si>
+    <t>12/31/2023</t>
+  </si>
+  <si>
+    <t>Enfamil</t>
+  </si>
+  <si>
+    <t>Nutramigen Powder infant formula in 12.6 and 19.8oz cans</t>
+  </si>
+  <si>
+    <t>Reckitt/Mead Johnson Nutrition</t>
+  </si>
+  <si>
+    <t>Off the Eaten Path</t>
+  </si>
+  <si>
+    <t>Chickpea Veggie Crisps</t>
+  </si>
+  <si>
+    <t>06/16/2023</t>
+  </si>
+  <si>
+    <t>Tostitos</t>
+  </si>
+  <si>
+    <t>Tostitos Avocado Salsa Dip</t>
+  </si>
+  <si>
+    <t>12/21/2023</t>
+  </si>
+  <si>
+    <t>Chocew</t>
+  </si>
+  <si>
+    <t>Burnt Caramel Candy Bars</t>
+  </si>
+  <si>
+    <t>Potential Allergen – Undeclared Coconut</t>
+  </si>
+  <si>
+    <t>Astor Chocolate Corporation</t>
+  </si>
+  <si>
+    <t>Eltahan</t>
+  </si>
+  <si>
+    <t>USA Hookah, LLC. dba Eltahan</t>
+  </si>
+  <si>
+    <t>Albertsons, Safeway, Eagle, Carrs-Safeway, Pavilions, Vons, Randalls, Tom Thumb, Shaw's, Star Market, Lucky</t>
+  </si>
+  <si>
+    <t>Chicken Taco Kits and Meals</t>
+  </si>
+  <si>
+    <t>11/07/2024</t>
+  </si>
+  <si>
+    <t>The Perfect Bite Co.</t>
+  </si>
+  <si>
+    <t>Mexican Style Street Corn Bites</t>
+  </si>
+  <si>
+    <t>02/08/2025</t>
+  </si>
+  <si>
+    <t>Alfalfa Sprouts</t>
+  </si>
+  <si>
+    <t>01/15/2025</t>
+  </si>
+  <si>
+    <t>Pearl Milling Company</t>
+  </si>
+  <si>
+    <t>Pancake and Waffle Mix</t>
+  </si>
+  <si>
+    <t>The Quaker Oats Company</t>
+  </si>
+  <si>
+    <t>01/16/2025</t>
+  </si>
+  <si>
+    <t>New York Mutual Trading Co., Inc.</t>
+  </si>
+  <si>
+    <t>Monkfish Liver</t>
+  </si>
+  <si>
+    <t>Undeclared milk allergen.</t>
+  </si>
+  <si>
+    <t>New York Mutual Trading, Co., Inc.</t>
+  </si>
+  <si>
+    <t>The Beef &amp; Lamb Gyro Sandwich Express Meal Kits</t>
+  </si>
+  <si>
+    <t>10/02/2023</t>
+  </si>
+  <si>
+    <t>4.2% Sodium Bicarbonate Injection, USP, 1% Lidocaine HCl Injection, USP, and 2% Lidocaine HCl Injection, USP</t>
+  </si>
+  <si>
+    <t>Potential Presence of Glass Particulates</t>
+  </si>
+  <si>
+    <t>Hospira, Inc.</t>
+  </si>
+  <si>
+    <t>02/28/2024</t>
+  </si>
+  <si>
+    <t>Roland</t>
+  </si>
+  <si>
+    <t>Roland Foods, LLC.</t>
+  </si>
+  <si>
+    <t>Nature’s Wonderland</t>
+  </si>
+  <si>
+    <t>Nature’s Wonderland Thyroid Formula</t>
+  </si>
+  <si>
+    <t>Penn Herb Company Ltd</t>
+  </si>
+  <si>
+    <t>02/23/2025</t>
+  </si>
+  <si>
+    <t>ReadyCare, Imperial</t>
+  </si>
+  <si>
+    <t>Frozen supplemental shakes</t>
+  </si>
+  <si>
+    <t>03/01/2025</t>
+  </si>
+  <si>
+    <t>Wild Coast Raw</t>
+  </si>
+  <si>
+    <t>Frozen Boneless Free Range Chicken Formula raw pet food for cats</t>
+  </si>
+  <si>
+    <t>Possible Bird Flu Health Risk</t>
+  </si>
+  <si>
+    <t>Wild Coast LLC dba Wild Coast Raw</t>
+  </si>
+  <si>
+    <t>SinuCleanse</t>
+  </si>
+  <si>
+    <t>Soft Tip Squeeze Bottle Nasal Wash System</t>
+  </si>
+  <si>
+    <t>Microbial contamination of the product with Staphylococcus aureus (S. aureus)</t>
+  </si>
+  <si>
+    <t>Ascent Consumer Products Inc.</t>
+  </si>
+  <si>
+    <t>02/20/2025</t>
+  </si>
+  <si>
+    <t>Las Ollas</t>
+  </si>
+  <si>
+    <t>Las Ollas Botana Mix Snacks and Delights 2 lb packages</t>
+  </si>
+  <si>
+    <t>Undeclared wheat, sesame, soy, yellow 5, yellow 6, red 6</t>
+  </si>
+  <si>
+    <t>Kedake Inc</t>
+  </si>
+  <si>
+    <t>02/19/2025</t>
+  </si>
+  <si>
+    <t>Naturipe Snacks</t>
+  </si>
+  <si>
+    <t>Berry Buddies, Berries &amp; Pancakes bento box snack packs</t>
+  </si>
+  <si>
+    <t>Undeclared allergen (wheat, eggs)</t>
+  </si>
+  <si>
+    <t>Naturipe Value Added Fresh LLC</t>
+  </si>
+  <si>
+    <t>02/21/2025</t>
+  </si>
+  <si>
+    <t>Glicks</t>
+  </si>
+  <si>
+    <t>Dark Chocolate Conettos</t>
+  </si>
+  <si>
+    <t>Kayco</t>
+  </si>
+  <si>
+    <t>Vitality</t>
+  </si>
+  <si>
+    <t>Vitality male enhancement dietary supplement capsules</t>
+  </si>
+  <si>
+    <t>Undeclared Sildenafil and Tadalafil</t>
+  </si>
+  <si>
+    <t>One Source Nutrition</t>
+  </si>
+  <si>
+    <t>02/12/2025</t>
+  </si>
+  <si>
+    <t>CHOSHIYA</t>
+  </si>
+  <si>
+    <t>Menma Ajitsuke Prepared Bamboo Shoot</t>
+  </si>
+  <si>
+    <t>AKT Trading Inc.</t>
+  </si>
+  <si>
+    <t>03/03/2025</t>
+  </si>
+  <si>
+    <t>Prepared vegetable products.</t>
+  </si>
+  <si>
+    <t>Potential risk of Clostridium botulinum</t>
+  </si>
+  <si>
+    <t>AKT Trading, Inc.</t>
+  </si>
+  <si>
+    <t>Alpha</t>
+  </si>
+  <si>
+    <t>Frozen Burritos</t>
+  </si>
+  <si>
+    <t>The Miso Brothers Inc</t>
+  </si>
+  <si>
+    <t>Electric City Sweets</t>
+  </si>
+  <si>
+    <t>Red Velvet Milk Chocolate Bars</t>
+  </si>
+  <si>
+    <t>Due to Undeclared Milk</t>
+  </si>
+  <si>
+    <t>11/12/2024</t>
+  </si>
+  <si>
+    <t>Bowl &amp; Basket</t>
+  </si>
+  <si>
+    <t>Onion Soup Mix</t>
+  </si>
+  <si>
+    <t>Gilster Mary Lee Corporation</t>
+  </si>
+  <si>
+    <t>02/14/2025</t>
+  </si>
+  <si>
+    <t>ICU Medical</t>
+  </si>
+  <si>
+    <t>POTASSIUM CHLORIDE Inj. 20 mEq and 10 mEq</t>
+  </si>
+  <si>
+    <t>Bags of POTASSIUM CHLORIDE Inj. 20 mEq have incorrect overwrap labels which state POTASSIUM CHLORIDE Inj. 10 mEq.</t>
+  </si>
+  <si>
+    <t>Cub Foods, Jerrys Foods, Country Market</t>
+  </si>
+  <si>
+    <t>Raisin Bran Muffin</t>
+  </si>
+  <si>
+    <t>JE Bakery LLC DBA Broadway Bakery</t>
+  </si>
+  <si>
+    <t>02/26/2025</t>
+  </si>
+  <si>
+    <t>Natural Dior LLC</t>
+  </si>
+  <si>
+    <t>Undeclared Tadalafil</t>
+  </si>
+  <si>
+    <t>03/05/2025</t>
+  </si>
+  <si>
+    <t>Nova-Tech</t>
+  </si>
+  <si>
+    <t>Lactate Ringers Injection 5000 mL</t>
+  </si>
+  <si>
+    <t>Potential presence of fiber-like particles.</t>
+  </si>
+  <si>
+    <t>Nova-Tech, Inc.</t>
+  </si>
+  <si>
+    <t>03/04/2025</t>
+  </si>
+  <si>
+    <t>Joy Luck</t>
+  </si>
+  <si>
+    <t>Dried Lily Flowers</t>
+  </si>
+  <si>
+    <t>Natural Mix</t>
+  </si>
+  <si>
+    <t>02/06/2025</t>
+  </si>
+  <si>
+    <t>Aleppo</t>
+  </si>
+  <si>
+    <t>Tahini Sesame Paste</t>
+  </si>
+  <si>
+    <t>Alvogen</t>
+  </si>
+  <si>
+    <t>Fentanyl Transdermal System 25 mcg/h transdermal patches</t>
+  </si>
+  <si>
+    <t>There is potential that patches could be multi-stacked, adhered one on top of the other, in a single product pouch</t>
+  </si>
+  <si>
+    <t>Alvogen, Inc.</t>
+  </si>
+  <si>
+    <t>02/18/2025</t>
+  </si>
+  <si>
+    <t>ChloraPrep Clear 1 mL applicator skin preparation product</t>
+  </si>
+  <si>
+    <t>Potential for fungal contamination under certain environmental conditions allowing the growth of Aspergillus penicillioides</t>
+  </si>
+  <si>
+    <t>02/23/2023</t>
+  </si>
+  <si>
+    <t>Bindle Bottle LLC</t>
+  </si>
+  <si>
+    <t>Bottles</t>
+  </si>
+  <si>
+    <t>Adulterated by lead</t>
+  </si>
+  <si>
+    <t>06/21/2024</t>
+  </si>
+  <si>
+    <t>BARKWORTHIES and BEST BULLY STICKS</t>
+  </si>
+  <si>
+    <t>Green Tripe Dog Treats</t>
+  </si>
+  <si>
+    <t>May Contain Metal Objects</t>
+  </si>
+  <si>
+    <t>TDBBS LLC</t>
+  </si>
+  <si>
+    <t>07/31/2023</t>
+  </si>
+  <si>
+    <t>Tydemy oral contraceptive</t>
+  </si>
+  <si>
+    <t>Out of Specification Results</t>
+  </si>
+  <si>
+    <t>Elevated lead</t>
+  </si>
+  <si>
+    <t>Gutierrez Distributors, LLC</t>
+  </si>
+  <si>
+    <t>Pedigree</t>
+  </si>
+  <si>
+    <t>Adult Complete Nutrition Grilled Steak &amp; Vegetable Flavor Dry Dog Food</t>
+  </si>
+  <si>
+    <t>Potential Presence of Loose Metal Pieces</t>
+  </si>
+  <si>
+    <t>Mars Petcare US, Inc.</t>
+  </si>
+  <si>
+    <t>07/09/2025</t>
+  </si>
+  <si>
+    <t>Payback®</t>
+  </si>
+  <si>
+    <t>Champion Lamb Text B30 with Power Booster</t>
+  </si>
+  <si>
+    <t>Elevated levels of copper</t>
+  </si>
+  <si>
+    <t>CHS, Inc.</t>
+  </si>
+  <si>
+    <t>Wei-Chuan</t>
+  </si>
+  <si>
+    <t>Dried Black Fungus Slice</t>
+  </si>
+  <si>
+    <t>Natureen International Inc.</t>
+  </si>
+  <si>
+    <t>06/27/2025</t>
+  </si>
+  <si>
+    <t>Sandoz</t>
+  </si>
+  <si>
+    <t>Cefazolin for Injection, USP, 1 gm vial</t>
+  </si>
+  <si>
+    <t>Potential Presence of Penicillin G Potassium Injection Vial</t>
+  </si>
+  <si>
+    <t>Sandoz Inc.</t>
+  </si>
+  <si>
+    <t>07/14/2025</t>
+  </si>
+  <si>
+    <t>Nostrum Laboratories</t>
+  </si>
+  <si>
+    <t>Sucralfate Tablets USP 1 gram</t>
+  </si>
+  <si>
+    <t>Company closure and discontinuation of quality activities.</t>
+  </si>
+  <si>
+    <t>Nostrum Laboratories, Inc.</t>
+  </si>
+  <si>
+    <t>YoCrunch®</t>
+  </si>
+  <si>
+    <t>Yogurt with topper</t>
+  </si>
+  <si>
+    <t>Potential presence of plastic pieces in the dome topper.</t>
+  </si>
+  <si>
+    <t>Danone U.S.</t>
+  </si>
+  <si>
+    <t>Lewis Bake Shop</t>
+  </si>
+  <si>
+    <t>Artisan Style 1/2 Loaf</t>
+  </si>
+  <si>
+    <t>Undeclared hazelnuts</t>
+  </si>
+  <si>
+    <t>Hartford Bakery, Inc.</t>
+  </si>
+  <si>
+    <t>07/10/2025</t>
+  </si>
+  <si>
+    <t>Emek</t>
+  </si>
+  <si>
+    <t>Spread Pistachio Cacao Cream with Kadayif</t>
+  </si>
+  <si>
+    <t>World Market</t>
+  </si>
+  <si>
+    <t>07/08/2025</t>
+  </si>
+  <si>
+    <t>Ritz</t>
+  </si>
+  <si>
+    <t>Peanut butter cracker sandwiches</t>
+  </si>
+  <si>
+    <t>Mondelez Global LLC</t>
+  </si>
+  <si>
+    <t>07/11/2025</t>
+  </si>
+  <si>
+    <t>Peeters and Aunt Mid’s</t>
+  </si>
+  <si>
+    <t>Fresh sliced and Cremini sliced mushrooms</t>
+  </si>
+  <si>
+    <t>Wiet Peeters Farm Products Limited</t>
+  </si>
+  <si>
+    <t>10/24/2024</t>
+  </si>
+  <si>
+    <t>Sprouts</t>
+  </si>
+  <si>
+    <t>Chicken Street Taco Meal Kit</t>
+  </si>
+  <si>
+    <t>Fresh Gourmet</t>
+  </si>
+  <si>
+    <t>Fresh Gourmet Tortilla Strips Santa Fe Style</t>
+  </si>
+  <si>
+    <t>Sugar Foods</t>
+  </si>
+  <si>
+    <t>07/13/2025</t>
+  </si>
+  <si>
+    <t>LLK TRADING INC.</t>
+  </si>
+  <si>
+    <t>Needle mushroom</t>
+  </si>
+  <si>
+    <t>07/18/2025</t>
+  </si>
+  <si>
+    <t>Nirwana Foods</t>
+  </si>
+  <si>
+    <t>Nirwana Foods LLC</t>
+  </si>
+  <si>
+    <t>07/21/2025</t>
+  </si>
+  <si>
+    <t>Jewel Osco</t>
+  </si>
+  <si>
+    <t>Tuna Salad Products</t>
+  </si>
+  <si>
+    <t>07/15/2025</t>
+  </si>
+  <si>
+    <t>Vials incorrectly labelled as Penicillin G Potassium for Injection contain Cefazolin for Injection</t>
+  </si>
+  <si>
+    <t>Sandoz, Inc.</t>
+  </si>
+  <si>
+    <t>ARAL SILVER VOBLA</t>
+  </si>
+  <si>
+    <t>EVISCERATE DRY SALTED VOBLA ARAL SILVER</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness – Clostridium botulinum</t>
+  </si>
+  <si>
+    <t>KRASNIY OKTYABR INC. USA</t>
+  </si>
+  <si>
+    <t>07/17/2025</t>
+  </si>
+  <si>
+    <t>Alaris™ and BD Alaris™</t>
+  </si>
+  <si>
+    <t>Pump Modules</t>
+  </si>
+  <si>
+    <t>May have been serviced with previously recalled bezel kit assemblies</t>
+  </si>
+  <si>
+    <t>L'espoir</t>
+  </si>
+  <si>
+    <t>L’espoir and Drycapot cookies,</t>
+  </si>
+  <si>
+    <t>Undeclared milk and tree nuts (almonds and macadamia nuts)</t>
+  </si>
+  <si>
+    <t>Jalux Americas, Inc.(dba J.sweets)</t>
+  </si>
+  <si>
+    <t>06/30/2025</t>
+  </si>
+  <si>
+    <t>Semi-sweet Chocolate</t>
+  </si>
+  <si>
+    <t>Mellace Family Brands California, Inc.</t>
+  </si>
+  <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>Wangzhihe</t>
   </si>
   <si>
     <t>Hot Pot Sauce</t>
   </si>
   <si>
-    <t>Food &amp; Beverages, Allergens, Gravy/Sauces</t>
-[...1 lines deleted...]
-  <si>
     <t>Undeclared allergen - peanut, soy, sesame, and wheat</t>
   </si>
   <si>
     <t>Liaoning Cheng Da USA Inc.</t>
   </si>
   <si>
     <t>03/13/2025</t>
   </si>
   <si>
-    <t>Dr. Reddy’s</t>
-[...1 lines deleted...]
-  <si>
     <t>Levetiracetam in Sodium Chloride Injection</t>
   </si>
   <si>
-    <t>Drugs</t>
-[...1 lines deleted...]
-  <si>
     <t>Mislabeling of infusion bag</t>
   </si>
   <si>
     <t>Dr. Reddy’s Laboratories Ltd.</t>
   </si>
   <si>
     <t>03/12/2025</t>
   </si>
   <si>
-    <t>Daily Veggies</t>
-[...10 lines deleted...]
-  <si>
     <t>New Age International Inc.</t>
   </si>
   <si>
-    <t>07/07/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Cipla</t>
   </si>
   <si>
     <t>Albuterol Sulfate Inhalation Aerosol, 90 mcg (200 Metered Inhalation)</t>
   </si>
   <si>
     <t>Failure to deliver the recommended dose</t>
   </si>
   <si>
-    <t>Terminated</t>
-[...1 lines deleted...]
-  <si>
     <t>08/30/2024</t>
   </si>
   <si>
     <t>Asli Fine Foods</t>
   </si>
   <si>
     <t>Cinnamon powder</t>
   </si>
   <si>
-    <t>Food &amp; Beverages</t>
-[...1 lines deleted...]
-  <si>
     <t>Contains Lead</t>
   </si>
   <si>
     <t>05/24/2024</t>
   </si>
   <si>
     <t>Pop a Nosh</t>
   </si>
   <si>
     <t>Mixed Munch Regular and Honey BBQ</t>
   </si>
   <si>
     <t>Undeclared allergen - wheat</t>
   </si>
   <si>
     <t>AMB Food Inc</t>
   </si>
   <si>
     <t>03/18/2025</t>
   </si>
   <si>
     <t>Stouffer’s</t>
   </si>
   <si>
     <t>Frozen meals</t>
   </si>
   <si>
     <t>Potential Contaminant - Wood</t>
   </si>
   <si>
-    <t>Nestle USA</t>
-[...4 lines deleted...]
-  <si>
     <t>Kaytee</t>
   </si>
   <si>
     <t>Wild Bird Food Birders’ Blend</t>
   </si>
   <si>
-    <t>Animal &amp; Veterinary, Pet Food</t>
-[...1 lines deleted...]
-  <si>
     <t>Potential Elevated Levels of Aflatoxin</t>
   </si>
   <si>
     <t>Kaytee Products Inc.</t>
   </si>
   <si>
     <t>02/03/2024</t>
   </si>
   <si>
     <t>WEGMANS</t>
   </si>
   <si>
     <t>Harissa hummus topped with harissa</t>
   </si>
   <si>
     <t>Undeclared Allergen-Sesame</t>
   </si>
   <si>
     <t>Summer Fresh Salads Inc.</t>
   </si>
   <si>
     <t>03/10/2025</t>
   </si>
   <si>
-    <t>Zaarah Herbals</t>
-[...7 lines deleted...]
-  <si>
     <t>Product may be contaminated with elevated levels of lead and arsenic</t>
   </si>
   <si>
-    <t>New York Wholesale Group</t>
-[...1 lines deleted...]
-  <si>
     <t>Portex</t>
   </si>
   <si>
     <t>Intubation Oral/Nasal Endotracheal Tubes</t>
   </si>
   <si>
-    <t>Medical Devices</t>
-[...1 lines deleted...]
-  <si>
     <t>Diameter of Device Smaller than Expected</t>
   </si>
   <si>
-    <t>Smiths Medical</t>
-[...1 lines deleted...]
-  <si>
     <t>03/15/2025</t>
   </si>
   <si>
     <t>Seabear</t>
   </si>
   <si>
     <t>Alehouse Clam Chowder and Smoked Salmon Chowder</t>
   </si>
   <si>
     <t>Potential contamination with Clostridium botulinum</t>
   </si>
   <si>
     <t>Seabear Company</t>
   </si>
   <si>
-    <t>03/14/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Jinga</t>
   </si>
   <si>
     <t>Glass noodles with vegetables</t>
   </si>
   <si>
-    <t>Undeclared eggs</t>
-[...1 lines deleted...]
-  <si>
     <t>HAR Maspeth Corp</t>
   </si>
   <si>
-    <t>05/02/2025</t>
-[...26 lines deleted...]
-    <t>Advantage Health Matters Inc.</t>
+    <t>05/11/2025</t>
+  </si>
+  <si>
+    <t>Fresh &amp; Ready Foods, Fresh Take Crave Away, City Point Market Fresh Food to Go</t>
+  </si>
+  <si>
+    <t>Ready to eat sandwiches and snack items</t>
+  </si>
+  <si>
+    <t>Potential Listeria monocytogenes Contamination</t>
+  </si>
+  <si>
+    <t>Fresh &amp; Ready Foods LLC</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>Bonya</t>
+  </si>
+  <si>
+    <t>Low Fat Yogurt Parfaits</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Allergens, Yogurt/Yogurt Product</t>
+  </si>
+  <si>
+    <t>Undeclared Allergen – Tree Nuts (almonds)</t>
+  </si>
+  <si>
+    <t>Knockroe Inc.</t>
+  </si>
+  <si>
+    <t>Savage Pet</t>
+  </si>
+  <si>
+    <t>Cat Food Chicken</t>
+  </si>
+  <si>
+    <t>11/02/2024</t>
+  </si>
+  <si>
+    <t>HH Fresh Trading</t>
+  </si>
+  <si>
+    <t>HH Fresh Trading Corp of California</t>
+  </si>
+  <si>
+    <t>Whole Foods Market</t>
+  </si>
+  <si>
+    <t>Organic Carrots &amp; Celery</t>
+  </si>
+  <si>
+    <t>Madeline’s Pâtisserie</t>
+  </si>
+  <si>
+    <t>Croissants and Croissant Buns</t>
+  </si>
+  <si>
+    <t>Undeclared allergen - wheat.</t>
+  </si>
+  <si>
+    <t>Element 112, LLC dba Madeline’s Pâtisserie</t>
+  </si>
+  <si>
+    <t>05/29/2025</t>
+  </si>
+  <si>
+    <t>Kings, Isabelle’s Kitchen Inc., Maple Avenue Foods</t>
+  </si>
+  <si>
+    <t>Salads containing fresh cucumbers.</t>
+  </si>
+  <si>
+    <t>Isabelle’s Kitchen, Inc.</t>
+  </si>
+  <si>
+    <t>Shore Lunch</t>
+  </si>
+  <si>
+    <t>Breading and Batter Mix</t>
+  </si>
+  <si>
+    <t>Presence of Undeclared Milk</t>
+  </si>
+  <si>
+    <t>Homegrown Family Foods</t>
   </si>
   <si>
     <t>04/29/2025</t>
   </si>
   <si>
     <t>Health Fixer</t>
   </si>
   <si>
     <t>Male Enhancement Dietary Supplements</t>
   </si>
   <si>
     <t>Undeclared Chloropretadalafil, Propoxyphenylsildenafil, Sildenafil</t>
   </si>
   <si>
-    <t>Trader Joe’s</t>
-[...1 lines deleted...]
-  <si>
     <t>Sesame Miso Salad with Salmon</t>
   </si>
   <si>
-    <t>Food &amp; Beverages, Allergens</t>
-[...7 lines deleted...]
-  <si>
     <t>05/01/2025</t>
   </si>
   <si>
     <t>Ankimo</t>
   </si>
   <si>
-    <t>Monkfish Liver</t>
-[...1 lines deleted...]
-  <si>
     <t>JJWV Marketing Corporation</t>
   </si>
   <si>
     <t>05/03/2025</t>
   </si>
   <si>
     <t>Ray &amp; Mascari Inc.</t>
   </si>
   <si>
     <t>Ray &amp; Mascari Inc</t>
   </si>
   <si>
-    <t>05/05/2025</t>
-[...199 lines deleted...]
-  <si>
     <t>03/27/2025</t>
   </si>
   <si>
-    <t>Tostitos</t>
-[...1 lines deleted...]
-  <si>
     <t>Cantina Traditional Yellow Corn Tortilla Chips</t>
   </si>
   <si>
-    <t>Undeclared milk</t>
-[...4 lines deleted...]
-  <si>
     <t>CFS Cromer Food Services, Inc.</t>
   </si>
   <si>
     <t>Chicken salad on white bread sandwich</t>
   </si>
   <si>
     <t>Cromer Food Services, Inc.</t>
   </si>
   <si>
     <t>04/10/2025</t>
   </si>
   <si>
-    <t>Marketside</t>
-[...1 lines deleted...]
-  <si>
     <t>Celery Sticks</t>
   </si>
   <si>
     <t>Duda Farm Fresh Foods, Inc.</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
-    <t>Blue Ridge Beef</t>
-[...1 lines deleted...]
-  <si>
     <t>Puppy Mix and Kitten Mix</t>
   </si>
   <si>
-    <t>Animal &amp; Veterinary, Food &amp; Beverages, Foodborne Illness, Pet Food</t>
-[...1 lines deleted...]
-  <si>
     <t>Salmonella &amp; Listeria contamination.</t>
   </si>
   <si>
-    <t>03/01/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Little Leaf Farms</t>
   </si>
   <si>
     <t>Southwest Salad Kits</t>
   </si>
   <si>
     <t>Undeclared fish and wheat allergen</t>
   </si>
   <si>
     <t>11/01/2023</t>
   </si>
   <si>
     <t>Rugby</t>
   </si>
   <si>
     <t>OTC Ophthalmic Sterile Drops</t>
   </si>
   <si>
     <t>Insanitary manufacturing conditions</t>
   </si>
   <si>
     <t>The Harvard Drug Group, LLC dba Major Pharmaceutical and Rugby Laboratories</t>
   </si>
   <si>
     <t>04/16/2025</t>
   </si>
   <si>
     <t>Dorado Nutrition/Space Garden</t>
   </si>
   <si>
     <t>Spermidine/Spermidin</t>
   </si>
   <si>
     <t>Supplement Manufacturing Partners, Inc.</t>
   </si>
   <si>
     <t>Dexased™ and Dexmedvet™</t>
   </si>
   <si>
     <t>Dexmedetomidine Hydrochloride Injection 0.5 mg/mL</t>
   </si>
   <si>
-    <t>Animal &amp; Veterinary</t>
-[...1 lines deleted...]
-  <si>
     <t>Presence of particulate matter</t>
   </si>
   <si>
     <t>Cronus Pharma LLC</t>
   </si>
   <si>
     <t>04/26/2025</t>
   </si>
   <si>
     <t>Mauna Loa</t>
   </si>
   <si>
     <t>Dark Chocolate Covered Macadamias</t>
   </si>
   <si>
     <t>Undeclared cashew, almond</t>
   </si>
   <si>
     <t>Mauna Loa Macadamia Nut Company LLC</t>
   </si>
   <si>
-    <t>Savage Pet</t>
-[...5855 lines deleted...]
-    <t>VitalityVita</t>
+    <t>08/28/2025</t>
+  </si>
+  <si>
+    <t>Aqua Star</t>
+  </si>
+  <si>
+    <t>Cocktail Shrimp</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Contaminants, Shellfish</t>
+  </si>
+  <si>
+    <t>Potential Contaminant – cesium-137 (Cs-137)</t>
+  </si>
+  <si>
+    <t>Aquastar Corp</t>
+  </si>
+  <si>
+    <t>08/27/2025</t>
+  </si>
+  <si>
+    <t>Country Eggs, NIJIYA, GOLDEN YOLK</t>
+  </si>
+  <si>
+    <t>Large Brown Cage Free Eggs</t>
+  </si>
+  <si>
+    <t>Country Eggs, LLC</t>
+  </si>
+  <si>
+    <t>06/08/2022</t>
+  </si>
+  <si>
+    <t>Major</t>
+  </si>
+  <si>
+    <t>Milk of Magnesia, Magnisium Hydroxide/Aluminum Hydroxide/Simethicone Oral Suspension</t>
+  </si>
+  <si>
+    <t>Due to microbial contamination</t>
+  </si>
+  <si>
+    <t>Plastikon Healthcare, LLC</t>
+  </si>
+  <si>
+    <t>08/22/2022</t>
+  </si>
+  <si>
+    <t>Propofol Injection Emulsion, USP</t>
+  </si>
+  <si>
+    <t>Potential presence of visible particulate</t>
+  </si>
+  <si>
+    <t>Hospira, Inc., a Pfizer Company</t>
+  </si>
+  <si>
+    <t>Eagle Produce, LLC</t>
+  </si>
+  <si>
+    <t>07/26/2025</t>
+  </si>
+  <si>
+    <t>La Michoacana, Helados Mexico</t>
+  </si>
+  <si>
+    <t>Ice cream products</t>
+  </si>
+  <si>
+    <t>03/27/2024</t>
+  </si>
+  <si>
+    <t>Vancomycin Hydrochloride for Oral Solution, USP, 250 mg/5mL</t>
+  </si>
+  <si>
+    <t>Super potent due to bottles being overfilled</t>
+  </si>
+  <si>
+    <t>Amneal Pharmaceuticals, LLC.</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>t:slim X2 insulin pumps</t>
+  </si>
+  <si>
+    <t>Potential speaker-related issue that can trigger an error resulting in a discontinuation of insulin delivery</t>
+  </si>
+  <si>
+    <t>50% Less Salt Roasted &amp; Salted Whole Cashews</t>
+  </si>
+  <si>
+    <t>Wenders LLC</t>
+  </si>
+  <si>
+    <t>08/19/2025</t>
+  </si>
+  <si>
+    <t>B. Braun</t>
+  </si>
+  <si>
+    <t>Lactated Ringer’s Injection USP 1000 mL/0.9% Sodium Chloride Injection USP 1000 mL</t>
+  </si>
+  <si>
+    <t>Due to the presence of particulate matter.</t>
+  </si>
+  <si>
+    <t>B. Braun Medical, Inc.</t>
+  </si>
+  <si>
+    <t>07/28/2025</t>
+  </si>
+  <si>
+    <t>Randalls, Albertsons, Tom Thumb</t>
+  </si>
+  <si>
+    <t>Additional Tuna Salad products</t>
+  </si>
+  <si>
+    <t>Albertsons</t>
+  </si>
+  <si>
+    <t>Randalls, Albertsons</t>
+  </si>
+  <si>
+    <t>Tuna Salad products</t>
+  </si>
+  <si>
+    <t>Hillside Orchard Farms</t>
+  </si>
+  <si>
+    <t>Fruit Bread and Fritters</t>
+  </si>
+  <si>
+    <t>Undeclared Allergen – Egg</t>
+  </si>
+  <si>
+    <t>07/31/2025</t>
+  </si>
+  <si>
+    <t>Member’s Mark</t>
+  </si>
+  <si>
+    <t>Freeze dried fruit</t>
+  </si>
+  <si>
+    <t>Doehler Dry Ingredient Solutions, LLC</t>
+  </si>
+  <si>
+    <t>07/30/2025</t>
+  </si>
+  <si>
+    <t>High Noon, Celsius</t>
+  </si>
+  <si>
+    <t>Energy Drink</t>
+  </si>
+  <si>
+    <t>Cans contain alcohol</t>
+  </si>
+  <si>
+    <t>High Noon</t>
+  </si>
+  <si>
+    <t>Clover Valley</t>
+  </si>
+  <si>
+    <t>Instant coffee</t>
+  </si>
+  <si>
+    <t>Dollar General Corporation</t>
+  </si>
+  <si>
+    <t>12/27/2022</t>
+  </si>
+  <si>
+    <t>After Burn® Cream and First Aid Kits containing After Burn Cream</t>
+  </si>
+  <si>
+    <t>Product is contaminated with Bacillus licheniformis and Bacillus sonorensis.</t>
+  </si>
+  <si>
+    <t>GFA Production</t>
+  </si>
+  <si>
+    <t>05/25/2024</t>
+  </si>
+  <si>
+    <t>Crecelac and Farmalac</t>
+  </si>
+  <si>
+    <t>Infant Formula</t>
+  </si>
+  <si>
+    <t>Food Compliance Programs – Baby Formula</t>
+  </si>
+  <si>
+    <t>Wegmans Food Markets</t>
+  </si>
+  <si>
+    <t>Asian Sesame Salad with Chicken &amp; Asian Dressing</t>
+  </si>
+  <si>
+    <t>10/23/2024</t>
+  </si>
+  <si>
+    <t>Frozen toaster waffles, Belgian waffles and pancakes</t>
+  </si>
+  <si>
+    <t>TreeHouse Foods, Inc.</t>
+  </si>
+  <si>
+    <t>Due to potential safety and performance concerns</t>
+  </si>
+  <si>
+    <t>Due to potential safety and performance concerns.</t>
+  </si>
+  <si>
+    <t>06/25/2025</t>
+  </si>
+  <si>
+    <t>Kilwins</t>
+  </si>
+  <si>
+    <t>Mocha Truffles</t>
+  </si>
+  <si>
+    <t>Undeclared pecans</t>
+  </si>
+  <si>
+    <t>Kilwins Quality Confections, LLC</t>
+  </si>
+  <si>
+    <t>08/13/2025</t>
+  </si>
+  <si>
+    <t>Quesito El Establo</t>
+  </si>
+  <si>
+    <t>Spanish Cheese (Quesito Colombiano)</t>
+  </si>
+  <si>
+    <t>Due to the presence of rodent, rodent activity, and other insanitary conditions during the manufacturing and storage process</t>
+  </si>
+  <si>
+    <t>DermaRite</t>
+  </si>
+  <si>
+    <t>Hand Sanitizers, Cleansers, Skin Protectants, Deodorant</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety - Potential Burkholderia cepacian contamination</t>
+  </si>
+  <si>
+    <t>DermaRite Industries</t>
+  </si>
+  <si>
+    <t>08/09/2025</t>
+  </si>
+  <si>
+    <t>DermaKleen, Dermasarra, Kleenfoam, and Perigiene</t>
+  </si>
+  <si>
+    <t>OTC antiseptic lotion soaps, external analgesics, antimicrobial foam soaps, and antiseptic cleansers</t>
+  </si>
+  <si>
+    <t>Contamination with Burkholderia cepacia</t>
+  </si>
+  <si>
+    <t>DermaRite Industries, LL</t>
+  </si>
+  <si>
+    <t>Kroger</t>
+  </si>
+  <si>
+    <t>Mercado Frozen Cooked Shrimp</t>
+  </si>
+  <si>
+    <t>08/05/2025</t>
+  </si>
+  <si>
+    <t>Red Bliss Potato Salad</t>
+  </si>
+  <si>
+    <t>08/29/2025</t>
+  </si>
+  <si>
+    <t>Unichem Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>Cyclobenzaprine Hydrochloride Tablets USP 10 mg</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety – Mislabel</t>
+  </si>
+  <si>
+    <t>09/17/2025</t>
+  </si>
+  <si>
+    <t>Haifa</t>
+  </si>
+  <si>
+    <t>Cold Smoked Salmon and Cold Smoked Seabass</t>
+  </si>
+  <si>
+    <t>Haifa Smoked Fish</t>
+  </si>
+  <si>
+    <t>09/21/2025</t>
+  </si>
+  <si>
+    <t>Kroger, Kroger Mercado, AquaStar</t>
+  </si>
+  <si>
+    <t>Raw Shrimp, Cooked Shrimp, Shrimp Skewers</t>
+  </si>
+  <si>
+    <t>Due to possible radionuclide (Cesium-137) contamination</t>
+  </si>
+  <si>
+    <t>09/23/2025</t>
+  </si>
+  <si>
+    <t>Sprout Organics</t>
+  </si>
+  <si>
+    <t>Sweet Potato Apple and Spinach, 3.5-ounce pouch</t>
+  </si>
+  <si>
+    <t>09/16/2025</t>
+  </si>
+  <si>
+    <t>Product may contain elevated levels of lead</t>
+  </si>
+  <si>
+    <t>08/21/2025</t>
+  </si>
+  <si>
+    <t>Sand Bar/Arctic Shores/Best Yet/Great American/First Street</t>
+  </si>
+  <si>
+    <t>Frozen shrimp</t>
+  </si>
+  <si>
+    <t>Due to possible radionuclide (Cesium-137) contamination.</t>
+  </si>
+  <si>
+    <t>Southwind Foods, LLC.</t>
+  </si>
+  <si>
+    <t>10/07/2025</t>
+  </si>
+  <si>
+    <t>TRUE METRIX</t>
+  </si>
+  <si>
+    <t>Blood Glucose Meters</t>
+  </si>
+  <si>
+    <t>Potential for defective LCD displays that can affect product performance</t>
+  </si>
+  <si>
+    <t>Trividia Health, Inc.</t>
+  </si>
+  <si>
+    <t>10/08/2025</t>
+  </si>
+  <si>
+    <t>Fusia Asian Inspirations</t>
+  </si>
+  <si>
+    <t>Veggie Spring Rolls</t>
+  </si>
+  <si>
+    <t>Undeclared shrimp allergen</t>
+  </si>
+  <si>
+    <t>TAI FOONG USA</t>
+  </si>
+  <si>
+    <t>Durra</t>
+  </si>
+  <si>
+    <t>Eureka Inc.</t>
+  </si>
+  <si>
+    <t>10/01/2025</t>
+  </si>
+  <si>
+    <t>Signature</t>
+  </si>
+  <si>
+    <t>Product may be contaminated with Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>09/30/2025</t>
+  </si>
+  <si>
+    <t>Bowtie Pasta Salads and Meals</t>
+  </si>
+  <si>
+    <t>10/02/2025</t>
+  </si>
+  <si>
+    <t>Scott &amp; Jon's</t>
+  </si>
+  <si>
+    <t>Shrimp Scampi with Linguini</t>
+  </si>
+  <si>
+    <t>Demers Food Group</t>
+  </si>
+  <si>
+    <t>10/03/2025</t>
+  </si>
+  <si>
+    <t>Nature’s Own</t>
+  </si>
+  <si>
+    <t>Pet Chews Bully Bites Treats</t>
+  </si>
+  <si>
+    <t>Potential Foodborne illness - Salmonella</t>
+  </si>
+  <si>
+    <t>Best Buy Bones, Inc.</t>
+  </si>
+  <si>
+    <t>10/04/2025</t>
+  </si>
+  <si>
+    <t>Kroger, Baker’s, City Market, Dillons, Fred Meyer, Fry’s, Gerbes, King Soopers, Payless, Ralphs and Smith’s</t>
+  </si>
+  <si>
+    <t>Basil Pesto Bowtie Salad and Smoked Mozzarella Penne Salad</t>
+  </si>
+  <si>
+    <t>Giant Eagle</t>
+  </si>
+  <si>
+    <t>Smoked Mozzarella Pasta Salad</t>
+  </si>
+  <si>
+    <t>Potential listeria monocytogenes contamination</t>
+  </si>
+  <si>
+    <t>Giant Eagle, Inc.</t>
+  </si>
+  <si>
+    <t>09/25/2025</t>
+  </si>
+  <si>
+    <t>AquaStar</t>
+  </si>
+  <si>
+    <t>Shrimp Skewers, Raw Peeled Tail-on</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness - possible radionuclide (Cesium-137) contamination</t>
+  </si>
+  <si>
+    <t>Goot Essa</t>
+  </si>
+  <si>
+    <t>Der Mutterschaf Cheese</t>
+  </si>
+  <si>
+    <t>Goot Essa LLC</t>
+  </si>
+  <si>
+    <t>09/27/2025</t>
+  </si>
+  <si>
+    <t>G&amp;L Food</t>
+  </si>
+  <si>
+    <t>Dried Bean Curd</t>
+  </si>
+  <si>
+    <t>Undeclared wheat allergen</t>
+  </si>
+  <si>
+    <t>Gansu Zhaofeng Agricultural Development Co., Ltd.</t>
+  </si>
+  <si>
+    <t>09/26/2025</t>
+  </si>
+  <si>
+    <t>Wise Wife</t>
+  </si>
+  <si>
+    <t>Potential to be contaminated with elevated levels of lead</t>
+  </si>
+  <si>
+    <t>SLR Food Distribution</t>
+  </si>
+  <si>
+    <t>09/29/2025</t>
+  </si>
+  <si>
+    <t>Tru Fru</t>
+  </si>
+  <si>
+    <t>Freeze Dried Fruit snacks</t>
+  </si>
+  <si>
+    <t>Due to potential presence of metal in the product.</t>
+  </si>
+  <si>
+    <t>Georgia Nut Company</t>
+  </si>
+  <si>
+    <t>Wholesale Produce Supply, LLC.</t>
+  </si>
+  <si>
+    <t>Fresh Cut Cantaloupe</t>
+  </si>
+  <si>
+    <t>Sea Port</t>
+  </si>
+  <si>
+    <t>Raw Frozen Easy Peel White Shrimp Jumbo size 16/20</t>
+  </si>
+  <si>
+    <t>Product May Have Become Contaminated with Cesium-137 (Cs-137)</t>
+  </si>
+  <si>
+    <t>Sea Port Products Corp</t>
+  </si>
+  <si>
+    <t>04/28/2023</t>
+  </si>
+  <si>
+    <t>Gold Medal</t>
+  </si>
+  <si>
+    <t>All Purpose Flour, bleached and unbleached</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Bakery Product/Mix</t>
+  </si>
+  <si>
+    <t>General Mills</t>
+  </si>
+  <si>
+    <t>09/10/2025</t>
+  </si>
+  <si>
+    <t>Cookies</t>
+  </si>
+  <si>
+    <t>Undeclared almonds, sesame, Red 40, Red 3, Blue 1, Yellow 5, Red 40, Yellow 6</t>
+  </si>
+  <si>
+    <t>Gina Marie Bakery</t>
+  </si>
+  <si>
+    <t>07/16/2025</t>
+  </si>
+  <si>
+    <t>Deep</t>
+  </si>
+  <si>
+    <t>Sprouted Moong (sprouted mung beans)</t>
+  </si>
+  <si>
+    <t>CHETAK  LLC GROUP</t>
+  </si>
+  <si>
+    <t>09/11/2025</t>
+  </si>
+  <si>
+    <t>Goodles</t>
+  </si>
+  <si>
+    <t>Flavored pasta</t>
+  </si>
+  <si>
+    <t>Undeclared milk and cashews</t>
+  </si>
+  <si>
+    <t>Gooder Foods, Inc</t>
+  </si>
+  <si>
+    <t>08/18/2025</t>
+  </si>
+  <si>
+    <t>Middlefield Original Cheese Co-op/Copia Collective/Farmers Cheese</t>
+  </si>
+  <si>
+    <t>Cheese</t>
+  </si>
+  <si>
+    <t>Middlefield Original Cheese Co-op</t>
+  </si>
+  <si>
+    <t>09/08/2025</t>
+  </si>
+  <si>
+    <t>Middlefield Original Cheese Co-op, Sunrise Creamery</t>
+  </si>
+  <si>
+    <t>Potential contamination with-Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>10/03/2023</t>
+  </si>
+  <si>
+    <t>KVK Tech</t>
+  </si>
+  <si>
+    <t>Betaxolol Tablets, USP</t>
+  </si>
+  <si>
+    <t>Potential Presence of Oxycodone HCl tablet</t>
+  </si>
+  <si>
+    <t>KVK-Tech, Inc.</t>
+  </si>
+  <si>
+    <t>03/29/2023</t>
+  </si>
+  <si>
+    <t>Worcester Sauce; Chuno Sauce</t>
+  </si>
+  <si>
+    <t>North American Food Distributing Company, Inc.</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>Spectrum</t>
+  </si>
+  <si>
+    <t>Epinephrine bulk API</t>
+  </si>
+  <si>
+    <t>Product discoloration</t>
+  </si>
+  <si>
+    <t>Spectrum Laboratory Products Inc.</t>
+  </si>
+  <si>
+    <t>12/13/2021</t>
+  </si>
+  <si>
+    <t>Howling Cow</t>
+  </si>
+  <si>
+    <t>Howling Cow Butter Almond Ice Cream Pints</t>
+  </si>
+  <si>
+    <t>Undeclared Soy, Wheat</t>
+  </si>
+  <si>
+    <t>Maryland &amp; Virginia Milk Producers Cooperative Association</t>
+  </si>
+  <si>
+    <t>08/04/2024</t>
+  </si>
+  <si>
+    <t>Bikano</t>
+  </si>
+  <si>
+    <t>Moong Dal, Crunchy Green Gram</t>
+  </si>
+  <si>
+    <t>Thal Golden Spices Inc.</t>
+  </si>
+  <si>
+    <t>09/15/2025</t>
+  </si>
+  <si>
+    <t>BD Alaris</t>
+  </si>
+  <si>
+    <t>BD Alaris Pump Module model 8100 used with a subset of compatible pump infusion sets</t>
+  </si>
+  <si>
+    <t>Pump performance variations compared to the performance described in the user manual could impact infusion delivery</t>
+  </si>
+  <si>
+    <t>09/02/2025</t>
+  </si>
+  <si>
+    <t>G.Nutt</t>
+  </si>
+  <si>
+    <t>Vanilla G.Nutt Ice Cream</t>
+  </si>
+  <si>
+    <t>Undeclared almond allergen</t>
+  </si>
+  <si>
+    <t>Ice Cream Factory</t>
+  </si>
+  <si>
+    <t>11/06/2025</t>
+  </si>
+  <si>
+    <t>African Food on Wheels Inc.</t>
+  </si>
+  <si>
+    <t>Oven Dried Fish (Scomberomorus cavalla)</t>
+  </si>
+  <si>
+    <t>11/09/2025</t>
+  </si>
+  <si>
+    <t>Moonlight/Kroger</t>
+  </si>
+  <si>
+    <t>Yellow and white peaches</t>
+  </si>
+  <si>
+    <t>Moonlight Companies</t>
+  </si>
+  <si>
+    <t>07/23/2025</t>
+  </si>
+  <si>
+    <t>Parashore</t>
+  </si>
+  <si>
+    <t>Canned Sliced Pears</t>
+  </si>
+  <si>
+    <t>Potential Metal Contaminant – Lead and Cadmium</t>
+  </si>
+  <si>
+    <t>WW Industrial Group</t>
+  </si>
+  <si>
+    <t>09/04/2025</t>
+  </si>
+  <si>
+    <t>Endico</t>
+  </si>
+  <si>
+    <t>Frozen Peas and Carrots, Mixed Vegetables</t>
+  </si>
+  <si>
+    <t>Endico Potatoes Inc.</t>
+  </si>
+  <si>
+    <t>08/06/2025</t>
+  </si>
+  <si>
+    <t>Friendly’s</t>
+  </si>
+  <si>
+    <t>Cookies and Cream Ice Cream</t>
+  </si>
+  <si>
+    <t>Undeclared wheat and soy allergens</t>
+  </si>
+  <si>
+    <t>DFA Dairy Brands, LLC</t>
+  </si>
+  <si>
+    <t>09/20/2025</t>
+  </si>
+  <si>
+    <t>Ahi Tuna Wasabi Poke</t>
+  </si>
+  <si>
+    <t>Product has the potential to be contaminated with Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>Western United Fish Company dba Annasea Foods Group</t>
+  </si>
+  <si>
+    <t>10/09/2025</t>
+  </si>
+  <si>
+    <t>10/17/2025</t>
+  </si>
+  <si>
+    <t>Rich &amp; Creamy Vanilla Ice Cream</t>
+  </si>
+  <si>
+    <t>May contain undeclared egg allergen</t>
+  </si>
+  <si>
+    <t>10/10/2025</t>
+  </si>
+  <si>
+    <t>Raw Bistro</t>
+  </si>
+  <si>
+    <t>Frozen Beef Dog Food</t>
+  </si>
+  <si>
+    <t>Raw Bistro Pet Fare</t>
+  </si>
+  <si>
+    <t>Chocolate candy with nuts.</t>
+  </si>
+  <si>
+    <t>Due to a mislabeled allergen, cashews</t>
+  </si>
+  <si>
+    <t>Abdallah Inc.</t>
+  </si>
+  <si>
+    <t>08/22/2025</t>
+  </si>
+  <si>
+    <t>Blue Bell</t>
+  </si>
+  <si>
+    <t>Ice Cream</t>
+  </si>
+  <si>
+    <t>Undeclared almond, walnut, and pecan</t>
+  </si>
+  <si>
+    <t>Blue Bell Creameries, L.P.</t>
+  </si>
+  <si>
+    <t>04/07/2023</t>
+  </si>
+  <si>
+    <t>Fresh Express &amp; Publix</t>
+  </si>
+  <si>
+    <t>Salad Kits</t>
+  </si>
+  <si>
+    <t>12/18/2025</t>
+  </si>
+  <si>
+    <t>Single use ligating device</t>
+  </si>
+  <si>
+    <t>PolyLoop device may fail to detach as expected and become anchored to patient anatomy</t>
+  </si>
+  <si>
+    <t>08/14/2025</t>
+  </si>
+  <si>
+    <t>Brie Royal Faucon</t>
+  </si>
+  <si>
+    <t>Brie Royal Faucon Cheese</t>
+  </si>
+  <si>
+    <t>Fromi USA</t>
+  </si>
+  <si>
+    <t>12/22/2025</t>
+  </si>
+  <si>
+    <t>Virgo</t>
+  </si>
+  <si>
+    <t>Rheumacare Capsules</t>
+  </si>
+  <si>
+    <t>Handelnine Global Limited d/b/a Navafresh</t>
+  </si>
+  <si>
+    <t>12/23/2025</t>
+  </si>
+  <si>
+    <t>Willy Pete’s Chocolates</t>
+  </si>
+  <si>
+    <t>Almond Despair chocolate bar</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen - Almond</t>
+  </si>
+  <si>
+    <t>Willy Pete’s Chocolate Company LLC</t>
+  </si>
+  <si>
+    <t>Atwater's</t>
+  </si>
+  <si>
+    <t>Cookie tins</t>
+  </si>
+  <si>
+    <t>Undeclared tree nut allergens, almonds, pecans, and walnuts.</t>
+  </si>
+  <si>
+    <t>01/05/2026</t>
+  </si>
+  <si>
+    <t>Newway Import</t>
+  </si>
+  <si>
+    <t>Preserved mustard in soybean oil</t>
+  </si>
+  <si>
+    <t>Newway Import Inc.</t>
+  </si>
+  <si>
+    <t>12/09/2025</t>
+  </si>
+  <si>
+    <t>Grandma Belle’s</t>
+  </si>
+  <si>
+    <t>Tomato Basil Soup</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – Undeclared Milk</t>
+  </si>
+  <si>
+    <t>Lil’ Turtles</t>
+  </si>
+  <si>
+    <t>Lucky Foods</t>
+  </si>
+  <si>
+    <t>Lucky Foods brand Cinnamon Powder 40g, best before date 15.09.2027, packaged in a vacuum or modified atmosphere 40g pouch with a brown label</t>
+  </si>
+  <si>
+    <t>TBC Distribution Corporate</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>White Castle</t>
+  </si>
+  <si>
+    <t>Original Sliders, frozen, 4 count carton</t>
+  </si>
+  <si>
+    <t>May contain undeclared milk and soy allergens</t>
+  </si>
+  <si>
+    <t>White Castle Food Products LLC</t>
+  </si>
+  <si>
+    <t>Jhal Chanachur food treats</t>
+  </si>
+  <si>
+    <t>May contain undeclared peanut allergen</t>
+  </si>
+  <si>
+    <t>South Asian Food Inc</t>
+  </si>
+  <si>
+    <t>Town Food Service Equipment Co.</t>
+  </si>
+  <si>
+    <t>4 sizes of aluminum saucepans with capacities ranging from 1 quart to 3 quarts</t>
+  </si>
+  <si>
+    <t>Aluminum saucepans recalled because they have the potential to be contaminated with lead (Pb) which may leach into food.</t>
+  </si>
+  <si>
+    <t>Town Food Service Equipment Co., Inc.</t>
+  </si>
+  <si>
+    <t>12/15/2025</t>
+  </si>
+  <si>
+    <t>Decorated pound cakes</t>
+  </si>
+  <si>
+    <t>Undeclared soy</t>
+  </si>
+  <si>
+    <t>Ukrop;s Homestyle Foods, LLC</t>
+  </si>
+  <si>
+    <t>01/12/2026</t>
+  </si>
+  <si>
+    <t>Karison</t>
+  </si>
+  <si>
+    <t>Panjiri, pinni, and laddoo</t>
+  </si>
+  <si>
+    <t>Karison Foods &amp; Snacks Inc</t>
+  </si>
+  <si>
+    <t>11/04/2025</t>
+  </si>
+  <si>
+    <t>Haagen-Dazs</t>
+  </si>
+  <si>
+    <t>Ice Cream Bars</t>
+  </si>
+  <si>
+    <t>May contain undeclared wheat</t>
+  </si>
+  <si>
+    <t>Dreyer’s Grand Ice Cream, Inc.</t>
+  </si>
+  <si>
+    <t>Marabou</t>
+  </si>
+  <si>
+    <t>Sea Salt chocolate bar</t>
+  </si>
+  <si>
+    <t>Undeclared Allergen-Undeclared Almond, Wheat and nuts</t>
+  </si>
+  <si>
+    <t>BONBON - A SWEDISH CANDY CO.</t>
+  </si>
+  <si>
+    <t>Hofood99 Inc.</t>
+  </si>
+  <si>
+    <t>10/28/2025</t>
+  </si>
+  <si>
+    <t>Hampton Farms</t>
+  </si>
+  <si>
+    <t>Mixed Nuts</t>
+  </si>
+  <si>
+    <t>Cheeses</t>
+  </si>
+  <si>
+    <t>Wegmans New York</t>
+  </si>
+  <si>
+    <t>Martin’s and Giant/Casa Mamita</t>
+  </si>
+  <si>
+    <t>Taco Dinner Kits</t>
+  </si>
+  <si>
+    <t>May contain undeclared milk.</t>
+  </si>
+  <si>
+    <t>Teasdale Foods, Inc.</t>
+  </si>
+  <si>
+    <t>Pacific</t>
+  </si>
+  <si>
+    <t>Italian Parsley</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness – Salmonella contamination</t>
+  </si>
+  <si>
+    <t>Pacific International Marketing</t>
+  </si>
+  <si>
+    <t>Purity Products</t>
+  </si>
+  <si>
+    <t>Dietary Supplement for bladder support</t>
+  </si>
+  <si>
+    <t>Potential contamination with Escherichia coli O7:K1 and 1303</t>
+  </si>
+  <si>
+    <t>Dwater</t>
+  </si>
+  <si>
+    <t>11/20/2025</t>
+  </si>
+  <si>
+    <t>Prime Food</t>
+  </si>
+  <si>
+    <t>Lava Buns</t>
+  </si>
+  <si>
+    <t>Prime Food Processing LLC</t>
+  </si>
+  <si>
+    <t>11/19/2025</t>
+  </si>
+  <si>
+    <t>Majestic Chef Pan</t>
+  </si>
+  <si>
+    <t>Milk Pan 24cm</t>
+  </si>
+  <si>
+    <t>Product has the potential to be contaminated with significant levels of lead (Pb) which may leach into food</t>
+  </si>
+  <si>
+    <t>SHATA TRADERS INC</t>
+  </si>
+  <si>
+    <t>Foodynamics</t>
+  </si>
+  <si>
+    <t>Freeze Dried Pet Treats</t>
+  </si>
+  <si>
+    <t>Kenz Henz</t>
+  </si>
+  <si>
+    <t>Grade AA Large Pasture Raised Eggs</t>
+  </si>
+  <si>
+    <t>Haetae</t>
+  </si>
+  <si>
+    <t>Haitai, Inc</t>
+  </si>
+  <si>
+    <t>Nat’s Nuts</t>
+  </si>
+  <si>
+    <t>Cinnamon Whiskey Pecans</t>
+  </si>
+  <si>
+    <t>Sheehan Brothers Vending</t>
+  </si>
+  <si>
+    <t>Cheeseburgers, Spicy Chicken Sandwich, Italian Mini Subs, Pepperoni Pizza Sub, Chili Cheese Coney and BBQ Riblet w/coleslaw</t>
+  </si>
+  <si>
+    <t>11/18/2025</t>
+  </si>
+  <si>
+    <t>Jeni’s</t>
+  </si>
+  <si>
+    <t>Passion Fruit Dreamsicle Ice Cream Bars</t>
+  </si>
+  <si>
+    <t>Undeclared allergen - soy, wheat.</t>
+  </si>
+  <si>
+    <t>Jeni’s Splendid Ice Cream</t>
+  </si>
+  <si>
+    <t>Tops</t>
+  </si>
+  <si>
+    <t>Mixed Fruit Jam and Strawberry Jam</t>
+  </si>
+  <si>
+    <t>Undeclared Carmoisine</t>
+  </si>
+  <si>
+    <t>MANGALM LLC</t>
+  </si>
+  <si>
+    <t>11/11/2025</t>
+  </si>
+  <si>
+    <t>Whole Nutrition Infant formula 24 oz cans and 0.6oz packets</t>
+  </si>
+  <si>
+    <t>ByHeart Inc.</t>
+  </si>
+  <si>
+    <t>11/07/2025</t>
+  </si>
+  <si>
+    <t>Fresenius Kabi</t>
+  </si>
+  <si>
+    <t>Famotidine Injection, USP 20 mg per 2 mL</t>
+  </si>
+  <si>
+    <t>Out-of-specification endotoxin results</t>
+  </si>
+  <si>
+    <t>Fresenius Kabi USA, LLC</t>
+  </si>
+  <si>
+    <t>11/13/2025</t>
+  </si>
+  <si>
+    <t>Food To Live</t>
+  </si>
+  <si>
+    <t>Organic Supergreens Powder Mix and Organic Moringa Leaf Powder</t>
+  </si>
+  <si>
+    <t>11/25/2025</t>
+  </si>
+  <si>
+    <t>Belevini</t>
+  </si>
+  <si>
+    <t>Dried Whole Salted Smelt, Mullet, Goby</t>
+  </si>
+  <si>
+    <t>Potential to be contaminated with Clostridium botulinum.</t>
+  </si>
+  <si>
+    <t>Mamtakim, Inc.</t>
+  </si>
+  <si>
+    <t>12/03/2025</t>
+  </si>
+  <si>
+    <t>Bonnihill Farms</t>
+  </si>
+  <si>
+    <t>BeefiBowls Beef Recipe gently cooked frozen dog food, 16 oz. chubs</t>
+  </si>
+  <si>
+    <t>Animal &amp; Veterinary, Food &amp; Beverages, Contaminants, Animal Feed</t>
+  </si>
+  <si>
+    <t>Potential foreign plastic contamination</t>
+  </si>
+  <si>
+    <t>Fromm Family Foods</t>
+  </si>
+  <si>
+    <t>Blue Oven Bakery, Inc.</t>
+  </si>
+  <si>
+    <t>English muffin</t>
+  </si>
+  <si>
+    <t>Clonazepam Orally Disintegrating Tablets, USP (C-IV)</t>
+  </si>
+  <si>
+    <t>05/07/2019</t>
+  </si>
+  <si>
+    <t>THE BEAST</t>
+  </si>
+  <si>
+    <t>THE BEAST capsules</t>
+  </si>
+  <si>
+    <t>Dietary Supplements, Nutritional Supplement</t>
+  </si>
+  <si>
+    <t>Contains undeclared sildenafil</t>
+  </si>
+  <si>
+    <t>STIFF BOY, LLC</t>
+  </si>
+  <si>
+    <t>10/27/2025</t>
+  </si>
+  <si>
+    <t>Twin Sisters Creamery</t>
+  </si>
+  <si>
+    <t>Whatcom Blue and Farmhouse cheese products</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness - Shiga toxin-producing Escherichia coli (STEC) and Escherichia coli O103</t>
+  </si>
+  <si>
+    <t>Peterson Company</t>
+  </si>
+  <si>
+    <t>Whatcom Blue, Farmhouse, Peppercorn and Mustard Seed cheese products</t>
+  </si>
+  <si>
+    <t>Twin Sisters Creamery, Inc.</t>
+  </si>
+  <si>
+    <t>Deli Express</t>
+  </si>
+  <si>
+    <t>BBQ Pulled Pork Sandwich</t>
+  </si>
+  <si>
+    <t>Due to the potential presence of foreign particles (plastic).</t>
+  </si>
+  <si>
+    <t>E. A. Sween Company</t>
+  </si>
+  <si>
+    <t>10/31/2025</t>
+  </si>
+  <si>
+    <t>Monarch Premium</t>
+  </si>
+  <si>
+    <t>Bali Gold, Red Bali, Green Maeng Da, and White Elephant Kratom powder</t>
+  </si>
+  <si>
+    <t>Vanguard Enterprises, LLC. DBA Bedrock MFG</t>
+  </si>
+  <si>
+    <t>11/03/2025</t>
+  </si>
+  <si>
+    <t>First &amp; Last</t>
+  </si>
+  <si>
+    <t>Marinara Sauce, Puttanesca Sauce, and Meat Flavored Pasta Sauce</t>
+  </si>
+  <si>
+    <t>Potential for Clostridium botulinum hazard as the product is manufactured without an approved schedule</t>
+  </si>
+  <si>
+    <t>First and Last Bakery LLC</t>
+  </si>
+  <si>
+    <t>Cabot Creamery</t>
+  </si>
+  <si>
+    <t>Sea Salt Caramel Cheddar Popcorn</t>
+  </si>
+  <si>
+    <t>Due to presence of undeclared peanuts</t>
+  </si>
+  <si>
+    <t>Jody's Inc.</t>
+  </si>
+  <si>
+    <t>11/08/2025</t>
+  </si>
+  <si>
+    <t>Whole Nutrition Infant formula</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>Africa Imports</t>
+  </si>
+  <si>
+    <t>Organic Moringa Leaf Powder</t>
+  </si>
+  <si>
+    <t>12/10/2025</t>
+  </si>
+  <si>
+    <t>Monster cookies</t>
+  </si>
+  <si>
+    <t>May contain undeclared peanut, egg, and soy allergens</t>
+  </si>
+  <si>
+    <t>ReBoost</t>
+  </si>
+  <si>
+    <t>Nasal spray, 0.68 fl oz</t>
+  </si>
+  <si>
+    <t>Product has been found to contain yeast/mold and microbial contamination with one species identified as Achromobacter, at levels above specifications.</t>
+  </si>
+  <si>
+    <t>MediNatura New Mexico Inc.</t>
+  </si>
+  <si>
+    <t>Meal Simple</t>
+  </si>
+  <si>
+    <t>Red Lentil Dal Soup</t>
+  </si>
+  <si>
+    <t>May contain undeclared milk allergens</t>
+  </si>
+  <si>
+    <t>Bakkavor USA</t>
+  </si>
+  <si>
+    <t>Nutrena® Country Feeds®</t>
+  </si>
+  <si>
+    <t>Nutrena® Country Feeds® Cracked Corn for livestock, 50 lb. bag</t>
+  </si>
+  <si>
+    <t>Product may contain aflatoxin levels that exceed the Food and Drug Administration (FDA) action level for immature animals, wildlife, equines, small ruminants, and dairy animals.</t>
+  </si>
+  <si>
+    <t>Cargill Animal Nutrition &amp; Health</t>
+  </si>
+  <si>
+    <t>12/16/2025</t>
+  </si>
+  <si>
+    <t>MR7 Super 700000</t>
+  </si>
+  <si>
+    <t>Dietary supplement for male enhancement</t>
+  </si>
+  <si>
+    <t>StuffbyNainax LLC</t>
+  </si>
+  <si>
+    <t>ReBoost, ClearLife</t>
+  </si>
+  <si>
+    <t>Gregory's Foods</t>
+  </si>
+  <si>
+    <t>Bag Full of Cookies White Chocolate Macadamia Nut Frozen Cookie Dough</t>
+  </si>
+  <si>
+    <t>Gregory's Foods, Inc.</t>
+  </si>
+  <si>
+    <t>12/19/2025</t>
+  </si>
+  <si>
+    <t>Higher Harvest by H-E-B</t>
+  </si>
+  <si>
+    <t>Dairy-Free Coconut Yogurt, Strawberry flavor</t>
+  </si>
+  <si>
+    <t>May contain undeclared almond</t>
+  </si>
+  <si>
+    <t>PlantBased Innovations</t>
+  </si>
+  <si>
+    <t>Market 32 and Waterfront Bistro</t>
+  </si>
+  <si>
+    <t>Frozen Raw Shrimp</t>
+  </si>
+  <si>
+    <t>Product may have been prepared, packed, or held under conditions whereby they may have become exposed to very low levels of cesium-137 (Cs-137)</t>
+  </si>
+  <si>
+    <t>Direct Source Seafood LLC</t>
+  </si>
+  <si>
+    <t>Gilead</t>
+  </si>
+  <si>
+    <t>Veklury (remdesivir) for Injection</t>
+  </si>
+  <si>
+    <t>Due to Presence of Glass Particle</t>
+  </si>
+  <si>
+    <t>Gilead Sciences, Inc.</t>
+  </si>
+  <si>
+    <t>01/08/2026</t>
+  </si>
+  <si>
+    <t>Klong Kone</t>
+  </si>
+  <si>
+    <t>Klong Kone Shrimp Paste</t>
+  </si>
+  <si>
+    <t>Gusto Group Inc.</t>
+  </si>
+  <si>
+    <t>01/09/2026</t>
+  </si>
+  <si>
+    <t>Silintan</t>
+  </si>
+  <si>
+    <t>Dietary supplement capsules marketed for relief of joint and body aches</t>
+  </si>
+  <si>
+    <t>Unapproved new drug found to contain undeclared meloxicam</t>
+  </si>
+  <si>
+    <t>Anthony Trinh, 123Herbals LLC</t>
+  </si>
+  <si>
+    <t>HerbsForever LLC</t>
+  </si>
+  <si>
+    <t>Gastro Care capsule and Hingwastika powder and capsule dietary supplements</t>
+  </si>
+  <si>
+    <t>Modern Warrior</t>
+  </si>
+  <si>
+    <t>Dietary supplement capsules marketed for metabolism moosting, improving brain function, and reducing cravings</t>
+  </si>
+  <si>
+    <t>Unapproved new drug found to contain undeclared 1,4-DMAA and aniracetam, and tianeptine</t>
+  </si>
+  <si>
+    <t>01/07/2026</t>
+  </si>
+  <si>
+    <t>Primavera</t>
+  </si>
+  <si>
+    <t>Tamales</t>
+  </si>
+  <si>
+    <t>Potential presence of Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>Primavera Nueva Inc.</t>
+  </si>
+  <si>
+    <t>12/17/2025</t>
+  </si>
+  <si>
+    <t>Potential presence of Listeria monocytogenes.</t>
+  </si>
+  <si>
+    <t>SiluetaYa</t>
+  </si>
+  <si>
+    <t>Tejocote Root dietary supplement</t>
+  </si>
+  <si>
+    <t>10/29/2025</t>
+  </si>
+  <si>
+    <t>Hoque</t>
+  </si>
+  <si>
+    <t>Dry Ghoinnya Fish</t>
+  </si>
+  <si>
+    <t>Product was found to be uneviscerated. Uneviscerated fish have been linked to outbreaks of botulism poisoning.</t>
+  </si>
+  <si>
+    <t>New Hoque &amp; Sons Inc.</t>
+  </si>
+  <si>
+    <t>10/14/2025</t>
+  </si>
+  <si>
+    <t>Ben’s Original</t>
+  </si>
+  <si>
+    <t>Long Grain White, Whole Grain Brown, and Long Grain &amp; Wild Ready Rice</t>
+  </si>
+  <si>
+    <t>Potential Foreign Body Contaminant – Small Stones</t>
+  </si>
+  <si>
+    <t>11/24/2025</t>
+  </si>
+  <si>
+    <t>Boar’s Head</t>
+  </si>
+  <si>
+    <t>Chicken Caesar Salad and Wrap</t>
+  </si>
+  <si>
+    <t>Due to the potential presence of Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>Supreme Service Solutions, LLC.</t>
+  </si>
+  <si>
+    <t>08/25/2025</t>
+  </si>
+  <si>
+    <t>Ground Beef for Dogs and Ground Chicken for Dogs and Cats</t>
+  </si>
+  <si>
+    <t>Salmonella and Listeria monocytogenes contamination</t>
+  </si>
+  <si>
+    <t>Viva Raw LLC.</t>
+  </si>
+  <si>
+    <t>20 mEq Potassium Chloride Injection</t>
+  </si>
+  <si>
+    <t>Potential for Potassium chloride overdose: 20 mEq Potassium Chloride Injection is Mislabeled As 10 mEq Potassium Chloride Injection</t>
+  </si>
+  <si>
+    <t>Otsuka ICU Medical LLC</t>
+  </si>
+  <si>
+    <t>Bronchofiberscopes and bronchovideoscopes</t>
+  </si>
+  <si>
+    <t>Potential for endobronchial combustion</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>Deluxe Mixed Nuts Unsalted (34 oz tubs and 11.5 oz bags)</t>
+  </si>
+  <si>
+    <t>Product may be contaminated with Salmonella</t>
+  </si>
+  <si>
+    <t>02/27/2024</t>
+  </si>
+  <si>
+    <t>Avanos Medical</t>
+  </si>
+  <si>
+    <t>MIC* Gastric-Jejunal Feeding Tube Kits</t>
+  </si>
+  <si>
+    <t>Potential Lack of Sterility Assurance</t>
+  </si>
+  <si>
+    <t>Avanos Medical, Inc.</t>
+  </si>
+  <si>
+    <t>12/07/2023</t>
+  </si>
+  <si>
+    <t>Covidien and Cardinal Health</t>
+  </si>
+  <si>
+    <t>Urology and OR room specific kits and trays</t>
+  </si>
+  <si>
+    <t>Potential lack of sterility assurance which could result in non-sterile product</t>
+  </si>
+  <si>
+    <t>Cardinal Health</t>
+  </si>
+  <si>
+    <t>12/02/2025</t>
+  </si>
+  <si>
+    <t>Vetoquinol</t>
+  </si>
+  <si>
+    <t>FOLLTROPIN Injectable Kits for Cattle</t>
+  </si>
+  <si>
+    <t>Vetoquinol USA</t>
+  </si>
+  <si>
+    <t>Peanut Butter Cracker Sandwiches</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – Undeclared Peanut</t>
+  </si>
+  <si>
+    <t>11/26/2025</t>
+  </si>
+  <si>
+    <t>Prairie Farms</t>
+  </si>
+  <si>
+    <t>Fat Free Milk</t>
+  </si>
+  <si>
+    <t>May contain food-grade cleaning agents</t>
+  </si>
+  <si>
+    <t>Locatelli</t>
+  </si>
+  <si>
+    <t>Grated Pecorino Romano Cheese</t>
+  </si>
+  <si>
+    <t>Wegmans Food Markets, Inc.</t>
+  </si>
+  <si>
+    <t>True Sea Moss</t>
+  </si>
+  <si>
+    <t>Sea Moss Gel Superfood in various flavors (16 FL OZ glass jars)</t>
+  </si>
+  <si>
+    <t>Diva Fam Inc.</t>
+  </si>
+  <si>
+    <t>Outside the Breadbox</t>
+  </si>
+  <si>
+    <t>Bread Crumbs</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – Egg and Milk</t>
+  </si>
+  <si>
+    <t>VH Foods Inc. DBA Outside The Breadbox</t>
+  </si>
+  <si>
+    <t>02/12/2026</t>
+  </si>
+  <si>
+    <t>Junebar</t>
+  </si>
+  <si>
+    <t>Snack Bars</t>
+  </si>
+  <si>
+    <t>Juniper Granola, LLC.</t>
+  </si>
+  <si>
+    <t>Wellsley Farms</t>
+  </si>
+  <si>
+    <t>Salmon</t>
+  </si>
+  <si>
+    <t>Slade Gorton &amp; Co., Inc.</t>
+  </si>
+  <si>
+    <t>02/05/2026</t>
+  </si>
+  <si>
+    <t>Dried Croaker Fish</t>
+  </si>
+  <si>
+    <t>Product was not adequately eviscerated and may harbor harmful bacteria or toxins</t>
+  </si>
+  <si>
+    <t>Snow Fruit</t>
+  </si>
+  <si>
+    <t>Peach Salsa</t>
+  </si>
+  <si>
+    <t>JFE Franchising Inc.</t>
+  </si>
+  <si>
+    <t>Choceur</t>
+  </si>
+  <si>
+    <t>Bark candy with nuts and fruit</t>
+  </si>
+  <si>
+    <t>Undeclared pecans and wheat</t>
+  </si>
+  <si>
+    <t>Silvestri Sweet, Inc.</t>
+  </si>
+  <si>
+    <t>LAWRENCE WHOLESALE LLC</t>
+  </si>
+  <si>
+    <t>Holiday Bark</t>
+  </si>
+  <si>
+    <t>Good &amp; Gather</t>
+  </si>
+  <si>
+    <t>Frozen Burrito Bowl</t>
+  </si>
+  <si>
+    <t>Undeclared shrimp (shellfish)</t>
+  </si>
+  <si>
+    <t>One Frozen, LLC</t>
+  </si>
+  <si>
+    <t>Twin Marquis</t>
+  </si>
+  <si>
+    <t>Thick Shanghai Style Plain Noodles</t>
+  </si>
+  <si>
+    <t>Twin Marquis LLC</t>
   </si>
   <si>
     <t>12/07/2024</t>
   </si>
   <si>
     <t>Dairyland Produce, LLC</t>
   </si>
   <si>
-    <t>May be contaminated with Salmonella</t>
-[...1 lines deleted...]
-  <si>
     <t>Dairyland Produe, LLC</t>
   </si>
   <si>
-    <t>12/10/2024</t>
-[...1046 lines deleted...]
-    <t>Food &amp; Beverages, Contaminants, Shellfish</t>
+    <t>02/13/2026</t>
+  </si>
+  <si>
+    <t>Rosabella</t>
+  </si>
+  <si>
+    <t>Moringa capsules</t>
+  </si>
+  <si>
+    <t>Possible contamination with Salmonella</t>
+  </si>
+  <si>
+    <t>Ambrosia Brands, LLC.</t>
+  </si>
+  <si>
+    <t>Undeclared prescription drug-Tadalafil</t>
+  </si>
+  <si>
+    <t>Green Lumber Holding, LLC.</t>
+  </si>
+  <si>
+    <t>Tippy Toes</t>
+  </si>
+  <si>
+    <t>Baby Food</t>
+  </si>
+  <si>
+    <t>Elevated levels of patulin</t>
+  </si>
+  <si>
+    <t>IF Copack, LLC. d.b.a. Initiative Foods</t>
+  </si>
+  <si>
+    <t>02/17/2026</t>
+  </si>
+  <si>
+    <t>Advanced Alkaloids</t>
+  </si>
+  <si>
+    <t>Alkaloids Chewable Tablets—White Vein</t>
+  </si>
+  <si>
+    <t>Product contains 7-Hydroxymitragynine (7-OH) in an amount more than the declared value of 7.5 mg/tablet.</t>
+  </si>
+  <si>
+    <t>Shaman Botanicals, LLC</t>
   </si>
   <si>
     <t>Possible contamination with radionuclide (Cesium-137)</t>
   </si>
   <si>
     <t>Beaver Street Fisheries, LLC</t>
   </si>
   <si>
-    <t>08/29/2025</t>
-[...176 lines deleted...]
-    <t>Asian Sesame Salad with Chicken &amp; Asian Dressing</t>
+    <t>Carrot Top Kitchens</t>
+  </si>
+  <si>
+    <t>Hummus Varieties</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – Sesame</t>
+  </si>
+  <si>
+    <t>01/15/2026</t>
+  </si>
+  <si>
+    <t>Spring &amp; Mulberry</t>
+  </si>
+  <si>
+    <t>Multiple Flavors of Chocolate Bars</t>
+  </si>
+  <si>
+    <t>Mint Leaf Date Sweetened Chocolate Bar</t>
+  </si>
+  <si>
+    <t>FreeStyle Libre</t>
+  </si>
+  <si>
+    <t>FreeStyle Libre 3 and 3 Plus Glucose monitoring sensors</t>
+  </si>
+  <si>
+    <t>Internal testing determined that some sensors may provide incorrect low glucose readings.</t>
+  </si>
+  <si>
+    <t>Ambriola, Locatelli, Member’s Mark, Pinna, and Boar’s Head</t>
+  </si>
+  <si>
+    <t>The Ambriola Company</t>
+  </si>
+  <si>
+    <t>01/28/2026</t>
+  </si>
+  <si>
+    <t>Arrowroot biscuits</t>
+  </si>
+  <si>
+    <t>potential presence of soft plastic and/or paper pieces</t>
+  </si>
+  <si>
+    <t>01/23/2026</t>
+  </si>
+  <si>
+    <t>IKM</t>
+  </si>
+  <si>
+    <t>Metal Cookware Items</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Contaminants, Foodborne Illness</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness – Lead contamination</t>
+  </si>
+  <si>
+    <t>Ulker</t>
+  </si>
+  <si>
+    <t>Snack rolls, biscuits, and wafers</t>
+  </si>
+  <si>
+    <t>Undeclared allergen (wheat, eggs, milk)</t>
+  </si>
+  <si>
+    <t>ZB Importing LLC</t>
+  </si>
+  <si>
+    <t>02/27/2026</t>
+  </si>
+  <si>
+    <t>Savannah Bee Company</t>
+  </si>
+  <si>
+    <t>BBQ sauce</t>
+  </si>
+  <si>
+    <t>Undeclared wheat and soy</t>
+  </si>
+  <si>
+    <t>02/26/2026</t>
+  </si>
+  <si>
+    <t>Quest</t>
+  </si>
+  <si>
+    <t>Cat Food Chicken Recipe Frozen</t>
+  </si>
+  <si>
+    <t>May contain low levels of thiamine (Vitamin B1)</t>
+  </si>
+  <si>
+    <t>Go Raw LLC.</t>
+  </si>
+  <si>
+    <t>11/15/2025</t>
+  </si>
+  <si>
+    <t>Vampire Slayer Garlic Cheddar cheese</t>
+  </si>
+  <si>
+    <t>Face Rock Creamery LLC</t>
+  </si>
+  <si>
+    <t>02/04/2026</t>
+  </si>
+  <si>
+    <t>CHIPS AHOY</t>
+  </si>
+  <si>
+    <t>Baked brownie bites</t>
+  </si>
+  <si>
+    <t>Product Safety – choking threats</t>
+  </si>
+  <si>
+    <t>Mondelez Global</t>
+  </si>
+  <si>
+    <t>02/06/2026</t>
+  </si>
+  <si>
+    <t>Blood Glucose Monitoring Systems</t>
+  </si>
+  <si>
+    <t>As currently written, the Owner’s Booklets/System Instructions for Use fails to emphasize that users must seek medical attention immediately if they receive an E-5 error code and are experiencing symptoms of high glucose.</t>
+  </si>
+  <si>
+    <t>02/20/2026</t>
+  </si>
+  <si>
+    <t>Made Fresh Salad</t>
+  </si>
+  <si>
+    <t>Various Cream Cheeses and Tofu Spread</t>
+  </si>
+  <si>
+    <t>Made Fresh Salads, Inc.</t>
+  </si>
+  <si>
+    <t>02/24/2026</t>
+  </si>
+  <si>
+    <t>Elite Treats</t>
+  </si>
+  <si>
+    <t>Chicken dog treats</t>
+  </si>
+  <si>
+    <t>Elite Treats, LLC.</t>
+  </si>
+  <si>
+    <t>02/25/2026</t>
+  </si>
+  <si>
+    <t>Boner Bears</t>
+  </si>
+  <si>
+    <t>Chocolate syrup</t>
+  </si>
+  <si>
+    <t>Lockout Supplements</t>
+  </si>
+  <si>
+    <t>Cattle Feed</t>
+  </si>
+  <si>
+    <t>Animal &amp; Veterinary, Food &amp; Beverages, Livestock Feed</t>
+  </si>
+  <si>
+    <t>Elevated levels or deficient levels of nutrients which may be harmful to cattle</t>
+  </si>
+  <si>
+    <t>Doan's Bakery</t>
+  </si>
+  <si>
+    <t>White Chocolate Coconut &amp; Carrot Bundt Cakes</t>
+  </si>
+  <si>
+    <t>Undeclared allergens, wheat and milk</t>
+  </si>
+  <si>
+    <t>Quest Cat Food Chicken Recipe Freeze Dried Nuggets, 10oz bag</t>
+  </si>
+  <si>
+    <t>Go Raw LLC</t>
+  </si>
+  <si>
+    <t>RHINO CHOCO VIP 10X</t>
+  </si>
+  <si>
+    <t>Chocolate</t>
+  </si>
+  <si>
+    <t>USA LESS Co.</t>
+  </si>
+  <si>
+    <t>AquaStar, Best Yet, Waterfront Bistro, Publix</t>
+  </si>
+  <si>
+    <t>AquaStar Corp</t>
+  </si>
+  <si>
+    <t>01/20/2026</t>
+  </si>
+  <si>
+    <t>Live it Up</t>
+  </si>
+  <si>
+    <t>Super Greens Original and Wild Berry Flavored pouches and packs</t>
+  </si>
+  <si>
+    <t>Superfoods, Inc. DBA as Live it Up</t>
+  </si>
+  <si>
+    <t>Why Not Natural</t>
+  </si>
+  <si>
+    <t>Organic Moringa – Green Superfood</t>
+  </si>
+  <si>
+    <t>01/29/2026</t>
+  </si>
+  <si>
+    <t>Neogen</t>
+  </si>
+  <si>
+    <t>Vet HYCOAT® Hyaluronate Sodium Sterile Solution</t>
+  </si>
+  <si>
+    <t>Neogen Corporation</t>
+  </si>
+  <si>
+    <t>02/10/2025</t>
+  </si>
+  <si>
+    <t>Genova, Van Camp’s, H-E-B, Trader Joe’s</t>
+  </si>
+  <si>
+    <t>Canned tuna</t>
+  </si>
+  <si>
+    <t>Tri-Union Seafoods</t>
+  </si>
+  <si>
+    <t>01/19/2026</t>
+  </si>
+  <si>
+    <t>Genova</t>
+  </si>
+  <si>
+    <t>Yellowfin Tuna</t>
+  </si>
+  <si>
+    <t>09/22/2025</t>
+  </si>
+  <si>
+    <t>ViziShot 2 FLEX (19G) EBUS -TBNA needles</t>
+  </si>
+  <si>
+    <t>Device Components May Detach During Procedures</t>
+  </si>
+  <si>
+    <t>01/16/2026</t>
+  </si>
+  <si>
+    <t>02/19/2021</t>
+  </si>
+  <si>
+    <t>El Abuelito, Rio Grande, Rio Lindo</t>
+  </si>
+  <si>
+    <t>Queso Fresco</t>
+  </si>
+  <si>
+    <t>El Abuelito Cheese</t>
+  </si>
+  <si>
+    <t>Ice Cream Products</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Ice Cream/Frozen Dairy</t>
+  </si>
+  <si>
+    <t>Totally Cool, Inc.</t>
+  </si>
+  <si>
+    <t>Fu Zhou</t>
+  </si>
+  <si>
+    <t>Fish balls</t>
+  </si>
+  <si>
+    <t>Koikoi Trading Inc.</t>
+  </si>
+  <si>
+    <t>Navitas Organice</t>
+  </si>
+  <si>
+    <t>Navitas Organics</t>
+  </si>
+  <si>
+    <t>Don Pancho, HEB, Trader Joe’s</t>
+  </si>
+  <si>
+    <t>Cilantro Lime Crema, Everything Sauce Fiesta, Cilantro Cotija dressing, Poblano Caesar dressing, Cilantro Dressing, Street Taco Express Meal Kit</t>
+  </si>
+  <si>
+    <t>04/30/2024</t>
+  </si>
+  <si>
+    <t>Gibson Farms</t>
+  </si>
+  <si>
+    <t>California Shelled Walnuts, Organic Light Halves and Pieces</t>
+  </si>
+  <si>
+    <t>Due to potential Escherichia coli 0157:H7 (E. coli)  contamination</t>
+  </si>
+  <si>
+    <t>11/17/2023</t>
+  </si>
+  <si>
+    <t>Whole Peaches, Plums, and Nectarines</t>
+  </si>
+  <si>
+    <t>The HMC Group Marketing, Inc.</t>
+  </si>
+  <si>
+    <t>12/26/2025</t>
+  </si>
+  <si>
+    <t>All FDA-regulated products held at facility including drugs, medical devices, cosmetics, dietary supplements, human food, and pet food</t>
+  </si>
+  <si>
+    <t>Animal &amp; Veterinary, Cosmetics, Dietary Supplements, Drugs, Food &amp; Beverages, Medical Devices, Foodborne Illness</t>
+  </si>
+  <si>
+    <t>Potential Salmonella contamination, presence of rodent and avian contamination and insanitary conditions during the storage process.</t>
+  </si>
+  <si>
+    <t>Gold Star Distribution, Inc.</t>
+  </si>
+  <si>
+    <t>Frozen Shrimp</t>
+  </si>
+  <si>
+    <t>Southwind Foods, LLC</t>
+  </si>
+  <si>
+    <t>Frozen Waffle Products</t>
+  </si>
+  <si>
+    <t>Diamond Shruumz</t>
+  </si>
+  <si>
+    <t>Infused Cones, Chocolate Bars, and Gummies</t>
+  </si>
+  <si>
+    <t>Toxic levels of muscimol</t>
+  </si>
+  <si>
+    <t>Prophet Premium Blends</t>
+  </si>
+  <si>
+    <t>12/24/2025</t>
+  </si>
+  <si>
+    <t>Country Vet, Heartland Harvest</t>
+  </si>
+  <si>
+    <t>Dog Biscuits</t>
+  </si>
+  <si>
+    <t>Consumers Supply Distributing, LLC</t>
+  </si>
+  <si>
+    <t>08/26/2025</t>
+  </si>
+  <si>
+    <t>Taylor Farms</t>
+  </si>
+  <si>
+    <t>Honey Balsamic Salad Kit</t>
+  </si>
+  <si>
+    <t>Undeclared Allergen – Sesame and Soy</t>
+  </si>
+  <si>
+    <t>Grostrong, MoorMan's, MaxLean, Roughage Buster, Pen Pals, Patriot, Goat Power, Juniorglo, Rack Plus, Seniorglo</t>
+  </si>
+  <si>
+    <t>Animal Feed Products</t>
+  </si>
+  <si>
+    <t>01/31/2024</t>
+  </si>
+  <si>
+    <t>Quaker</t>
+  </si>
+  <si>
+    <t>Quaker Chewy Dipps Llama Rama bars and more</t>
+  </si>
+  <si>
+    <t>So Delicious</t>
+  </si>
+  <si>
+    <t>Non-dairy frozen dessert</t>
+  </si>
+  <si>
+    <t>Potential presence of foreign materials such as stones and other hard objects.</t>
+  </si>
+  <si>
+    <t>05/19/2025</t>
+  </si>
+  <si>
+    <t>RM Refresher</t>
+  </si>
+  <si>
+    <t>Instant Milk Tea Powder</t>
+  </si>
+  <si>
+    <t>R&amp;M Trading LLC</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>Ashfiat Alharamain</t>
+  </si>
+  <si>
+    <t>Honey Product for Energy Support</t>
+  </si>
+  <si>
+    <t>Product contains tadalafil</t>
+  </si>
+  <si>
+    <t>Akkarco LLC</t>
+  </si>
+  <si>
+    <t>08/10/2025</t>
+  </si>
+  <si>
+    <t>Neuhaus</t>
+  </si>
+  <si>
+    <t>Belgian Chocolate Moments Smurfs Popping Milk Chocolates with Cookies</t>
+  </si>
+  <si>
+    <t>Neuhaus Chocolates NV</t>
+  </si>
+  <si>
+    <t>Sno Pac/Del Mar</t>
+  </si>
+  <si>
+    <t>Frozen Spinach</t>
+  </si>
+  <si>
+    <t>Sno Pac Foods, Inc.</t>
+  </si>
+  <si>
+    <t>12/20/2025</t>
+  </si>
+  <si>
+    <t>Fran’s</t>
+  </si>
+  <si>
+    <t>Almondmilk Chocolate 46% Madagascar Plant-Based</t>
+  </si>
+  <si>
+    <t>Contains undeclared hazelnut</t>
+  </si>
+  <si>
+    <t>Pinocchio</t>
+  </si>
+  <si>
+    <t>Stewed Aged Kimchi w/ Mackerel</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – Milk and Shrimp</t>
+  </si>
+  <si>
+    <t>Lee K of NY INC</t>
+  </si>
+  <si>
+    <t>Publix Rice &amp; Pigeon Peas</t>
+  </si>
+  <si>
+    <t>Contains undeclared soy</t>
+  </si>
+  <si>
+    <t>A.S.K. Foods, LLC</t>
+  </si>
+  <si>
+    <t>Zingerman’s Candy</t>
+  </si>
+  <si>
+    <t>Peanut Butter Crush and Ca$hew Cow candy bars</t>
+  </si>
+  <si>
+    <t>Potential or Undeclared Allergen – Undeclared Cashew and Peanut</t>
+  </si>
+  <si>
+    <t>Zingerman’s Candy Manufactory</t>
+  </si>
+  <si>
+    <t>Anthony’s</t>
+  </si>
+  <si>
+    <t>Barbecue Sauce</t>
+  </si>
+  <si>
+    <t>May contain undeclared Anchovy (fish).</t>
+  </si>
+  <si>
+    <t>Anthony’s BBQ Sauce</t>
+  </si>
+  <si>
+    <t>Charlevoix Cheese Company</t>
+  </si>
+  <si>
+    <t>Milk Cheddar Cheese</t>
+  </si>
+  <si>
+    <t>Boss Dairy Farms</t>
+  </si>
+  <si>
+    <t>DEVI</t>
+  </si>
+  <si>
+    <t>Homeneeds Inc.</t>
+  </si>
+  <si>
+    <t>Publix Raspberry Coffee Cake</t>
+  </si>
+  <si>
+    <t>Label does not declare walnuts in the ingredient list.</t>
+  </si>
+  <si>
+    <t>The James Skinner LLC</t>
+  </si>
+  <si>
+    <t>Troemner Family Farm</t>
+  </si>
+  <si>
+    <t>Pfeffernusse Cookies</t>
+  </si>
+  <si>
+    <t>Undeclared milk, wheat, and soy allergens</t>
+  </si>
+  <si>
+    <t>Troemner Farm</t>
+  </si>
+  <si>
+    <t>02/15/2025</t>
+  </si>
+  <si>
+    <t>Mauna Loa Milk Chocolate Covered Macadamias</t>
+  </si>
+  <si>
+    <t>Mauna Loa Macadamia Nut Company, LLC</t>
+  </si>
+  <si>
+    <t>Danshi</t>
+  </si>
+  <si>
+    <t>Spicy Shredded Tofu</t>
+  </si>
+  <si>
+    <t>SHANG HAO JIA, INC</t>
+  </si>
+  <si>
+    <t>Snowfruit, Snowfox</t>
+  </si>
+  <si>
+    <t>Multiple products with cucumbers</t>
+  </si>
+  <si>
+    <t>Frozen fruits and vegetables</t>
+  </si>
+  <si>
+    <t>Cereal, bars, and snacks</t>
+  </si>
+  <si>
+    <t>Yummi Sushi</t>
+  </si>
+  <si>
+    <t>Multiple sushi products with cucumber</t>
+  </si>
+  <si>
+    <t>Yummi Sushi LLC</t>
+  </si>
+  <si>
+    <t>02/18/2022</t>
+  </si>
+  <si>
+    <t>Numerous brand names</t>
+  </si>
+  <si>
+    <t>Numerous human food, animal (pet) food, medical devices, and drug products</t>
+  </si>
+  <si>
+    <t>Animal &amp; Veterinary, Cosmetics, Dietary Supplements, Drugs, Food &amp; Beverages, Medical Devices</t>
+  </si>
+  <si>
+    <t>Potential Salmonella contamination and presence of rodent activity at the distribution center</t>
+  </si>
+  <si>
+    <t>Family Dollar, Inc.</t>
+  </si>
+  <si>
+    <t>10/21/2021</t>
+  </si>
+  <si>
+    <t>Big Bull, Peak Fresh Produce, Sierra Madre, Markon First Crop., Markon Essentials, Rio Blue, ProSource, Rio Valley, and Sysco Imperial</t>
+  </si>
+  <si>
+    <t>Whole raw red, yellow, white onions</t>
+  </si>
+  <si>
+    <t>ProSource Produce LLC</t>
+  </si>
+  <si>
+    <t>05/28/2025</t>
+  </si>
+  <si>
+    <t>Fresh cucumbers and salad and vegetable trays containing fresh cucumbers.</t>
+  </si>
+  <si>
+    <t>Due to possible contamination with Salmonella</t>
+  </si>
+  <si>
+    <t>Expanded list of Urology and OR room specific kits and trays</t>
+  </si>
+  <si>
+    <t>Granola Bars and Granola Cereals</t>
+  </si>
+  <si>
+    <t>02/06/2024</t>
+  </si>
+  <si>
+    <t>Rizo Brothers California Creamery</t>
+  </si>
+  <si>
+    <t>Cheese, Yogurt, Sour cream</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Foodborne Illness, Dairy</t>
+  </si>
+  <si>
+    <t>Expanded recall for potential Listeria monocytogenes contamination</t>
+  </si>
+  <si>
+    <t>06/20/2024</t>
+  </si>
+  <si>
+    <t>Snapchill</t>
+  </si>
+  <si>
+    <t>Coffee Products</t>
+  </si>
+  <si>
+    <t>Snapchill LLC</t>
+  </si>
+  <si>
+    <t>PAM PAK</t>
+  </si>
+  <si>
+    <t>Whole Fresh American Cucumbers</t>
+  </si>
+  <si>
+    <t>Baloian Farms of Arizonia Co., Inc.</t>
+  </si>
+  <si>
+    <t>Gracie’s Kitchens, King Kullen, Wild By Nature</t>
+  </si>
+  <si>
+    <t>RTE fruit and vegetables</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness/Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>Snowfruit &amp; Snowfox</t>
+  </si>
+  <si>
+    <t>Fresh cut cucumber items and sushi products</t>
+  </si>
+  <si>
+    <t>Crazy Fresh and more</t>
+  </si>
+  <si>
+    <t>Cucumbers and salads with kit</t>
   </si>
   <si>
     <t>Glenmark</t>
   </si>
   <si>
     <t>Glenmark Pharmaceuticals, Inc.</t>
   </si>
   <si>
-    <t>08/13/2025</t>
-[...2081 lines deleted...]
-    <t>As currently written, the Owner’s Booklets/System Instructions for Use fails to emphasize that users must seek medical attention immediately if they receive an E-5 error code and are experiencing symptoms of high glucose.</t>
+    <t>Cottage Cheese</t>
+  </si>
+  <si>
+    <t>Food &amp; Beverages, Cheese/Cheese Product</t>
+  </si>
+  <si>
+    <t>Not fully pasteurized.</t>
+  </si>
+  <si>
+    <t>Saputo Cheese USA, Inc.</t>
+  </si>
+  <si>
+    <t>03/04/2026</t>
+  </si>
+  <si>
+    <t>Miss Vickie’s</t>
+  </si>
+  <si>
+    <t>Spicy Dill Pickle Potato Chips</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -10187,51 +10349,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G862"/>
+  <dimension ref="A1:G877"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="180.385" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="206.378" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="133.253" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="270.077" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -10271,18558 +10433,18897 @@
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" t="s">
         <v>19</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" t="s">
         <v>21</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D5" t="s">
         <v>25</v>
       </c>
-      <c r="B5" t="s">
+      <c r="E5" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
         <v>27</v>
       </c>
-      <c r="D5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" t="s">
         <v>30</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
         <v>31</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
         <v>32</v>
       </c>
-      <c r="D6" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" t="s">
         <v>35</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F7" t="s">
         <v>36</v>
       </c>
-      <c r="C7" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
         <v>40</v>
       </c>
-      <c r="B8" t="s">
+      <c r="F8" t="s">
         <v>41</v>
-      </c>
-[...10 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" t="s">
         <v>45</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9" t="s">
         <v>46</v>
       </c>
-      <c r="C9" t="s">
+      <c r="G9" t="s">
         <v>47</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" t="s">
         <v>51</v>
       </c>
-      <c r="B10" t="s">
+      <c r="F10" t="s">
         <v>52</v>
       </c>
-      <c r="C10" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>53</v>
+      </c>
+      <c r="C11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11" t="s">
         <v>56</v>
-      </c>
-[...13 lines deleted...]
-        <v>61</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B12" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="C12" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D12" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="E12" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="F12" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="B13" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C13" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="F13" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="C14" t="s">
-        <v>74</v>
+        <v>63</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E14" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="F14" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="B15" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="C15" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="D15" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="E15" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="F15" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="C16" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="D16" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E16" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="F16" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="B17" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="C17" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="D17" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="E17" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="F17" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
+        <v>84</v>
+      </c>
+      <c r="B18" t="s">
+        <v>85</v>
+      </c>
+      <c r="C18" t="s">
+        <v>86</v>
+      </c>
+      <c r="D18" t="s">
+        <v>25</v>
+      </c>
+      <c r="E18" t="s">
         <v>87</v>
       </c>
-      <c r="B18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="B19" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="C19" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="D19" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E19" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="F19" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="B20" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="C20" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="D20" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="E20" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="F20" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="B21" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="C21" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="D21" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E21" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="F21" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
+        <v>97</v>
+      </c>
+      <c r="B22" t="s">
+        <v>101</v>
+      </c>
+      <c r="C22" t="s">
+        <v>102</v>
+      </c>
+      <c r="D22" t="s">
+        <v>81</v>
+      </c>
+      <c r="E22" t="s">
+        <v>82</v>
+      </c>
+      <c r="F22" t="s">
         <v>103</v>
-      </c>
-[...13 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="B23" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="C23" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="D23" t="s">
-        <v>16</v>
+        <v>107</v>
       </c>
       <c r="E23" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="F23" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
+        <v>109</v>
+      </c>
+      <c r="B24" t="s">
+        <v>110</v>
+      </c>
+      <c r="C24" t="s">
+        <v>111</v>
+      </c>
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
         <v>112</v>
       </c>
-      <c r="B24" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F24" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="B25" t="s">
+        <v>115</v>
+      </c>
+      <c r="C25" t="s">
+        <v>116</v>
+      </c>
+      <c r="D25" t="s">
         <v>117</v>
       </c>
-      <c r="C25" t="s">
+      <c r="E25" t="s">
         <v>118</v>
       </c>
-      <c r="D25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F25" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
+        <v>120</v>
+      </c>
+      <c r="B26" t="s">
+        <v>121</v>
+      </c>
+      <c r="C26" t="s">
+        <v>122</v>
+      </c>
+      <c r="D26" t="s">
+        <v>81</v>
+      </c>
+      <c r="E26" t="s">
         <v>123</v>
-      </c>
-[...10 lines deleted...]
-        <v>127</v>
       </c>
       <c r="F26" t="s">
         <v>124</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>128</v>
+        <v>114</v>
       </c>
       <c r="B27" t="s">
-        <v>91</v>
+        <v>121</v>
       </c>
       <c r="C27" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="D27" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E27" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="F27" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="B28" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="C28" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="D28" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="E28" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="F28" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>137</v>
+        <v>114</v>
       </c>
       <c r="B29" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="C29" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="D29" t="s">
-        <v>22</v>
+        <v>132</v>
       </c>
       <c r="E29" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="F29" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="B30" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C30" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D30" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E30" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="F30" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
+        <v>138</v>
+      </c>
+      <c r="B31" t="s">
+        <v>139</v>
+      </c>
+      <c r="C31" t="s">
+        <v>140</v>
+      </c>
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
+        <v>141</v>
+      </c>
+      <c r="F31" t="s">
         <v>142</v>
-      </c>
-[...13 lines deleted...]
-        <v>146</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>132</v>
+        <v>84</v>
       </c>
       <c r="B32" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C32" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D32" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="E32" t="s">
-        <v>149</v>
+        <v>82</v>
       </c>
       <c r="F32" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>132</v>
+        <v>84</v>
       </c>
       <c r="B33" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C33" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="D33" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E33" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="F33" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B34" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="C34" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="D34" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E34" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="F34" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>159</v>
+        <v>84</v>
       </c>
       <c r="B35" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="C35" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="D35" t="s">
-        <v>162</v>
+        <v>81</v>
       </c>
       <c r="E35" t="s">
-        <v>163</v>
+        <v>82</v>
       </c>
       <c r="F35" t="s">
-        <v>164</v>
+        <v>153</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="B36" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="C36" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="D36" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E36" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="F36" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>170</v>
+        <v>97</v>
       </c>
       <c r="B37" t="s">
-        <v>171</v>
+        <v>160</v>
       </c>
       <c r="C37" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="D37" t="s">
-        <v>33</v>
+        <v>162</v>
       </c>
       <c r="E37" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="F37" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="B38" t="s">
-        <v>175</v>
+        <v>166</v>
       </c>
       <c r="C38" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="D38" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E38" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="F38" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="B39" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="C39" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="D39" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E39" t="s">
-        <v>135</v>
+        <v>173</v>
       </c>
       <c r="F39" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="B40" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="C40" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="D40" t="s">
-        <v>185</v>
+        <v>10</v>
       </c>
       <c r="E40" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
       <c r="F40" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="B41" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
       <c r="C41" t="s">
-        <v>189</v>
+        <v>177</v>
       </c>
       <c r="D41" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E41" t="s">
-        <v>190</v>
+        <v>178</v>
       </c>
       <c r="F41" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>191</v>
+        <v>175</v>
       </c>
       <c r="B42" t="s">
-        <v>192</v>
+        <v>181</v>
       </c>
       <c r="C42" t="s">
-        <v>193</v>
+        <v>182</v>
       </c>
       <c r="D42" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E42" t="s">
-        <v>194</v>
+        <v>178</v>
       </c>
       <c r="F42" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B43" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="C43" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="D43" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="E43" t="s">
-        <v>135</v>
+        <v>187</v>
       </c>
       <c r="F43" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>196</v>
+        <v>184</v>
       </c>
       <c r="B44" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="C44" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="D44" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E44" t="s">
-        <v>145</v>
+        <v>191</v>
       </c>
       <c r="F44" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>121</v>
+        <v>193</v>
       </c>
       <c r="B45" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="C45" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="D45" t="s">
-        <v>202</v>
+        <v>10</v>
       </c>
       <c r="E45" t="s">
-        <v>203</v>
+        <v>178</v>
       </c>
       <c r="F45" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>205</v>
+        <v>33</v>
       </c>
       <c r="B46" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="C46" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="D46" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E46" t="s">
-        <v>208</v>
+        <v>82</v>
       </c>
       <c r="F46" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>67</v>
+        <v>199</v>
       </c>
       <c r="B47" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="C47" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="D47" t="s">
+        <v>81</v>
+      </c>
+      <c r="E47" t="s">
         <v>202</v>
       </c>
-      <c r="E47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>213</v>
+        <v>199</v>
       </c>
       <c r="B48" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="C48" t="s">
-        <v>215</v>
+        <v>205</v>
       </c>
       <c r="D48" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E48" t="s">
-        <v>216</v>
+        <v>173</v>
       </c>
       <c r="F48" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="B49" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="C49" t="s">
-        <v>134</v>
+        <v>209</v>
       </c>
       <c r="D49" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E49" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="F49" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
       <c r="G49" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="B50" t="s">
-        <v>223</v>
+        <v>213</v>
       </c>
       <c r="C50" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
       <c r="D50" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E50" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="F50" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="G50"/>
+        <v>216</v>
+      </c>
+      <c r="G50" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="B51" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="C51" t="s">
-        <v>228</v>
+        <v>219</v>
       </c>
       <c r="D51" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E51" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="F51" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="B52" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="C52" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="D52" t="s">
-        <v>22</v>
+        <v>132</v>
       </c>
       <c r="E52" t="s">
         <v>225</v>
       </c>
       <c r="F52" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>235</v>
+        <v>193</v>
       </c>
       <c r="B53" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="C53" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="D53" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E53" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="F53" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>231</v>
       </c>
       <c r="B54" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="C54" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="D54" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="E54" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="F54" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="B55" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="C55" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="D55" t="s">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="E55" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="F55" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>250</v>
+        <v>237</v>
       </c>
       <c r="B56" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="C56" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="D56" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E56" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="F56" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>255</v>
+        <v>237</v>
       </c>
       <c r="B57" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="C57" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="D57" t="s">
-        <v>93</v>
+        <v>234</v>
       </c>
       <c r="E57" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="F57" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="B58" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="C58" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="D58" t="s">
-        <v>93</v>
+        <v>253</v>
       </c>
       <c r="E58" t="s">
-        <v>263</v>
+        <v>254</v>
       </c>
       <c r="F58" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="B59" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="C59" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="D59" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E59" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="F59" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="G59"/>
+        <v>257</v>
+      </c>
+      <c r="G59" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="B60" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="C60" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="D60" t="s">
-        <v>33</v>
+        <v>263</v>
       </c>
       <c r="E60" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="F60" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="G60"/>
+        <v>261</v>
+      </c>
+      <c r="G60" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="B61" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="C61" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="D61" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E61" t="s">
-        <v>225</v>
+        <v>268</v>
       </c>
       <c r="F61" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="G61"/>
+        <v>269</v>
+      </c>
+      <c r="G61" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
+        <v>270</v>
+      </c>
+      <c r="B62" t="s">
+        <v>271</v>
+      </c>
+      <c r="C62" t="s">
+        <v>272</v>
+      </c>
+      <c r="D62" t="s">
+        <v>273</v>
+      </c>
+      <c r="E62" t="s">
         <v>274</v>
       </c>
-      <c r="B62" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F62" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="B63" t="s">
+        <v>277</v>
+      </c>
+      <c r="C63" t="s">
         <v>278</v>
       </c>
-      <c r="C63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="E63" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="F63" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B64" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="C64" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="D64" t="s">
-        <v>22</v>
+        <v>132</v>
       </c>
       <c r="E64" t="s">
-        <v>225</v>
+        <v>283</v>
       </c>
       <c r="F64" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>274</v>
+        <v>285</v>
       </c>
       <c r="B65" t="s">
+        <v>286</v>
+      </c>
+      <c r="C65" t="s">
         <v>287</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" t="s">
         <v>288</v>
       </c>
-      <c r="D65" t="s">
-[...2 lines deleted...]
-      <c r="E65" t="s">
+      <c r="F65" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>274</v>
+        <v>290</v>
       </c>
       <c r="B66" t="s">
         <v>291</v>
       </c>
       <c r="C66" t="s">
         <v>292</v>
       </c>
       <c r="D66" t="s">
-        <v>22</v>
+        <v>293</v>
       </c>
       <c r="E66" t="s">
-        <v>225</v>
+        <v>294</v>
       </c>
       <c r="F66" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>274</v>
+        <v>296</v>
       </c>
       <c r="B67" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C67" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="D67" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="E67" t="s">
-        <v>296</v>
+        <v>241</v>
       </c>
       <c r="F67" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>231</v>
+        <v>300</v>
       </c>
       <c r="B68" t="s">
-        <v>179</v>
+        <v>301</v>
       </c>
       <c r="C68" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="D68" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E68" t="s">
-        <v>225</v>
+        <v>241</v>
       </c>
       <c r="F68" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="B69" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="C69" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="D69" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="E69" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="F69" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="B70" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="C70" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="D70" t="s">
-        <v>202</v>
+        <v>10</v>
       </c>
       <c r="E70" t="s">
-        <v>81</v>
+        <v>313</v>
       </c>
       <c r="F70" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
+        <v>310</v>
+      </c>
+      <c r="B71" t="s">
+        <v>305</v>
+      </c>
+      <c r="C71" t="s">
         <v>306</v>
       </c>
-      <c r="B71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D71" t="s">
-        <v>33</v>
+        <v>307</v>
       </c>
       <c r="E71" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="F71" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="B72" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="C72" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="D72" t="s">
-        <v>303</v>
+        <v>25</v>
       </c>
       <c r="E72" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="F72" t="s">
         <v>316</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="B73" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C73" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D73" t="s">
-        <v>320</v>
+        <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>321</v>
       </c>
       <c r="F73" t="s">
         <v>322</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>323</v>
       </c>
       <c r="B74" t="s">
         <v>324</v>
       </c>
       <c r="C74" t="s">
         <v>325</v>
       </c>
       <c r="D74" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E74" t="s">
         <v>326</v>
       </c>
       <c r="F74" t="s">
-        <v>324</v>
-[...3 lines deleted...]
-      </c>
+        <v>327</v>
+      </c>
+      <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="B75" t="s">
         <v>328</v>
       </c>
       <c r="C75" t="s">
         <v>329</v>
       </c>
       <c r="D75" t="s">
+        <v>307</v>
+      </c>
+      <c r="E75" t="s">
         <v>330</v>
       </c>
-      <c r="E75" t="s">
+      <c r="F75" t="s">
         <v>331</v>
       </c>
-      <c r="F75" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>332</v>
       </c>
       <c r="B76" t="s">
         <v>333</v>
       </c>
       <c r="C76" t="s">
         <v>334</v>
       </c>
       <c r="D76" t="s">
-        <v>33</v>
+        <v>335</v>
       </c>
       <c r="E76" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F76" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B77" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C77" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D77" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E77" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F77" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B78" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C78" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D78" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="E78" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F78" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="B79" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C79" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="D79" t="s">
-        <v>64</v>
+        <v>273</v>
       </c>
       <c r="E79" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F79" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B80" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C80" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D80" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="E80" t="s">
+        <v>356</v>
+      </c>
+      <c r="F80" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B81" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C81" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D81" t="s">
-        <v>359</v>
+        <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>360</v>
       </c>
       <c r="F81" t="s">
         <v>361</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>362</v>
       </c>
       <c r="B82" t="s">
         <v>363</v>
       </c>
       <c r="C82" t="s">
         <v>364</v>
       </c>
       <c r="D82" t="s">
-        <v>93</v>
+        <v>240</v>
       </c>
       <c r="E82" t="s">
         <v>365</v>
       </c>
       <c r="F82" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
+        <v>366</v>
+      </c>
+      <c r="B83" t="s">
         <v>367</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
         <v>368</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
+        <v>16</v>
+      </c>
+      <c r="E83" t="s">
         <v>369</v>
       </c>
-      <c r="D83" t="s">
-[...2 lines deleted...]
-      <c r="E83" t="s">
+      <c r="F83" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>72</v>
+        <v>357</v>
       </c>
       <c r="B84" t="s">
+        <v>371</v>
+      </c>
+      <c r="C84" t="s">
         <v>372</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
+        <v>273</v>
+      </c>
+      <c r="E84" t="s">
         <v>373</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F84" t="s">
         <v>374</v>
       </c>
-      <c r="G84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>375</v>
       </c>
       <c r="B85" t="s">
         <v>376</v>
       </c>
       <c r="C85" t="s">
         <v>377</v>
       </c>
       <c r="D85" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E85" t="s">
-        <v>378</v>
+        <v>128</v>
       </c>
       <c r="F85" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
+        <v>378</v>
+      </c>
+      <c r="B86" t="s">
+        <v>379</v>
+      </c>
+      <c r="C86" t="s">
         <v>380</v>
       </c>
-      <c r="B86" t="s">
+      <c r="D86" t="s">
+        <v>162</v>
+      </c>
+      <c r="E86" t="s">
         <v>381</v>
       </c>
-      <c r="C86" t="s">
+      <c r="F86" t="s">
         <v>382</v>
-      </c>
-[...7 lines deleted...]
-        <v>383</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B87" t="s">
         <v>384</v>
       </c>
       <c r="C87" t="s">
         <v>385</v>
       </c>
       <c r="D87" t="s">
         <v>16</v>
       </c>
       <c r="E87" t="s">
         <v>386</v>
       </c>
       <c r="F87" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
+        <v>387</v>
+      </c>
+      <c r="B88" t="s">
         <v>388</v>
       </c>
-      <c r="B88" t="s">
+      <c r="C88" t="s">
         <v>389</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
+        <v>132</v>
+      </c>
+      <c r="E88" t="s">
         <v>390</v>
       </c>
-      <c r="D88" t="s">
-[...2 lines deleted...]
-      <c r="E88" t="s">
+      <c r="F88" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="B89" t="s">
+        <v>392</v>
+      </c>
+      <c r="C89" t="s">
         <v>393</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
+        <v>10</v>
+      </c>
+      <c r="E89" t="s">
         <v>394</v>
       </c>
-      <c r="D89" t="s">
-[...2 lines deleted...]
-      <c r="E89" t="s">
+      <c r="F89" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>397</v>
+        <v>387</v>
       </c>
       <c r="B90" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="C90" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="D90" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E90" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="F90" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
+        <v>378</v>
+      </c>
+      <c r="B91" t="s">
         <v>397</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="D91" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E91" t="s">
-        <v>268</v>
+        <v>399</v>
       </c>
       <c r="F91" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="B92" t="s">
+        <v>402</v>
+      </c>
+      <c r="C92" t="s">
+        <v>403</v>
+      </c>
+      <c r="D92" t="s">
+        <v>16</v>
+      </c>
+      <c r="E92" t="s">
         <v>404</v>
       </c>
-      <c r="C92" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F92" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
+        <v>405</v>
+      </c>
+      <c r="B93" t="s">
+        <v>406</v>
+      </c>
+      <c r="C93" t="s">
+        <v>407</v>
+      </c>
+      <c r="D93" t="s">
+        <v>16</v>
+      </c>
+      <c r="E93" t="s">
         <v>408</v>
       </c>
-      <c r="B93" t="s">
+      <c r="F93" t="s">
         <v>409</v>
-      </c>
-[...10 lines deleted...]
-        <v>412</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
+        <v>410</v>
+      </c>
+      <c r="B94" t="s">
+        <v>19</v>
+      </c>
+      <c r="C94" t="s">
+        <v>411</v>
+      </c>
+      <c r="D94" t="s">
+        <v>25</v>
+      </c>
+      <c r="E94" t="s">
+        <v>412</v>
+      </c>
+      <c r="F94" t="s">
         <v>413</v>
-      </c>
-[...13 lines deleted...]
-        <v>417</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="B95" t="s">
-        <v>418</v>
+        <v>19</v>
       </c>
       <c r="C95" t="s">
-        <v>419</v>
+        <v>411</v>
       </c>
       <c r="D95" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="E95" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="F95" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="B96" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="C96" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="D96" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E96" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="F96" t="s">
-        <v>424</v>
-[...1 lines deleted...]
-      <c r="G96"/>
+        <v>419</v>
+      </c>
+      <c r="G96" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="B97" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C97" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="D97" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E97" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="F97" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="G97"/>
+        <v>424</v>
+      </c>
+      <c r="G97" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B98" t="s">
+        <v>426</v>
+      </c>
+      <c r="C98" t="s">
+        <v>427</v>
+      </c>
+      <c r="D98" t="s">
+        <v>25</v>
+      </c>
+      <c r="E98" t="s">
+        <v>428</v>
+      </c>
+      <c r="F98" t="s">
         <v>429</v>
-      </c>
-[...10 lines deleted...]
-        <v>420</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="B99" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C99" t="s">
+        <v>432</v>
+      </c>
+      <c r="D99" t="s">
+        <v>16</v>
+      </c>
+      <c r="E99" t="s">
+        <v>433</v>
+      </c>
+      <c r="F99" t="s">
         <v>431</v>
-      </c>
-[...7 lines deleted...]
-        <v>432</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B100" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C100" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D100" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="E100" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F100" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B101" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C101" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D101" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E101" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="F101" t="s">
-        <v>442</v>
-[...3 lines deleted...]
-      </c>
+        <v>443</v>
+      </c>
+      <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>413</v>
+        <v>444</v>
       </c>
       <c r="B102" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="C102" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D102" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E102" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="F102" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>447</v>
+        <v>366</v>
       </c>
       <c r="B103" t="s">
         <v>448</v>
       </c>
       <c r="C103" t="s">
         <v>449</v>
       </c>
       <c r="D103" t="s">
-        <v>33</v>
+        <v>450</v>
       </c>
       <c r="E103" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="F103" t="s">
-        <v>451</v>
-[...3 lines deleted...]
-      </c>
+        <v>452</v>
+      </c>
+      <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="B104" t="s">
         <v>453</v>
       </c>
       <c r="C104" t="s">
         <v>454</v>
       </c>
       <c r="D104" t="s">
+        <v>10</v>
+      </c>
+      <c r="E104" t="s">
         <v>455</v>
       </c>
-      <c r="E104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F104" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
+        <v>456</v>
+      </c>
+      <c r="B105" t="s">
+        <v>457</v>
+      </c>
+      <c r="C105" t="s">
         <v>458</v>
       </c>
-      <c r="B105" t="s">
+      <c r="D105" t="s">
+        <v>81</v>
+      </c>
+      <c r="E105" t="s">
         <v>459</v>
       </c>
-      <c r="C105" t="s">
+      <c r="F105" t="s">
         <v>460</v>
-      </c>
-[...7 lines deleted...]
-        <v>462</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B106" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="C106" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="D106" t="s">
-        <v>455</v>
+        <v>132</v>
       </c>
       <c r="E106" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="F106" t="s">
-        <v>457</v>
-[...1 lines deleted...]
-      <c r="G106"/>
+        <v>465</v>
+      </c>
+      <c r="G106" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B107" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="C107" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="D107" t="s">
         <v>16</v>
       </c>
       <c r="E107" t="s">
-        <v>466</v>
+        <v>442</v>
       </c>
       <c r="F107" t="s">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="G107"/>
+        <v>469</v>
+      </c>
+      <c r="G107" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="B108" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="C108" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="D108" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E108" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="F108" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="G108"/>
+        <v>474</v>
+      </c>
+      <c r="G108" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="B109" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="C109" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="D109" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="E109" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="F109" t="s">
-        <v>475</v>
-[...1 lines deleted...]
-      <c r="G109"/>
+        <v>479</v>
+      </c>
+      <c r="G109" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="B110" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="C110" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="D110" t="s">
-        <v>455</v>
+        <v>16</v>
       </c>
       <c r="E110" t="s">
-        <v>173</v>
+        <v>483</v>
       </c>
       <c r="F110" t="s">
-        <v>478</v>
-[...1 lines deleted...]
-      <c r="G110"/>
+        <v>484</v>
+      </c>
+      <c r="G110" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="B111" t="s">
-        <v>57</v>
+        <v>486</v>
       </c>
       <c r="C111" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="D111" t="s">
-        <v>481</v>
+        <v>25</v>
       </c>
       <c r="E111" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="F111" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G111"/>
+        <v>489</v>
+      </c>
+      <c r="G111" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="B112" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="C112" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="D112" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E112" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="F112" t="s">
-        <v>487</v>
-[...1 lines deleted...]
-      <c r="G112"/>
+        <v>494</v>
+      </c>
+      <c r="G112" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>488</v>
+        <v>495</v>
       </c>
       <c r="B113" t="s">
-        <v>489</v>
+        <v>496</v>
       </c>
       <c r="C113" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
       <c r="D113" t="s">
-        <v>33</v>
+        <v>307</v>
       </c>
       <c r="E113" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="F113" t="s">
-        <v>492</v>
-[...1 lines deleted...]
-      <c r="G113"/>
+        <v>474</v>
+      </c>
+      <c r="G113" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="B114" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="C114" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="D114" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E114" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="F114" t="s">
-        <v>497</v>
-[...1 lines deleted...]
-      <c r="G114"/>
+        <v>503</v>
+      </c>
+      <c r="G114" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="B115" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="C115" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="D115" t="s">
         <v>16</v>
       </c>
       <c r="E115" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="F115" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B116" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="C116" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="D116" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E116" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="F116" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="B117" t="s">
-        <v>183</v>
+        <v>512</v>
       </c>
       <c r="C117" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="D117" t="s">
-        <v>202</v>
+        <v>25</v>
       </c>
       <c r="E117" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="F117" t="s">
-        <v>183</v>
+        <v>515</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="B118" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="C118" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="D118" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E118" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="F118" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>502</v>
+        <v>521</v>
       </c>
       <c r="B119" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="C119" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="D119" t="s">
-        <v>10</v>
+        <v>524</v>
       </c>
       <c r="E119" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="F119" t="s">
-        <v>518</v>
+        <v>526</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>519</v>
+        <v>527</v>
       </c>
       <c r="B120" t="s">
-        <v>520</v>
+        <v>528</v>
       </c>
       <c r="C120" t="s">
-        <v>521</v>
+        <v>529</v>
       </c>
       <c r="D120" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E120" t="s">
-        <v>145</v>
+        <v>530</v>
       </c>
       <c r="F120" t="s">
-        <v>520</v>
+        <v>531</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="B121" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="C121" t="s">
-        <v>524</v>
+        <v>533</v>
       </c>
       <c r="D121" t="s">
-        <v>242</v>
+        <v>25</v>
       </c>
       <c r="E121" t="s">
-        <v>525</v>
+        <v>534</v>
       </c>
       <c r="F121" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>527</v>
+        <v>456</v>
       </c>
       <c r="B122" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
       <c r="C122" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="D122" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E122" t="s">
-        <v>530</v>
+        <v>178</v>
       </c>
       <c r="F122" t="s">
-        <v>528</v>
+        <v>537</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="B123" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="C123" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="D123" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="E123" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="F123" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="B124" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="C124" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="D124" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E124" t="s">
-        <v>538</v>
+        <v>451</v>
       </c>
       <c r="F124" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>531</v>
+        <v>545</v>
       </c>
       <c r="B125" t="s">
-        <v>536</v>
+        <v>546</v>
       </c>
       <c r="C125" t="s">
-        <v>537</v>
+        <v>547</v>
       </c>
       <c r="D125" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E125" t="s">
-        <v>540</v>
+        <v>451</v>
       </c>
       <c r="F125" t="s">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
       <c r="B126" t="s">
-        <v>541</v>
+        <v>98</v>
       </c>
       <c r="C126" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="D126" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E126" t="s">
-        <v>543</v>
+        <v>442</v>
       </c>
       <c r="F126" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="B127" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="C127" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="D127" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E127" t="s">
-        <v>548</v>
+        <v>418</v>
       </c>
       <c r="F127" t="s">
-        <v>546</v>
+        <v>554</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="B128" t="s">
-        <v>550</v>
+        <v>200</v>
       </c>
       <c r="C128" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="D128" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E128" t="s">
-        <v>552</v>
+        <v>451</v>
       </c>
       <c r="F128" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="B129" t="s">
-        <v>401</v>
+        <v>200</v>
       </c>
       <c r="C129" t="s">
-        <v>555</v>
+        <v>547</v>
       </c>
       <c r="D129" t="s">
         <v>16</v>
       </c>
       <c r="E129" t="s">
-        <v>556</v>
+        <v>442</v>
       </c>
       <c r="F129" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B130" t="s">
-        <v>401</v>
+        <v>560</v>
       </c>
       <c r="C130" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="D130" t="s">
         <v>16</v>
       </c>
       <c r="E130" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="F130" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>559</v>
       </c>
       <c r="B131" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="C131" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="D131" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E131" t="s">
-        <v>562</v>
+        <v>478</v>
       </c>
       <c r="F131" t="s">
-        <v>563</v>
-[...3 lines deleted...]
-      </c>
+        <v>566</v>
+      </c>
+      <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="B132" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C132" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="D132" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E132" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="F132" t="s">
-        <v>568</v>
-[...3 lines deleted...]
-      </c>
+        <v>569</v>
+      </c>
+      <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B133" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C133" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D133" t="s">
         <v>16</v>
       </c>
       <c r="E133" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="F133" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B134" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C134" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D134" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E134" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="F134" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="G134"/>
+        <v>579</v>
+      </c>
+      <c r="G134" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="B135" t="s">
-        <v>579</v>
+        <v>200</v>
       </c>
       <c r="C135" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D135" t="s">
         <v>16</v>
       </c>
       <c r="E135" t="s">
-        <v>581</v>
+        <v>451</v>
       </c>
       <c r="F135" t="s">
         <v>582</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>583</v>
       </c>
       <c r="B136" t="s">
         <v>584</v>
       </c>
       <c r="C136" t="s">
         <v>585</v>
       </c>
       <c r="D136" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E136" t="s">
         <v>586</v>
       </c>
       <c r="F136" t="s">
         <v>587</v>
       </c>
-      <c r="G136"/>
+      <c r="G136" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>588</v>
       </c>
       <c r="B137" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="C137" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D137" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E137" t="s">
-        <v>590</v>
+        <v>478</v>
       </c>
       <c r="F137" t="s">
         <v>591</v>
       </c>
-      <c r="G137"/>
+      <c r="G137" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>510</v>
+        <v>592</v>
       </c>
       <c r="B138" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C138" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D138" t="s">
-        <v>594</v>
+        <v>16</v>
       </c>
       <c r="E138" t="s">
         <v>595</v>
       </c>
       <c r="F138" t="s">
-        <v>596</v>
-[...1 lines deleted...]
-      <c r="G138"/>
+        <v>593</v>
+      </c>
+      <c r="G138" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>583</v>
+        <v>596</v>
       </c>
       <c r="B139" t="s">
         <v>597</v>
       </c>
       <c r="C139" t="s">
         <v>598</v>
       </c>
       <c r="D139" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="E139" t="s">
         <v>599</v>
       </c>
       <c r="F139" t="s">
         <v>597</v>
       </c>
-      <c r="G139"/>
+      <c r="G139" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>600</v>
       </c>
       <c r="B140" t="s">
         <v>601</v>
       </c>
       <c r="C140" t="s">
         <v>602</v>
       </c>
       <c r="D140" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E140" t="s">
         <v>603</v>
       </c>
       <c r="F140" t="s">
         <v>604</v>
       </c>
-      <c r="G140"/>
+      <c r="G140" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>605</v>
       </c>
       <c r="B141" t="s">
         <v>606</v>
       </c>
       <c r="C141" t="s">
         <v>607</v>
       </c>
       <c r="D141" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="E141" t="s">
         <v>608</v>
       </c>
       <c r="F141" t="s">
         <v>609</v>
       </c>
       <c r="G141" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
         <v>610</v>
       </c>
       <c r="B142" t="s">
         <v>611</v>
       </c>
       <c r="C142" t="s">
         <v>612</v>
       </c>
       <c r="D142" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E142" t="s">
-        <v>586</v>
+        <v>613</v>
       </c>
       <c r="F142" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="G142" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B143" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C143" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D143" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E143" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="F143" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="G143" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B144" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C144" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D144" t="s">
-        <v>33</v>
+        <v>623</v>
       </c>
       <c r="E144" t="s">
-        <v>622</v>
+        <v>330</v>
       </c>
       <c r="F144" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="G144" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B145" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C145" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D145" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E145" t="s">
-        <v>627</v>
+        <v>459</v>
       </c>
       <c r="F145" t="s">
         <v>628</v>
       </c>
-      <c r="G145" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>629</v>
       </c>
       <c r="B146" t="s">
+        <v>19</v>
+      </c>
+      <c r="C146" t="s">
         <v>630</v>
       </c>
-      <c r="C146" t="s">
+      <c r="D146" t="s">
+        <v>25</v>
+      </c>
+      <c r="E146" t="s">
         <v>631</v>
       </c>
-      <c r="D146" t="s">
-[...2 lines deleted...]
-      <c r="E146" t="s">
+      <c r="F146" t="s">
         <v>632</v>
       </c>
-      <c r="F146" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
+        <v>633</v>
+      </c>
+      <c r="B147" t="s">
         <v>634</v>
       </c>
-      <c r="B147" t="s">
+      <c r="C147" t="s">
         <v>635</v>
       </c>
-      <c r="C147" t="s">
+      <c r="D147" t="s">
+        <v>132</v>
+      </c>
+      <c r="E147" t="s">
         <v>636</v>
       </c>
-      <c r="D147" t="s">
-[...2 lines deleted...]
-      <c r="E147" t="s">
+      <c r="F147" t="s">
         <v>637</v>
       </c>
-      <c r="F147" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
+        <v>638</v>
+      </c>
+      <c r="B148" t="s">
         <v>639</v>
       </c>
-      <c r="B148" t="s">
+      <c r="C148" t="s">
         <v>640</v>
       </c>
-      <c r="C148" t="s">
+      <c r="D148" t="s">
+        <v>16</v>
+      </c>
+      <c r="E148" t="s">
         <v>641</v>
       </c>
-      <c r="D148" t="s">
-[...2 lines deleted...]
-      <c r="E148" t="s">
+      <c r="F148" t="s">
         <v>642</v>
       </c>
-      <c r="F148" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
+        <v>545</v>
+      </c>
+      <c r="B149" t="s">
         <v>643</v>
       </c>
-      <c r="B149" t="s">
+      <c r="C149" t="s">
+        <v>547</v>
+      </c>
+      <c r="D149" t="s">
+        <v>16</v>
+      </c>
+      <c r="E149" t="s">
+        <v>451</v>
+      </c>
+      <c r="F149" t="s">
         <v>644</v>
       </c>
-      <c r="C149" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
+        <v>645</v>
+      </c>
+      <c r="B150" t="s">
+        <v>646</v>
+      </c>
+      <c r="C150" t="s">
+        <v>647</v>
+      </c>
+      <c r="D150" t="s">
+        <v>16</v>
+      </c>
+      <c r="E150" t="s">
         <v>648</v>
-      </c>
-[...10 lines deleted...]
-        <v>651</v>
       </c>
       <c r="F150" t="s">
         <v>649</v>
       </c>
-      <c r="G150"/>
+      <c r="G150" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="B151" t="s">
-        <v>652</v>
+        <v>311</v>
       </c>
       <c r="C151" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="D151" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E151" t="s">
-        <v>654</v>
+        <v>573</v>
       </c>
       <c r="F151" t="s">
         <v>652</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
+        <v>653</v>
+      </c>
+      <c r="B152" t="s">
+        <v>654</v>
+      </c>
+      <c r="C152" t="s">
         <v>655</v>
       </c>
-      <c r="B152" t="s">
+      <c r="D152" t="s">
+        <v>335</v>
+      </c>
+      <c r="E152" t="s">
         <v>656</v>
       </c>
-      <c r="C152" t="s">
+      <c r="F152" t="s">
         <v>657</v>
       </c>
-      <c r="D152" t="s">
-[...8 lines deleted...]
-      <c r="G152"/>
+      <c r="G152" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
+        <v>658</v>
+      </c>
+      <c r="B153" t="s">
+        <v>659</v>
+      </c>
+      <c r="C153" t="s">
         <v>660</v>
       </c>
-      <c r="B153" t="s">
+      <c r="D153" t="s">
+        <v>234</v>
+      </c>
+      <c r="E153" t="s">
         <v>661</v>
       </c>
-      <c r="C153" t="s">
+      <c r="F153" t="s">
         <v>662</v>
       </c>
-      <c r="D153" t="s">
-[...8 lines deleted...]
-      <c r="G153"/>
+      <c r="G153" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
+        <v>663</v>
+      </c>
+      <c r="B154" t="s">
+        <v>664</v>
+      </c>
+      <c r="C154" t="s">
         <v>665</v>
       </c>
-      <c r="B154" t="s">
+      <c r="D154" t="s">
+        <v>10</v>
+      </c>
+      <c r="E154" t="s">
+        <v>455</v>
+      </c>
+      <c r="F154" t="s">
         <v>666</v>
-      </c>
-[...10 lines deleted...]
-        <v>670</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>671</v>
+        <v>650</v>
       </c>
       <c r="B155" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="C155" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="D155" t="s">
         <v>16</v>
       </c>
       <c r="E155" t="s">
-        <v>674</v>
+        <v>55</v>
       </c>
       <c r="F155" t="s">
-        <v>675</v>
+        <v>666</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
+        <v>668</v>
+      </c>
+      <c r="B156" t="s">
+        <v>669</v>
+      </c>
+      <c r="C156" t="s">
+        <v>670</v>
+      </c>
+      <c r="D156" t="s">
+        <v>132</v>
+      </c>
+      <c r="E156" t="s">
         <v>671</v>
       </c>
-      <c r="B156" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F156" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>600</v>
+        <v>673</v>
       </c>
       <c r="B157" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="C157" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
       <c r="D157" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="E157" t="s">
-        <v>420</v>
+        <v>676</v>
       </c>
       <c r="F157" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="B158" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="C158" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="D158" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="E158" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="F158" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>682</v>
       </c>
       <c r="B159" t="s">
+        <v>683</v>
+      </c>
+      <c r="C159" t="s">
+        <v>684</v>
+      </c>
+      <c r="D159" t="s">
+        <v>132</v>
+      </c>
+      <c r="E159" t="s">
+        <v>685</v>
+      </c>
+      <c r="F159" t="s">
         <v>686</v>
-      </c>
-[...10 lines deleted...]
-        <v>688</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
+        <v>682</v>
+      </c>
+      <c r="B160" t="s">
+        <v>687</v>
+      </c>
+      <c r="C160" t="s">
+        <v>688</v>
+      </c>
+      <c r="D160" t="s">
         <v>689</v>
       </c>
-      <c r="B160" t="s">
+      <c r="E160" t="s">
         <v>690</v>
       </c>
-      <c r="C160" t="s">
+      <c r="F160" t="s">
         <v>691</v>
-      </c>
-[...7 lines deleted...]
-        <v>692</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>682</v>
+        <v>692</v>
       </c>
       <c r="B161" t="s">
-        <v>179</v>
+        <v>693</v>
       </c>
       <c r="C161" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D161" t="s">
-        <v>22</v>
+        <v>307</v>
       </c>
       <c r="E161" t="s">
-        <v>586</v>
+        <v>695</v>
       </c>
       <c r="F161" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="G161"/>
+        <v>696</v>
+      </c>
+      <c r="G161" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="B162" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="C162" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="D162" t="s">
-        <v>33</v>
+        <v>700</v>
       </c>
       <c r="E162" t="s">
-        <v>562</v>
+        <v>701</v>
       </c>
       <c r="F162" t="s">
-        <v>697</v>
-[...1 lines deleted...]
-      <c r="G162"/>
+        <v>702</v>
+      </c>
+      <c r="G162" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="B163" t="s">
-        <v>389</v>
+        <v>704</v>
       </c>
       <c r="C163" t="s">
-        <v>691</v>
+        <v>705</v>
       </c>
       <c r="D163" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E163" t="s">
-        <v>595</v>
+        <v>706</v>
       </c>
       <c r="F163" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="B164" t="s">
-        <v>389</v>
+        <v>708</v>
       </c>
       <c r="C164" t="s">
-        <v>691</v>
+        <v>709</v>
       </c>
       <c r="D164" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E164" t="s">
-        <v>586</v>
+        <v>710</v>
       </c>
       <c r="F164" t="s">
-        <v>701</v>
+        <v>711</v>
       </c>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
       <c r="B165" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="C165" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
       <c r="D165" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E165" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
       <c r="F165" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>702</v>
+        <v>717</v>
       </c>
       <c r="B166" t="s">
-        <v>707</v>
+        <v>718</v>
       </c>
       <c r="C166" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="D166" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E166" t="s">
-        <v>622</v>
+        <v>720</v>
       </c>
       <c r="F166" t="s">
-        <v>709</v>
-[...1 lines deleted...]
-      <c r="G166"/>
+        <v>718</v>
+      </c>
+      <c r="G166" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>702</v>
+        <v>721</v>
       </c>
       <c r="B167" t="s">
-        <v>710</v>
+        <v>722</v>
       </c>
       <c r="C167" t="s">
-        <v>711</v>
+        <v>723</v>
       </c>
       <c r="D167" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E167" t="s">
-        <v>705</v>
+        <v>724</v>
       </c>
       <c r="F167" t="s">
-        <v>712</v>
+        <v>725</v>
       </c>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>713</v>
+        <v>726</v>
       </c>
       <c r="B168" t="s">
-        <v>714</v>
+        <v>727</v>
       </c>
       <c r="C168" t="s">
-        <v>715</v>
+        <v>728</v>
       </c>
       <c r="D168" t="s">
-        <v>33</v>
+        <v>524</v>
       </c>
       <c r="E168" t="s">
-        <v>716</v>
+        <v>729</v>
       </c>
       <c r="F168" t="s">
-        <v>717</v>
+        <v>730</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="B169" t="s">
-        <v>719</v>
+        <v>731</v>
       </c>
       <c r="C169" t="s">
-        <v>720</v>
+        <v>732</v>
       </c>
       <c r="D169" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E169" t="s">
-        <v>721</v>
+        <v>17</v>
       </c>
       <c r="F169" t="s">
-        <v>722</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>723</v>
+        <v>734</v>
       </c>
       <c r="B170" t="s">
-        <v>389</v>
+        <v>735</v>
       </c>
       <c r="C170" t="s">
-        <v>724</v>
+        <v>736</v>
       </c>
       <c r="D170" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E170" t="s">
-        <v>595</v>
+        <v>21</v>
       </c>
       <c r="F170" t="s">
-        <v>725</v>
+        <v>737</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>726</v>
+        <v>738</v>
       </c>
       <c r="B171" t="s">
-        <v>727</v>
+        <v>739</v>
       </c>
       <c r="C171" t="s">
-        <v>728</v>
+        <v>740</v>
       </c>
       <c r="D171" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E171" t="s">
-        <v>729</v>
+        <v>741</v>
       </c>
       <c r="F171" t="s">
-        <v>730</v>
-[...3 lines deleted...]
-      </c>
+        <v>742</v>
+      </c>
+      <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>731</v>
+        <v>712</v>
       </c>
       <c r="B172" t="s">
-        <v>732</v>
+        <v>743</v>
       </c>
       <c r="C172" t="s">
-        <v>733</v>
+        <v>744</v>
       </c>
       <c r="D172" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E172" t="s">
-        <v>622</v>
+        <v>745</v>
       </c>
       <c r="F172" t="s">
-        <v>734</v>
-[...3 lines deleted...]
-      </c>
+        <v>746</v>
+      </c>
+      <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>735</v>
+        <v>747</v>
       </c>
       <c r="B173" t="s">
-        <v>736</v>
+        <v>748</v>
       </c>
       <c r="C173" t="s">
-        <v>737</v>
+        <v>749</v>
       </c>
       <c r="D173" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E173" t="s">
-        <v>738</v>
+        <v>750</v>
       </c>
       <c r="F173" t="s">
-        <v>736</v>
+        <v>748</v>
       </c>
       <c r="G173" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>739</v>
+        <v>751</v>
       </c>
       <c r="B174" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
       <c r="C174" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
       <c r="D174" t="s">
-        <v>64</v>
+        <v>754</v>
       </c>
       <c r="E174" t="s">
-        <v>742</v>
+        <v>755</v>
       </c>
       <c r="F174" t="s">
-        <v>740</v>
+        <v>756</v>
       </c>
       <c r="G174" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>743</v>
+        <v>757</v>
       </c>
       <c r="B175" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
       <c r="C175" t="s">
-        <v>745</v>
+        <v>758</v>
       </c>
       <c r="D175" t="s">
-        <v>33</v>
+        <v>754</v>
       </c>
       <c r="E175" t="s">
-        <v>746</v>
+        <v>759</v>
       </c>
       <c r="F175" t="s">
-        <v>44</v>
+        <v>756</v>
       </c>
       <c r="G175" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="B176" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="C176" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="D176" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E176" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="F176" t="s">
-        <v>751</v>
+        <v>761</v>
       </c>
       <c r="G176" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>752</v>
+        <v>764</v>
       </c>
       <c r="B177" t="s">
-        <v>753</v>
+        <v>462</v>
       </c>
       <c r="C177" t="s">
-        <v>754</v>
+        <v>765</v>
       </c>
       <c r="D177" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E177" t="s">
-        <v>755</v>
+        <v>766</v>
       </c>
       <c r="F177" t="s">
-        <v>756</v>
+        <v>767</v>
       </c>
       <c r="G177" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>757</v>
+        <v>768</v>
       </c>
       <c r="B178" t="s">
-        <v>758</v>
+        <v>769</v>
       </c>
       <c r="C178" t="s">
-        <v>759</v>
+        <v>770</v>
       </c>
       <c r="D178" t="s">
         <v>16</v>
       </c>
       <c r="E178" t="s">
-        <v>760</v>
+        <v>771</v>
       </c>
       <c r="F178" t="s">
-        <v>761</v>
-[...3 lines deleted...]
-      </c>
+        <v>769</v>
+      </c>
+      <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>25</v>
+        <v>772</v>
       </c>
       <c r="B179" t="s">
-        <v>762</v>
+        <v>773</v>
       </c>
       <c r="C179" t="s">
-        <v>763</v>
+        <v>774</v>
       </c>
       <c r="D179" t="s">
-        <v>764</v>
+        <v>775</v>
       </c>
       <c r="E179" t="s">
-        <v>173</v>
+        <v>776</v>
       </c>
       <c r="F179" t="s">
-        <v>765</v>
-[...3 lines deleted...]
-      </c>
+        <v>773</v>
+      </c>
+      <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>766</v>
+        <v>777</v>
       </c>
       <c r="B180" t="s">
-        <v>767</v>
+        <v>778</v>
       </c>
       <c r="C180" t="s">
-        <v>768</v>
+        <v>779</v>
       </c>
       <c r="D180" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E180" t="s">
-        <v>603</v>
+        <v>21</v>
       </c>
       <c r="F180" t="s">
-        <v>769</v>
+        <v>780</v>
       </c>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="B181" t="s">
-        <v>401</v>
+        <v>781</v>
       </c>
       <c r="C181" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
       <c r="D181" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E181" t="s">
-        <v>772</v>
+        <v>483</v>
       </c>
       <c r="F181" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>774</v>
+        <v>782</v>
       </c>
       <c r="B182" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="C182" t="s">
-        <v>776</v>
+        <v>784</v>
       </c>
       <c r="D182" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="E182" t="s">
-        <v>777</v>
+        <v>785</v>
       </c>
       <c r="F182" t="s">
-        <v>778</v>
+        <v>786</v>
       </c>
       <c r="G182"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="B183" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="C183" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="D183" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E183" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="F183" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="G183"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>689</v>
+        <v>791</v>
       </c>
       <c r="B184" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="C184" t="s">
-        <v>691</v>
+        <v>793</v>
       </c>
       <c r="D184" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E184" t="s">
-        <v>595</v>
+        <v>21</v>
       </c>
       <c r="F184" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="B185" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
       <c r="C185" t="s">
-        <v>788</v>
+        <v>796</v>
       </c>
       <c r="D185" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E185" t="s">
-        <v>789</v>
+        <v>21</v>
       </c>
       <c r="F185" t="s">
-        <v>790</v>
-[...3 lines deleted...]
-      </c>
+        <v>797</v>
+      </c>
+      <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>791</v>
+        <v>798</v>
       </c>
       <c r="B186" t="s">
-        <v>459</v>
+        <v>799</v>
       </c>
       <c r="C186" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
       <c r="D186" t="s">
-        <v>33</v>
+        <v>801</v>
       </c>
       <c r="E186" t="s">
-        <v>716</v>
+        <v>802</v>
       </c>
       <c r="F186" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="B187" t="s">
-        <v>795</v>
+        <v>804</v>
       </c>
       <c r="C187" t="s">
-        <v>796</v>
+        <v>805</v>
       </c>
       <c r="D187" t="s">
-        <v>481</v>
+        <v>10</v>
       </c>
       <c r="E187" t="s">
-        <v>797</v>
+        <v>806</v>
       </c>
       <c r="F187" t="s">
-        <v>798</v>
-[...3 lines deleted...]
-      </c>
+        <v>804</v>
+      </c>
+      <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>799</v>
+        <v>807</v>
       </c>
       <c r="B188" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="C188" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="D188" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="E188" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
       <c r="F188" t="s">
-        <v>803</v>
+        <v>811</v>
       </c>
       <c r="G188" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
       <c r="B189" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="C189" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="D189" t="s">
-        <v>93</v>
+        <v>815</v>
       </c>
       <c r="E189" t="s">
-        <v>599</v>
+        <v>816</v>
       </c>
       <c r="F189" t="s">
-        <v>807</v>
-[...1 lines deleted...]
-      <c r="G189"/>
+        <v>817</v>
+      </c>
+      <c r="G189" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>791</v>
+        <v>818</v>
       </c>
       <c r="B190" t="s">
-        <v>805</v>
+        <v>819</v>
       </c>
       <c r="C190" t="s">
-        <v>808</v>
+        <v>820</v>
       </c>
       <c r="D190" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E190" t="s">
-        <v>110</v>
+        <v>178</v>
       </c>
       <c r="F190" t="s">
-        <v>807</v>
-[...1 lines deleted...]
-      <c r="G190"/>
+        <v>821</v>
+      </c>
+      <c r="G190" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>809</v>
+        <v>822</v>
       </c>
       <c r="B191" t="s">
-        <v>810</v>
+        <v>500</v>
       </c>
       <c r="C191" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="D191" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="E191" t="s">
-        <v>812</v>
+        <v>802</v>
       </c>
       <c r="F191" t="s">
-        <v>813</v>
+        <v>503</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="B192" t="s">
-        <v>815</v>
+        <v>825</v>
       </c>
       <c r="C192" t="s">
-        <v>816</v>
+        <v>826</v>
       </c>
       <c r="D192" t="s">
-        <v>16</v>
+        <v>234</v>
       </c>
       <c r="E192" t="s">
-        <v>817</v>
+        <v>724</v>
       </c>
       <c r="F192" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="B193" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="C193" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="D193" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E193" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="F193" t="s">
-        <v>820</v>
+        <v>830</v>
       </c>
       <c r="G193"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="B194" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="C194" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="D194" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="E194" t="s">
-        <v>826</v>
+        <v>776</v>
       </c>
       <c r="F194" t="s">
-        <v>827</v>
+        <v>834</v>
       </c>
       <c r="G194"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="B195" t="s">
-        <v>828</v>
+        <v>835</v>
       </c>
       <c r="C195" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="D195" t="s">
-        <v>830</v>
+        <v>132</v>
       </c>
       <c r="E195" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="F195" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="G195"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>833</v>
+        <v>831</v>
       </c>
       <c r="B196" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="C196" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="D196" t="s">
-        <v>455</v>
+        <v>81</v>
       </c>
       <c r="E196" t="s">
-        <v>836</v>
+        <v>21</v>
       </c>
       <c r="F196" t="s">
-        <v>837</v>
-[...3 lines deleted...]
-      </c>
+        <v>841</v>
+      </c>
+      <c r="G196"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="B197" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="C197" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="D197" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="E197" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="F197" t="s">
-        <v>843</v>
-[...3 lines deleted...]
-      </c>
+        <v>847</v>
+      </c>
+      <c r="G197"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="B198" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="C198" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="D198" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E198" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="F198" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="G198"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>844</v>
+        <v>853</v>
       </c>
       <c r="B199" t="s">
-        <v>849</v>
+        <v>19</v>
       </c>
       <c r="C199" t="s">
-        <v>850</v>
+        <v>796</v>
       </c>
       <c r="D199" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E199" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F199" t="s">
-        <v>852</v>
+        <v>797</v>
       </c>
       <c r="G199"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="B200" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C200" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="D200" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E200" t="s">
+        <v>858</v>
+      </c>
+      <c r="F200" t="s">
         <v>856</v>
-      </c>
-[...1 lines deleted...]
-        <v>857</v>
       </c>
       <c r="G200"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B201" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C201" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="D201" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E201" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="F201" t="s">
-        <v>859</v>
-[...3 lines deleted...]
-      </c>
+        <v>863</v>
+      </c>
+      <c r="G201"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="B202" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="C202" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="D202" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E202" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="F202" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="G202"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="B203" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="C203" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="D203" t="s">
-        <v>668</v>
+        <v>16</v>
       </c>
       <c r="E203" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="F203" t="s">
-        <v>871</v>
-[...1 lines deleted...]
-      <c r="G203"/>
+        <v>873</v>
+      </c>
+      <c r="G203" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>862</v>
+        <v>874</v>
       </c>
       <c r="B204" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="C204" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="D204" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E204" t="s">
-        <v>406</v>
+        <v>128</v>
       </c>
       <c r="F204" t="s">
-        <v>874</v>
-[...1 lines deleted...]
-      <c r="G204"/>
+        <v>875</v>
+      </c>
+      <c r="G204" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="B205" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="C205" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="D205" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E205" t="s">
-        <v>268</v>
+        <v>880</v>
       </c>
       <c r="F205" t="s">
-        <v>878</v>
-[...1 lines deleted...]
-      <c r="G205"/>
+        <v>881</v>
+      </c>
+      <c r="G205" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="B206" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="C206" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="D206" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="E206" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="F206" t="s">
-        <v>883</v>
-[...1 lines deleted...]
-      <c r="G206"/>
+        <v>885</v>
+      </c>
+      <c r="G206" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>853</v>
+        <v>886</v>
       </c>
       <c r="B207" t="s">
-        <v>884</v>
+        <v>875</v>
       </c>
       <c r="C207" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="D207" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E207" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="F207" t="s">
-        <v>887</v>
-[...1 lines deleted...]
-      <c r="G207"/>
+        <v>875</v>
+      </c>
+      <c r="G207" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B208" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C208" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="D208" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E208" t="s">
-        <v>891</v>
+        <v>67</v>
       </c>
       <c r="F208" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="G208" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B209" t="s">
-        <v>893</v>
+        <v>646</v>
       </c>
       <c r="C209" t="s">
         <v>894</v>
       </c>
       <c r="D209" t="s">
+        <v>16</v>
+      </c>
+      <c r="E209" t="s">
         <v>895</v>
       </c>
-      <c r="E209" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F209" t="s">
-        <v>897</v>
-[...3 lines deleted...]
-      </c>
+        <v>646</v>
+      </c>
+      <c r="G209"/>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
+        <v>896</v>
+      </c>
+      <c r="B210" t="s">
+        <v>897</v>
+      </c>
+      <c r="C210" t="s">
         <v>898</v>
       </c>
-      <c r="B210" t="s">
-[...2 lines deleted...]
-      <c r="C210" t="s">
+      <c r="D210" t="s">
+        <v>16</v>
+      </c>
+      <c r="E210" t="s">
         <v>899</v>
       </c>
-      <c r="D210" t="s">
-[...2 lines deleted...]
-      <c r="E210" t="s">
+      <c r="F210" t="s">
         <v>900</v>
       </c>
-      <c r="F210" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G210"/>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
+        <v>848</v>
+      </c>
+      <c r="B211" t="s">
         <v>901</v>
       </c>
-      <c r="B211" t="s">
+      <c r="C211" t="s">
         <v>902</v>
       </c>
-      <c r="C211" t="s">
+      <c r="D211" t="s">
+        <v>81</v>
+      </c>
+      <c r="E211" t="s">
         <v>903</v>
       </c>
-      <c r="D211" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F211" t="s">
-        <v>902</v>
-[...3 lines deleted...]
-      </c>
+        <v>901</v>
+      </c>
+      <c r="G211"/>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
+        <v>848</v>
+      </c>
+      <c r="B212" t="s">
+        <v>156</v>
+      </c>
+      <c r="C212" t="s">
+        <v>904</v>
+      </c>
+      <c r="D212" t="s">
+        <v>10</v>
+      </c>
+      <c r="E212" t="s">
         <v>905</v>
       </c>
-      <c r="B212" t="s">
-[...2 lines deleted...]
-      <c r="C212" t="s">
+      <c r="F212" t="s">
         <v>906</v>
       </c>
-      <c r="D212" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G212"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
+        <v>907</v>
+      </c>
+      <c r="B213" t="s">
+        <v>908</v>
+      </c>
+      <c r="C213" t="s">
         <v>909</v>
       </c>
-      <c r="B213" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D213" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E213" t="s">
-        <v>912</v>
+        <v>26</v>
       </c>
       <c r="F213" t="s">
         <v>910</v>
       </c>
       <c r="G213"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
+        <v>911</v>
+      </c>
+      <c r="B214" t="s">
+        <v>912</v>
+      </c>
+      <c r="C214" t="s">
         <v>913</v>
       </c>
-      <c r="B214" t="s">
+      <c r="D214" t="s">
         <v>914</v>
       </c>
-      <c r="C214" t="s">
+      <c r="E214" t="s">
         <v>915</v>
       </c>
-      <c r="D214" t="s">
+      <c r="F214" t="s">
         <v>916</v>
-      </c>
-[...4 lines deleted...]
-        <v>914</v>
       </c>
       <c r="G214"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
+        <v>911</v>
+      </c>
+      <c r="B215" t="s">
+        <v>917</v>
+      </c>
+      <c r="C215" t="s">
         <v>918</v>
       </c>
-      <c r="B215" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D215" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E215" t="s">
-        <v>268</v>
+        <v>67</v>
       </c>
       <c r="F215" t="s">
-        <v>921</v>
+        <v>917</v>
       </c>
       <c r="G215"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="B216" t="s">
+        <v>920</v>
+      </c>
+      <c r="C216" t="s">
+        <v>921</v>
+      </c>
+      <c r="D216" t="s">
+        <v>132</v>
+      </c>
+      <c r="E216" t="s">
         <v>922</v>
       </c>
-      <c r="C216" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F216" t="s">
-        <v>921</v>
-[...1 lines deleted...]
-      <c r="G216"/>
+        <v>923</v>
+      </c>
+      <c r="G216" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="B217" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C217" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D217" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E217" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="F217" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="G217"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="B218" t="s">
-        <v>14</v>
+        <v>930</v>
       </c>
       <c r="C218" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="D218" t="s">
-        <v>16</v>
+        <v>932</v>
       </c>
       <c r="E218" t="s">
-        <v>929</v>
+        <v>854</v>
       </c>
       <c r="F218" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="G218"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="B219" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="C219" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="D219" t="s">
-        <v>22</v>
+        <v>132</v>
       </c>
       <c r="E219" t="s">
-        <v>268</v>
+        <v>937</v>
       </c>
       <c r="F219" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="G219"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
       <c r="B220" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="C220" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="D220" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E220" t="s">
-        <v>268</v>
+        <v>942</v>
       </c>
       <c r="F220" t="s">
-        <v>937</v>
-[...1 lines deleted...]
-      <c r="G220"/>
+        <v>943</v>
+      </c>
+      <c r="G220" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="B221" t="s">
-        <v>939</v>
+        <v>925</v>
       </c>
       <c r="C221" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="D221" t="s">
-        <v>941</v>
+        <v>16</v>
       </c>
       <c r="E221" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="F221" t="s">
-        <v>943</v>
-[...1 lines deleted...]
-      <c r="G221"/>
+        <v>947</v>
+      </c>
+      <c r="G221" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>938</v>
+        <v>948</v>
       </c>
       <c r="B222" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="C222" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="D222" t="s">
-        <v>93</v>
+        <v>951</v>
       </c>
       <c r="E222" t="s">
-        <v>946</v>
+        <v>442</v>
       </c>
       <c r="F222" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="G222"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="B223" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
       <c r="C223" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="D223" t="s">
-        <v>455</v>
+        <v>16</v>
       </c>
       <c r="E223" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="F223" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="G223" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>952</v>
+        <v>401</v>
       </c>
       <c r="B224" t="s">
-        <v>953</v>
+        <v>200</v>
       </c>
       <c r="C224" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="D224" t="s">
-        <v>955</v>
+        <v>16</v>
       </c>
       <c r="E224" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="F224" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="G224" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="B225" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="C225" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="D225" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E225" t="s">
-        <v>420</v>
+        <v>963</v>
       </c>
       <c r="F225" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="G225" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>962</v>
+        <v>570</v>
       </c>
       <c r="B226" t="s">
-        <v>644</v>
+        <v>965</v>
       </c>
       <c r="C226" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="D226" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E226" t="s">
-        <v>942</v>
+        <v>967</v>
       </c>
       <c r="F226" t="s">
-        <v>647</v>
-[...1 lines deleted...]
-      <c r="G226"/>
+        <v>965</v>
+      </c>
+      <c r="G226" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="B227" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="C227" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="D227" t="s">
-        <v>303</v>
+        <v>10</v>
       </c>
       <c r="E227" t="s">
-        <v>865</v>
+        <v>525</v>
       </c>
       <c r="F227" t="s">
-        <v>965</v>
-[...1 lines deleted...]
-      <c r="G227"/>
+        <v>525</v>
+      </c>
+      <c r="G227" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>964</v>
+        <v>889</v>
       </c>
       <c r="B228" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="C228" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
       <c r="D228" t="s">
-        <v>93</v>
+        <v>973</v>
       </c>
       <c r="E228" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="F228" t="s">
-        <v>970</v>
-[...1 lines deleted...]
-      <c r="G228"/>
+        <v>975</v>
+      </c>
+      <c r="G228" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>971</v>
+        <v>738</v>
       </c>
       <c r="B229" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="C229" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="D229" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E229" t="s">
-        <v>917</v>
+        <v>978</v>
       </c>
       <c r="F229" t="s">
-        <v>974</v>
-[...1 lines deleted...]
-      <c r="G229"/>
+        <v>979</v>
+      </c>
+      <c r="G229" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>971</v>
+        <v>980</v>
       </c>
       <c r="B230" t="s">
-        <v>975</v>
+        <v>981</v>
       </c>
       <c r="C230" t="s">
-        <v>976</v>
+        <v>982</v>
       </c>
       <c r="D230" t="s">
-        <v>64</v>
+        <v>983</v>
       </c>
       <c r="E230" t="s">
-        <v>977</v>
+        <v>984</v>
       </c>
       <c r="F230" t="s">
-        <v>978</v>
+        <v>985</v>
       </c>
       <c r="G230"/>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>971</v>
+        <v>986</v>
       </c>
       <c r="B231" t="s">
-        <v>979</v>
+        <v>987</v>
       </c>
       <c r="C231" t="s">
-        <v>980</v>
+        <v>988</v>
       </c>
       <c r="D231" t="s">
-        <v>22</v>
+        <v>117</v>
       </c>
       <c r="E231" t="s">
-        <v>268</v>
+        <v>21</v>
       </c>
       <c r="F231" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
       <c r="G231"/>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>982</v>
+        <v>989</v>
       </c>
       <c r="B232" t="s">
-        <v>983</v>
+        <v>990</v>
       </c>
       <c r="C232" t="s">
-        <v>984</v>
+        <v>991</v>
       </c>
       <c r="D232" t="s">
-        <v>985</v>
+        <v>81</v>
       </c>
       <c r="E232" t="s">
-        <v>986</v>
+        <v>992</v>
       </c>
       <c r="F232" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="G232"/>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="B233" t="s">
-        <v>989</v>
+        <v>994</v>
       </c>
       <c r="C233" t="s">
-        <v>990</v>
+        <v>995</v>
       </c>
       <c r="D233" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E233" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
       <c r="F233" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G233"/>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="B234" t="s">
-        <v>401</v>
+        <v>999</v>
       </c>
       <c r="C234" t="s">
-        <v>936</v>
+        <v>1000</v>
       </c>
       <c r="D234" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E234" t="s">
-        <v>994</v>
+        <v>1001</v>
       </c>
       <c r="F234" t="s">
-        <v>937</v>
+        <v>1002</v>
       </c>
       <c r="G234"/>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
       <c r="B235" t="s">
-        <v>996</v>
+        <v>1004</v>
       </c>
       <c r="C235" t="s">
-        <v>997</v>
+        <v>1005</v>
       </c>
       <c r="D235" t="s">
-        <v>93</v>
+        <v>1006</v>
       </c>
       <c r="E235" t="s">
-        <v>998</v>
+        <v>1007</v>
       </c>
       <c r="F235" t="s">
-        <v>996</v>
+        <v>1008</v>
       </c>
       <c r="G235"/>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>999</v>
+        <v>998</v>
       </c>
       <c r="B236" t="s">
-        <v>1000</v>
+        <v>1009</v>
       </c>
       <c r="C236" t="s">
-        <v>1001</v>
+        <v>1010</v>
       </c>
       <c r="D236" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E236" t="s">
-        <v>1002</v>
+        <v>1011</v>
       </c>
       <c r="F236" t="s">
-        <v>1003</v>
+        <v>1012</v>
       </c>
       <c r="G236"/>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>1004</v>
+        <v>1013</v>
       </c>
       <c r="B237" t="s">
-        <v>1005</v>
+        <v>1014</v>
       </c>
       <c r="C237" t="s">
-        <v>1006</v>
+        <v>1015</v>
       </c>
       <c r="D237" t="s">
-        <v>33</v>
+        <v>689</v>
       </c>
       <c r="E237" t="s">
-        <v>1007</v>
+        <v>974</v>
       </c>
       <c r="F237" t="s">
-        <v>1008</v>
+        <v>1016</v>
       </c>
       <c r="G237"/>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="B238" t="s">
-        <v>1010</v>
+        <v>1017</v>
       </c>
       <c r="C238" t="s">
-        <v>1011</v>
+        <v>1018</v>
       </c>
       <c r="D238" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E238" t="s">
-        <v>1012</v>
+        <v>1019</v>
       </c>
       <c r="F238" t="s">
-        <v>1013</v>
-[...3 lines deleted...]
-      </c>
+        <v>1020</v>
+      </c>
+      <c r="G238"/>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>1014</v>
+        <v>1021</v>
       </c>
       <c r="B239" t="s">
-        <v>1015</v>
+        <v>865</v>
       </c>
       <c r="C239" t="s">
-        <v>1016</v>
+        <v>866</v>
       </c>
       <c r="D239" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E239" t="s">
-        <v>145</v>
+        <v>1022</v>
       </c>
       <c r="F239" t="s">
-        <v>1015</v>
-[...3 lines deleted...]
-      </c>
+        <v>868</v>
+      </c>
+      <c r="G239"/>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>1017</v>
+        <v>712</v>
       </c>
       <c r="B240" t="s">
-        <v>1018</v>
+        <v>1023</v>
       </c>
       <c r="C240" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="D240" t="s">
-        <v>33</v>
+        <v>1025</v>
       </c>
       <c r="E240" t="s">
-        <v>1020</v>
+        <v>1026</v>
       </c>
       <c r="F240" t="s">
-        <v>1021</v>
-[...3 lines deleted...]
-      </c>
+        <v>1027</v>
+      </c>
+      <c r="G240"/>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>1022</v>
+        <v>1028</v>
       </c>
       <c r="B241" t="s">
-        <v>1023</v>
+        <v>1029</v>
       </c>
       <c r="C241" t="s">
-        <v>1024</v>
+        <v>1030</v>
       </c>
       <c r="D241" t="s">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="E241" t="s">
-        <v>1025</v>
+        <v>1031</v>
       </c>
       <c r="F241" t="s">
-        <v>1025</v>
-[...3 lines deleted...]
-      </c>
+        <v>1027</v>
+      </c>
+      <c r="G241"/>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="B242" t="s">
-        <v>1015</v>
+        <v>1033</v>
       </c>
       <c r="C242" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="D242" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E242" t="s">
-        <v>1028</v>
+        <v>341</v>
       </c>
       <c r="F242" t="s">
-        <v>1015</v>
-[...3 lines deleted...]
-      </c>
+        <v>1035</v>
+      </c>
+      <c r="G242"/>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="B243" t="s">
-        <v>1030</v>
+        <v>1036</v>
       </c>
       <c r="C243" t="s">
-        <v>1031</v>
+        <v>1037</v>
       </c>
       <c r="D243" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E243" t="s">
-        <v>122</v>
+        <v>330</v>
       </c>
       <c r="F243" t="s">
-        <v>1032</v>
-[...3 lines deleted...]
-      </c>
+        <v>1038</v>
+      </c>
+      <c r="G243"/>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>1033</v>
+        <v>896</v>
       </c>
       <c r="B244" t="s">
-        <v>787</v>
+        <v>1039</v>
       </c>
       <c r="C244" t="s">
-        <v>1034</v>
+        <v>1040</v>
       </c>
       <c r="D244" t="s">
-        <v>33</v>
+        <v>1041</v>
       </c>
       <c r="E244" t="s">
-        <v>1035</v>
+        <v>1042</v>
       </c>
       <c r="F244" t="s">
-        <v>787</v>
+        <v>1043</v>
       </c>
       <c r="G244"/>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>1036</v>
+        <v>1044</v>
       </c>
       <c r="B245" t="s">
-        <v>1037</v>
+        <v>1045</v>
       </c>
       <c r="C245" t="s">
-        <v>1038</v>
+        <v>1046</v>
       </c>
       <c r="D245" t="s">
-        <v>33</v>
+        <v>1041</v>
       </c>
       <c r="E245" t="s">
-        <v>1039</v>
+        <v>1047</v>
       </c>
       <c r="F245" t="s">
-        <v>1040</v>
+        <v>1048</v>
       </c>
       <c r="G245"/>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>988</v>
+        <v>1049</v>
       </c>
       <c r="B246" t="s">
-        <v>1041</v>
+        <v>291</v>
       </c>
       <c r="C246" t="s">
-        <v>1042</v>
+        <v>1050</v>
       </c>
       <c r="D246" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E246" t="s">
-        <v>1043</v>
+        <v>1051</v>
       </c>
       <c r="F246" t="s">
-        <v>1041</v>
+        <v>1052</v>
       </c>
       <c r="G246"/>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>988</v>
+        <v>1053</v>
       </c>
       <c r="B247" t="s">
-        <v>236</v>
+        <v>1054</v>
       </c>
       <c r="C247" t="s">
-        <v>1044</v>
+        <v>1055</v>
       </c>
       <c r="D247" t="s">
-        <v>93</v>
+        <v>293</v>
       </c>
       <c r="E247" t="s">
-        <v>1045</v>
+        <v>1056</v>
       </c>
       <c r="F247" t="s">
-        <v>1046</v>
+        <v>1057</v>
       </c>
       <c r="G247"/>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>1047</v>
+        <v>1053</v>
       </c>
       <c r="B248" t="s">
-        <v>1048</v>
+        <v>1058</v>
       </c>
       <c r="C248" t="s">
-        <v>1049</v>
+        <v>1059</v>
       </c>
       <c r="D248" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E248" t="s">
-        <v>386</v>
+        <v>1060</v>
       </c>
       <c r="F248" t="s">
-        <v>1050</v>
+        <v>1061</v>
       </c>
       <c r="G248"/>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>1051</v>
+        <v>1062</v>
       </c>
       <c r="B249" t="s">
-        <v>1052</v>
+        <v>1063</v>
       </c>
       <c r="C249" t="s">
-        <v>1053</v>
+        <v>1064</v>
       </c>
       <c r="D249" t="s">
-        <v>1054</v>
+        <v>1065</v>
       </c>
       <c r="E249" t="s">
-        <v>1055</v>
+        <v>381</v>
       </c>
       <c r="F249" t="s">
-        <v>1056</v>
+        <v>1066</v>
       </c>
       <c r="G249"/>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>1051</v>
+        <v>980</v>
       </c>
       <c r="B250" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="C250" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="D250" t="s">
-        <v>93</v>
+        <v>983</v>
       </c>
       <c r="E250" t="s">
-        <v>122</v>
+        <v>381</v>
       </c>
       <c r="F250" t="s">
-        <v>1057</v>
+        <v>1066</v>
       </c>
       <c r="G250"/>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>1059</v>
+        <v>1067</v>
       </c>
       <c r="B251" t="s">
-        <v>1060</v>
+        <v>1068</v>
       </c>
       <c r="C251" t="s">
-        <v>1061</v>
+        <v>1069</v>
       </c>
       <c r="D251" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="E251" t="s">
-        <v>1062</v>
+        <v>1070</v>
       </c>
       <c r="F251" t="s">
-        <v>1063</v>
+        <v>1071</v>
       </c>
       <c r="G251" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>1064</v>
+        <v>1072</v>
       </c>
       <c r="B252" t="s">
-        <v>1065</v>
+        <v>1073</v>
       </c>
       <c r="C252" t="s">
-        <v>1066</v>
+        <v>1074</v>
       </c>
       <c r="D252" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E252" t="s">
-        <v>1067</v>
+        <v>330</v>
       </c>
       <c r="F252" t="s">
-        <v>1068</v>
-[...1 lines deleted...]
-      <c r="G252"/>
+        <v>1075</v>
+      </c>
+      <c r="G252" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>1069</v>
+        <v>1076</v>
       </c>
       <c r="B253" t="s">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="C253" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
       <c r="D253" t="s">
-        <v>1072</v>
+        <v>10</v>
       </c>
       <c r="E253" t="s">
-        <v>994</v>
+        <v>1079</v>
       </c>
       <c r="F253" t="s">
-        <v>1073</v>
-[...1 lines deleted...]
-      <c r="G253"/>
+        <v>1080</v>
+      </c>
+      <c r="G253" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>1074</v>
+        <v>357</v>
       </c>
       <c r="B254" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
       <c r="C254" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="D254" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="E254" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="F254" t="s">
-        <v>1078</v>
-[...1 lines deleted...]
-      <c r="G254"/>
+        <v>1084</v>
+      </c>
+      <c r="G254" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="B255" t="s">
-        <v>1080</v>
+        <v>1086</v>
       </c>
       <c r="C255" t="s">
-        <v>1081</v>
+        <v>1087</v>
       </c>
       <c r="D255" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E255" t="s">
-        <v>1082</v>
+        <v>1088</v>
       </c>
       <c r="F255" t="s">
-        <v>1083</v>
+        <v>1089</v>
       </c>
       <c r="G255" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>1084</v>
+        <v>824</v>
       </c>
       <c r="B256" t="s">
-        <v>1065</v>
+        <v>1090</v>
       </c>
       <c r="C256" t="s">
-        <v>1085</v>
+        <v>1091</v>
       </c>
       <c r="D256" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E256" t="s">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="F256" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="G256" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>1088</v>
+        <v>405</v>
       </c>
       <c r="B257" t="s">
-        <v>1089</v>
+        <v>406</v>
       </c>
       <c r="C257" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="D257" t="s">
-        <v>1091</v>
+        <v>16</v>
       </c>
       <c r="E257" t="s">
-        <v>586</v>
+        <v>408</v>
       </c>
       <c r="F257" t="s">
-        <v>1092</v>
-[...1 lines deleted...]
-      <c r="G257"/>
+        <v>409</v>
+      </c>
+      <c r="G257" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B258" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C258" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="D258" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E258" t="s">
-        <v>1096</v>
+        <v>984</v>
       </c>
       <c r="F258" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="G258" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>545</v>
+        <v>1098</v>
       </c>
       <c r="B259" t="s">
-        <v>389</v>
+        <v>1099</v>
       </c>
       <c r="C259" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="D259" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E259" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="F259" t="s">
         <v>1099</v>
       </c>
       <c r="G259" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>1100</v>
+        <v>726</v>
       </c>
       <c r="B260" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="C260" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="D260" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E260" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="F260" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="G260" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>713</v>
+        <v>1106</v>
       </c>
       <c r="B261" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="C261" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="D261" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E261" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="F261" t="s">
-        <v>1105</v>
-[...3 lines deleted...]
-      </c>
+        <v>1110</v>
+      </c>
+      <c r="G261"/>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="B262" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="C262" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="D262" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E262" t="s">
-        <v>669</v>
+        <v>1114</v>
       </c>
       <c r="F262" t="s">
-        <v>669</v>
-[...3 lines deleted...]
-      </c>
+        <v>906</v>
+      </c>
+      <c r="G262"/>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>1029</v>
+        <v>1115</v>
       </c>
       <c r="B263" t="s">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="C263" t="s">
-        <v>1112</v>
+        <v>1117</v>
       </c>
       <c r="D263" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="E263" t="s">
-        <v>1113</v>
+        <v>1118</v>
       </c>
       <c r="F263" t="s">
-        <v>1114</v>
-[...3 lines deleted...]
-      </c>
+        <v>1119</v>
+      </c>
+      <c r="G263"/>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>879</v>
+        <v>1120</v>
       </c>
       <c r="B264" t="s">
-        <v>1115</v>
+        <v>1121</v>
       </c>
       <c r="C264" t="s">
-        <v>1116</v>
+        <v>1122</v>
       </c>
       <c r="D264" t="s">
-        <v>33</v>
+        <v>973</v>
       </c>
       <c r="E264" t="s">
-        <v>1117</v>
+        <v>1123</v>
       </c>
       <c r="F264" t="s">
-        <v>1118</v>
-[...3 lines deleted...]
-      </c>
+        <v>1121</v>
+      </c>
+      <c r="G264"/>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>1119</v>
+        <v>1124</v>
       </c>
       <c r="B265" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="C265" t="s">
-        <v>1121</v>
+        <v>1126</v>
       </c>
       <c r="D265" t="s">
-        <v>1122</v>
+        <v>689</v>
       </c>
       <c r="E265" t="s">
-        <v>23</v>
+        <v>1127</v>
       </c>
       <c r="F265" t="s">
-        <v>1123</v>
+        <v>1128</v>
       </c>
       <c r="G265"/>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>1124</v>
+        <v>1129</v>
       </c>
       <c r="B266" t="s">
-        <v>1125</v>
+        <v>1130</v>
       </c>
       <c r="C266" t="s">
-        <v>1126</v>
+        <v>1131</v>
       </c>
       <c r="D266" t="s">
-        <v>80</v>
+        <v>335</v>
       </c>
       <c r="E266" t="s">
-        <v>268</v>
+        <v>573</v>
       </c>
       <c r="F266" t="s">
-        <v>1125</v>
+        <v>1132</v>
       </c>
       <c r="G266"/>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>1127</v>
+        <v>1133</v>
       </c>
       <c r="B267" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="C267" t="s">
-        <v>1129</v>
+        <v>651</v>
       </c>
       <c r="D267" t="s">
-        <v>22</v>
+        <v>1135</v>
       </c>
       <c r="E267" t="s">
-        <v>1130</v>
+        <v>573</v>
       </c>
       <c r="F267" t="s">
-        <v>1128</v>
+        <v>1136</v>
       </c>
       <c r="G267"/>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="B268" t="s">
-        <v>1132</v>
+        <v>1137</v>
       </c>
       <c r="C268" t="s">
-        <v>1133</v>
+        <v>572</v>
       </c>
       <c r="D268" t="s">
-        <v>22</v>
+        <v>1135</v>
       </c>
       <c r="E268" t="s">
-        <v>1134</v>
+        <v>573</v>
       </c>
       <c r="F268" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="G268"/>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="B269" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="C269" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="D269" t="s">
         <v>16</v>
       </c>
       <c r="E269" t="s">
-        <v>1139</v>
+        <v>942</v>
       </c>
       <c r="F269" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="G269"/>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="B270" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="C270" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="D270" t="s">
-        <v>1144</v>
+        <v>25</v>
       </c>
       <c r="E270" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="F270" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="G270"/>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>1136</v>
+        <v>1124</v>
       </c>
       <c r="B271" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="C271" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="D271" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="E271" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="F271" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="G271"/>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="B272" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="C272" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D272" t="s">
+        <v>132</v>
+      </c>
+      <c r="E272" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F272" t="s">
         <v>1153</v>
-      </c>
-[...7 lines deleted...]
-        <v>1154</v>
       </c>
       <c r="G272"/>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="B273" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="C273" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="D273" t="s">
-        <v>22</v>
+        <v>1135</v>
       </c>
       <c r="E273" t="s">
-        <v>1157</v>
+        <v>573</v>
       </c>
       <c r="F273" t="s">
         <v>1158</v>
       </c>
       <c r="G273"/>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
         <v>1159</v>
       </c>
       <c r="B274" t="s">
-        <v>1005</v>
+        <v>1160</v>
       </c>
       <c r="C274" t="s">
-        <v>1006</v>
+        <v>1161</v>
       </c>
       <c r="D274" t="s">
-        <v>22</v>
+        <v>1135</v>
       </c>
       <c r="E274" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="F274" t="s">
-        <v>1008</v>
+        <v>1163</v>
       </c>
       <c r="G274"/>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>853</v>
+        <v>1143</v>
       </c>
       <c r="B275" t="s">
-        <v>1161</v>
+        <v>1116</v>
       </c>
       <c r="C275" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="D275" t="s">
-        <v>1163</v>
+        <v>25</v>
       </c>
       <c r="E275" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="F275" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="G275"/>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>1166</v>
+        <v>1143</v>
       </c>
       <c r="B276" t="s">
         <v>1167</v>
       </c>
       <c r="C276" t="s">
         <v>1168</v>
       </c>
       <c r="D276" t="s">
-        <v>202</v>
+        <v>1169</v>
       </c>
       <c r="E276" t="s">
-        <v>1169</v>
+        <v>846</v>
       </c>
       <c r="F276" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="G276"/>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
         <v>1170</v>
       </c>
       <c r="B277" t="s">
         <v>1171</v>
       </c>
       <c r="C277" t="s">
         <v>1172</v>
       </c>
       <c r="D277" t="s">
-        <v>93</v>
+        <v>951</v>
       </c>
       <c r="E277" t="s">
-        <v>486</v>
+        <v>173</v>
       </c>
       <c r="F277" t="s">
         <v>1173</v>
       </c>
       <c r="G277"/>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>1170</v>
+        <v>1124</v>
       </c>
       <c r="B278" t="s">
         <v>1174</v>
       </c>
       <c r="C278" t="s">
         <v>1175</v>
       </c>
       <c r="D278" t="s">
-        <v>93</v>
+        <v>951</v>
       </c>
       <c r="E278" t="s">
-        <v>173</v>
+        <v>802</v>
       </c>
       <c r="F278" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
       <c r="G278"/>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>1036</v>
+        <v>1176</v>
       </c>
       <c r="B279" t="s">
         <v>1177</v>
       </c>
       <c r="C279" t="s">
         <v>1178</v>
       </c>
       <c r="D279" t="s">
-        <v>1179</v>
+        <v>16</v>
       </c>
       <c r="E279" t="s">
-        <v>1180</v>
+        <v>846</v>
       </c>
       <c r="F279" t="s">
-        <v>1181</v>
+        <v>1177</v>
       </c>
       <c r="G279"/>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D280" t="s">
+        <v>25</v>
+      </c>
+      <c r="E280" t="s">
+        <v>1181</v>
+      </c>
+      <c r="F280" t="s">
         <v>1182</v>
-      </c>
-[...13 lines deleted...]
-        <v>1186</v>
       </c>
       <c r="G280"/>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>1187</v>
+        <v>1129</v>
       </c>
       <c r="B281" t="s">
-        <v>357</v>
+        <v>1183</v>
       </c>
       <c r="C281" t="s">
-        <v>1188</v>
+        <v>1184</v>
       </c>
       <c r="D281" t="s">
-        <v>93</v>
+        <v>117</v>
       </c>
       <c r="E281" t="s">
-        <v>1189</v>
+        <v>173</v>
       </c>
       <c r="F281" t="s">
-        <v>1190</v>
+        <v>1185</v>
       </c>
       <c r="G281"/>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>1191</v>
+        <v>1129</v>
       </c>
       <c r="B282" t="s">
-        <v>1192</v>
+        <v>1186</v>
       </c>
       <c r="C282" t="s">
-        <v>1193</v>
+        <v>1187</v>
       </c>
       <c r="D282" t="s">
-        <v>359</v>
+        <v>117</v>
       </c>
       <c r="E282" t="s">
-        <v>1194</v>
+        <v>173</v>
       </c>
       <c r="F282" t="s">
-        <v>1195</v>
+        <v>1188</v>
       </c>
       <c r="G282"/>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C283" t="s">
         <v>1191</v>
       </c>
-      <c r="B283" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D283" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E283" t="s">
-        <v>1198</v>
+        <v>1192</v>
       </c>
       <c r="F283" t="s">
-        <v>1199</v>
+        <v>1193</v>
       </c>
       <c r="G283"/>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>1200</v>
+        <v>1194</v>
       </c>
       <c r="B284" t="s">
-        <v>1201</v>
+        <v>1195</v>
       </c>
       <c r="C284" t="s">
-        <v>1202</v>
+        <v>1196</v>
       </c>
       <c r="D284" t="s">
-        <v>1203</v>
+        <v>10</v>
       </c>
       <c r="E284" t="s">
-        <v>525</v>
+        <v>1197</v>
       </c>
       <c r="F284" t="s">
-        <v>1204</v>
+        <v>1198</v>
       </c>
       <c r="G284"/>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>1119</v>
+        <v>1189</v>
       </c>
       <c r="B285" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D285" t="s">
+        <v>16</v>
+      </c>
+      <c r="E285" t="s">
         <v>1201</v>
       </c>
-      <c r="C285" t="s">
+      <c r="F285" t="s">
         <v>1202</v>
-      </c>
-[...7 lines deleted...]
-        <v>1204</v>
       </c>
       <c r="G285"/>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C286" t="s">
         <v>1205</v>
       </c>
-      <c r="B286" t="s">
+      <c r="D286" t="s">
+        <v>132</v>
+      </c>
+      <c r="E286" t="s">
         <v>1206</v>
       </c>
-      <c r="C286" t="s">
+      <c r="F286" t="s">
         <v>1207</v>
       </c>
-      <c r="D286" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G286"/>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B287" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C287" t="s">
         <v>1210</v>
       </c>
-      <c r="B287" t="s">
+      <c r="D287" t="s">
         <v>1211</v>
       </c>
-      <c r="C287" t="s">
+      <c r="E287" t="s">
         <v>1212</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
       <c r="F287" t="s">
         <v>1213</v>
       </c>
-      <c r="G287" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G287"/>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
         <v>1214</v>
       </c>
       <c r="B288" t="s">
         <v>1215</v>
       </c>
       <c r="C288" t="s">
         <v>1216</v>
       </c>
       <c r="D288" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="E288" t="s">
         <v>1217</v>
       </c>
       <c r="F288" t="s">
         <v>1218</v>
       </c>
-      <c r="G288" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G288"/>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>502</v>
+        <v>1219</v>
       </c>
       <c r="B289" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="C289" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="D289" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="E289" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="F289" t="s">
-        <v>1222</v>
-[...3 lines deleted...]
-      </c>
+        <v>1223</v>
+      </c>
+      <c r="G289"/>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="B290" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="C290" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="D290" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E290" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="F290" t="s">
-        <v>1227</v>
-[...3 lines deleted...]
-      </c>
+        <v>1228</v>
+      </c>
+      <c r="G290"/>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>964</v>
+        <v>1229</v>
       </c>
       <c r="B291" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="C291" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="D291" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E291" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="F291" t="s">
-        <v>1228</v>
-[...3 lines deleted...]
-      </c>
+        <v>1233</v>
+      </c>
+      <c r="G291"/>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>549</v>
+        <v>1234</v>
       </c>
       <c r="B292" t="s">
-        <v>550</v>
+        <v>1235</v>
       </c>
       <c r="C292" t="s">
-        <v>1231</v>
-[...3 lines deleted...]
-      </c>
+        <v>1236</v>
+      </c>
+      <c r="D292"/>
       <c r="E292" t="s">
-        <v>552</v>
+        <v>21</v>
       </c>
       <c r="F292" t="s">
-        <v>553</v>
-[...3 lines deleted...]
-      </c>
+        <v>1237</v>
+      </c>
+      <c r="G292"/>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>1232</v>
+        <v>1238</v>
       </c>
       <c r="B293" t="s">
-        <v>1233</v>
+        <v>1239</v>
       </c>
       <c r="C293" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
       <c r="D293" t="s">
-        <v>33</v>
+        <v>1241</v>
       </c>
       <c r="E293" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F293" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="G293" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>1236</v>
+        <v>1242</v>
       </c>
       <c r="B294" t="s">
-        <v>1237</v>
+        <v>1243</v>
       </c>
       <c r="C294" t="s">
-        <v>1238</v>
+        <v>1244</v>
       </c>
       <c r="D294" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E294" t="s">
-        <v>1239</v>
+        <v>1245</v>
       </c>
       <c r="F294" t="s">
-        <v>1237</v>
+        <v>1243</v>
       </c>
       <c r="G294" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>867</v>
+        <v>1246</v>
       </c>
       <c r="B295" t="s">
-        <v>1240</v>
+        <v>1247</v>
       </c>
       <c r="C295" t="s">
-        <v>1241</v>
+        <v>1248</v>
       </c>
       <c r="D295" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="E295" t="s">
-        <v>1242</v>
+        <v>1249</v>
       </c>
       <c r="F295" t="s">
-        <v>1243</v>
-[...3 lines deleted...]
-      </c>
+        <v>1247</v>
+      </c>
+      <c r="G295"/>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>1244</v>
+        <v>1250</v>
       </c>
       <c r="B296" t="s">
-        <v>1245</v>
+        <v>1251</v>
       </c>
       <c r="C296" t="s">
-        <v>1246</v>
+        <v>1252</v>
       </c>
       <c r="D296" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E296" t="s">
-        <v>1247</v>
+        <v>1253</v>
       </c>
       <c r="F296" t="s">
-        <v>1248</v>
+        <v>1254</v>
       </c>
       <c r="G296"/>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>1249</v>
+        <v>1255</v>
       </c>
       <c r="B297" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="C297" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
       <c r="D297" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E297" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
       <c r="F297" t="s">
-        <v>1046</v>
+        <v>1254</v>
       </c>
       <c r="G297"/>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="B298" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="C298" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
       <c r="D298" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E298" t="s">
-        <v>1256</v>
+        <v>1261</v>
       </c>
       <c r="F298" t="s">
-        <v>1257</v>
+        <v>1262</v>
       </c>
       <c r="G298"/>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>1258</v>
+        <v>1263</v>
       </c>
       <c r="B299" t="s">
-        <v>1259</v>
+        <v>1264</v>
       </c>
       <c r="C299" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
       <c r="D299" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="E299" t="s">
-        <v>1261</v>
+        <v>1266</v>
       </c>
       <c r="F299" t="s">
-        <v>1259</v>
+        <v>1267</v>
       </c>
       <c r="G299"/>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>1262</v>
+        <v>1268</v>
       </c>
       <c r="B300" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="C300" t="s">
-        <v>1264</v>
+        <v>1270</v>
       </c>
       <c r="D300" t="s">
-        <v>830</v>
+        <v>81</v>
       </c>
       <c r="E300" t="s">
-        <v>1265</v>
+        <v>1271</v>
       </c>
       <c r="F300" t="s">
-        <v>1266</v>
-[...1 lines deleted...]
-      <c r="G300"/>
+        <v>1269</v>
+      </c>
+      <c r="G300" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="B301" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="C301" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
       <c r="D301" t="s">
-        <v>481</v>
+        <v>25</v>
       </c>
       <c r="E301" t="s">
-        <v>716</v>
+        <v>1275</v>
       </c>
       <c r="F301" t="s">
-        <v>1270</v>
+        <v>1276</v>
       </c>
       <c r="G301"/>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>1271</v>
+        <v>1277</v>
       </c>
       <c r="B302" t="s">
-        <v>1272</v>
+        <v>1278</v>
       </c>
       <c r="C302" t="s">
-        <v>792</v>
+        <v>1279</v>
       </c>
       <c r="D302" t="s">
-        <v>1273</v>
+        <v>25</v>
       </c>
       <c r="E302" t="s">
-        <v>716</v>
+        <v>613</v>
       </c>
       <c r="F302" t="s">
-        <v>1274</v>
-[...1 lines deleted...]
-      <c r="G302"/>
+        <v>1280</v>
+      </c>
+      <c r="G302" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>1271</v>
+        <v>1281</v>
       </c>
       <c r="B303" t="s">
-        <v>1275</v>
+        <v>1282</v>
       </c>
       <c r="C303" t="s">
-        <v>715</v>
+        <v>1283</v>
       </c>
       <c r="D303" t="s">
-        <v>1273</v>
+        <v>1284</v>
       </c>
       <c r="E303" t="s">
-        <v>716</v>
+        <v>1285</v>
       </c>
       <c r="F303" t="s">
-        <v>1276</v>
-[...1 lines deleted...]
-      <c r="G303"/>
+        <v>1286</v>
+      </c>
+      <c r="G303" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>1277</v>
+        <v>919</v>
       </c>
       <c r="B304" t="s">
-        <v>1278</v>
+        <v>1287</v>
       </c>
       <c r="C304" t="s">
-        <v>1279</v>
+        <v>1288</v>
       </c>
       <c r="D304" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E304" t="s">
-        <v>1082</v>
+        <v>1289</v>
       </c>
       <c r="F304" t="s">
-        <v>1280</v>
-[...1 lines deleted...]
-      <c r="G304"/>
+        <v>1290</v>
+      </c>
+      <c r="G304" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>1281</v>
+        <v>1291</v>
       </c>
       <c r="B305" t="s">
-        <v>1282</v>
+        <v>1292</v>
       </c>
       <c r="C305" t="s">
-        <v>1283</v>
+        <v>1293</v>
       </c>
       <c r="D305" t="s">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="E305" t="s">
-        <v>1284</v>
+        <v>21</v>
       </c>
       <c r="F305" t="s">
-        <v>1285</v>
+        <v>1294</v>
       </c>
       <c r="G305"/>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>1262</v>
+        <v>1295</v>
       </c>
       <c r="B306" t="s">
-        <v>1286</v>
+        <v>1296</v>
       </c>
       <c r="C306" t="s">
-        <v>1287</v>
+        <v>1297</v>
       </c>
       <c r="D306" t="s">
-        <v>64</v>
+        <v>1298</v>
       </c>
       <c r="E306" t="s">
-        <v>1288</v>
+        <v>1299</v>
       </c>
       <c r="F306" t="s">
-        <v>1289</v>
+        <v>1300</v>
       </c>
       <c r="G306"/>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>1290</v>
+        <v>1301</v>
       </c>
       <c r="B307" t="s">
-        <v>1291</v>
+        <v>1302</v>
       </c>
       <c r="C307" t="s">
-        <v>1292</v>
+        <v>1303</v>
       </c>
       <c r="D307" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="E307" t="s">
-        <v>1293</v>
+        <v>1070</v>
       </c>
       <c r="F307" t="s">
-        <v>1291</v>
-[...1 lines deleted...]
-      <c r="G307"/>
+        <v>1304</v>
+      </c>
+      <c r="G307" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>1290</v>
+        <v>1305</v>
       </c>
       <c r="B308" t="s">
-        <v>1294</v>
+        <v>1306</v>
       </c>
       <c r="C308" t="s">
-        <v>1295</v>
+        <v>1307</v>
       </c>
       <c r="D308" t="s">
-        <v>1273</v>
+        <v>25</v>
       </c>
       <c r="E308" t="s">
-        <v>716</v>
+        <v>1308</v>
       </c>
       <c r="F308" t="s">
-        <v>1296</v>
-[...1 lines deleted...]
-      <c r="G308"/>
+        <v>1309</v>
+      </c>
+      <c r="G308" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
-        <v>1297</v>
+        <v>1310</v>
       </c>
       <c r="B309" t="s">
-        <v>1298</v>
+        <v>1311</v>
       </c>
       <c r="C309" t="s">
-        <v>1299</v>
+        <v>1312</v>
       </c>
       <c r="D309" t="s">
-        <v>1273</v>
+        <v>1284</v>
       </c>
       <c r="E309" t="s">
-        <v>1300</v>
+        <v>1313</v>
       </c>
       <c r="F309" t="s">
-        <v>1301</v>
+        <v>1314</v>
       </c>
       <c r="G309"/>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>1281</v>
+        <v>1315</v>
       </c>
       <c r="B310" t="s">
-        <v>1254</v>
+        <v>1316</v>
       </c>
       <c r="C310" t="s">
-        <v>1302</v>
+        <v>1317</v>
       </c>
       <c r="D310" t="s">
-        <v>16</v>
+        <v>117</v>
       </c>
       <c r="E310" t="s">
-        <v>1303</v>
+        <v>1318</v>
       </c>
       <c r="F310" t="s">
-        <v>1304</v>
-[...1 lines deleted...]
-      <c r="G310"/>
+        <v>1319</v>
+      </c>
+      <c r="G310" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>1281</v>
+        <v>1320</v>
       </c>
       <c r="B311" t="s">
-        <v>1305</v>
+        <v>1254</v>
       </c>
       <c r="C311" t="s">
-        <v>1306</v>
+        <v>1321</v>
       </c>
       <c r="D311" t="s">
-        <v>1307</v>
+        <v>25</v>
       </c>
       <c r="E311" t="s">
-        <v>986</v>
+        <v>1322</v>
       </c>
       <c r="F311" t="s">
-        <v>1305</v>
-[...1 lines deleted...]
-      <c r="G311"/>
+        <v>1254</v>
+      </c>
+      <c r="G311" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>1308</v>
+        <v>1323</v>
       </c>
       <c r="B312" t="s">
-        <v>1309</v>
+        <v>1324</v>
       </c>
       <c r="C312" t="s">
-        <v>1310</v>
+        <v>1325</v>
       </c>
       <c r="D312" t="s">
-        <v>1091</v>
+        <v>25</v>
       </c>
       <c r="E312" t="s">
-        <v>395</v>
+        <v>1326</v>
       </c>
       <c r="F312" t="s">
-        <v>1311</v>
-[...1 lines deleted...]
-      <c r="G312"/>
+        <v>1327</v>
+      </c>
+      <c r="G312" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>1262</v>
+        <v>1076</v>
       </c>
       <c r="B313" t="s">
-        <v>1312</v>
+        <v>1328</v>
       </c>
       <c r="C313" t="s">
-        <v>1313</v>
+        <v>1329</v>
       </c>
       <c r="D313" t="s">
-        <v>1091</v>
+        <v>81</v>
       </c>
       <c r="E313" t="s">
-        <v>942</v>
+        <v>996</v>
       </c>
       <c r="F313" t="s">
-        <v>1311</v>
+        <v>1330</v>
       </c>
       <c r="G313"/>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>1314</v>
+        <v>1331</v>
       </c>
       <c r="B314" t="s">
-        <v>1315</v>
+        <v>1332</v>
       </c>
       <c r="C314" t="s">
-        <v>1316</v>
+        <v>1333</v>
       </c>
       <c r="D314" t="s">
-        <v>33</v>
+        <v>1334</v>
       </c>
       <c r="E314" t="s">
-        <v>986</v>
+        <v>1047</v>
       </c>
       <c r="F314" t="s">
-        <v>1315</v>
+        <v>1332</v>
       </c>
       <c r="G314"/>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>1314</v>
+        <v>1335</v>
       </c>
       <c r="B315" t="s">
-        <v>1317</v>
+        <v>1336</v>
       </c>
       <c r="C315" t="s">
-        <v>1318</v>
+        <v>1337</v>
       </c>
       <c r="D315" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E315" t="s">
-        <v>1319</v>
+        <v>1338</v>
       </c>
       <c r="F315" t="s">
-        <v>1320</v>
+        <v>1336</v>
       </c>
       <c r="G315"/>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>1267</v>
+        <v>1305</v>
       </c>
       <c r="B316" t="s">
-        <v>1321</v>
+        <v>1339</v>
       </c>
       <c r="C316" t="s">
-        <v>1322</v>
+        <v>1303</v>
       </c>
       <c r="D316" t="s">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="E316" t="s">
-        <v>395</v>
+        <v>1340</v>
       </c>
       <c r="F316" t="s">
-        <v>1323</v>
-[...1 lines deleted...]
-      <c r="G316"/>
+        <v>1341</v>
+      </c>
+      <c r="G316" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>1267</v>
+        <v>1342</v>
       </c>
       <c r="B317" t="s">
-        <v>1324</v>
+        <v>1343</v>
       </c>
       <c r="C317" t="s">
-        <v>1325</v>
+        <v>1344</v>
       </c>
       <c r="D317" t="s">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="E317" t="s">
-        <v>395</v>
+        <v>1345</v>
       </c>
       <c r="F317" t="s">
-        <v>1326</v>
-[...1 lines deleted...]
-      <c r="G317"/>
+        <v>1346</v>
+      </c>
+      <c r="G317" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>1327</v>
+        <v>1347</v>
       </c>
       <c r="B318" t="s">
-        <v>1328</v>
+        <v>1348</v>
       </c>
       <c r="C318" t="s">
-        <v>1329</v>
+        <v>1349</v>
       </c>
       <c r="D318" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E318" t="s">
-        <v>1330</v>
+        <v>1350</v>
       </c>
       <c r="F318" t="s">
-        <v>1331</v>
+        <v>1348</v>
       </c>
       <c r="G318"/>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>1332</v>
+        <v>1351</v>
       </c>
       <c r="B319" t="s">
-        <v>1333</v>
+        <v>1352</v>
       </c>
       <c r="C319" t="s">
-        <v>1334</v>
+        <v>1353</v>
       </c>
       <c r="D319" t="s">
-        <v>93</v>
+        <v>1354</v>
       </c>
       <c r="E319" t="s">
-        <v>1335</v>
+        <v>1355</v>
       </c>
       <c r="F319" t="s">
-        <v>1336</v>
-[...1 lines deleted...]
-      <c r="G319"/>
+        <v>1352</v>
+      </c>
+      <c r="G319" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>1327</v>
+        <v>1356</v>
       </c>
       <c r="B320" t="s">
-        <v>1337</v>
+        <v>1357</v>
       </c>
       <c r="C320" t="s">
-        <v>1338</v>
+        <v>1303</v>
       </c>
       <c r="D320" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E320" t="s">
-        <v>1339</v>
+        <v>1308</v>
       </c>
       <c r="F320" t="s">
-        <v>1340</v>
-[...1 lines deleted...]
-      <c r="G320"/>
+        <v>1358</v>
+      </c>
+      <c r="G320" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>1341</v>
+        <v>1359</v>
       </c>
       <c r="B321" t="s">
-        <v>1342</v>
+        <v>1360</v>
       </c>
       <c r="C321" t="s">
-        <v>1343</v>
+        <v>1361</v>
       </c>
       <c r="D321" t="s">
-        <v>64</v>
+        <v>132</v>
       </c>
       <c r="E321" t="s">
-        <v>1344</v>
+        <v>1362</v>
       </c>
       <c r="F321" t="s">
-        <v>1345</v>
+        <v>1363</v>
       </c>
       <c r="G321"/>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>1346</v>
+        <v>721</v>
       </c>
       <c r="B322" t="s">
-        <v>1347</v>
+        <v>1364</v>
       </c>
       <c r="C322" t="s">
-        <v>1348</v>
+        <v>1365</v>
       </c>
       <c r="D322" t="s">
-        <v>1349</v>
+        <v>1366</v>
       </c>
       <c r="E322" t="s">
-        <v>1350</v>
+        <v>1367</v>
       </c>
       <c r="F322" t="s">
-        <v>1351</v>
+        <v>1368</v>
       </c>
       <c r="G322"/>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>1352</v>
+        <v>1369</v>
       </c>
       <c r="B323" t="s">
-        <v>1353</v>
+        <v>1370</v>
       </c>
       <c r="C323" t="s">
-        <v>1354</v>
+        <v>1371</v>
       </c>
       <c r="D323" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E323" t="s">
-        <v>1355</v>
+        <v>1372</v>
       </c>
       <c r="F323" t="s">
-        <v>1356</v>
+        <v>1373</v>
       </c>
       <c r="G323"/>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>1357</v>
+        <v>1374</v>
       </c>
       <c r="B324" t="s">
-        <v>1358</v>
+        <v>1375</v>
       </c>
       <c r="C324" t="s">
-        <v>1359</v>
+        <v>1376</v>
       </c>
       <c r="D324" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="E324" t="s">
-        <v>1360</v>
+        <v>1377</v>
       </c>
       <c r="F324" t="s">
-        <v>1361</v>
-[...1 lines deleted...]
-      <c r="G324"/>
+        <v>1378</v>
+      </c>
+      <c r="G324" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>1362</v>
+        <v>1379</v>
       </c>
       <c r="B325" t="s">
-        <v>1363</v>
+        <v>1380</v>
       </c>
       <c r="C325" t="s">
-        <v>1364</v>
+        <v>1381</v>
       </c>
       <c r="D325" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E325" t="s">
-        <v>1365</v>
+        <v>1382</v>
       </c>
       <c r="F325" t="s">
-        <v>1366</v>
-[...1 lines deleted...]
-      <c r="G325"/>
+        <v>1380</v>
+      </c>
+      <c r="G325" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
-        <v>1367</v>
+        <v>1383</v>
       </c>
       <c r="B326" t="s">
-        <v>1368</v>
+        <v>1287</v>
       </c>
       <c r="C326" t="s">
-        <v>1369</v>
+        <v>1384</v>
       </c>
       <c r="D326" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E326" t="s">
-        <v>1370</v>
+        <v>1385</v>
       </c>
       <c r="F326" t="s">
-        <v>1371</v>
-[...1 lines deleted...]
-      <c r="G326"/>
+        <v>1386</v>
+      </c>
+      <c r="G326" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>1372</v>
+        <v>1387</v>
       </c>
       <c r="B327" t="s">
-        <v>1373</v>
+        <v>1388</v>
       </c>
       <c r="C327" t="s">
-        <v>1374</v>
-[...1 lines deleted...]
-      <c r="D327"/>
+        <v>1389</v>
+      </c>
+      <c r="D327" t="s">
+        <v>16</v>
+      </c>
       <c r="E327" t="s">
-        <v>268</v>
+        <v>1390</v>
       </c>
       <c r="F327" t="s">
-        <v>1375</v>
-[...1 lines deleted...]
-      <c r="G327"/>
+        <v>1391</v>
+      </c>
+      <c r="G327" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
-        <v>1376</v>
+        <v>1387</v>
       </c>
       <c r="B328" t="s">
-        <v>1377</v>
+        <v>1392</v>
       </c>
       <c r="C328" t="s">
-        <v>1378</v>
+        <v>1393</v>
       </c>
       <c r="D328" t="s">
-        <v>1379</v>
+        <v>16</v>
       </c>
       <c r="E328" t="s">
-        <v>268</v>
+        <v>525</v>
       </c>
       <c r="F328" t="s">
-        <v>1377</v>
+        <v>1392</v>
       </c>
       <c r="G328" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>1380</v>
+        <v>1394</v>
       </c>
       <c r="B329" t="s">
-        <v>1381</v>
+        <v>1395</v>
       </c>
       <c r="C329" t="s">
-        <v>1382</v>
+        <v>1396</v>
       </c>
       <c r="D329" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E329" t="s">
-        <v>1383</v>
+        <v>1397</v>
       </c>
       <c r="F329" t="s">
-        <v>1381</v>
+        <v>1395</v>
       </c>
       <c r="G329" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>1384</v>
+        <v>1398</v>
       </c>
       <c r="B330" t="s">
-        <v>1385</v>
+        <v>1399</v>
       </c>
       <c r="C330" t="s">
-        <v>1386</v>
+        <v>1400</v>
       </c>
       <c r="D330" t="s">
-        <v>64</v>
+        <v>1401</v>
       </c>
       <c r="E330" t="s">
-        <v>1387</v>
+        <v>82</v>
       </c>
       <c r="F330" t="s">
-        <v>1385</v>
-[...1 lines deleted...]
-      <c r="G330"/>
+        <v>1402</v>
+      </c>
+      <c r="G330" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
-        <v>1388</v>
+        <v>1403</v>
       </c>
       <c r="B331" t="s">
-        <v>1389</v>
+        <v>1404</v>
       </c>
       <c r="C331" t="s">
-        <v>1390</v>
+        <v>1303</v>
       </c>
       <c r="D331" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E331" t="s">
-        <v>1391</v>
+        <v>1405</v>
       </c>
       <c r="F331" t="s">
-        <v>1392</v>
-[...1 lines deleted...]
-      <c r="G331"/>
+        <v>1406</v>
+      </c>
+      <c r="G331" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>1393</v>
+        <v>475</v>
       </c>
       <c r="B332" t="s">
-        <v>1389</v>
+        <v>1407</v>
       </c>
       <c r="C332" t="s">
-        <v>1394</v>
+        <v>1408</v>
       </c>
       <c r="D332" t="s">
         <v>16</v>
       </c>
       <c r="E332" t="s">
-        <v>1395</v>
+        <v>1083</v>
       </c>
       <c r="F332" t="s">
-        <v>1392</v>
-[...1 lines deleted...]
-      <c r="G332"/>
+        <v>1409</v>
+      </c>
+      <c r="G332" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>1396</v>
+        <v>1410</v>
       </c>
       <c r="B333" t="s">
-        <v>1397</v>
+        <v>1411</v>
       </c>
       <c r="C333" t="s">
-        <v>1398</v>
+        <v>1412</v>
       </c>
       <c r="D333" t="s">
         <v>16</v>
       </c>
       <c r="E333" t="s">
-        <v>1399</v>
+        <v>1056</v>
       </c>
       <c r="F333" t="s">
-        <v>1400</v>
-[...1 lines deleted...]
-      <c r="G333"/>
+        <v>1413</v>
+      </c>
+      <c r="G333" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>1401</v>
+        <v>668</v>
       </c>
       <c r="B334" t="s">
-        <v>1402</v>
+        <v>1414</v>
       </c>
       <c r="C334" t="s">
-        <v>1403</v>
+        <v>1415</v>
       </c>
       <c r="D334" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E334" t="s">
-        <v>1404</v>
+        <v>1416</v>
       </c>
       <c r="F334" t="s">
-        <v>1405</v>
-[...1 lines deleted...]
-      <c r="G334"/>
+        <v>1417</v>
+      </c>
+      <c r="G334" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>1406</v>
+        <v>1418</v>
       </c>
       <c r="B335" t="s">
-        <v>1407</v>
+        <v>1419</v>
       </c>
       <c r="C335" t="s">
-        <v>21</v>
+        <v>1420</v>
       </c>
       <c r="D335" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E335" t="s">
-        <v>1408</v>
+        <v>31</v>
       </c>
       <c r="F335" t="s">
-        <v>1407</v>
+        <v>1421</v>
       </c>
       <c r="G335" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>1409</v>
+        <v>1422</v>
       </c>
       <c r="B336" t="s">
-        <v>1410</v>
+        <v>1423</v>
       </c>
       <c r="C336" t="s">
-        <v>1411</v>
+        <v>1424</v>
       </c>
       <c r="D336" t="s">
         <v>16</v>
       </c>
       <c r="E336" t="s">
-        <v>1412</v>
+        <v>1425</v>
       </c>
       <c r="F336" t="s">
-        <v>1413</v>
-[...1 lines deleted...]
-      <c r="G336"/>
+        <v>1426</v>
+      </c>
+      <c r="G336" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>1414</v>
+        <v>1427</v>
       </c>
       <c r="B337" t="s">
-        <v>1415</v>
+        <v>1428</v>
       </c>
       <c r="C337" t="s">
-        <v>1416</v>
+        <v>1429</v>
       </c>
       <c r="D337" t="s">
         <v>16</v>
       </c>
       <c r="E337" t="s">
-        <v>755</v>
+        <v>1430</v>
       </c>
       <c r="F337" t="s">
-        <v>1417</v>
+        <v>1431</v>
       </c>
       <c r="G337" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>1418</v>
+        <v>1432</v>
       </c>
       <c r="B338" t="s">
-        <v>1419</v>
+        <v>1433</v>
       </c>
       <c r="C338" t="s">
-        <v>1420</v>
+        <v>1434</v>
       </c>
       <c r="D338" t="s">
-        <v>48</v>
+        <v>1435</v>
       </c>
       <c r="E338" t="s">
-        <v>1421</v>
+        <v>1436</v>
       </c>
       <c r="F338" t="s">
-        <v>1422</v>
+        <v>1437</v>
       </c>
       <c r="G338" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>1059</v>
+        <v>1438</v>
       </c>
       <c r="B339" t="s">
-        <v>1423</v>
+        <v>1439</v>
       </c>
       <c r="C339" t="s">
-        <v>1424</v>
+        <v>1440</v>
       </c>
       <c r="D339" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
       <c r="E339" t="s">
-        <v>1425</v>
+        <v>1441</v>
       </c>
       <c r="F339" t="s">
-        <v>1426</v>
+        <v>1442</v>
       </c>
       <c r="G339" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>1427</v>
+        <v>1443</v>
       </c>
       <c r="B340" t="s">
-        <v>1428</v>
+        <v>1444</v>
       </c>
       <c r="C340" t="s">
-        <v>1429</v>
+        <v>1445</v>
       </c>
       <c r="D340" t="s">
-        <v>202</v>
+        <v>16</v>
       </c>
       <c r="E340" t="s">
-        <v>268</v>
+        <v>330</v>
       </c>
       <c r="F340" t="s">
-        <v>1430</v>
-[...1 lines deleted...]
-      <c r="G340"/>
+        <v>1446</v>
+      </c>
+      <c r="G340" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
-        <v>1431</v>
+        <v>1447</v>
       </c>
       <c r="B341" t="s">
-        <v>1432</v>
+        <v>1153</v>
       </c>
       <c r="C341" t="s">
-        <v>1433</v>
+        <v>1448</v>
       </c>
       <c r="D341" t="s">
-        <v>1434</v>
+        <v>132</v>
       </c>
       <c r="E341" t="s">
-        <v>1435</v>
+        <v>1449</v>
       </c>
       <c r="F341" t="s">
-        <v>1436</v>
+        <v>1153</v>
       </c>
       <c r="G341"/>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>1437</v>
+        <v>1450</v>
       </c>
       <c r="B342" t="s">
-        <v>1438</v>
+        <v>1451</v>
       </c>
       <c r="C342" t="s">
-        <v>1439</v>
+        <v>1452</v>
       </c>
       <c r="D342" t="s">
-        <v>16</v>
+        <v>1453</v>
       </c>
       <c r="E342" t="s">
-        <v>1208</v>
+        <v>1454</v>
       </c>
       <c r="F342" t="s">
-        <v>1440</v>
+        <v>1455</v>
       </c>
       <c r="G342" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>1441</v>
+        <v>1456</v>
       </c>
       <c r="B343" t="s">
-        <v>1442</v>
+        <v>1457</v>
       </c>
       <c r="C343" t="s">
-        <v>1443</v>
+        <v>1293</v>
       </c>
       <c r="D343" t="s">
-        <v>16</v>
+        <v>1025</v>
       </c>
       <c r="E343" t="s">
-        <v>1444</v>
+        <v>996</v>
       </c>
       <c r="F343" t="s">
-        <v>1445</v>
+        <v>1458</v>
       </c>
       <c r="G343" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>1446</v>
+        <v>1459</v>
       </c>
       <c r="B344" t="s">
-        <v>1447</v>
+        <v>1460</v>
       </c>
       <c r="C344" t="s">
-        <v>1448</v>
+        <v>1461</v>
       </c>
       <c r="D344" t="s">
-        <v>48</v>
+        <v>1462</v>
       </c>
       <c r="E344" t="s">
-        <v>1449</v>
+        <v>1463</v>
       </c>
       <c r="F344" t="s">
-        <v>1450</v>
+        <v>1464</v>
       </c>
       <c r="G344"/>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
-        <v>1451</v>
+        <v>1465</v>
       </c>
       <c r="B345" t="s">
-        <v>1452</v>
+        <v>1466</v>
       </c>
       <c r="C345" t="s">
-        <v>1453</v>
+        <v>1467</v>
       </c>
       <c r="D345" t="s">
-        <v>80</v>
+        <v>1468</v>
       </c>
       <c r="E345" t="s">
-        <v>1454</v>
+        <v>1469</v>
       </c>
       <c r="F345" t="s">
-        <v>1455</v>
+        <v>1470</v>
       </c>
       <c r="G345" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>1456</v>
+        <v>1471</v>
       </c>
       <c r="B346" t="s">
-        <v>1392</v>
+        <v>1472</v>
       </c>
       <c r="C346" t="s">
-        <v>1457</v>
+        <v>1473</v>
       </c>
       <c r="D346" t="s">
-        <v>16</v>
+        <v>1474</v>
       </c>
       <c r="E346" t="s">
-        <v>1458</v>
+        <v>1019</v>
       </c>
       <c r="F346" t="s">
-        <v>1392</v>
+        <v>180</v>
       </c>
       <c r="G346" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>1459</v>
+        <v>1475</v>
       </c>
       <c r="B347" t="s">
-        <v>1460</v>
+        <v>1476</v>
       </c>
       <c r="C347" t="s">
-        <v>1461</v>
+        <v>1477</v>
       </c>
       <c r="D347" t="s">
-        <v>16</v>
+        <v>1478</v>
       </c>
       <c r="E347" t="s">
-        <v>1462</v>
+        <v>1479</v>
       </c>
       <c r="F347" t="s">
-        <v>1463</v>
+        <v>1480</v>
       </c>
       <c r="G347" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>1214</v>
+        <v>1481</v>
       </c>
       <c r="B348" t="s">
-        <v>1464</v>
+        <v>1482</v>
       </c>
       <c r="C348" t="s">
-        <v>1465</v>
+        <v>1483</v>
       </c>
       <c r="D348" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E348" t="s">
-        <v>1134</v>
+        <v>1484</v>
       </c>
       <c r="F348" t="s">
-        <v>1466</v>
+        <v>1485</v>
       </c>
       <c r="G348"/>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>1467</v>
+        <v>1486</v>
       </c>
       <c r="B349" t="s">
-        <v>1468</v>
+        <v>1487</v>
       </c>
       <c r="C349" t="s">
-        <v>1469</v>
+        <v>1488</v>
       </c>
       <c r="D349" t="s">
-        <v>1470</v>
+        <v>1489</v>
       </c>
       <c r="E349" t="s">
-        <v>1185</v>
+        <v>1490</v>
       </c>
       <c r="F349" t="s">
-        <v>1468</v>
-[...1 lines deleted...]
-      <c r="G349"/>
+        <v>1491</v>
+      </c>
+      <c r="G349" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>1471</v>
+        <v>1492</v>
       </c>
       <c r="B350" t="s">
-        <v>1472</v>
+        <v>1493</v>
       </c>
       <c r="C350" t="s">
-        <v>1473</v>
+        <v>1494</v>
       </c>
       <c r="D350" t="s">
-        <v>64</v>
+        <v>1495</v>
       </c>
       <c r="E350" t="s">
-        <v>1474</v>
+        <v>1496</v>
       </c>
       <c r="F350" t="s">
-        <v>1472</v>
-[...1 lines deleted...]
-      <c r="G350"/>
+        <v>1497</v>
+      </c>
+      <c r="G350" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>1441</v>
+        <v>1498</v>
       </c>
       <c r="B351" t="s">
-        <v>1475</v>
+        <v>1499</v>
       </c>
       <c r="C351" t="s">
-        <v>1439</v>
+        <v>1500</v>
       </c>
       <c r="D351" t="s">
         <v>16</v>
       </c>
       <c r="E351" t="s">
-        <v>1476</v>
+        <v>82</v>
       </c>
       <c r="F351" t="s">
-        <v>1477</v>
+        <v>1501</v>
       </c>
       <c r="G351" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>1478</v>
+        <v>1502</v>
       </c>
       <c r="B352" t="s">
-        <v>1479</v>
+        <v>1503</v>
       </c>
       <c r="C352" t="s">
-        <v>1480</v>
+        <v>1504</v>
       </c>
       <c r="D352" t="s">
-        <v>16</v>
+        <v>1474</v>
       </c>
       <c r="E352" t="s">
-        <v>1481</v>
+        <v>446</v>
       </c>
       <c r="F352" t="s">
-        <v>1482</v>
+        <v>180</v>
       </c>
       <c r="G352" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>1483</v>
+        <v>1505</v>
       </c>
       <c r="B353" t="s">
-        <v>1484</v>
+        <v>1506</v>
       </c>
       <c r="C353" t="s">
-        <v>1485</v>
+        <v>1500</v>
       </c>
       <c r="D353" t="s">
-        <v>64</v>
+        <v>1507</v>
       </c>
       <c r="E353" t="s">
-        <v>1486</v>
+        <v>1508</v>
       </c>
       <c r="F353" t="s">
-        <v>1484</v>
-[...1 lines deleted...]
-      <c r="G353"/>
+        <v>1509</v>
+      </c>
+      <c r="G353" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>1487</v>
+        <v>1268</v>
       </c>
       <c r="B354" t="s">
-        <v>1488</v>
+        <v>1510</v>
       </c>
       <c r="C354" t="s">
-        <v>1489</v>
+        <v>1511</v>
       </c>
       <c r="D354" t="s">
-        <v>1490</v>
+        <v>81</v>
       </c>
       <c r="E354" t="s">
-        <v>1491</v>
+        <v>802</v>
       </c>
       <c r="F354" t="s">
-        <v>1488</v>
+        <v>1510</v>
       </c>
       <c r="G354" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>1492</v>
+        <v>1268</v>
       </c>
       <c r="B355" t="s">
-        <v>1493</v>
+        <v>1512</v>
       </c>
       <c r="C355" t="s">
-        <v>1439</v>
+        <v>116</v>
       </c>
       <c r="D355" t="s">
         <v>16</v>
       </c>
       <c r="E355" t="s">
-        <v>1444</v>
+        <v>802</v>
       </c>
       <c r="F355" t="s">
-        <v>1494</v>
+        <v>1513</v>
       </c>
       <c r="G355" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>1495</v>
+        <v>1514</v>
       </c>
       <c r="B356" t="s">
-        <v>1496</v>
+        <v>465</v>
       </c>
       <c r="C356" t="s">
-        <v>1497</v>
+        <v>1515</v>
       </c>
       <c r="D356" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="E356" t="s">
-        <v>1498</v>
+        <v>1516</v>
       </c>
       <c r="F356" t="s">
-        <v>1499</v>
+        <v>465</v>
       </c>
       <c r="G356"/>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>862</v>
+        <v>1517</v>
       </c>
       <c r="B357" t="s">
-        <v>1500</v>
+        <v>1518</v>
       </c>
       <c r="C357" t="s">
-        <v>1501</v>
+        <v>1283</v>
       </c>
       <c r="D357" t="s">
-        <v>1502</v>
+        <v>1284</v>
       </c>
       <c r="E357" t="s">
-        <v>1503</v>
+        <v>1285</v>
       </c>
       <c r="F357" t="s">
-        <v>1504</v>
+        <v>1519</v>
       </c>
       <c r="G357"/>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>1505</v>
+        <v>1520</v>
       </c>
       <c r="B358" t="s">
-        <v>1506</v>
+        <v>1521</v>
       </c>
       <c r="C358" t="s">
-        <v>1507</v>
+        <v>1522</v>
       </c>
       <c r="D358" t="s">
-        <v>22</v>
+        <v>1298</v>
       </c>
       <c r="E358" t="s">
-        <v>1508</v>
+        <v>1523</v>
       </c>
       <c r="F358" t="s">
-        <v>1509</v>
+        <v>1524</v>
       </c>
       <c r="G358"/>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>1510</v>
+        <v>1525</v>
       </c>
       <c r="B359" t="s">
-        <v>1511</v>
+        <v>1526</v>
       </c>
       <c r="C359" t="s">
-        <v>1512</v>
+        <v>1527</v>
       </c>
       <c r="D359" t="s">
-        <v>16</v>
+        <v>1528</v>
       </c>
       <c r="E359" t="s">
-        <v>1513</v>
+        <v>724</v>
       </c>
       <c r="F359" t="s">
-        <v>1514</v>
-[...3 lines deleted...]
-      </c>
+        <v>1529</v>
+      </c>
+      <c r="G359"/>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>1515</v>
+        <v>1530</v>
       </c>
       <c r="B360" t="s">
-        <v>1516</v>
+        <v>1531</v>
       </c>
       <c r="C360" t="s">
-        <v>1517</v>
+        <v>1532</v>
       </c>
       <c r="D360" t="s">
-        <v>64</v>
+        <v>1533</v>
       </c>
       <c r="E360" t="s">
-        <v>1518</v>
+        <v>1534</v>
       </c>
       <c r="F360" t="s">
-        <v>1516</v>
-[...3 lines deleted...]
-      </c>
+        <v>1535</v>
+      </c>
+      <c r="G360"/>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>1519</v>
+        <v>1536</v>
       </c>
       <c r="B361" t="s">
-        <v>1423</v>
+        <v>1324</v>
       </c>
       <c r="C361" t="s">
-        <v>1520</v>
+        <v>1537</v>
       </c>
       <c r="D361" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E361" t="s">
-        <v>1521</v>
+        <v>1538</v>
       </c>
       <c r="F361" t="s">
-        <v>1522</v>
-[...3 lines deleted...]
-      </c>
+        <v>1539</v>
+      </c>
+      <c r="G361"/>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
-        <v>1523</v>
+        <v>1540</v>
       </c>
       <c r="B362" t="s">
-        <v>1524</v>
+        <v>1541</v>
       </c>
       <c r="C362" t="s">
-        <v>1525</v>
+        <v>1303</v>
       </c>
       <c r="D362" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E362" t="s">
-        <v>1526</v>
+        <v>1542</v>
       </c>
       <c r="F362" t="s">
-        <v>1527</v>
-[...3 lines deleted...]
-      </c>
+        <v>1543</v>
+      </c>
+      <c r="G362"/>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
-        <v>1523</v>
+        <v>1540</v>
       </c>
       <c r="B363" t="s">
-        <v>1528</v>
+        <v>1544</v>
       </c>
       <c r="C363" t="s">
-        <v>1529</v>
+        <v>1303</v>
       </c>
       <c r="D363" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E363" t="s">
-        <v>669</v>
+        <v>1405</v>
       </c>
       <c r="F363" t="s">
-        <v>1528</v>
-[...3 lines deleted...]
-      </c>
+        <v>1545</v>
+      </c>
+      <c r="G363"/>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
-        <v>1530</v>
+        <v>1546</v>
       </c>
       <c r="B364" t="s">
-        <v>1531</v>
+        <v>1306</v>
       </c>
       <c r="C364" t="s">
-        <v>1532</v>
+        <v>1307</v>
       </c>
       <c r="D364" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E364" t="s">
-        <v>1533</v>
+        <v>1308</v>
       </c>
       <c r="F364" t="s">
-        <v>1531</v>
-[...3 lines deleted...]
-      </c>
+        <v>1309</v>
+      </c>
+      <c r="G364"/>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>1534</v>
+        <v>1547</v>
       </c>
       <c r="B365" t="s">
-        <v>1535</v>
+        <v>1548</v>
       </c>
       <c r="C365" t="s">
-        <v>1536</v>
+        <v>1303</v>
       </c>
       <c r="D365" t="s">
-        <v>1537</v>
+        <v>25</v>
       </c>
       <c r="E365" t="s">
-        <v>225</v>
+        <v>1405</v>
       </c>
       <c r="F365" t="s">
-        <v>1538</v>
-[...3 lines deleted...]
-      </c>
+        <v>1545</v>
+      </c>
+      <c r="G365"/>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>1539</v>
+        <v>1549</v>
       </c>
       <c r="B366" t="s">
-        <v>1540</v>
+        <v>1550</v>
       </c>
       <c r="C366" t="s">
-        <v>1439</v>
+        <v>1551</v>
       </c>
       <c r="D366" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E366" t="s">
-        <v>1541</v>
+        <v>1308</v>
       </c>
       <c r="F366" t="s">
-        <v>1542</v>
-[...3 lines deleted...]
-      </c>
+        <v>1552</v>
+      </c>
+      <c r="G366"/>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>619</v>
+        <v>1549</v>
       </c>
       <c r="B367" t="s">
-        <v>1543</v>
+        <v>1553</v>
       </c>
       <c r="C367" t="s">
-        <v>1544</v>
+        <v>1554</v>
       </c>
       <c r="D367" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E367" t="s">
-        <v>1221</v>
+        <v>1555</v>
       </c>
       <c r="F367" t="s">
-        <v>1545</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="G367"/>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
-        <v>1546</v>
+        <v>1556</v>
       </c>
       <c r="B368" t="s">
-        <v>1547</v>
+        <v>1557</v>
       </c>
       <c r="C368" t="s">
-        <v>1548</v>
+        <v>1303</v>
       </c>
       <c r="D368" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E368" t="s">
-        <v>1194</v>
+        <v>1405</v>
       </c>
       <c r="F368" t="s">
-        <v>1549</v>
-[...3 lines deleted...]
-      </c>
+        <v>1558</v>
+      </c>
+      <c r="G368"/>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>809</v>
+        <v>1559</v>
       </c>
       <c r="B369" t="s">
-        <v>1550</v>
+        <v>1560</v>
       </c>
       <c r="C369" t="s">
-        <v>1551</v>
+        <v>1561</v>
       </c>
       <c r="D369" t="s">
-        <v>33</v>
+        <v>117</v>
       </c>
       <c r="E369" t="s">
-        <v>1552</v>
+        <v>1430</v>
       </c>
       <c r="F369" t="s">
-        <v>1553</v>
-[...3 lines deleted...]
-      </c>
+        <v>1562</v>
+      </c>
+      <c r="G369"/>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>1554</v>
+        <v>1563</v>
       </c>
       <c r="B370" t="s">
-        <v>1555</v>
+        <v>1564</v>
       </c>
       <c r="C370" t="s">
-        <v>1556</v>
+        <v>1344</v>
       </c>
       <c r="D370" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E370" t="s">
-        <v>378</v>
+        <v>1565</v>
       </c>
       <c r="F370" t="s">
-        <v>1557</v>
-[...3 lines deleted...]
-      </c>
+        <v>1566</v>
+      </c>
+      <c r="G370"/>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>1558</v>
+        <v>1567</v>
       </c>
       <c r="B371" t="s">
-        <v>1559</v>
+        <v>1568</v>
       </c>
       <c r="C371" t="s">
-        <v>1560</v>
+        <v>1303</v>
       </c>
       <c r="D371" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E371" t="s">
-        <v>1561</v>
+        <v>1569</v>
       </c>
       <c r="F371" t="s">
-        <v>1562</v>
-[...3 lines deleted...]
-      </c>
+        <v>1570</v>
+      </c>
+      <c r="G371"/>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>1563</v>
+        <v>1549</v>
       </c>
       <c r="B372" t="s">
-        <v>1564</v>
+        <v>1571</v>
       </c>
       <c r="C372" t="s">
-        <v>1565</v>
+        <v>1572</v>
       </c>
       <c r="D372" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E372" t="s">
-        <v>1566</v>
+        <v>613</v>
       </c>
       <c r="F372" t="s">
-        <v>1567</v>
-[...3 lines deleted...]
-      </c>
+        <v>1571</v>
+      </c>
+      <c r="G372"/>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
-        <v>1568</v>
+        <v>1573</v>
       </c>
       <c r="B373" t="s">
-        <v>1569</v>
+        <v>1574</v>
       </c>
       <c r="C373" t="s">
-        <v>1570</v>
+        <v>1575</v>
       </c>
       <c r="D373" t="s">
-        <v>1571</v>
+        <v>16</v>
       </c>
       <c r="E373" t="s">
-        <v>1572</v>
+        <v>996</v>
       </c>
       <c r="F373" t="s">
-        <v>1573</v>
-[...3 lines deleted...]
-      </c>
+        <v>1576</v>
+      </c>
+      <c r="G373"/>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="B374" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="C374" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="D374" t="s">
-        <v>455</v>
+        <v>16</v>
       </c>
       <c r="E374" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="F374" t="s">
-        <v>1578</v>
-[...3 lines deleted...]
-      </c>
+        <v>1581</v>
+      </c>
+      <c r="G374"/>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>1579</v>
+        <v>1234</v>
       </c>
       <c r="B375" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="C375" t="s">
-        <v>1581</v>
+        <v>1303</v>
       </c>
       <c r="D375" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E375" t="s">
-        <v>173</v>
+        <v>1405</v>
       </c>
       <c r="F375" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="G375" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="B376" t="s">
-        <v>1291</v>
+        <v>196</v>
       </c>
       <c r="C376" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="D376" t="s">
-        <v>64</v>
+        <v>1401</v>
       </c>
       <c r="E376" t="s">
-        <v>1585</v>
+        <v>82</v>
       </c>
       <c r="F376" t="s">
-        <v>1291</v>
-[...1 lines deleted...]
-      <c r="G376"/>
+        <v>103</v>
+      </c>
+      <c r="G376" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
         <v>1586</v>
       </c>
       <c r="B377" t="s">
         <v>1587</v>
       </c>
       <c r="C377" t="s">
         <v>1588</v>
       </c>
       <c r="D377" t="s">
+        <v>81</v>
+      </c>
+      <c r="E377" t="s">
         <v>1589</v>
       </c>
-      <c r="E377" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F377" t="s">
-        <v>1591</v>
-[...3 lines deleted...]
-      </c>
+        <v>1153</v>
+      </c>
+      <c r="G377"/>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D378" t="s">
+        <v>25</v>
+      </c>
+      <c r="E378" t="s">
+        <v>701</v>
+      </c>
+      <c r="F378" t="s">
         <v>1592</v>
       </c>
-      <c r="B378" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G378" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C379" t="s">
+        <v>740</v>
+      </c>
+      <c r="D379" t="s">
+        <v>16</v>
+      </c>
+      <c r="E379" t="s">
         <v>1595</v>
       </c>
-      <c r="B379" t="s">
+      <c r="F379" t="s">
         <v>1596</v>
-      </c>
-[...10 lines deleted...]
-        <v>1600</v>
       </c>
       <c r="G379"/>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E380" t="s">
         <v>1601</v>
       </c>
-      <c r="B380" t="s">
+      <c r="F380" t="s">
         <v>1602</v>
       </c>
-      <c r="C380" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G380"/>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>1607</v>
+        <v>1603</v>
       </c>
       <c r="B381" t="s">
-        <v>1608</v>
+        <v>1604</v>
       </c>
       <c r="C381" t="s">
-        <v>1609</v>
+        <v>1605</v>
       </c>
       <c r="D381" t="s">
-        <v>1610</v>
+        <v>10</v>
       </c>
       <c r="E381" t="s">
-        <v>1157</v>
+        <v>418</v>
       </c>
       <c r="F381" t="s">
-        <v>424</v>
-[...3 lines deleted...]
-      </c>
+        <v>1606</v>
+      </c>
+      <c r="G381"/>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>1611</v>
+        <v>1603</v>
       </c>
       <c r="B382" t="s">
-        <v>1612</v>
+        <v>188</v>
       </c>
       <c r="C382" t="s">
-        <v>1613</v>
+        <v>1607</v>
       </c>
       <c r="D382" t="s">
-        <v>1614</v>
+        <v>10</v>
       </c>
       <c r="E382" t="s">
-        <v>1615</v>
+        <v>330</v>
       </c>
       <c r="F382" t="s">
-        <v>1616</v>
-[...3 lines deleted...]
-      </c>
+        <v>1608</v>
+      </c>
+      <c r="G382"/>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
-        <v>1617</v>
+        <v>1603</v>
       </c>
       <c r="B383" t="s">
-        <v>1618</v>
+        <v>1609</v>
       </c>
       <c r="C383" t="s">
-        <v>1619</v>
+        <v>1610</v>
       </c>
       <c r="D383" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E383" t="s">
-        <v>1620</v>
+        <v>1611</v>
       </c>
       <c r="F383" t="s">
-        <v>1621</v>
+        <v>1612</v>
       </c>
       <c r="G383"/>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
-        <v>1622</v>
+        <v>1613</v>
       </c>
       <c r="B384" t="s">
-        <v>1623</v>
+        <v>1614</v>
       </c>
       <c r="C384" t="s">
-        <v>1624</v>
+        <v>1615</v>
       </c>
       <c r="D384" t="s">
-        <v>1625</v>
+        <v>25</v>
       </c>
       <c r="E384" t="s">
-        <v>1626</v>
+        <v>1616</v>
       </c>
       <c r="F384" t="s">
-        <v>1627</v>
-[...3 lines deleted...]
-      </c>
+        <v>1617</v>
+      </c>
+      <c r="G384"/>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>1628</v>
+        <v>1613</v>
       </c>
       <c r="B385" t="s">
-        <v>1629</v>
+        <v>196</v>
       </c>
       <c r="C385" t="s">
-        <v>1630</v>
+        <v>1618</v>
       </c>
       <c r="D385" t="s">
-        <v>1631</v>
+        <v>132</v>
       </c>
       <c r="E385" t="s">
-        <v>1632</v>
+        <v>1619</v>
       </c>
       <c r="F385" t="s">
-        <v>1633</v>
-[...3 lines deleted...]
-      </c>
+        <v>1617</v>
+      </c>
+      <c r="G385"/>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>1634</v>
+        <v>1620</v>
       </c>
       <c r="B386" t="s">
-        <v>1635</v>
+        <v>1247</v>
       </c>
       <c r="C386" t="s">
-        <v>1636</v>
+        <v>1621</v>
       </c>
       <c r="D386" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="E386" t="s">
-        <v>225</v>
+        <v>1622</v>
       </c>
       <c r="F386" t="s">
-        <v>1637</v>
-[...3 lines deleted...]
-      </c>
+        <v>1623</v>
+      </c>
+      <c r="G386"/>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>1638</v>
+        <v>1624</v>
       </c>
       <c r="B387" t="s">
-        <v>1639</v>
+        <v>1625</v>
       </c>
       <c r="C387" t="s">
-        <v>1640</v>
+        <v>1626</v>
       </c>
       <c r="D387" t="s">
-        <v>1610</v>
+        <v>132</v>
       </c>
       <c r="E387" t="s">
-        <v>590</v>
+        <v>1627</v>
       </c>
       <c r="F387" t="s">
-        <v>424</v>
-[...3 lines deleted...]
-      </c>
+        <v>1628</v>
+      </c>
+      <c r="G387"/>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>1641</v>
+        <v>1556</v>
       </c>
       <c r="B388" t="s">
-        <v>1642</v>
+        <v>1629</v>
       </c>
       <c r="C388" t="s">
-        <v>1636</v>
+        <v>1630</v>
       </c>
       <c r="D388" t="s">
-        <v>1643</v>
+        <v>25</v>
       </c>
       <c r="E388" t="s">
-        <v>1644</v>
+        <v>1631</v>
       </c>
       <c r="F388" t="s">
-        <v>1645</v>
+        <v>1632</v>
       </c>
       <c r="G388" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
-        <v>1406</v>
+        <v>1577</v>
       </c>
       <c r="B389" t="s">
-        <v>1646</v>
+        <v>1633</v>
       </c>
       <c r="C389" t="s">
-        <v>1647</v>
+        <v>1303</v>
       </c>
       <c r="D389" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E389" t="s">
-        <v>942</v>
+        <v>1634</v>
       </c>
       <c r="F389" t="s">
-        <v>1646</v>
+        <v>1635</v>
       </c>
       <c r="G389" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
-        <v>1406</v>
+        <v>1636</v>
       </c>
       <c r="B390" t="s">
-        <v>1648</v>
+        <v>1637</v>
       </c>
       <c r="C390" t="s">
-        <v>134</v>
+        <v>1638</v>
       </c>
       <c r="D390" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E390" t="s">
-        <v>942</v>
+        <v>1639</v>
       </c>
       <c r="F390" t="s">
-        <v>1649</v>
+        <v>1640</v>
       </c>
       <c r="G390" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
-        <v>1650</v>
+        <v>1641</v>
       </c>
       <c r="B391" t="s">
-        <v>609</v>
+        <v>1642</v>
       </c>
       <c r="C391" t="s">
-        <v>1651</v>
+        <v>1643</v>
       </c>
       <c r="D391" t="s">
         <v>16</v>
       </c>
       <c r="E391" t="s">
-        <v>1652</v>
+        <v>1644</v>
       </c>
       <c r="F391" t="s">
-        <v>609</v>
+        <v>1645</v>
       </c>
       <c r="G391"/>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
-        <v>1653</v>
+        <v>1646</v>
       </c>
       <c r="B392" t="s">
-        <v>1654</v>
+        <v>1647</v>
       </c>
       <c r="C392" t="s">
-        <v>1420</v>
+        <v>1648</v>
       </c>
       <c r="D392" t="s">
-        <v>48</v>
+        <v>775</v>
       </c>
       <c r="E392" t="s">
-        <v>1421</v>
+        <v>1649</v>
       </c>
       <c r="F392" t="s">
-        <v>1655</v>
+        <v>269</v>
       </c>
       <c r="G392"/>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>1656</v>
+        <v>1646</v>
       </c>
       <c r="B393" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="C393" t="s">
-        <v>1658</v>
+        <v>1651</v>
       </c>
       <c r="D393" t="s">
-        <v>1434</v>
+        <v>25</v>
       </c>
       <c r="E393" t="s">
-        <v>1659</v>
+        <v>1652</v>
       </c>
       <c r="F393" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="G393"/>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
-        <v>1661</v>
+        <v>1654</v>
       </c>
       <c r="B394" t="s">
-        <v>1662</v>
+        <v>110</v>
       </c>
       <c r="C394" t="s">
-        <v>1663</v>
+        <v>1655</v>
       </c>
       <c r="D394" t="s">
-        <v>1664</v>
+        <v>81</v>
       </c>
       <c r="E394" t="s">
-        <v>865</v>
+        <v>451</v>
       </c>
       <c r="F394" t="s">
-        <v>1665</v>
+        <v>1656</v>
       </c>
       <c r="G394"/>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
-        <v>1666</v>
+        <v>1654</v>
       </c>
       <c r="B395" t="s">
-        <v>1667</v>
+        <v>1657</v>
       </c>
       <c r="C395" t="s">
-        <v>1668</v>
+        <v>1658</v>
       </c>
       <c r="D395" t="s">
-        <v>1669</v>
+        <v>81</v>
       </c>
       <c r="E395" t="s">
-        <v>1670</v>
+        <v>442</v>
       </c>
       <c r="F395" t="s">
-        <v>1671</v>
+        <v>1659</v>
       </c>
       <c r="G395"/>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>1672</v>
+        <v>538</v>
       </c>
       <c r="B396" t="s">
-        <v>1460</v>
+        <v>1660</v>
       </c>
       <c r="C396" t="s">
-        <v>1673</v>
+        <v>1661</v>
       </c>
       <c r="D396" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E396" t="s">
-        <v>1674</v>
+        <v>984</v>
       </c>
       <c r="F396" t="s">
-        <v>1675</v>
+        <v>1662</v>
       </c>
       <c r="G396"/>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>1676</v>
+        <v>1654</v>
       </c>
       <c r="B397" t="s">
-        <v>1677</v>
+        <v>1663</v>
       </c>
       <c r="C397" t="s">
-        <v>1439</v>
+        <v>1664</v>
       </c>
       <c r="D397" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E397" t="s">
-        <v>1678</v>
+        <v>442</v>
       </c>
       <c r="F397" t="s">
-        <v>1679</v>
+        <v>1665</v>
       </c>
       <c r="G397"/>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
-        <v>1676</v>
+        <v>538</v>
       </c>
       <c r="B398" t="s">
-        <v>1680</v>
+        <v>98</v>
       </c>
       <c r="C398" t="s">
-        <v>1439</v>
+        <v>1666</v>
       </c>
       <c r="D398" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E398" t="s">
-        <v>1541</v>
+        <v>442</v>
       </c>
       <c r="F398" t="s">
-        <v>1681</v>
+        <v>1667</v>
       </c>
       <c r="G398"/>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>1682</v>
+        <v>538</v>
       </c>
       <c r="B399" t="s">
-        <v>1442</v>
+        <v>1668</v>
       </c>
       <c r="C399" t="s">
-        <v>1443</v>
+        <v>1669</v>
       </c>
       <c r="D399" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E399" t="s">
-        <v>1444</v>
+        <v>442</v>
       </c>
       <c r="F399" t="s">
-        <v>1445</v>
+        <v>1670</v>
       </c>
       <c r="G399"/>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>1683</v>
+        <v>1671</v>
       </c>
       <c r="B400" t="s">
-        <v>1684</v>
+        <v>1672</v>
       </c>
       <c r="C400" t="s">
-        <v>1439</v>
+        <v>1344</v>
       </c>
       <c r="D400" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E400" t="s">
-        <v>1541</v>
+        <v>1673</v>
       </c>
       <c r="F400" t="s">
-        <v>1681</v>
-[...1 lines deleted...]
-      <c r="G400"/>
+        <v>1674</v>
+      </c>
+      <c r="G400" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>1685</v>
+        <v>1675</v>
       </c>
       <c r="B401" t="s">
-        <v>1686</v>
+        <v>1190</v>
       </c>
       <c r="C401" t="s">
-        <v>1687</v>
+        <v>1676</v>
       </c>
       <c r="D401" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E401" t="s">
-        <v>1444</v>
+        <v>1677</v>
       </c>
       <c r="F401" t="s">
-        <v>1688</v>
+        <v>1678</v>
       </c>
       <c r="G401"/>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
-        <v>1685</v>
+        <v>1679</v>
       </c>
       <c r="B402" t="s">
-        <v>1689</v>
+        <v>1680</v>
       </c>
       <c r="C402" t="s">
-        <v>1690</v>
+        <v>1681</v>
       </c>
       <c r="D402" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E402" t="s">
-        <v>1691</v>
+        <v>1682</v>
       </c>
       <c r="F402" t="s">
-        <v>236</v>
+        <v>1680</v>
       </c>
       <c r="G402"/>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>1692</v>
+        <v>1590</v>
       </c>
       <c r="B403" t="s">
-        <v>1693</v>
+        <v>1683</v>
       </c>
       <c r="C403" t="s">
-        <v>1439</v>
+        <v>1307</v>
       </c>
       <c r="D403" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E403" t="s">
-        <v>1541</v>
+        <v>1326</v>
       </c>
       <c r="F403" t="s">
-        <v>1694</v>
-[...1 lines deleted...]
-      <c r="G403"/>
+        <v>1684</v>
+      </c>
+      <c r="G403" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>1695</v>
+        <v>1129</v>
       </c>
       <c r="B404" t="s">
-        <v>1696</v>
+        <v>1685</v>
       </c>
       <c r="C404" t="s">
-        <v>1697</v>
+        <v>1686</v>
       </c>
       <c r="D404" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E404" t="s">
-        <v>1566</v>
+        <v>173</v>
       </c>
       <c r="F404" t="s">
-        <v>1698</v>
+        <v>1687</v>
       </c>
       <c r="G404"/>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
-        <v>1699</v>
+        <v>1688</v>
       </c>
       <c r="B405" t="s">
-        <v>1700</v>
+        <v>1689</v>
       </c>
       <c r="C405" t="s">
-        <v>1480</v>
+        <v>1690</v>
       </c>
       <c r="D405" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E405" t="s">
-        <v>1701</v>
+        <v>1691</v>
       </c>
       <c r="F405" t="s">
-        <v>1702</v>
+        <v>1689</v>
       </c>
       <c r="G405"/>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
-        <v>1703</v>
+        <v>1692</v>
       </c>
       <c r="B406" t="s">
-        <v>1704</v>
+        <v>687</v>
       </c>
       <c r="C406" t="s">
-        <v>1439</v>
+        <v>1693</v>
       </c>
       <c r="D406" t="s">
         <v>16</v>
       </c>
       <c r="E406" t="s">
-        <v>1705</v>
+        <v>1694</v>
       </c>
       <c r="F406" t="s">
-        <v>1706</v>
+        <v>1695</v>
       </c>
       <c r="G406"/>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
-        <v>1685</v>
+        <v>1696</v>
       </c>
       <c r="B407" t="s">
-        <v>1707</v>
+        <v>1697</v>
       </c>
       <c r="C407" t="s">
-        <v>1708</v>
+        <v>1698</v>
       </c>
       <c r="D407" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E407" t="s">
-        <v>755</v>
+        <v>1699</v>
       </c>
       <c r="F407" t="s">
-        <v>1707</v>
+        <v>1700</v>
       </c>
       <c r="G407"/>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
-        <v>1709</v>
+        <v>1701</v>
       </c>
       <c r="B408" t="s">
-        <v>1710</v>
+        <v>1702</v>
       </c>
       <c r="C408" t="s">
-        <v>1711</v>
+        <v>1703</v>
       </c>
       <c r="D408" t="s">
-        <v>33</v>
+        <v>1704</v>
       </c>
       <c r="E408" t="s">
-        <v>1134</v>
+        <v>1705</v>
       </c>
       <c r="F408" t="s">
-        <v>1712</v>
+        <v>1706</v>
       </c>
       <c r="G408"/>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
-        <v>1713</v>
+        <v>1707</v>
       </c>
       <c r="B409" t="s">
-        <v>1714</v>
+        <v>1708</v>
       </c>
       <c r="C409" t="s">
-        <v>1715</v>
+        <v>1709</v>
       </c>
       <c r="D409" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E409" t="s">
-        <v>1716</v>
+        <v>1710</v>
       </c>
       <c r="F409" t="s">
-        <v>1717</v>
-[...1 lines deleted...]
-      <c r="G409"/>
+        <v>1711</v>
+      </c>
+      <c r="G409" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
-        <v>1372</v>
+        <v>1712</v>
       </c>
       <c r="B410" t="s">
-        <v>1718</v>
+        <v>1713</v>
       </c>
       <c r="C410" t="s">
-        <v>1439</v>
+        <v>1714</v>
       </c>
       <c r="D410" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E410" t="s">
-        <v>1541</v>
+        <v>1715</v>
       </c>
       <c r="F410" t="s">
-        <v>1719</v>
+        <v>1716</v>
       </c>
       <c r="G410" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B411" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C411" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D411" t="s">
+        <v>25</v>
+      </c>
+      <c r="E411" t="s">
         <v>1720</v>
       </c>
-      <c r="B411" t="s">
-[...2 lines deleted...]
-      <c r="C411" t="s">
+      <c r="F411" t="s">
         <v>1721</v>
       </c>
-      <c r="D411" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G411" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
         <v>1722</v>
       </c>
       <c r="B412" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C412" t="s">
         <v>1723</v>
       </c>
-      <c r="C412" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D412" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E412" t="s">
-        <v>1725</v>
+        <v>31</v>
       </c>
       <c r="F412" t="s">
-        <v>1291</v>
-[...1 lines deleted...]
-      <c r="G412"/>
+        <v>1421</v>
+      </c>
+      <c r="G412" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B413" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C413" t="s">
         <v>1726</v>
       </c>
-      <c r="B413" t="s">
+      <c r="D413" t="s">
+        <v>10</v>
+      </c>
+      <c r="E413" t="s">
         <v>1727</v>
-      </c>
-[...7 lines deleted...]
-        <v>842</v>
       </c>
       <c r="F413" t="s">
         <v>1728</v>
       </c>
-      <c r="G413" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G413"/>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
+        <v>480</v>
+      </c>
+      <c r="B414" t="s">
         <v>1729</v>
       </c>
-      <c r="B414" t="s">
+      <c r="C414" t="s">
         <v>1730</v>
       </c>
-      <c r="C414" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D414" t="s">
-        <v>33</v>
+        <v>754</v>
       </c>
       <c r="E414" t="s">
         <v>1731</v>
       </c>
       <c r="F414" t="s">
-        <v>1732</v>
-[...1 lines deleted...]
-      <c r="G414"/>
+        <v>1729</v>
+      </c>
+      <c r="G414" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B415" t="s">
         <v>1733</v>
       </c>
-      <c r="B415" t="s">
+      <c r="C415" t="s">
         <v>1734</v>
       </c>
-      <c r="C415" t="s">
+      <c r="D415" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E415" t="s">
         <v>1735</v>
       </c>
-      <c r="D415" t="s">
+      <c r="F415" t="s">
         <v>1736</v>
-      </c>
-[...4 lines deleted...]
-        <v>1738</v>
       </c>
       <c r="G415"/>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B416" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C416" t="s">
         <v>1739</v>
       </c>
-      <c r="B416" t="s">
+      <c r="D416" t="s">
+        <v>10</v>
+      </c>
+      <c r="E416" t="s">
+        <v>178</v>
+      </c>
+      <c r="F416" t="s">
         <v>1740</v>
-      </c>
-[...10 lines deleted...]
-        <v>1742</v>
       </c>
       <c r="G416"/>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="B417" t="s">
-        <v>446</v>
+        <v>1742</v>
       </c>
       <c r="C417" t="s">
         <v>1743</v>
       </c>
       <c r="D417" t="s">
-        <v>93</v>
+        <v>1744</v>
       </c>
       <c r="E417" t="s">
-        <v>173</v>
+        <v>1745</v>
       </c>
       <c r="F417" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="G417"/>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="B418" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="C418" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="D418" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="E418" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="F418" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="G418"/>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
-        <v>1749</v>
+        <v>1741</v>
       </c>
       <c r="B419" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="C419" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="D419" t="s">
-        <v>16</v>
+        <v>973</v>
       </c>
       <c r="E419" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="F419" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="G419"/>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
-        <v>1749</v>
+        <v>1755</v>
       </c>
       <c r="B420" t="s">
-        <v>381</v>
+        <v>1756</v>
       </c>
       <c r="C420" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
       <c r="D420" t="s">
-        <v>64</v>
+        <v>132</v>
       </c>
       <c r="E420" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="F420" t="s">
-        <v>1753</v>
+        <v>1759</v>
       </c>
       <c r="G420"/>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
-        <v>1756</v>
+        <v>1760</v>
       </c>
       <c r="B421" t="s">
-        <v>1385</v>
+        <v>1761</v>
       </c>
       <c r="C421" t="s">
-        <v>1757</v>
+        <v>1157</v>
       </c>
       <c r="D421" t="s">
-        <v>64</v>
+        <v>1135</v>
       </c>
       <c r="E421" t="s">
-        <v>1758</v>
+        <v>1762</v>
       </c>
       <c r="F421" t="s">
-        <v>1759</v>
+        <v>1763</v>
       </c>
       <c r="G421"/>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
-        <v>1760</v>
+        <v>1764</v>
       </c>
       <c r="B422" t="s">
-        <v>1761</v>
+        <v>1765</v>
       </c>
       <c r="C422" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
       <c r="D422" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="E422" t="s">
-        <v>1763</v>
+        <v>1767</v>
       </c>
       <c r="F422" t="s">
-        <v>1764</v>
+        <v>1768</v>
       </c>
       <c r="G422"/>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
-        <v>1692</v>
+        <v>1769</v>
       </c>
       <c r="B423" t="s">
-        <v>1765</v>
+        <v>994</v>
       </c>
       <c r="C423" t="s">
-        <v>1766</v>
+        <v>1770</v>
       </c>
       <c r="D423" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E423" t="s">
-        <v>1767</v>
+        <v>1771</v>
       </c>
       <c r="F423" t="s">
-        <v>1768</v>
-[...3 lines deleted...]
-      </c>
+        <v>1772</v>
+      </c>
+      <c r="G423"/>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
-        <v>1713</v>
+        <v>1773</v>
       </c>
       <c r="B424" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="C424" t="s">
-        <v>1439</v>
+        <v>1775</v>
       </c>
       <c r="D424" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E424" t="s">
-        <v>1770</v>
+        <v>1776</v>
       </c>
       <c r="F424" t="s">
-        <v>1771</v>
+        <v>1774</v>
       </c>
       <c r="G424" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
-        <v>1772</v>
+        <v>645</v>
       </c>
       <c r="B425" t="s">
-        <v>1773</v>
+        <v>1777</v>
       </c>
       <c r="C425" t="s">
-        <v>1774</v>
+        <v>1778</v>
       </c>
       <c r="D425" t="s">
-        <v>16</v>
+        <v>1779</v>
       </c>
       <c r="E425" t="s">
-        <v>1775</v>
+        <v>1780</v>
       </c>
       <c r="F425" t="s">
-        <v>1776</v>
+        <v>1781</v>
       </c>
       <c r="G425" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
-        <v>1777</v>
+        <v>1782</v>
       </c>
       <c r="B426" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="C426" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="D426" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E426" t="s">
-        <v>1780</v>
+        <v>888</v>
       </c>
       <c r="F426" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="G426"/>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
-        <v>1782</v>
+        <v>1785</v>
       </c>
       <c r="B427" t="s">
-        <v>1783</v>
+        <v>1786</v>
       </c>
       <c r="C427" t="s">
-        <v>1784</v>
+        <v>1787</v>
       </c>
       <c r="D427" t="s">
-        <v>916</v>
+        <v>16</v>
       </c>
       <c r="E427" t="s">
-        <v>1785</v>
+        <v>82</v>
       </c>
       <c r="F427" t="s">
-        <v>336</v>
-[...1 lines deleted...]
-      <c r="G427"/>
+        <v>1788</v>
+      </c>
+      <c r="G427" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
-        <v>1782</v>
+        <v>1789</v>
       </c>
       <c r="B428" t="s">
-        <v>1786</v>
+        <v>1790</v>
       </c>
       <c r="C428" t="s">
-        <v>1787</v>
+        <v>1791</v>
       </c>
       <c r="D428" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E428" t="s">
-        <v>1788</v>
+        <v>1792</v>
       </c>
       <c r="F428" t="s">
-        <v>1789</v>
+        <v>1793</v>
       </c>
       <c r="G428"/>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
-        <v>1790</v>
+        <v>1794</v>
       </c>
       <c r="B429" t="s">
-        <v>91</v>
+        <v>1795</v>
       </c>
       <c r="C429" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
       <c r="D429" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E429" t="s">
-        <v>595</v>
+        <v>330</v>
       </c>
       <c r="F429" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
       <c r="G429"/>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
-        <v>1790</v>
+        <v>1798</v>
       </c>
       <c r="B430" t="s">
-        <v>1793</v>
+        <v>1799</v>
       </c>
       <c r="C430" t="s">
-        <v>1794</v>
+        <v>1800</v>
       </c>
       <c r="D430" t="s">
-        <v>22</v>
+        <v>1801</v>
       </c>
       <c r="E430" t="s">
-        <v>586</v>
+        <v>21</v>
       </c>
       <c r="F430" t="s">
-        <v>1795</v>
+        <v>1802</v>
       </c>
       <c r="G430"/>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
-        <v>682</v>
+        <v>1798</v>
       </c>
       <c r="B431" t="s">
-        <v>1796</v>
+        <v>1803</v>
       </c>
       <c r="C431" t="s">
-        <v>1797</v>
+        <v>1804</v>
       </c>
       <c r="D431" t="s">
-        <v>22</v>
+        <v>1805</v>
       </c>
       <c r="E431" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F431" t="s">
-        <v>1798</v>
+        <v>1806</v>
       </c>
       <c r="G431"/>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>1790</v>
+        <v>1807</v>
       </c>
       <c r="B432" t="s">
-        <v>1799</v>
+        <v>1808</v>
       </c>
       <c r="C432" t="s">
-        <v>1800</v>
+        <v>1809</v>
       </c>
       <c r="D432" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E432" t="s">
-        <v>586</v>
+        <v>867</v>
       </c>
       <c r="F432" t="s">
-        <v>1801</v>
-[...1 lines deleted...]
-      <c r="G432"/>
+        <v>868</v>
+      </c>
+      <c r="G432" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
-        <v>682</v>
+        <v>1722</v>
       </c>
       <c r="B433" t="s">
-        <v>179</v>
+        <v>1810</v>
       </c>
       <c r="C433" t="s">
-        <v>1802</v>
+        <v>1811</v>
       </c>
       <c r="D433" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E433" t="s">
-        <v>586</v>
+        <v>82</v>
       </c>
       <c r="F433" t="s">
-        <v>1803</v>
-[...1 lines deleted...]
-      <c r="G433"/>
+        <v>1812</v>
+      </c>
+      <c r="G433" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
-        <v>682</v>
+        <v>1813</v>
       </c>
       <c r="B434" t="s">
-        <v>1804</v>
+        <v>1814</v>
       </c>
       <c r="C434" t="s">
-        <v>1805</v>
+        <v>1815</v>
       </c>
       <c r="D434" t="s">
-        <v>22</v>
+        <v>273</v>
       </c>
       <c r="E434" t="s">
-        <v>586</v>
+        <v>455</v>
       </c>
       <c r="F434" t="s">
-        <v>1806</v>
-[...1 lines deleted...]
-      <c r="G434"/>
+        <v>1816</v>
+      </c>
+      <c r="G434" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
-        <v>1807</v>
+        <v>1817</v>
       </c>
       <c r="B435" t="s">
-        <v>1808</v>
+        <v>1818</v>
       </c>
       <c r="C435" t="s">
-        <v>1480</v>
+        <v>1819</v>
       </c>
       <c r="D435" t="s">
         <v>16</v>
       </c>
       <c r="E435" t="s">
-        <v>1809</v>
+        <v>1820</v>
       </c>
       <c r="F435" t="s">
-        <v>1810</v>
+        <v>1821</v>
       </c>
       <c r="G435" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
-        <v>1811</v>
+        <v>1822</v>
       </c>
       <c r="B436" t="s">
         <v>1328</v>
       </c>
       <c r="C436" t="s">
-        <v>1812</v>
+        <v>1800</v>
       </c>
       <c r="D436" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="E436" t="s">
-        <v>1813</v>
+        <v>483</v>
       </c>
       <c r="F436" t="s">
-        <v>1814</v>
-[...1 lines deleted...]
-      <c r="G436"/>
+        <v>1823</v>
+      </c>
+      <c r="G436" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
-        <v>1815</v>
+        <v>1159</v>
       </c>
       <c r="B437" t="s">
-        <v>1816</v>
+        <v>1824</v>
       </c>
       <c r="C437" t="s">
-        <v>1817</v>
+        <v>1825</v>
       </c>
       <c r="D437" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E437" t="s">
-        <v>1818</v>
+        <v>1826</v>
       </c>
       <c r="F437" t="s">
-        <v>1816</v>
-[...1 lines deleted...]
-      <c r="G437"/>
+        <v>1827</v>
+      </c>
+      <c r="G437" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
-        <v>1726</v>
+        <v>653</v>
       </c>
       <c r="B438" t="s">
-        <v>1819</v>
+        <v>1328</v>
       </c>
       <c r="C438" t="s">
-        <v>1443</v>
+        <v>1329</v>
       </c>
       <c r="D438" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E438" t="s">
-        <v>1462</v>
+        <v>21</v>
       </c>
       <c r="F438" t="s">
-        <v>1820</v>
+        <v>1330</v>
       </c>
       <c r="G438" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
-        <v>1267</v>
+        <v>1828</v>
       </c>
       <c r="B439" t="s">
-        <v>1821</v>
+        <v>1829</v>
       </c>
       <c r="C439" t="s">
-        <v>1822</v>
+        <v>1830</v>
       </c>
       <c r="D439" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E439" t="s">
-        <v>395</v>
+        <v>984</v>
       </c>
       <c r="F439" t="s">
-        <v>1823</v>
-[...1 lines deleted...]
-      <c r="G439"/>
+        <v>1831</v>
+      </c>
+      <c r="G439" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
-        <v>1824</v>
+        <v>1832</v>
       </c>
       <c r="B440" t="s">
-        <v>1825</v>
+        <v>1833</v>
       </c>
       <c r="C440" t="s">
-        <v>1826</v>
+        <v>1834</v>
       </c>
       <c r="D440" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="E440" t="s">
-        <v>1827</v>
+        <v>1835</v>
       </c>
       <c r="F440" t="s">
-        <v>1825</v>
-[...1 lines deleted...]
-      <c r="G440"/>
+        <v>1836</v>
+      </c>
+      <c r="G440" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
-        <v>1828</v>
+        <v>1003</v>
       </c>
       <c r="B441" t="s">
-        <v>828</v>
+        <v>1837</v>
       </c>
       <c r="C441" t="s">
-        <v>1829</v>
+        <v>1838</v>
       </c>
       <c r="D441" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E441" t="s">
-        <v>1830</v>
+        <v>1839</v>
       </c>
       <c r="F441" t="s">
-        <v>1831</v>
-[...1 lines deleted...]
-      <c r="G441"/>
+        <v>1840</v>
+      </c>
+      <c r="G441" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
-        <v>1832</v>
+        <v>1841</v>
       </c>
       <c r="B442" t="s">
-        <v>1833</v>
+        <v>1842</v>
       </c>
       <c r="C442" t="s">
-        <v>1834</v>
+        <v>1843</v>
       </c>
       <c r="D442" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="E442" t="s">
-        <v>1835</v>
+        <v>330</v>
       </c>
       <c r="F442" t="s">
-        <v>1836</v>
-[...1 lines deleted...]
-      <c r="G442"/>
+        <v>1842</v>
+      </c>
+      <c r="G442" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
-        <v>1837</v>
+        <v>1844</v>
       </c>
       <c r="B443" t="s">
-        <v>1838</v>
+        <v>1845</v>
       </c>
       <c r="C443" t="s">
-        <v>1839</v>
+        <v>1846</v>
       </c>
       <c r="D443" t="s">
-        <v>1840</v>
+        <v>25</v>
       </c>
       <c r="E443" t="s">
-        <v>1841</v>
+        <v>1847</v>
       </c>
       <c r="F443" t="s">
-        <v>1842</v>
+        <v>1848</v>
       </c>
       <c r="G443"/>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
-        <v>1843</v>
+        <v>1849</v>
       </c>
       <c r="B444" t="s">
-        <v>1844</v>
+        <v>1850</v>
       </c>
       <c r="C444" t="s">
-        <v>1845</v>
+        <v>1851</v>
       </c>
       <c r="D444" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E444" t="s">
-        <v>1846</v>
+        <v>1852</v>
       </c>
       <c r="F444" t="s">
-        <v>1847</v>
-[...3 lines deleted...]
-      </c>
+        <v>1853</v>
+      </c>
+      <c r="G444"/>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
-        <v>1848</v>
+        <v>1854</v>
       </c>
       <c r="B445" t="s">
-        <v>1849</v>
+        <v>1855</v>
       </c>
       <c r="C445" t="s">
-        <v>1850</v>
+        <v>1856</v>
       </c>
       <c r="D445" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E445" t="s">
-        <v>1851</v>
+        <v>578</v>
       </c>
       <c r="F445" t="s">
-        <v>1852</v>
-[...3 lines deleted...]
-      </c>
+        <v>1857</v>
+      </c>
+      <c r="G445"/>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
-        <v>1853</v>
+        <v>1858</v>
       </c>
       <c r="B446" t="s">
-        <v>1854</v>
+        <v>1859</v>
       </c>
       <c r="C446" t="s">
-        <v>1855</v>
+        <v>1860</v>
       </c>
       <c r="D446" t="s">
-        <v>16</v>
+        <v>1861</v>
       </c>
       <c r="E446" t="s">
-        <v>1856</v>
+        <v>1862</v>
       </c>
       <c r="F446" t="s">
-        <v>1857</v>
-[...3 lines deleted...]
-      </c>
+        <v>1863</v>
+      </c>
+      <c r="G446"/>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
-        <v>1858</v>
+        <v>1864</v>
       </c>
       <c r="B447" t="s">
-        <v>1555</v>
+        <v>1865</v>
       </c>
       <c r="C447" t="s">
-        <v>1859</v>
+        <v>1866</v>
       </c>
       <c r="D447" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E447" t="s">
-        <v>378</v>
+        <v>1867</v>
       </c>
       <c r="F447" t="s">
-        <v>1557</v>
+        <v>1868</v>
       </c>
       <c r="G447" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
-        <v>1860</v>
+        <v>1741</v>
       </c>
       <c r="B448" t="s">
-        <v>1861</v>
+        <v>1869</v>
       </c>
       <c r="C448" t="s">
-        <v>1862</v>
+        <v>1870</v>
       </c>
       <c r="D448" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E448" t="s">
-        <v>1863</v>
+        <v>1871</v>
       </c>
       <c r="F448" t="s">
-        <v>1864</v>
+        <v>1872</v>
       </c>
       <c r="G448"/>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
-        <v>624</v>
+        <v>1873</v>
       </c>
       <c r="B449" t="s">
-        <v>1865</v>
+        <v>1874</v>
       </c>
       <c r="C449" t="s">
-        <v>1866</v>
+        <v>1875</v>
       </c>
       <c r="D449" t="s">
-        <v>895</v>
+        <v>81</v>
       </c>
       <c r="E449" t="s">
-        <v>1867</v>
+        <v>1876</v>
       </c>
       <c r="F449" t="s">
-        <v>1865</v>
-[...3 lines deleted...]
-      </c>
+        <v>1877</v>
+      </c>
+      <c r="G449"/>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
-        <v>1868</v>
+        <v>1873</v>
       </c>
       <c r="B450" t="s">
-        <v>1869</v>
+        <v>1878</v>
       </c>
       <c r="C450" t="s">
-        <v>1870</v>
+        <v>1879</v>
       </c>
       <c r="D450" t="s">
-        <v>1490</v>
+        <v>81</v>
       </c>
       <c r="E450" t="s">
-        <v>1871</v>
+        <v>984</v>
       </c>
       <c r="F450" t="s">
-        <v>1872</v>
+        <v>1880</v>
       </c>
       <c r="G450"/>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
-        <v>1873</v>
+        <v>1881</v>
       </c>
       <c r="B451" t="s">
-        <v>1874</v>
+        <v>1882</v>
       </c>
       <c r="C451" t="s">
-        <v>1875</v>
+        <v>1883</v>
       </c>
       <c r="D451" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E451" t="s">
-        <v>420</v>
+        <v>31</v>
       </c>
       <c r="F451" t="s">
-        <v>1876</v>
+        <v>1884</v>
       </c>
       <c r="G451"/>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
-        <v>1877</v>
+        <v>1885</v>
       </c>
       <c r="B452" t="s">
-        <v>1878</v>
+        <v>1886</v>
       </c>
       <c r="C452" t="s">
-        <v>1879</v>
+        <v>1887</v>
       </c>
       <c r="D452" t="s">
-        <v>1880</v>
+        <v>107</v>
       </c>
       <c r="E452" t="s">
-        <v>1881</v>
+        <v>816</v>
       </c>
       <c r="F452" t="s">
-        <v>1882</v>
+        <v>1888</v>
       </c>
       <c r="G452"/>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
-        <v>1877</v>
+        <v>1858</v>
       </c>
       <c r="B453" t="s">
-        <v>1883</v>
+        <v>1869</v>
       </c>
       <c r="C453" t="s">
-        <v>1884</v>
+        <v>1870</v>
       </c>
       <c r="D453" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E453" t="s">
-        <v>1885</v>
+        <v>1871</v>
       </c>
       <c r="F453" t="s">
-        <v>1886</v>
+        <v>1872</v>
       </c>
       <c r="G453"/>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
-        <v>1877</v>
+        <v>1889</v>
       </c>
       <c r="B454" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="C454" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="D454" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="E454" t="s">
-        <v>1889</v>
+        <v>82</v>
       </c>
       <c r="F454" t="s">
         <v>1890</v>
       </c>
-      <c r="G454"/>
+      <c r="G454" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
-        <v>1891</v>
+        <v>1646</v>
       </c>
       <c r="B455" t="s">
         <v>1892</v>
       </c>
       <c r="C455" t="s">
         <v>1893</v>
       </c>
       <c r="D455" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="E455" t="s">
         <v>1894</v>
       </c>
       <c r="F455" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="G455"/>
+        <v>1895</v>
+      </c>
+      <c r="G455" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="B456" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="C456" t="s">
-        <v>1295</v>
+        <v>1898</v>
       </c>
       <c r="D456" t="s">
-        <v>1273</v>
+        <v>10</v>
       </c>
       <c r="E456" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="F456" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="G456"/>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="B457" t="s">
-        <v>1900</v>
+        <v>79</v>
       </c>
       <c r="C457" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="D457" t="s">
-        <v>93</v>
+        <v>117</v>
       </c>
       <c r="E457" t="s">
-        <v>1902</v>
+        <v>82</v>
       </c>
       <c r="F457" t="s">
         <v>1903</v>
       </c>
-      <c r="G457"/>
+      <c r="G457" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
         <v>1904</v>
       </c>
       <c r="B458" t="s">
-        <v>1132</v>
+        <v>196</v>
       </c>
       <c r="C458" t="s">
         <v>1905</v>
       </c>
       <c r="D458" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E458" t="s">
         <v>1906</v>
       </c>
       <c r="F458" t="s">
         <v>1907</v>
       </c>
-      <c r="G458"/>
+      <c r="G458" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
         <v>1908</v>
       </c>
       <c r="B459" t="s">
         <v>1909</v>
       </c>
       <c r="C459" t="s">
         <v>1910</v>
       </c>
       <c r="D459" t="s">
-        <v>22</v>
+        <v>1006</v>
       </c>
       <c r="E459" t="s">
         <v>1911</v>
       </c>
       <c r="F459" t="s">
-        <v>1909</v>
-[...3 lines deleted...]
-      </c>
+        <v>1912</v>
+      </c>
+      <c r="G459"/>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
-        <v>786</v>
+        <v>1908</v>
       </c>
       <c r="B460" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="C460" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="D460" t="s">
-        <v>1914</v>
+        <v>81</v>
       </c>
       <c r="E460" t="s">
+        <v>173</v>
+      </c>
+      <c r="F460" t="s">
         <v>1915</v>
       </c>
-      <c r="F460" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G460"/>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B461" t="s">
         <v>1917</v>
       </c>
-      <c r="B461" t="s">
+      <c r="C461" t="s">
         <v>1918</v>
       </c>
-      <c r="C461" t="s">
+      <c r="D461" t="s">
+        <v>10</v>
+      </c>
+      <c r="E461" t="s">
+        <v>967</v>
+      </c>
+      <c r="F461" t="s">
         <v>1919</v>
-      </c>
-[...7 lines deleted...]
-        <v>1918</v>
       </c>
       <c r="G461"/>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B462" t="s">
         <v>1920</v>
       </c>
-      <c r="B462" t="s">
+      <c r="C462" t="s">
         <v>1921</v>
       </c>
-      <c r="C462" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D462" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E462" t="s">
-        <v>225</v>
+        <v>442</v>
       </c>
       <c r="F462" t="s">
-        <v>1923</v>
-[...3 lines deleted...]
-      </c>
+        <v>906</v>
+      </c>
+      <c r="G462"/>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
-        <v>1924</v>
+        <v>1916</v>
       </c>
       <c r="B463" t="s">
-        <v>1925</v>
+        <v>305</v>
       </c>
       <c r="C463" t="s">
-        <v>1926</v>
+        <v>1922</v>
       </c>
       <c r="D463" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E463" t="s">
-        <v>1927</v>
+        <v>1923</v>
       </c>
       <c r="F463" t="s">
-        <v>1928</v>
+        <v>309</v>
       </c>
       <c r="G463"/>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
-        <v>1929</v>
+        <v>1885</v>
       </c>
       <c r="B464" t="s">
-        <v>1930</v>
+        <v>1924</v>
       </c>
       <c r="C464" t="s">
-        <v>1931</v>
+        <v>1925</v>
       </c>
       <c r="D464" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="E464" t="s">
-        <v>173</v>
+        <v>1926</v>
       </c>
       <c r="F464" t="s">
-        <v>1932</v>
+        <v>1927</v>
       </c>
       <c r="G464"/>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
-        <v>1933</v>
+        <v>1928</v>
       </c>
       <c r="B465" t="s">
-        <v>1934</v>
+        <v>1929</v>
       </c>
       <c r="C465" t="s">
-        <v>1935</v>
+        <v>1930</v>
       </c>
       <c r="D465" t="s">
-        <v>1936</v>
+        <v>10</v>
       </c>
       <c r="E465" t="s">
-        <v>268</v>
+        <v>1931</v>
       </c>
       <c r="F465" t="s">
-        <v>1937</v>
+        <v>1932</v>
       </c>
       <c r="G465"/>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B466" t="s">
         <v>1933</v>
       </c>
-      <c r="B466" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C466" t="s">
-        <v>1939</v>
+        <v>1934</v>
       </c>
       <c r="D466" t="s">
-        <v>1940</v>
+        <v>16</v>
       </c>
       <c r="E466" t="s">
-        <v>268</v>
+        <v>1935</v>
       </c>
       <c r="F466" t="s">
-        <v>1941</v>
+        <v>1936</v>
       </c>
       <c r="G466"/>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
-        <v>1942</v>
+        <v>504</v>
       </c>
       <c r="B467" t="s">
-        <v>1943</v>
+        <v>1937</v>
       </c>
       <c r="C467" t="s">
-        <v>1944</v>
+        <v>1938</v>
       </c>
       <c r="D467" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E467" t="s">
-        <v>1007</v>
+        <v>1939</v>
       </c>
       <c r="F467" t="s">
-        <v>1008</v>
+        <v>1940</v>
       </c>
       <c r="G467" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
-        <v>1858</v>
+        <v>1159</v>
       </c>
       <c r="B468" t="s">
-        <v>1945</v>
+        <v>1702</v>
       </c>
       <c r="C468" t="s">
-        <v>1946</v>
+        <v>1941</v>
       </c>
       <c r="D468" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E468" t="s">
-        <v>225</v>
+        <v>573</v>
       </c>
       <c r="F468" t="s">
-        <v>1947</v>
+        <v>1942</v>
       </c>
       <c r="G468" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
-        <v>45</v>
+        <v>1943</v>
       </c>
       <c r="B469" t="s">
-        <v>1948</v>
+        <v>1944</v>
       </c>
       <c r="C469" t="s">
-        <v>1949</v>
+        <v>1945</v>
       </c>
       <c r="D469" t="s">
-        <v>10</v>
+        <v>1025</v>
       </c>
       <c r="E469" t="s">
-        <v>599</v>
+        <v>1946</v>
       </c>
       <c r="F469" t="s">
-        <v>1950</v>
+        <v>1947</v>
       </c>
       <c r="G469" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B470" t="s">
+        <v>226</v>
+      </c>
+      <c r="C470" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D470" t="s">
+        <v>132</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1950</v>
+      </c>
+      <c r="F470" t="s">
         <v>1951</v>
       </c>
-      <c r="B470" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="G470"/>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
-        <v>1956</v>
+        <v>1952</v>
       </c>
       <c r="B471" t="s">
-        <v>1464</v>
+        <v>1953</v>
       </c>
       <c r="C471" t="s">
-        <v>1935</v>
+        <v>1954</v>
       </c>
       <c r="D471" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E471" t="s">
-        <v>627</v>
+        <v>1911</v>
       </c>
       <c r="F471" t="s">
-        <v>1957</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="G471"/>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
-        <v>1297</v>
+        <v>1948</v>
       </c>
       <c r="B472" t="s">
-        <v>1958</v>
+        <v>1955</v>
       </c>
       <c r="C472" t="s">
-        <v>1959</v>
+        <v>1956</v>
       </c>
       <c r="D472" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E472" t="s">
-        <v>1960</v>
+        <v>846</v>
       </c>
       <c r="F472" t="s">
-        <v>1961</v>
-[...3 lines deleted...]
-      </c>
+        <v>1957</v>
+      </c>
+      <c r="G472"/>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
-        <v>794</v>
+        <v>1916</v>
       </c>
       <c r="B473" t="s">
-        <v>1464</v>
+        <v>1958</v>
       </c>
       <c r="C473" t="s">
-        <v>1465</v>
+        <v>1959</v>
       </c>
       <c r="D473" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E473" t="s">
-        <v>268</v>
+        <v>442</v>
       </c>
       <c r="F473" t="s">
-        <v>1466</v>
-[...3 lines deleted...]
-      </c>
+        <v>1960</v>
+      </c>
+      <c r="G473"/>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B474" t="s">
         <v>1962</v>
       </c>
-      <c r="B474" t="s">
+      <c r="C474" t="s">
         <v>1963</v>
       </c>
-      <c r="C474" t="s">
+      <c r="D474" t="s">
+        <v>25</v>
+      </c>
+      <c r="E474" t="s">
         <v>1964</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="F474" t="s">
         <v>1965</v>
       </c>
-      <c r="G474" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G474"/>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B475" t="s">
         <v>1966</v>
       </c>
-      <c r="B475" t="s">
+      <c r="C475" t="s">
         <v>1967</v>
       </c>
-      <c r="C475" t="s">
+      <c r="D475" t="s">
+        <v>25</v>
+      </c>
+      <c r="E475" t="s">
         <v>1968</v>
       </c>
-      <c r="D475" t="s">
-[...2 lines deleted...]
-      <c r="E475" t="s">
+      <c r="F475" t="s">
         <v>1969</v>
       </c>
-      <c r="F475" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G475"/>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
-        <v>1141</v>
+        <v>1970</v>
       </c>
       <c r="B476" t="s">
         <v>1971</v>
       </c>
       <c r="C476" t="s">
         <v>1972</v>
       </c>
       <c r="D476" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E476" t="s">
         <v>1973</v>
       </c>
       <c r="F476" t="s">
         <v>1974</v>
       </c>
-      <c r="G476" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G476"/>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B477" t="s">
         <v>1975</v>
       </c>
-      <c r="B477" t="s">
+      <c r="C477" t="s">
         <v>1976</v>
       </c>
-      <c r="C477" t="s">
+      <c r="D477" t="s">
+        <v>10</v>
+      </c>
+      <c r="E477" t="s">
         <v>1977</v>
       </c>
-      <c r="D477" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F477" t="s">
-        <v>1976</v>
-[...3 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="G477"/>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="B478" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="C478" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="D478" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E478" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="F478" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="G478"/>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="B479" t="s">
-        <v>1984</v>
+        <v>1023</v>
       </c>
       <c r="C479" t="s">
         <v>1985</v>
       </c>
       <c r="D479" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E479" t="s">
         <v>1986</v>
       </c>
       <c r="F479" t="s">
         <v>1987</v>
       </c>
       <c r="G479"/>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
         <v>1988</v>
       </c>
       <c r="B480" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C480" t="s">
         <v>1989</v>
       </c>
-      <c r="C480" t="s">
+      <c r="D480" t="s">
+        <v>25</v>
+      </c>
+      <c r="E480" t="s">
         <v>1990</v>
-      </c>
-[...4 lines deleted...]
-        <v>721</v>
       </c>
       <c r="F480" t="s">
         <v>1991</v>
       </c>
       <c r="G480"/>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
         <v>1992</v>
       </c>
       <c r="B481" t="s">
         <v>1993</v>
       </c>
       <c r="C481" t="s">
+        <v>144</v>
+      </c>
+      <c r="D481" t="s">
+        <v>117</v>
+      </c>
+      <c r="E481" t="s">
         <v>1994</v>
       </c>
-      <c r="D481" t="s">
-[...2 lines deleted...]
-      <c r="E481" t="s">
+      <c r="F481" t="s">
         <v>1995</v>
-      </c>
-[...1 lines deleted...]
-        <v>1996</v>
       </c>
       <c r="G481"/>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B482" t="s">
+        <v>363</v>
+      </c>
+      <c r="C482" t="s">
         <v>1997</v>
       </c>
-      <c r="B482" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D482" t="s">
-        <v>16</v>
+        <v>1284</v>
       </c>
       <c r="E482" t="s">
-        <v>2000</v>
+        <v>241</v>
       </c>
       <c r="F482" t="s">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="G482"/>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
-        <v>1877</v>
+        <v>1998</v>
       </c>
       <c r="B483" t="s">
-        <v>2002</v>
+        <v>1183</v>
       </c>
       <c r="C483" t="s">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="D483" t="s">
-        <v>93</v>
+        <v>117</v>
       </c>
       <c r="E483" t="s">
-        <v>2004</v>
+        <v>1994</v>
       </c>
       <c r="F483" t="s">
-        <v>2005</v>
+        <v>1183</v>
       </c>
       <c r="G483"/>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
-        <v>2006</v>
+        <v>2000</v>
       </c>
       <c r="B484" t="s">
-        <v>2007</v>
+        <v>1023</v>
       </c>
       <c r="C484" t="s">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="D484" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E484" t="s">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="F484" t="s">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="G484"/>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
-        <v>2006</v>
+        <v>1948</v>
       </c>
       <c r="B485" t="s">
-        <v>2011</v>
+        <v>196</v>
       </c>
       <c r="C485" t="s">
-        <v>2012</v>
+        <v>2001</v>
       </c>
       <c r="D485" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E485" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="F485" t="s">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="G485"/>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
-        <v>2014</v>
+        <v>2005</v>
       </c>
       <c r="B486" t="s">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="C486" t="s">
-        <v>2016</v>
+        <v>2007</v>
       </c>
       <c r="D486" t="s">
-        <v>93</v>
+        <v>117</v>
       </c>
       <c r="E486" t="s">
-        <v>378</v>
+        <v>1911</v>
       </c>
       <c r="F486" t="s">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="G486"/>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
-        <v>2018</v>
+        <v>2005</v>
       </c>
       <c r="B487" t="s">
-        <v>2019</v>
+        <v>196</v>
       </c>
       <c r="C487" t="s">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="D487" t="s">
-        <v>126</v>
+        <v>81</v>
       </c>
       <c r="E487" t="s">
-        <v>956</v>
+        <v>2009</v>
       </c>
       <c r="F487" t="s">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="G487"/>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="B488" t="s">
-        <v>2002</v>
+        <v>1909</v>
       </c>
       <c r="C488" t="s">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="D488" t="s">
-        <v>93</v>
+        <v>1805</v>
       </c>
       <c r="E488" t="s">
-        <v>2004</v>
+        <v>1994</v>
       </c>
       <c r="F488" t="s">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="G488"/>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
-        <v>2022</v>
+        <v>1120</v>
       </c>
       <c r="B489" t="s">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="C489" t="s">
-        <v>2024</v>
+        <v>1500</v>
       </c>
       <c r="D489" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E489" t="s">
-        <v>225</v>
+        <v>21</v>
       </c>
       <c r="F489" t="s">
-        <v>2023</v>
+        <v>2015</v>
       </c>
       <c r="G489" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
-        <v>1782</v>
+        <v>2016</v>
       </c>
       <c r="B490" t="s">
-        <v>2025</v>
+        <v>196</v>
       </c>
       <c r="C490" t="s">
-        <v>2026</v>
+        <v>2017</v>
       </c>
       <c r="D490" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E490" t="s">
-        <v>2027</v>
+        <v>2009</v>
       </c>
       <c r="F490" t="s">
-        <v>2028</v>
-[...3 lines deleted...]
-      </c>
+        <v>1987</v>
+      </c>
+      <c r="G490"/>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
-        <v>2029</v>
+        <v>2018</v>
       </c>
       <c r="B491" t="s">
-        <v>2030</v>
+        <v>2019</v>
       </c>
       <c r="C491" t="s">
-        <v>2031</v>
+        <v>2020</v>
       </c>
       <c r="D491" t="s">
-        <v>93</v>
+        <v>240</v>
       </c>
       <c r="E491" t="s">
-        <v>2032</v>
+        <v>2021</v>
       </c>
       <c r="F491" t="s">
-        <v>2033</v>
+        <v>2022</v>
       </c>
       <c r="G491"/>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
-        <v>2034</v>
+        <v>2016</v>
       </c>
       <c r="B492" t="s">
-        <v>223</v>
+        <v>2023</v>
       </c>
       <c r="C492" t="s">
-        <v>2035</v>
+        <v>2024</v>
       </c>
       <c r="D492" t="s">
-        <v>80</v>
+        <v>1284</v>
       </c>
       <c r="E492" t="s">
-        <v>225</v>
+        <v>1430</v>
       </c>
       <c r="F492" t="s">
-        <v>2036</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="G492"/>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
-        <v>2037</v>
+        <v>2026</v>
       </c>
       <c r="B493" t="s">
-        <v>381</v>
+        <v>2027</v>
       </c>
       <c r="C493" t="s">
-        <v>2038</v>
+        <v>2028</v>
       </c>
       <c r="D493" t="s">
-        <v>33</v>
+        <v>689</v>
       </c>
       <c r="E493" t="s">
-        <v>2039</v>
+        <v>2029</v>
       </c>
       <c r="F493" t="s">
-        <v>2040</v>
-[...3 lines deleted...]
-      </c>
+        <v>2027</v>
+      </c>
+      <c r="G493"/>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
-        <v>2041</v>
+        <v>2030</v>
       </c>
       <c r="B494" t="s">
-        <v>2042</v>
+        <v>2031</v>
       </c>
       <c r="C494" t="s">
-        <v>2043</v>
+        <v>2028</v>
       </c>
       <c r="D494" t="s">
-        <v>1144</v>
+        <v>689</v>
       </c>
       <c r="E494" t="s">
-        <v>2044</v>
+        <v>2029</v>
       </c>
       <c r="F494" t="s">
-        <v>2045</v>
+        <v>2031</v>
       </c>
       <c r="G494"/>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
-        <v>2041</v>
+        <v>2032</v>
       </c>
       <c r="B495" t="s">
-        <v>2046</v>
+        <v>556</v>
       </c>
       <c r="C495" t="s">
-        <v>2047</v>
+        <v>2033</v>
       </c>
       <c r="D495" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E495" t="s">
-        <v>395</v>
+        <v>241</v>
       </c>
       <c r="F495" t="s">
-        <v>2048</v>
+        <v>2034</v>
       </c>
       <c r="G495"/>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
-        <v>2049</v>
+        <v>2032</v>
       </c>
       <c r="B496" t="s">
-        <v>2050</v>
+        <v>2035</v>
       </c>
       <c r="C496" t="s">
-        <v>2051</v>
+        <v>2036</v>
       </c>
       <c r="D496" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E496" t="s">
-        <v>1107</v>
+        <v>2037</v>
       </c>
       <c r="F496" t="s">
-        <v>2052</v>
+        <v>2038</v>
       </c>
       <c r="G496"/>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
-        <v>2049</v>
+        <v>2032</v>
       </c>
       <c r="B497" t="s">
-        <v>2053</v>
+        <v>2039</v>
       </c>
       <c r="C497" t="s">
-        <v>2054</v>
+        <v>2040</v>
       </c>
       <c r="D497" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E497" t="s">
-        <v>586</v>
+        <v>2041</v>
       </c>
       <c r="F497" t="s">
-        <v>1046</v>
+        <v>2042</v>
       </c>
       <c r="G497"/>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
-        <v>2049</v>
+        <v>2043</v>
       </c>
       <c r="B498" t="s">
-        <v>453</v>
+        <v>2044</v>
       </c>
       <c r="C498" t="s">
-        <v>2055</v>
+        <v>2045</v>
       </c>
       <c r="D498" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E498" t="s">
-        <v>2056</v>
+        <v>1964</v>
       </c>
       <c r="F498" t="s">
-        <v>457</v>
+        <v>2044</v>
       </c>
       <c r="G498"/>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
-        <v>2018</v>
+        <v>2043</v>
       </c>
       <c r="B499" t="s">
-        <v>2057</v>
+        <v>2046</v>
       </c>
       <c r="C499" t="s">
-        <v>2058</v>
+        <v>2047</v>
       </c>
       <c r="D499" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="E499" t="s">
-        <v>2059</v>
+        <v>1367</v>
       </c>
       <c r="F499" t="s">
-        <v>2060</v>
+        <v>2048</v>
       </c>
       <c r="G499"/>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
-        <v>2061</v>
+        <v>2049</v>
       </c>
       <c r="B500" t="s">
-        <v>2062</v>
+        <v>2050</v>
       </c>
       <c r="C500" t="s">
-        <v>2063</v>
+        <v>2051</v>
       </c>
       <c r="D500" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E500" t="s">
-        <v>2064</v>
+        <v>2052</v>
       </c>
       <c r="F500" t="s">
-        <v>2065</v>
+        <v>2053</v>
       </c>
       <c r="G500"/>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
-        <v>2061</v>
+        <v>2043</v>
       </c>
       <c r="B501" t="s">
-        <v>2066</v>
+        <v>2054</v>
       </c>
       <c r="C501" t="s">
-        <v>2067</v>
+        <v>2055</v>
       </c>
       <c r="D501" t="s">
-        <v>33</v>
+        <v>335</v>
       </c>
       <c r="E501" t="s">
-        <v>2068</v>
+        <v>1935</v>
       </c>
       <c r="F501" t="s">
-        <v>2069</v>
+        <v>2056</v>
       </c>
       <c r="G501"/>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
-        <v>648</v>
+        <v>2057</v>
       </c>
       <c r="B502" t="s">
-        <v>2070</v>
+        <v>674</v>
       </c>
       <c r="C502" t="s">
-        <v>2071</v>
+        <v>2058</v>
       </c>
       <c r="D502" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E502" t="s">
-        <v>2072</v>
+        <v>2059</v>
       </c>
       <c r="F502" t="s">
-        <v>2073</v>
-[...3 lines deleted...]
-      </c>
+        <v>2060</v>
+      </c>
+      <c r="G502"/>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
-        <v>1297</v>
+        <v>2057</v>
       </c>
       <c r="B503" t="s">
-        <v>1838</v>
+        <v>2061</v>
       </c>
       <c r="C503" t="s">
-        <v>2074</v>
+        <v>2062</v>
       </c>
       <c r="D503" t="s">
-        <v>33</v>
+        <v>273</v>
       </c>
       <c r="E503" t="s">
-        <v>716</v>
+        <v>2063</v>
       </c>
       <c r="F503" t="s">
-        <v>2075</v>
-[...3 lines deleted...]
-      </c>
+        <v>2064</v>
+      </c>
+      <c r="G503"/>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
-        <v>2076</v>
+        <v>2057</v>
       </c>
       <c r="B504" t="s">
-        <v>2077</v>
+        <v>2065</v>
       </c>
       <c r="C504" t="s">
-        <v>2078</v>
+        <v>2066</v>
       </c>
       <c r="D504" t="s">
-        <v>1163</v>
+        <v>2067</v>
       </c>
       <c r="E504" t="s">
-        <v>2079</v>
+        <v>330</v>
       </c>
       <c r="F504" t="s">
-        <v>2080</v>
-[...3 lines deleted...]
-      </c>
+        <v>746</v>
+      </c>
+      <c r="G504"/>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
-        <v>2081</v>
+        <v>2068</v>
       </c>
       <c r="B505" t="s">
-        <v>371</v>
+        <v>2069</v>
       </c>
       <c r="C505" t="s">
-        <v>2082</v>
+        <v>2070</v>
       </c>
       <c r="D505" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="E505" t="s">
-        <v>2083</v>
+        <v>2071</v>
       </c>
       <c r="F505" t="s">
-        <v>2084</v>
+        <v>2072</v>
       </c>
       <c r="G505"/>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
-        <v>2085</v>
+        <v>2073</v>
       </c>
       <c r="B506" t="s">
-        <v>2086</v>
+        <v>2074</v>
       </c>
       <c r="C506" t="s">
-        <v>2087</v>
+        <v>2075</v>
       </c>
       <c r="D506" t="s">
-        <v>33</v>
+        <v>307</v>
       </c>
       <c r="E506" t="s">
-        <v>2044</v>
+        <v>2076</v>
       </c>
       <c r="F506" t="s">
-        <v>234</v>
+        <v>2077</v>
       </c>
       <c r="G506"/>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
+        <v>2078</v>
+      </c>
+      <c r="B507" t="s">
+        <v>2079</v>
+      </c>
+      <c r="C507" t="s">
+        <v>2080</v>
+      </c>
+      <c r="D507" t="s">
+        <v>754</v>
+      </c>
+      <c r="E507" t="s">
+        <v>802</v>
+      </c>
+      <c r="F507" t="s">
         <v>2081</v>
-      </c>
-[...13 lines deleted...]
-        <v>2090</v>
       </c>
       <c r="G507"/>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
-        <v>2049</v>
+        <v>2078</v>
       </c>
       <c r="B508" t="s">
-        <v>2091</v>
+        <v>363</v>
       </c>
       <c r="C508" t="s">
-        <v>2092</v>
+        <v>2082</v>
       </c>
       <c r="D508" t="s">
-        <v>22</v>
+        <v>1284</v>
       </c>
       <c r="E508" t="s">
-        <v>586</v>
+        <v>21</v>
       </c>
       <c r="F508" t="s">
-        <v>2093</v>
+        <v>363</v>
       </c>
       <c r="G508"/>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
-        <v>2094</v>
+        <v>2083</v>
       </c>
       <c r="B509" t="s">
-        <v>2095</v>
+        <v>98</v>
       </c>
       <c r="C509" t="s">
-        <v>2096</v>
+        <v>2084</v>
       </c>
       <c r="D509" t="s">
-        <v>16</v>
+        <v>117</v>
       </c>
       <c r="E509" t="s">
-        <v>2097</v>
+        <v>173</v>
       </c>
       <c r="F509" t="s">
-        <v>2098</v>
+        <v>1667</v>
       </c>
       <c r="G509"/>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
-        <v>2094</v>
+        <v>2085</v>
       </c>
       <c r="B510" t="s">
-        <v>2099</v>
+        <v>2086</v>
       </c>
       <c r="C510" t="s">
-        <v>2100</v>
+        <v>2087</v>
       </c>
       <c r="D510" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E510" t="s">
-        <v>2101</v>
+        <v>128</v>
       </c>
       <c r="F510" t="s">
-        <v>2102</v>
+        <v>2088</v>
       </c>
       <c r="G510"/>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
-        <v>2103</v>
+        <v>2089</v>
       </c>
       <c r="B511" t="s">
-        <v>2104</v>
+        <v>2090</v>
       </c>
       <c r="C511" t="s">
-        <v>2105</v>
+        <v>1467</v>
       </c>
       <c r="D511" t="s">
-        <v>93</v>
+        <v>973</v>
       </c>
       <c r="E511" t="s">
-        <v>2106</v>
+        <v>2091</v>
       </c>
       <c r="F511" t="s">
-        <v>2107</v>
+        <v>2092</v>
       </c>
       <c r="G511"/>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
-        <v>2041</v>
+        <v>2093</v>
       </c>
       <c r="B512" t="s">
-        <v>2108</v>
+        <v>2094</v>
       </c>
       <c r="C512" t="s">
-        <v>2109</v>
+        <v>116</v>
       </c>
       <c r="D512" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E512" t="s">
-        <v>2110</v>
+        <v>2095</v>
       </c>
       <c r="F512" t="s">
-        <v>2111</v>
+        <v>2096</v>
       </c>
       <c r="G512"/>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
-        <v>2112</v>
+        <v>2097</v>
       </c>
       <c r="B513" t="s">
-        <v>2113</v>
+        <v>2098</v>
       </c>
       <c r="C513" t="s">
-        <v>2114</v>
+        <v>2099</v>
       </c>
       <c r="D513" t="s">
-        <v>93</v>
+        <v>754</v>
       </c>
       <c r="E513" t="s">
-        <v>2115</v>
+        <v>1911</v>
       </c>
       <c r="F513" t="s">
-        <v>2116</v>
+        <v>2100</v>
       </c>
       <c r="G513"/>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
-        <v>2117</v>
+        <v>2101</v>
       </c>
       <c r="B514" t="s">
-        <v>1161</v>
+        <v>2102</v>
       </c>
       <c r="C514" t="s">
-        <v>2118</v>
+        <v>2103</v>
       </c>
       <c r="D514" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E514" t="s">
-        <v>2119</v>
+        <v>2104</v>
       </c>
       <c r="F514" t="s">
-        <v>2120</v>
+        <v>2102</v>
       </c>
       <c r="G514"/>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
-        <v>213</v>
+        <v>2105</v>
       </c>
       <c r="B515" t="s">
-        <v>1254</v>
+        <v>2106</v>
       </c>
       <c r="C515" t="s">
-        <v>2121</v>
+        <v>2107</v>
       </c>
       <c r="D515" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E515" t="s">
-        <v>2122</v>
+        <v>330</v>
       </c>
       <c r="F515" t="s">
-        <v>2123</v>
+        <v>2108</v>
       </c>
       <c r="G515"/>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
-        <v>2124</v>
+        <v>2109</v>
       </c>
       <c r="B516" t="s">
-        <v>2125</v>
+        <v>2110</v>
       </c>
       <c r="C516" t="s">
-        <v>276</v>
+        <v>2111</v>
       </c>
       <c r="D516" t="s">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="E516" t="s">
-        <v>2126</v>
+        <v>2112</v>
       </c>
       <c r="F516" t="s">
-        <v>2127</v>
+        <v>2113</v>
       </c>
       <c r="G516"/>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
-        <v>2128</v>
+        <v>2114</v>
       </c>
       <c r="B517" t="s">
-        <v>183</v>
+        <v>2115</v>
       </c>
       <c r="C517" t="s">
-        <v>2129</v>
+        <v>2116</v>
       </c>
       <c r="D517" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="E517" t="s">
-        <v>81</v>
+        <v>2117</v>
       </c>
       <c r="F517" t="s">
-        <v>183</v>
+        <v>2115</v>
       </c>
       <c r="G517"/>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
-        <v>2130</v>
+        <v>2073</v>
       </c>
       <c r="B518" t="s">
-        <v>1321</v>
+        <v>2118</v>
       </c>
       <c r="C518" t="s">
-        <v>2131</v>
+        <v>2119</v>
       </c>
       <c r="D518" t="s">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="E518" t="s">
-        <v>2126</v>
+        <v>2120</v>
       </c>
       <c r="F518" t="s">
-        <v>1321</v>
+        <v>2121</v>
       </c>
       <c r="G518"/>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
-        <v>2132</v>
+        <v>2122</v>
       </c>
       <c r="B519" t="s">
-        <v>1161</v>
+        <v>2123</v>
       </c>
       <c r="C519" t="s">
-        <v>2133</v>
+        <v>2124</v>
       </c>
       <c r="D519" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E519" t="s">
-        <v>2134</v>
+        <v>2125</v>
       </c>
       <c r="F519" t="s">
-        <v>2135</v>
+        <v>2126</v>
       </c>
       <c r="G519"/>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
-        <v>2081</v>
+        <v>2105</v>
       </c>
       <c r="B520" t="s">
-        <v>381</v>
+        <v>2127</v>
       </c>
       <c r="C520" t="s">
-        <v>2133</v>
+        <v>2128</v>
       </c>
       <c r="D520" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E520" t="s">
-        <v>225</v>
+        <v>478</v>
       </c>
       <c r="F520" t="s">
-        <v>2136</v>
+        <v>2129</v>
       </c>
       <c r="G520"/>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
-        <v>2137</v>
+        <v>1998</v>
       </c>
       <c r="B521" t="s">
-        <v>2138</v>
+        <v>2130</v>
       </c>
       <c r="C521" t="s">
-        <v>2139</v>
+        <v>2131</v>
       </c>
       <c r="D521" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="E521" t="s">
-        <v>2044</v>
+        <v>2132</v>
       </c>
       <c r="F521" t="s">
-        <v>2138</v>
+        <v>2133</v>
       </c>
       <c r="G521"/>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B522" t="s">
+        <v>674</v>
+      </c>
+      <c r="C522" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D522" t="s">
+        <v>25</v>
+      </c>
+      <c r="E522" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F522" t="s">
         <v>2137</v>
-      </c>
-[...13 lines deleted...]
-        <v>2141</v>
       </c>
       <c r="G522"/>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
-        <v>2142</v>
+        <v>2138</v>
       </c>
       <c r="B523" t="s">
-        <v>2042</v>
+        <v>2139</v>
       </c>
       <c r="C523" t="s">
-        <v>2143</v>
+        <v>2140</v>
       </c>
       <c r="D523" t="s">
-        <v>1940</v>
+        <v>16</v>
       </c>
       <c r="E523" t="s">
-        <v>2126</v>
+        <v>724</v>
       </c>
       <c r="F523" t="s">
-        <v>2144</v>
+        <v>2139</v>
       </c>
       <c r="G523"/>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
-        <v>1258</v>
+        <v>1996</v>
       </c>
       <c r="B524" t="s">
-        <v>2145</v>
+        <v>98</v>
       </c>
       <c r="C524" t="s">
-        <v>1636</v>
+        <v>2141</v>
       </c>
       <c r="D524" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E524" t="s">
-        <v>268</v>
+        <v>1994</v>
       </c>
       <c r="F524" t="s">
-        <v>2146</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="G524"/>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
-        <v>2147</v>
+        <v>2142</v>
       </c>
       <c r="B525" t="s">
-        <v>381</v>
+        <v>2143</v>
       </c>
       <c r="C525" t="s">
-        <v>2148</v>
+        <v>2144</v>
       </c>
       <c r="D525" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E525" t="s">
-        <v>216</v>
+        <v>1911</v>
       </c>
       <c r="F525" t="s">
-        <v>2120</v>
-[...1 lines deleted...]
-      <c r="G525"/>
+        <v>2145</v>
+      </c>
+      <c r="G525" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
-        <v>2149</v>
+        <v>2146</v>
       </c>
       <c r="B526" t="s">
-        <v>2150</v>
+        <v>1877</v>
       </c>
       <c r="C526" t="s">
-        <v>2151</v>
+        <v>2147</v>
       </c>
       <c r="D526" t="s">
-        <v>202</v>
+        <v>16</v>
       </c>
       <c r="E526" t="s">
-        <v>2152</v>
+        <v>442</v>
       </c>
       <c r="F526" t="s">
-        <v>2153</v>
-[...1 lines deleted...]
-      <c r="G526"/>
+        <v>2148</v>
+      </c>
+      <c r="G526" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
-        <v>2147</v>
+        <v>2149</v>
       </c>
       <c r="B527" t="s">
-        <v>2154</v>
+        <v>2150</v>
       </c>
       <c r="C527" t="s">
-        <v>2155</v>
+        <v>572</v>
       </c>
       <c r="D527" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="E527" t="s">
-        <v>1566</v>
+        <v>573</v>
       </c>
       <c r="F527" t="s">
-        <v>2156</v>
-[...1 lines deleted...]
-      <c r="G527"/>
+        <v>2151</v>
+      </c>
+      <c r="G527" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
-        <v>2157</v>
+        <v>2152</v>
       </c>
       <c r="B528" t="s">
-        <v>2158</v>
+        <v>2153</v>
       </c>
       <c r="C528" t="s">
-        <v>2159</v>
+        <v>2154</v>
       </c>
       <c r="D528" t="s">
-        <v>830</v>
+        <v>914</v>
       </c>
       <c r="E528" t="s">
-        <v>2160</v>
+        <v>268</v>
       </c>
       <c r="F528" t="s">
-        <v>2158</v>
-[...1 lines deleted...]
-      <c r="G528"/>
+        <v>2155</v>
+      </c>
+      <c r="G528" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" t="s">
-        <v>2161</v>
+        <v>653</v>
       </c>
       <c r="B529" t="s">
-        <v>2162</v>
+        <v>2156</v>
       </c>
       <c r="C529" t="s">
-        <v>2159</v>
+        <v>2157</v>
       </c>
       <c r="D529" t="s">
-        <v>830</v>
+        <v>16</v>
       </c>
       <c r="E529" t="s">
-        <v>2160</v>
+        <v>330</v>
       </c>
       <c r="F529" t="s">
-        <v>2162</v>
-[...1 lines deleted...]
-      <c r="G529"/>
+        <v>2077</v>
+      </c>
+      <c r="G529" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" t="s">
-        <v>2163</v>
+        <v>2158</v>
       </c>
       <c r="B530" t="s">
-        <v>2164</v>
+        <v>2159</v>
       </c>
       <c r="C530" t="s">
-        <v>276</v>
+        <v>2160</v>
       </c>
       <c r="D530" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E530" t="s">
-        <v>2165</v>
+        <v>330</v>
       </c>
       <c r="F530" t="s">
-        <v>2166</v>
-[...1 lines deleted...]
-      <c r="G530"/>
+        <v>2077</v>
+      </c>
+      <c r="G530" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" t="s">
-        <v>2167</v>
+        <v>2161</v>
       </c>
       <c r="B531" t="s">
-        <v>699</v>
+        <v>2162</v>
       </c>
       <c r="C531" t="s">
-        <v>2168</v>
+        <v>2163</v>
       </c>
       <c r="D531" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E531" t="s">
-        <v>81</v>
+        <v>2164</v>
       </c>
       <c r="F531" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="G531"/>
+        <v>2165</v>
+      </c>
+      <c r="G531" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B532" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D532" t="s">
+        <v>16</v>
+      </c>
+      <c r="E532" t="s">
+        <v>341</v>
+      </c>
+      <c r="F532" t="s">
         <v>2167</v>
       </c>
-      <c r="B532" t="s">
-[...14 lines deleted...]
-      <c r="G532"/>
+      <c r="G532" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" t="s">
-        <v>2167</v>
+        <v>538</v>
       </c>
       <c r="B533" t="s">
-        <v>2174</v>
+        <v>2168</v>
       </c>
       <c r="C533" t="s">
-        <v>2175</v>
+        <v>2169</v>
       </c>
       <c r="D533" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E533" t="s">
-        <v>2176</v>
+        <v>451</v>
       </c>
       <c r="F533" t="s">
-        <v>2177</v>
-[...1 lines deleted...]
-      <c r="G533"/>
+        <v>103</v>
+      </c>
+      <c r="G533" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" t="s">
-        <v>2178</v>
+        <v>2170</v>
       </c>
       <c r="B534" t="s">
-        <v>2179</v>
+        <v>2139</v>
       </c>
       <c r="C534" t="s">
-        <v>2180</v>
+        <v>2140</v>
       </c>
       <c r="D534" t="s">
         <v>16</v>
       </c>
       <c r="E534" t="s">
-        <v>2097</v>
+        <v>1977</v>
       </c>
       <c r="F534" t="s">
-        <v>2179</v>
-[...1 lines deleted...]
-      <c r="G534"/>
+        <v>2139</v>
+      </c>
+      <c r="G534" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" t="s">
-        <v>2178</v>
+        <v>545</v>
       </c>
       <c r="B535" t="s">
-        <v>2181</v>
+        <v>2171</v>
       </c>
       <c r="C535" t="s">
-        <v>2182</v>
+        <v>2172</v>
       </c>
       <c r="D535" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E535" t="s">
-        <v>1503</v>
+        <v>451</v>
       </c>
       <c r="F535" t="s">
-        <v>2183</v>
-[...1 lines deleted...]
-      <c r="G535"/>
+        <v>2171</v>
+      </c>
+      <c r="G535" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" t="s">
-        <v>2184</v>
+        <v>2173</v>
       </c>
       <c r="B536" t="s">
-        <v>2185</v>
+        <v>1878</v>
       </c>
       <c r="C536" t="s">
-        <v>2186</v>
+        <v>2174</v>
       </c>
       <c r="D536" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E536" t="s">
-        <v>2187</v>
+        <v>173</v>
       </c>
       <c r="F536" t="s">
-        <v>2188</v>
+        <v>1880</v>
       </c>
       <c r="G536"/>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B537" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C537" t="s">
+        <v>2177</v>
+      </c>
+      <c r="D537" t="s">
+        <v>10</v>
+      </c>
+      <c r="E537" t="s">
+        <v>31</v>
+      </c>
+      <c r="F537" t="s">
         <v>2178</v>
-      </c>
-[...13 lines deleted...]
-        <v>2191</v>
       </c>
       <c r="G537"/>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" t="s">
-        <v>2192</v>
+        <v>2179</v>
       </c>
       <c r="B538" t="s">
-        <v>815</v>
+        <v>2180</v>
       </c>
       <c r="C538" t="s">
-        <v>2193</v>
+        <v>2181</v>
       </c>
       <c r="D538" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E538" t="s">
-        <v>2194</v>
+        <v>2182</v>
       </c>
       <c r="F538" t="s">
-        <v>2195</v>
+        <v>2183</v>
       </c>
       <c r="G538"/>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" t="s">
-        <v>2192</v>
+        <v>2101</v>
       </c>
       <c r="B539" t="s">
-        <v>2196</v>
+        <v>113</v>
       </c>
       <c r="C539" t="s">
-        <v>2197</v>
+        <v>2184</v>
       </c>
       <c r="D539" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E539" t="s">
-        <v>2198</v>
+        <v>2104</v>
       </c>
       <c r="F539" t="s">
-        <v>2199</v>
-[...1 lines deleted...]
-      <c r="G539"/>
+        <v>113</v>
+      </c>
+      <c r="G539" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" t="s">
-        <v>2192</v>
+        <v>2185</v>
       </c>
       <c r="B540" t="s">
-        <v>2200</v>
+        <v>1039</v>
       </c>
       <c r="C540" t="s">
-        <v>2201</v>
+        <v>2186</v>
       </c>
       <c r="D540" t="s">
-        <v>2202</v>
+        <v>25</v>
       </c>
       <c r="E540" t="s">
-        <v>173</v>
+        <v>2187</v>
       </c>
       <c r="F540" t="s">
-        <v>887</v>
-[...1 lines deleted...]
-      <c r="G540"/>
+        <v>2188</v>
+      </c>
+      <c r="G540" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" t="s">
-        <v>2203</v>
+        <v>2189</v>
       </c>
       <c r="B541" t="s">
-        <v>2204</v>
+        <v>2190</v>
       </c>
       <c r="C541" t="s">
-        <v>2205</v>
+        <v>1500</v>
       </c>
       <c r="D541" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E541" t="s">
-        <v>2206</v>
+        <v>483</v>
       </c>
       <c r="F541" t="s">
-        <v>2207</v>
-[...1 lines deleted...]
-      <c r="G541"/>
+        <v>2191</v>
+      </c>
+      <c r="G541" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" t="s">
-        <v>2208</v>
+        <v>1106</v>
       </c>
       <c r="B542" t="s">
-        <v>2209</v>
+        <v>2192</v>
       </c>
       <c r="C542" t="s">
-        <v>2210</v>
+        <v>2193</v>
       </c>
       <c r="D542" t="s">
-        <v>455</v>
+        <v>973</v>
       </c>
       <c r="E542" t="s">
-        <v>2211</v>
+        <v>21</v>
       </c>
       <c r="F542" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="G542"/>
+        <v>2194</v>
+      </c>
+      <c r="G542" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" t="s">
-        <v>2212</v>
+        <v>2195</v>
       </c>
       <c r="B543" t="s">
-        <v>2213</v>
+        <v>2196</v>
       </c>
       <c r="C543" t="s">
-        <v>2214</v>
+        <v>2197</v>
       </c>
       <c r="D543" t="s">
-        <v>895</v>
+        <v>81</v>
       </c>
       <c r="E543" t="s">
-        <v>942</v>
+        <v>963</v>
       </c>
       <c r="F543" t="s">
-        <v>2215</v>
+        <v>1437</v>
       </c>
       <c r="G543"/>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" t="s">
-        <v>2212</v>
+        <v>2198</v>
       </c>
       <c r="B544" t="s">
-        <v>183</v>
+        <v>2199</v>
       </c>
       <c r="C544" t="s">
-        <v>2216</v>
+        <v>2200</v>
       </c>
       <c r="D544" t="s">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="E544" t="s">
-        <v>268</v>
+        <v>2201</v>
       </c>
       <c r="F544" t="s">
-        <v>183</v>
+        <v>2202</v>
       </c>
       <c r="G544"/>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" t="s">
-        <v>2217</v>
+        <v>353</v>
       </c>
       <c r="B545" t="s">
-        <v>179</v>
+        <v>2203</v>
       </c>
       <c r="C545" t="s">
-        <v>2218</v>
+        <v>2204</v>
       </c>
       <c r="D545" t="s">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="E545" t="s">
-        <v>395</v>
+        <v>2205</v>
       </c>
       <c r="F545" t="s">
-        <v>1803</v>
+        <v>2206</v>
       </c>
       <c r="G545"/>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" t="s">
-        <v>2219</v>
+        <v>2207</v>
       </c>
       <c r="B546" t="s">
-        <v>2220</v>
+        <v>2208</v>
       </c>
       <c r="C546" t="s">
-        <v>2221</v>
+        <v>2209</v>
       </c>
       <c r="D546" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E546" t="s">
-        <v>145</v>
+        <v>2210</v>
       </c>
       <c r="F546" t="s">
-        <v>2222</v>
+        <v>2211</v>
       </c>
       <c r="G546"/>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" t="s">
-        <v>2223</v>
+        <v>2212</v>
       </c>
       <c r="B547" t="s">
-        <v>2224</v>
+        <v>2213</v>
       </c>
       <c r="C547" t="s">
-        <v>1603</v>
+        <v>2214</v>
       </c>
       <c r="D547" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E547" t="s">
-        <v>2225</v>
+        <v>2215</v>
       </c>
       <c r="F547" t="s">
-        <v>2226</v>
+        <v>2216</v>
       </c>
       <c r="G547"/>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" t="s">
-        <v>2227</v>
+        <v>2217</v>
       </c>
       <c r="B548" t="s">
-        <v>20</v>
+        <v>2218</v>
       </c>
       <c r="C548" t="s">
-        <v>134</v>
+        <v>2219</v>
       </c>
       <c r="D548" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E548" t="s">
-        <v>220</v>
+        <v>178</v>
       </c>
       <c r="F548" t="s">
-        <v>2228</v>
+        <v>2220</v>
       </c>
       <c r="G548"/>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" t="s">
-        <v>2229</v>
+        <v>2207</v>
       </c>
       <c r="B549" t="s">
-        <v>2230</v>
+        <v>2221</v>
       </c>
       <c r="C549" t="s">
-        <v>2231</v>
+        <v>2222</v>
       </c>
       <c r="D549" t="s">
-        <v>895</v>
+        <v>689</v>
       </c>
       <c r="E549" t="s">
-        <v>2044</v>
+        <v>2223</v>
       </c>
       <c r="F549" t="s">
-        <v>2232</v>
+        <v>2224</v>
       </c>
       <c r="G549"/>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" t="s">
-        <v>2233</v>
+        <v>2225</v>
       </c>
       <c r="B550" t="s">
-        <v>217</v>
+        <v>2226</v>
       </c>
       <c r="C550" t="s">
-        <v>2234</v>
+        <v>2227</v>
       </c>
       <c r="D550" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E550" t="s">
-        <v>2165</v>
+        <v>108</v>
       </c>
       <c r="F550" t="s">
-        <v>217</v>
+        <v>2228</v>
       </c>
       <c r="G550"/>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" t="s">
-        <v>2235</v>
+        <v>2229</v>
       </c>
       <c r="B551" t="s">
-        <v>2236</v>
+        <v>19</v>
       </c>
       <c r="C551" t="s">
-        <v>2237</v>
+        <v>2230</v>
       </c>
       <c r="D551" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E551" t="s">
-        <v>173</v>
+        <v>2231</v>
       </c>
       <c r="F551" t="s">
-        <v>2238</v>
+        <v>2232</v>
       </c>
       <c r="G551"/>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" t="s">
-        <v>2239</v>
+        <v>2229</v>
       </c>
       <c r="B552" t="s">
-        <v>2240</v>
+        <v>2221</v>
       </c>
       <c r="C552" t="s">
-        <v>2241</v>
+        <v>2222</v>
       </c>
       <c r="D552" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E552" t="s">
-        <v>2242</v>
+        <v>2223</v>
       </c>
       <c r="F552" t="s">
-        <v>2243</v>
+        <v>2224</v>
       </c>
       <c r="G552"/>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" t="s">
-        <v>2244</v>
+        <v>1383</v>
       </c>
       <c r="B553" t="s">
-        <v>2245</v>
+        <v>2233</v>
       </c>
       <c r="C553" t="s">
-        <v>2246</v>
+        <v>2234</v>
       </c>
       <c r="D553" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E553" t="s">
-        <v>2247</v>
+        <v>31</v>
       </c>
       <c r="F553" t="s">
-        <v>2245</v>
-[...1 lines deleted...]
-      <c r="G553"/>
+        <v>2235</v>
+      </c>
+      <c r="G553" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" t="s">
-        <v>2208</v>
+        <v>2026</v>
       </c>
       <c r="B554" t="s">
-        <v>2248</v>
+        <v>2098</v>
       </c>
       <c r="C554" t="s">
-        <v>2249</v>
+        <v>2099</v>
       </c>
       <c r="D554" t="s">
         <v>16</v>
       </c>
       <c r="E554" t="s">
-        <v>2250</v>
+        <v>1911</v>
       </c>
       <c r="F554" t="s">
-        <v>2251</v>
-[...1 lines deleted...]
-      <c r="G554"/>
+        <v>2100</v>
+      </c>
+      <c r="G554" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" t="s">
-        <v>2252</v>
+        <v>633</v>
       </c>
       <c r="B555" t="s">
-        <v>2253</v>
+        <v>2236</v>
       </c>
       <c r="C555" t="s">
-        <v>2254</v>
+        <v>2237</v>
       </c>
       <c r="D555" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E555" t="s">
-        <v>2255</v>
+        <v>2238</v>
       </c>
       <c r="F555" t="s">
-        <v>2256</v>
-[...1 lines deleted...]
-      <c r="G555"/>
+        <v>2236</v>
+      </c>
+      <c r="G555" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" t="s">
-        <v>2235</v>
+        <v>2239</v>
       </c>
       <c r="B556" t="s">
-        <v>2257</v>
+        <v>2240</v>
       </c>
       <c r="C556" t="s">
-        <v>2258</v>
+        <v>2241</v>
       </c>
       <c r="D556" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E556" t="s">
-        <v>622</v>
+        <v>478</v>
       </c>
       <c r="F556" t="s">
-        <v>2259</v>
-[...1 lines deleted...]
-      <c r="G556"/>
+        <v>2242</v>
+      </c>
+      <c r="G556" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" t="s">
-        <v>2130</v>
+        <v>2243</v>
       </c>
       <c r="B557" t="s">
-        <v>2260</v>
+        <v>2244</v>
       </c>
       <c r="C557" t="s">
-        <v>2261</v>
+        <v>2245</v>
       </c>
       <c r="D557" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="E557" t="s">
-        <v>94</v>
+        <v>2246</v>
       </c>
       <c r="F557" t="s">
-        <v>2262</v>
+        <v>2244</v>
       </c>
       <c r="G557"/>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" t="s">
-        <v>2263</v>
+        <v>2243</v>
       </c>
       <c r="B558" t="s">
-        <v>815</v>
+        <v>2247</v>
       </c>
       <c r="C558" t="s">
-        <v>2264</v>
+        <v>2248</v>
       </c>
       <c r="D558" t="s">
         <v>16</v>
       </c>
       <c r="E558" t="s">
-        <v>2265</v>
+        <v>578</v>
       </c>
       <c r="F558" t="s">
-        <v>2266</v>
+        <v>2249</v>
       </c>
       <c r="G558"/>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" t="s">
-        <v>2267</v>
+        <v>2250</v>
       </c>
       <c r="B559" t="s">
-        <v>2268</v>
+        <v>2251</v>
       </c>
       <c r="C559" t="s">
-        <v>2269</v>
+        <v>1467</v>
       </c>
       <c r="D559" t="s">
-        <v>33</v>
+        <v>689</v>
       </c>
       <c r="E559" t="s">
-        <v>865</v>
+        <v>2252</v>
       </c>
       <c r="F559" t="s">
-        <v>2268</v>
+        <v>2251</v>
       </c>
       <c r="G559"/>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" t="s">
-        <v>2128</v>
+        <v>2253</v>
       </c>
       <c r="B560" t="s">
-        <v>179</v>
+        <v>2254</v>
       </c>
       <c r="C560" t="s">
-        <v>2270</v>
+        <v>2255</v>
       </c>
       <c r="D560" t="s">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="E560" t="s">
-        <v>2126</v>
+        <v>2256</v>
       </c>
       <c r="F560" t="s">
-        <v>299</v>
+        <v>2257</v>
       </c>
       <c r="G560"/>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" t="s">
-        <v>2271</v>
+        <v>2258</v>
       </c>
       <c r="B561" t="s">
-        <v>2272</v>
+        <v>2259</v>
       </c>
       <c r="C561" t="s">
-        <v>2273</v>
+        <v>2260</v>
       </c>
       <c r="D561" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E561" t="s">
-        <v>2044</v>
+        <v>1083</v>
       </c>
       <c r="F561" t="s">
-        <v>2274</v>
-[...3 lines deleted...]
-      </c>
+        <v>370</v>
+      </c>
+      <c r="G561"/>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" t="s">
-        <v>2275</v>
+        <v>120</v>
       </c>
       <c r="B562" t="s">
-        <v>2010</v>
+        <v>363</v>
       </c>
       <c r="C562" t="s">
-        <v>2276</v>
+        <v>2261</v>
       </c>
       <c r="D562" t="s">
-        <v>33</v>
+        <v>1861</v>
       </c>
       <c r="E562" t="s">
-        <v>586</v>
+        <v>163</v>
       </c>
       <c r="F562" t="s">
-        <v>2277</v>
-[...3 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="G562"/>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
-        <v>2278</v>
+        <v>2262</v>
       </c>
       <c r="B563" t="s">
-        <v>2279</v>
+        <v>2263</v>
       </c>
       <c r="C563" t="s">
-        <v>715</v>
+        <v>2264</v>
       </c>
       <c r="D563" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E563" t="s">
-        <v>716</v>
+        <v>241</v>
       </c>
       <c r="F563" t="s">
-        <v>2280</v>
-[...3 lines deleted...]
-      </c>
+        <v>221</v>
+      </c>
+      <c r="G563"/>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
-        <v>2281</v>
+        <v>120</v>
       </c>
       <c r="B564" t="s">
-        <v>2282</v>
+        <v>2265</v>
       </c>
       <c r="C564" t="s">
-        <v>2283</v>
+        <v>2266</v>
       </c>
       <c r="D564" t="s">
-        <v>1054</v>
+        <v>25</v>
       </c>
       <c r="E564" t="s">
-        <v>335</v>
+        <v>2267</v>
       </c>
       <c r="F564" t="s">
-        <v>2284</v>
-[...3 lines deleted...]
-      </c>
+        <v>2268</v>
+      </c>
+      <c r="G564"/>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" t="s">
-        <v>794</v>
+        <v>2269</v>
       </c>
       <c r="B565" t="s">
-        <v>2285</v>
+        <v>465</v>
       </c>
       <c r="C565" t="s">
-        <v>2286</v>
+        <v>2270</v>
       </c>
       <c r="D565" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E565" t="s">
-        <v>173</v>
+        <v>2271</v>
       </c>
       <c r="F565" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="G565"/>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" t="s">
-        <v>2287</v>
+        <v>2272</v>
       </c>
       <c r="B566" t="s">
-        <v>171</v>
+        <v>2273</v>
       </c>
       <c r="C566" t="s">
-        <v>2288</v>
+        <v>2274</v>
       </c>
       <c r="D566" t="s">
-        <v>33</v>
+        <v>815</v>
       </c>
       <c r="E566" t="s">
-        <v>173</v>
+        <v>2275</v>
       </c>
       <c r="F566" t="s">
-        <v>174</v>
+        <v>2273</v>
       </c>
       <c r="G566" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" t="s">
-        <v>2289</v>
+        <v>2276</v>
       </c>
       <c r="B567" t="s">
-        <v>2290</v>
+        <v>2277</v>
       </c>
       <c r="C567" t="s">
-        <v>2291</v>
+        <v>2278</v>
       </c>
       <c r="D567" t="s">
-        <v>33</v>
+        <v>240</v>
       </c>
       <c r="E567" t="s">
-        <v>2292</v>
+        <v>2279</v>
       </c>
       <c r="F567" t="s">
-        <v>2293</v>
+        <v>2280</v>
       </c>
       <c r="G567" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" t="s">
-        <v>1563</v>
+        <v>2281</v>
       </c>
       <c r="B568" t="s">
-        <v>2294</v>
+        <v>1290</v>
       </c>
       <c r="C568" t="s">
-        <v>1905</v>
+        <v>2282</v>
       </c>
       <c r="D568" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E568" t="s">
-        <v>486</v>
+        <v>2283</v>
       </c>
       <c r="F568" t="s">
-        <v>2295</v>
+        <v>1290</v>
       </c>
       <c r="G568" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" t="s">
-        <v>682</v>
+        <v>1764</v>
       </c>
       <c r="B569" t="s">
-        <v>2296</v>
+        <v>1761</v>
       </c>
       <c r="C569" t="s">
-        <v>2297</v>
+        <v>1157</v>
       </c>
       <c r="D569" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E569" t="s">
-        <v>595</v>
+        <v>2284</v>
       </c>
       <c r="F569" t="s">
-        <v>234</v>
+        <v>2285</v>
       </c>
       <c r="G569" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" t="s">
-        <v>2298</v>
+        <v>853</v>
       </c>
       <c r="B570" t="s">
-        <v>2268</v>
+        <v>2286</v>
       </c>
       <c r="C570" t="s">
-        <v>2269</v>
+        <v>2287</v>
       </c>
       <c r="D570" t="s">
-        <v>33</v>
+        <v>815</v>
       </c>
       <c r="E570" t="s">
-        <v>2110</v>
+        <v>2288</v>
       </c>
       <c r="F570" t="s">
-        <v>2268</v>
+        <v>2289</v>
       </c>
       <c r="G570" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" t="s">
-        <v>689</v>
+        <v>2290</v>
       </c>
       <c r="B571" t="s">
-        <v>2299</v>
+        <v>2291</v>
       </c>
       <c r="C571" t="s">
-        <v>2300</v>
+        <v>2292</v>
       </c>
       <c r="D571" t="s">
-        <v>33</v>
+        <v>162</v>
       </c>
       <c r="E571" t="s">
-        <v>595</v>
+        <v>2293</v>
       </c>
       <c r="F571" t="s">
-        <v>2299</v>
-[...3 lines deleted...]
-      </c>
+        <v>2294</v>
+      </c>
+      <c r="G571"/>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" t="s">
-        <v>2301</v>
+        <v>2290</v>
       </c>
       <c r="B572" t="s">
-        <v>2011</v>
+        <v>2295</v>
       </c>
       <c r="C572" t="s">
-        <v>2302</v>
+        <v>2296</v>
       </c>
       <c r="D572" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E572" t="s">
-        <v>395</v>
+        <v>82</v>
       </c>
       <c r="F572" t="s">
-        <v>2013</v>
+        <v>2297</v>
       </c>
       <c r="G572"/>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" t="s">
-        <v>2303</v>
+        <v>2298</v>
       </c>
       <c r="B573" t="s">
-        <v>2304</v>
+        <v>2299</v>
       </c>
       <c r="C573" t="s">
-        <v>2305</v>
+        <v>2300</v>
       </c>
       <c r="D573" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="E573" t="s">
-        <v>378</v>
+        <v>2301</v>
       </c>
       <c r="F573" t="s">
-        <v>2306</v>
+        <v>2302</v>
       </c>
       <c r="G573"/>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B574" t="s">
+        <v>2304</v>
+      </c>
+      <c r="C574" t="s">
+        <v>2305</v>
+      </c>
+      <c r="D574" t="s">
+        <v>25</v>
+      </c>
+      <c r="E574" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F574" t="s">
         <v>2307</v>
-      </c>
-[...13 lines deleted...]
-        <v>2310</v>
       </c>
       <c r="G574"/>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" t="s">
-        <v>2233</v>
+        <v>2303</v>
       </c>
       <c r="B575" t="s">
-        <v>131</v>
+        <v>2308</v>
       </c>
       <c r="C575" t="s">
+        <v>2309</v>
+      </c>
+      <c r="D575" t="s">
+        <v>81</v>
+      </c>
+      <c r="E575" t="s">
+        <v>2310</v>
+      </c>
+      <c r="F575" t="s">
         <v>2311</v>
       </c>
-      <c r="D575" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G575"/>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B576" t="s">
         <v>2312</v>
-      </c>
-[...1 lines deleted...]
-        <v>1177</v>
       </c>
       <c r="C576" t="s">
         <v>2313</v>
       </c>
       <c r="D576" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E576" t="s">
         <v>2314</v>
       </c>
       <c r="F576" t="s">
         <v>2315</v>
       </c>
-      <c r="G576" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G576"/>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" t="s">
         <v>2316</v>
       </c>
       <c r="B577" t="s">
-        <v>2317</v>
+        <v>2312</v>
       </c>
       <c r="C577" t="s">
-        <v>1636</v>
+        <v>2313</v>
       </c>
       <c r="D577" t="s">
-        <v>22</v>
+        <v>234</v>
       </c>
       <c r="E577" t="s">
-        <v>627</v>
+        <v>2314</v>
       </c>
       <c r="F577" t="s">
-        <v>2318</v>
-[...3 lines deleted...]
-      </c>
+        <v>2315</v>
+      </c>
+      <c r="G577"/>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" t="s">
-        <v>1244</v>
+        <v>2303</v>
       </c>
       <c r="B578" t="s">
+        <v>2317</v>
+      </c>
+      <c r="C578" t="s">
+        <v>2318</v>
+      </c>
+      <c r="D578" t="s">
+        <v>81</v>
+      </c>
+      <c r="E578" t="s">
+        <v>82</v>
+      </c>
+      <c r="F578" t="s">
         <v>2319</v>
       </c>
-      <c r="C578" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G578"/>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" t="s">
+        <v>2320</v>
+      </c>
+      <c r="B579" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C579" t="s">
         <v>2322</v>
       </c>
-      <c r="B579" t="s">
+      <c r="D579" t="s">
+        <v>10</v>
+      </c>
+      <c r="E579" t="s">
+        <v>141</v>
+      </c>
+      <c r="F579" t="s">
         <v>2323</v>
-      </c>
-[...10 lines deleted...]
-        <v>1573</v>
       </c>
       <c r="G579"/>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" t="s">
-        <v>187</v>
+        <v>2324</v>
       </c>
       <c r="B580" t="s">
         <v>2325</v>
       </c>
       <c r="C580" t="s">
         <v>2326</v>
       </c>
       <c r="D580" t="s">
-        <v>202</v>
+        <v>81</v>
       </c>
       <c r="E580" t="s">
-        <v>212</v>
+        <v>846</v>
       </c>
       <c r="F580" t="s">
         <v>2327</v>
       </c>
       <c r="G580"/>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" t="s">
-        <v>498</v>
+        <v>2328</v>
       </c>
       <c r="B581" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
       <c r="C581" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="D581" t="s">
         <v>16</v>
       </c>
       <c r="E581" t="s">
-        <v>2330</v>
+        <v>1911</v>
       </c>
       <c r="F581" t="s">
-        <v>2331</v>
-[...1 lines deleted...]
-      <c r="G581"/>
+        <v>556</v>
+      </c>
+      <c r="G581" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B582" t="s">
+        <v>2331</v>
+      </c>
+      <c r="C582" t="s">
         <v>2332</v>
       </c>
-      <c r="B582" t="s">
+      <c r="D582" t="s">
+        <v>16</v>
+      </c>
+      <c r="E582" t="s">
+        <v>810</v>
+      </c>
+      <c r="F582" t="s">
         <v>2333</v>
       </c>
-      <c r="C582" t="s">
-[...11 lines deleted...]
-      <c r="G582"/>
+      <c r="G582" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" t="s">
-        <v>2337</v>
+        <v>2334</v>
       </c>
       <c r="B583" t="s">
-        <v>2338</v>
+        <v>2335</v>
       </c>
       <c r="C583" t="s">
-        <v>2339</v>
+        <v>2336</v>
       </c>
       <c r="D583" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E583" t="s">
-        <v>2340</v>
+        <v>173</v>
       </c>
       <c r="F583" t="s">
-        <v>2341</v>
+        <v>2335</v>
       </c>
       <c r="G583"/>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" t="s">
-        <v>2342</v>
+        <v>2337</v>
       </c>
       <c r="B584" t="s">
-        <v>2343</v>
+        <v>2338</v>
       </c>
       <c r="C584" t="s">
-        <v>2344</v>
+        <v>1770</v>
       </c>
       <c r="D584" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E584" t="s">
-        <v>420</v>
+        <v>1083</v>
       </c>
       <c r="F584" t="s">
-        <v>2345</v>
+        <v>2339</v>
       </c>
       <c r="G584"/>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" t="s">
-        <v>2332</v>
+        <v>2340</v>
       </c>
       <c r="B585" t="s">
-        <v>2346</v>
+        <v>2341</v>
       </c>
       <c r="C585" t="s">
-        <v>2347</v>
+        <v>2342</v>
       </c>
       <c r="D585" t="s">
-        <v>830</v>
+        <v>81</v>
       </c>
       <c r="E585" t="s">
-        <v>2348</v>
+        <v>173</v>
       </c>
       <c r="F585" t="s">
-        <v>2349</v>
+        <v>2341</v>
       </c>
       <c r="G585"/>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" t="s">
-        <v>2350</v>
+        <v>2343</v>
       </c>
       <c r="B586" t="s">
-        <v>2351</v>
+        <v>2299</v>
       </c>
       <c r="C586" t="s">
-        <v>2352</v>
-[...3 lines deleted...]
-      </c>
+        <v>2300</v>
+      </c>
+      <c r="D586"/>
       <c r="E586" t="s">
-        <v>127</v>
+        <v>2344</v>
       </c>
       <c r="F586" t="s">
-        <v>2353</v>
+        <v>2345</v>
       </c>
       <c r="G586"/>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" t="s">
-        <v>2354</v>
+        <v>2343</v>
       </c>
       <c r="B587" t="s">
-        <v>401</v>
+        <v>2346</v>
       </c>
       <c r="C587" t="s">
-        <v>2355</v>
+        <v>2347</v>
       </c>
       <c r="D587" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E587" t="s">
-        <v>2356</v>
+        <v>2348</v>
       </c>
       <c r="F587" t="s">
-        <v>2357</v>
+        <v>2349</v>
       </c>
       <c r="G587"/>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" t="s">
-        <v>2354</v>
+        <v>2350</v>
       </c>
       <c r="B588" t="s">
-        <v>2346</v>
+        <v>2351</v>
       </c>
       <c r="C588" t="s">
-        <v>2347</v>
+        <v>2352</v>
       </c>
       <c r="D588" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E588" t="s">
-        <v>2348</v>
+        <v>2353</v>
       </c>
       <c r="F588" t="s">
-        <v>2349</v>
+        <v>767</v>
       </c>
       <c r="G588"/>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" t="s">
-        <v>1519</v>
+        <v>2350</v>
       </c>
       <c r="B589" t="s">
-        <v>2358</v>
+        <v>2354</v>
       </c>
       <c r="C589" t="s">
-        <v>2359</v>
+        <v>2355</v>
       </c>
       <c r="D589" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E589" t="s">
-        <v>378</v>
+        <v>2356</v>
       </c>
       <c r="F589" t="s">
-        <v>2360</v>
-[...3 lines deleted...]
-      </c>
+        <v>2357</v>
+      </c>
+      <c r="G589"/>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" t="s">
-        <v>2157</v>
+        <v>2358</v>
       </c>
       <c r="B590" t="s">
-        <v>2230</v>
+        <v>376</v>
       </c>
       <c r="C590" t="s">
-        <v>2231</v>
+        <v>2359</v>
       </c>
       <c r="D590" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E590" t="s">
-        <v>2044</v>
+        <v>178</v>
       </c>
       <c r="F590" t="s">
-        <v>2232</v>
-[...3 lines deleted...]
-      </c>
+        <v>2360</v>
+      </c>
+      <c r="G590"/>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" t="s">
-        <v>774</v>
+        <v>2361</v>
       </c>
       <c r="B591" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="C591" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
       <c r="D591" t="s">
-        <v>93</v>
+        <v>273</v>
       </c>
       <c r="E591" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="F591" t="s">
-        <v>2361</v>
-[...3 lines deleted...]
-      </c>
+        <v>2365</v>
+      </c>
+      <c r="G591"/>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="B592" t="s">
-        <v>2365</v>
+        <v>787</v>
       </c>
       <c r="C592" t="s">
-        <v>2366</v>
+        <v>2367</v>
       </c>
       <c r="D592" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E592" t="s">
-        <v>622</v>
+        <v>2368</v>
       </c>
       <c r="F592" t="s">
-        <v>2367</v>
-[...3 lines deleted...]
-      </c>
+        <v>2369</v>
+      </c>
+      <c r="G592"/>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
       <c r="B593" t="s">
-        <v>2369</v>
+        <v>2094</v>
       </c>
       <c r="C593" t="s">
-        <v>2370</v>
+        <v>1270</v>
       </c>
       <c r="D593" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E593" t="s">
+        <v>984</v>
+      </c>
+      <c r="F593" t="s">
         <v>2371</v>
-      </c>
-[...1 lines deleted...]
-        <v>2369</v>
       </c>
       <c r="G593"/>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" t="s">
-        <v>2368</v>
+        <v>620</v>
       </c>
       <c r="B594" t="s">
         <v>2372</v>
       </c>
       <c r="C594" t="s">
         <v>2373</v>
       </c>
       <c r="D594" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E594" t="s">
-        <v>721</v>
+        <v>2374</v>
       </c>
       <c r="F594" t="s">
-        <v>2374</v>
-[...1 lines deleted...]
-      <c r="G594"/>
+        <v>2372</v>
+      </c>
+      <c r="G594" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" t="s">
         <v>2375</v>
       </c>
       <c r="B595" t="s">
         <v>2376</v>
       </c>
       <c r="C595" t="s">
-        <v>1603</v>
+        <v>2377</v>
       </c>
       <c r="D595" t="s">
-        <v>830</v>
+        <v>16</v>
       </c>
       <c r="E595" t="s">
-        <v>2377</v>
+        <v>2378</v>
       </c>
       <c r="F595" t="s">
         <v>2376</v>
       </c>
-      <c r="G595"/>
+      <c r="G595" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" t="s">
-        <v>2378</v>
+        <v>2379</v>
       </c>
       <c r="B596" t="s">
-        <v>2379</v>
+        <v>2380</v>
       </c>
       <c r="C596" t="s">
-        <v>2380</v>
+        <v>2381</v>
       </c>
       <c r="D596" t="s">
-        <v>202</v>
+        <v>16</v>
       </c>
       <c r="E596" t="s">
-        <v>2381</v>
+        <v>2382</v>
       </c>
       <c r="F596" t="s">
-        <v>2382</v>
-[...1 lines deleted...]
-      <c r="G596"/>
+        <v>2383</v>
+      </c>
+      <c r="G596" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" t="s">
-        <v>2383</v>
+        <v>2384</v>
       </c>
       <c r="B597" t="s">
-        <v>2384</v>
+        <v>2385</v>
       </c>
       <c r="C597" t="s">
-        <v>2385</v>
+        <v>2386</v>
       </c>
       <c r="D597" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E597" t="s">
-        <v>1221</v>
+        <v>2387</v>
       </c>
       <c r="F597" t="s">
-        <v>514</v>
+        <v>604</v>
       </c>
       <c r="G597"/>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" t="s">
-        <v>137</v>
+        <v>1813</v>
       </c>
       <c r="B598" t="s">
-        <v>183</v>
+        <v>2388</v>
       </c>
       <c r="C598" t="s">
-        <v>2386</v>
+        <v>2389</v>
       </c>
       <c r="D598" t="s">
-        <v>185</v>
+        <v>1284</v>
       </c>
       <c r="E598" t="s">
-        <v>243</v>
+        <v>2390</v>
       </c>
       <c r="F598" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="G598"/>
+        <v>2391</v>
+      </c>
+      <c r="G598" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" t="s">
-        <v>2387</v>
+        <v>2392</v>
       </c>
       <c r="B599" t="s">
-        <v>2388</v>
+        <v>2393</v>
       </c>
       <c r="C599" t="s">
-        <v>2389</v>
+        <v>2394</v>
       </c>
       <c r="D599" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E599" t="s">
-        <v>81</v>
+        <v>2395</v>
       </c>
       <c r="F599" t="s">
-        <v>437</v>
-[...1 lines deleted...]
-      <c r="G599"/>
+        <v>2396</v>
+      </c>
+      <c r="G599" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" t="s">
-        <v>137</v>
+        <v>2397</v>
       </c>
       <c r="B600" t="s">
-        <v>2390</v>
+        <v>333</v>
       </c>
       <c r="C600" t="s">
-        <v>2391</v>
+        <v>973</v>
       </c>
       <c r="D600" t="s">
-        <v>16</v>
+        <v>94</v>
       </c>
       <c r="E600" t="s">
-        <v>2392</v>
+        <v>2398</v>
       </c>
       <c r="F600" t="s">
-        <v>2393</v>
+        <v>337</v>
       </c>
       <c r="G600"/>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" t="s">
-        <v>2394</v>
+        <v>2397</v>
       </c>
       <c r="B601" t="s">
-        <v>609</v>
+        <v>2399</v>
       </c>
       <c r="C601" t="s">
-        <v>2395</v>
+        <v>2400</v>
       </c>
       <c r="D601" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="E601" t="s">
-        <v>2396</v>
+        <v>2401</v>
       </c>
       <c r="F601" t="s">
-        <v>609</v>
+        <v>1759</v>
       </c>
       <c r="G601"/>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" t="s">
-        <v>2397</v>
+        <v>2402</v>
       </c>
       <c r="B602" t="s">
-        <v>2398</v>
+        <v>2403</v>
       </c>
       <c r="C602" t="s">
-        <v>2399</v>
+        <v>2404</v>
       </c>
       <c r="D602" t="s">
-        <v>955</v>
+        <v>16</v>
       </c>
       <c r="E602" t="s">
-        <v>2400</v>
+        <v>2405</v>
       </c>
       <c r="F602" t="s">
-        <v>2398</v>
-[...3 lines deleted...]
-      </c>
+        <v>2406</v>
+      </c>
+      <c r="G602"/>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" t="s">
-        <v>2401</v>
+        <v>212</v>
       </c>
       <c r="B603" t="s">
-        <v>2402</v>
+        <v>2407</v>
       </c>
       <c r="C603" t="s">
-        <v>2403</v>
+        <v>2408</v>
       </c>
       <c r="D603" t="s">
-        <v>202</v>
+        <v>16</v>
       </c>
       <c r="E603" t="s">
-        <v>2404</v>
+        <v>215</v>
       </c>
       <c r="F603" t="s">
-        <v>2405</v>
-[...3 lines deleted...]
-      </c>
+        <v>2409</v>
+      </c>
+      <c r="G603"/>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" t="s">
-        <v>2406</v>
+        <v>2410</v>
       </c>
       <c r="B604" t="s">
-        <v>1426</v>
+        <v>2411</v>
       </c>
       <c r="C604" t="s">
-        <v>2407</v>
+        <v>2412</v>
       </c>
       <c r="D604" t="s">
         <v>16</v>
       </c>
       <c r="E604" t="s">
-        <v>2408</v>
+        <v>2413</v>
       </c>
       <c r="F604" t="s">
-        <v>1426</v>
-[...3 lines deleted...]
-      </c>
+        <v>2414</v>
+      </c>
+      <c r="G604"/>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" t="s">
-        <v>1899</v>
+        <v>2415</v>
       </c>
       <c r="B605" t="s">
-        <v>1896</v>
+        <v>2416</v>
       </c>
       <c r="C605" t="s">
-        <v>1295</v>
+        <v>2417</v>
       </c>
       <c r="D605" t="s">
-        <v>33</v>
+        <v>2418</v>
       </c>
       <c r="E605" t="s">
-        <v>2409</v>
+        <v>2419</v>
       </c>
       <c r="F605" t="s">
-        <v>2410</v>
-[...3 lines deleted...]
-      </c>
+        <v>2420</v>
+      </c>
+      <c r="G605"/>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" t="s">
-        <v>993</v>
+        <v>2402</v>
       </c>
       <c r="B606" t="s">
-        <v>2411</v>
+        <v>2421</v>
       </c>
       <c r="C606" t="s">
-        <v>2412</v>
+        <v>2422</v>
       </c>
       <c r="D606" t="s">
-        <v>955</v>
+        <v>240</v>
       </c>
       <c r="E606" t="s">
-        <v>2413</v>
+        <v>2201</v>
       </c>
       <c r="F606" t="s">
-        <v>2414</v>
+        <v>2421</v>
       </c>
       <c r="G606" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" t="s">
-        <v>2415</v>
+        <v>2423</v>
       </c>
       <c r="B607" t="s">
-        <v>520</v>
+        <v>2424</v>
       </c>
       <c r="C607" t="s">
-        <v>2416</v>
+        <v>116</v>
       </c>
       <c r="D607" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E607" t="s">
-        <v>420</v>
+        <v>2095</v>
       </c>
       <c r="F607" t="s">
-        <v>2417</v>
-[...1 lines deleted...]
-      <c r="G607"/>
+        <v>2425</v>
+      </c>
+      <c r="G607" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" t="s">
-        <v>2418</v>
+        <v>1988</v>
       </c>
       <c r="B608" t="s">
-        <v>2419</v>
+        <v>2426</v>
       </c>
       <c r="C608" t="s">
-        <v>2420</v>
-[...1 lines deleted...]
-      <c r="D608"/>
+        <v>2427</v>
+      </c>
+      <c r="D608" t="s">
+        <v>16</v>
+      </c>
       <c r="E608" t="s">
-        <v>2421</v>
+        <v>2009</v>
       </c>
       <c r="F608" t="s">
-        <v>2422</v>
-[...1 lines deleted...]
-      <c r="G608"/>
+        <v>2102</v>
+      </c>
+      <c r="G608" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" t="s">
-        <v>2418</v>
+        <v>78</v>
       </c>
       <c r="B609" t="s">
-        <v>2423</v>
+        <v>2428</v>
       </c>
       <c r="C609" t="s">
-        <v>2424</v>
+        <v>2429</v>
       </c>
       <c r="D609" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E609" t="s">
-        <v>2425</v>
+        <v>2430</v>
       </c>
       <c r="F609" t="s">
-        <v>2426</v>
+        <v>2431</v>
       </c>
       <c r="G609"/>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" t="s">
-        <v>2427</v>
+        <v>2432</v>
       </c>
       <c r="B610" t="s">
-        <v>2428</v>
+        <v>2433</v>
       </c>
       <c r="C610" t="s">
-        <v>2429</v>
+        <v>2434</v>
       </c>
       <c r="D610" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E610" t="s">
-        <v>395</v>
+        <v>21</v>
       </c>
       <c r="F610" t="s">
-        <v>2428</v>
+        <v>2435</v>
       </c>
       <c r="G610"/>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" t="s">
-        <v>2430</v>
+        <v>2432</v>
       </c>
       <c r="B611" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C611" t="s">
-        <v>2432</v>
+        <v>2437</v>
       </c>
       <c r="D611" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="E611" t="s">
-        <v>2433</v>
+        <v>2438</v>
       </c>
       <c r="F611" t="s">
-        <v>908</v>
+        <v>2439</v>
       </c>
       <c r="G611"/>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" t="s">
-        <v>2430</v>
+        <v>2440</v>
       </c>
       <c r="B612" t="s">
-        <v>2434</v>
+        <v>2441</v>
       </c>
       <c r="C612" t="s">
-        <v>2435</v>
+        <v>2442</v>
       </c>
       <c r="D612" t="s">
-        <v>93</v>
+        <v>973</v>
       </c>
       <c r="E612" t="s">
-        <v>2436</v>
+        <v>2443</v>
       </c>
       <c r="F612" t="s">
-        <v>2437</v>
+        <v>2441</v>
       </c>
       <c r="G612"/>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" t="s">
-        <v>2438</v>
+        <v>2440</v>
       </c>
       <c r="B613" t="s">
-        <v>2439</v>
+        <v>110</v>
       </c>
       <c r="C613" t="s">
-        <v>2440</v>
+        <v>2444</v>
       </c>
       <c r="D613" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E613" t="s">
-        <v>263</v>
+        <v>2132</v>
       </c>
       <c r="F613" t="s">
-        <v>2441</v>
+        <v>550</v>
       </c>
       <c r="G613"/>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" t="s">
-        <v>2442</v>
+        <v>2445</v>
       </c>
       <c r="B614" t="s">
-        <v>2443</v>
+        <v>2446</v>
       </c>
       <c r="C614" t="s">
-        <v>2444</v>
+        <v>2181</v>
       </c>
       <c r="D614" t="s">
-        <v>242</v>
+        <v>10</v>
       </c>
       <c r="E614" t="s">
-        <v>2445</v>
+        <v>2132</v>
       </c>
       <c r="F614" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
       <c r="G614"/>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" t="s">
-        <v>2442</v>
+        <v>2448</v>
       </c>
       <c r="B615" t="s">
-        <v>2447</v>
+        <v>2449</v>
       </c>
       <c r="C615" t="s">
-        <v>2448</v>
+        <v>298</v>
       </c>
       <c r="D615" t="s">
-        <v>22</v>
+        <v>117</v>
       </c>
       <c r="E615" t="s">
-        <v>225</v>
+        <v>241</v>
       </c>
       <c r="F615" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
       <c r="G615"/>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="B616" t="s">
-        <v>2451</v>
+        <v>2159</v>
       </c>
       <c r="C616" t="s">
-        <v>1905</v>
+        <v>2452</v>
       </c>
       <c r="D616" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E616" t="s">
-        <v>1221</v>
+        <v>330</v>
       </c>
       <c r="F616" t="s">
-        <v>2452</v>
+        <v>2077</v>
       </c>
       <c r="G616"/>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" t="s">
+        <v>2451</v>
+      </c>
+      <c r="B617" t="s">
         <v>2453</v>
       </c>
-      <c r="B617" t="s">
+      <c r="C617" t="s">
         <v>2454</v>
       </c>
-      <c r="C617" t="s">
+      <c r="D617" t="s">
+        <v>16</v>
+      </c>
+      <c r="E617" t="s">
+        <v>330</v>
+      </c>
+      <c r="F617" t="s">
         <v>2455</v>
-      </c>
-[...7 lines deleted...]
-        <v>2456</v>
       </c>
       <c r="G617"/>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" t="s">
+        <v>2456</v>
+      </c>
+      <c r="B618" t="s">
+        <v>98</v>
+      </c>
+      <c r="C618" t="s">
         <v>2457</v>
       </c>
-      <c r="B618" t="s">
+      <c r="D618" t="s">
+        <v>117</v>
+      </c>
+      <c r="E618" t="s">
+        <v>118</v>
+      </c>
+      <c r="F618" t="s">
         <v>2458</v>
       </c>
-      <c r="C618" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G618"/>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" t="s">
-        <v>2147</v>
+        <v>2459</v>
       </c>
       <c r="B619" t="s">
+        <v>363</v>
+      </c>
+      <c r="C619" t="s">
         <v>2460</v>
       </c>
-      <c r="C619" t="s">
+      <c r="D619" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E619" t="s">
         <v>2461</v>
       </c>
-      <c r="D619" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F619" t="s">
-        <v>2462</v>
-[...3 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="G619"/>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B620" t="s">
+        <v>2462</v>
+      </c>
+      <c r="C620" t="s">
         <v>2463</v>
       </c>
-      <c r="B620" t="s">
+      <c r="D620" t="s">
+        <v>16</v>
+      </c>
+      <c r="E620" t="s">
         <v>2464</v>
       </c>
-      <c r="C620" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F620" t="s">
-        <v>2464</v>
-[...1 lines deleted...]
-      <c r="G620"/>
+        <v>2462</v>
+      </c>
+      <c r="G620" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" t="s">
+        <v>2465</v>
+      </c>
+      <c r="B621" t="s">
         <v>2466</v>
       </c>
-      <c r="B621" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C621" t="s">
-        <v>2420</v>
+        <v>2467</v>
       </c>
       <c r="D621" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E621" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
       <c r="F621" t="s">
-        <v>2468</v>
-[...1 lines deleted...]
-      <c r="G621"/>
+        <v>2469</v>
+      </c>
+      <c r="G621" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" t="s">
-        <v>2469</v>
+        <v>2459</v>
       </c>
       <c r="B622" t="s">
-        <v>2470</v>
+        <v>98</v>
       </c>
       <c r="C622" t="s">
-        <v>2471</v>
+        <v>2457</v>
       </c>
       <c r="D622" t="s">
-        <v>16</v>
+        <v>117</v>
       </c>
       <c r="E622" t="s">
-        <v>2472</v>
+        <v>118</v>
       </c>
       <c r="F622" t="s">
-        <v>2473</v>
+        <v>2458</v>
       </c>
       <c r="G622"/>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="B623" t="s">
-        <v>2474</v>
+        <v>2471</v>
       </c>
       <c r="C623" t="s">
-        <v>2475</v>
+        <v>2472</v>
       </c>
       <c r="D623" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E623" t="s">
-        <v>2476</v>
+        <v>128</v>
       </c>
       <c r="F623" t="s">
-        <v>2477</v>
+        <v>2473</v>
       </c>
       <c r="G623"/>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" t="s">
-        <v>2469</v>
+        <v>66</v>
       </c>
       <c r="B624" t="s">
-        <v>2478</v>
+        <v>2474</v>
       </c>
       <c r="C624" t="s">
-        <v>2479</v>
+        <v>2475</v>
       </c>
       <c r="D624" t="s">
-        <v>93</v>
+        <v>240</v>
       </c>
       <c r="E624" t="s">
-        <v>2480</v>
+        <v>2476</v>
       </c>
       <c r="F624" t="s">
-        <v>2481</v>
+        <v>2477</v>
       </c>
       <c r="G624"/>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B625" t="s">
+        <v>2479</v>
+      </c>
+      <c r="C625" t="s">
+        <v>2480</v>
+      </c>
+      <c r="D625" t="s">
+        <v>16</v>
+      </c>
+      <c r="E625" t="s">
+        <v>2481</v>
+      </c>
+      <c r="F625" t="s">
         <v>2482</v>
-      </c>
-[...13 lines deleted...]
-        <v>2481</v>
       </c>
       <c r="G625"/>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" t="s">
-        <v>2469</v>
+        <v>2483</v>
       </c>
       <c r="B626" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="C626" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
       <c r="D626" t="s">
-        <v>22</v>
+        <v>2486</v>
       </c>
       <c r="E626" t="s">
-        <v>225</v>
+        <v>2487</v>
       </c>
       <c r="F626" t="s">
-        <v>2485</v>
+        <v>2488</v>
       </c>
       <c r="G626"/>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" t="s">
-        <v>2486</v>
+        <v>2489</v>
       </c>
       <c r="B627" t="s">
-        <v>2487</v>
+        <v>2490</v>
       </c>
       <c r="C627" t="s">
-        <v>2488</v>
+        <v>2491</v>
       </c>
       <c r="D627" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E627" t="s">
-        <v>395</v>
+        <v>241</v>
       </c>
       <c r="F627" t="s">
-        <v>2489</v>
+        <v>2492</v>
       </c>
       <c r="G627"/>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" t="s">
-        <v>2427</v>
+        <v>2493</v>
       </c>
       <c r="B628" t="s">
-        <v>2490</v>
+        <v>2494</v>
       </c>
       <c r="C628" t="s">
-        <v>2491</v>
+        <v>2495</v>
       </c>
       <c r="D628" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E628" t="s">
-        <v>395</v>
+        <v>2496</v>
       </c>
       <c r="F628" t="s">
-        <v>2489</v>
-[...1 lines deleted...]
-      <c r="G628"/>
+        <v>2497</v>
+      </c>
+      <c r="G628" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" t="s">
-        <v>2486</v>
+        <v>2498</v>
       </c>
       <c r="B629" t="s">
-        <v>2492</v>
+        <v>1039</v>
       </c>
       <c r="C629" t="s">
-        <v>2493</v>
+        <v>2499</v>
       </c>
       <c r="D629" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="E629" t="s">
-        <v>2494</v>
+        <v>2500</v>
       </c>
       <c r="F629" t="s">
-        <v>2492</v>
-[...1 lines deleted...]
-      <c r="G629"/>
+        <v>2501</v>
+      </c>
+      <c r="G629" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" t="s">
-        <v>2495</v>
+        <v>605</v>
       </c>
       <c r="B630" t="s">
-        <v>2496</v>
+        <v>1799</v>
       </c>
       <c r="C630" t="s">
-        <v>2497</v>
+        <v>1800</v>
       </c>
       <c r="D630" t="s">
         <v>16</v>
       </c>
       <c r="E630" t="s">
-        <v>2498</v>
+        <v>816</v>
       </c>
       <c r="F630" t="s">
-        <v>2499</v>
+        <v>2502</v>
       </c>
       <c r="G630" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" t="s">
-        <v>2500</v>
+        <v>2503</v>
       </c>
       <c r="B631" t="s">
-        <v>1177</v>
+        <v>2504</v>
       </c>
       <c r="C631" t="s">
-        <v>2501</v>
+        <v>2505</v>
       </c>
       <c r="D631" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E631" t="s">
-        <v>2502</v>
+        <v>330</v>
       </c>
       <c r="F631" t="s">
-        <v>2503</v>
-[...3 lines deleted...]
-      </c>
+        <v>737</v>
+      </c>
+      <c r="G631"/>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" t="s">
-        <v>2504</v>
+        <v>2506</v>
       </c>
       <c r="B632" t="s">
-        <v>2505</v>
+        <v>23</v>
       </c>
       <c r="C632" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="D632" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E632" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="F632" t="s">
-        <v>2508</v>
-[...1 lines deleted...]
-      <c r="G632"/>
+        <v>2509</v>
+      </c>
+      <c r="G632" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" t="s">
-        <v>2509</v>
+        <v>2510</v>
       </c>
       <c r="B633" t="s">
-        <v>2510</v>
+        <v>1700</v>
       </c>
       <c r="C633" t="s">
         <v>2511</v>
       </c>
       <c r="D633" t="s">
-        <v>22</v>
+        <v>132</v>
       </c>
       <c r="E633" t="s">
-        <v>395</v>
+        <v>2512</v>
       </c>
       <c r="F633" t="s">
-        <v>2512</v>
+        <v>1700</v>
       </c>
       <c r="G633"/>
     </row>
     <row r="634" spans="1:7">
       <c r="A634" t="s">
-        <v>747</v>
+        <v>668</v>
       </c>
       <c r="B634" t="s">
-        <v>1934</v>
+        <v>110</v>
       </c>
       <c r="C634" t="s">
-        <v>1935</v>
+        <v>2513</v>
       </c>
       <c r="D634" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E634" t="s">
-        <v>956</v>
+        <v>483</v>
       </c>
       <c r="F634" t="s">
-        <v>2513</v>
+        <v>2514</v>
       </c>
       <c r="G634" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
       <c r="B635" t="s">
-        <v>1065</v>
+        <v>2516</v>
       </c>
       <c r="C635" t="s">
-        <v>2515</v>
+        <v>2517</v>
       </c>
       <c r="D635" t="s">
-        <v>2516</v>
+        <v>25</v>
       </c>
       <c r="E635" t="s">
-        <v>2517</v>
+        <v>2518</v>
       </c>
       <c r="F635" t="s">
-        <v>2518</v>
+        <v>2519</v>
       </c>
       <c r="G635"/>
     </row>
     <row r="636" spans="1:7">
       <c r="A636" t="s">
-        <v>2519</v>
+        <v>2520</v>
       </c>
       <c r="B636" t="s">
-        <v>1998</v>
+        <v>2521</v>
       </c>
       <c r="C636" t="s">
-        <v>1603</v>
+        <v>2522</v>
       </c>
       <c r="D636" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E636" t="s">
-        <v>2520</v>
+        <v>173</v>
       </c>
       <c r="F636" t="s">
-        <v>2521</v>
+        <v>2523</v>
       </c>
       <c r="G636"/>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" t="s">
-        <v>2522</v>
+        <v>2340</v>
       </c>
       <c r="B637" t="s">
+        <v>2524</v>
+      </c>
+      <c r="C637" t="s">
+        <v>2525</v>
+      </c>
+      <c r="D637" t="s">
+        <v>81</v>
+      </c>
+      <c r="E637" t="s">
+        <v>173</v>
+      </c>
+      <c r="F637" t="s">
         <v>2523</v>
-      </c>
-[...10 lines deleted...]
-        <v>2526</v>
       </c>
       <c r="G637"/>
     </row>
     <row r="638" spans="1:7">
       <c r="A638" t="s">
+        <v>2520</v>
+      </c>
+      <c r="B638" t="s">
+        <v>2526</v>
+      </c>
+      <c r="C638" t="s">
         <v>2527</v>
       </c>
-      <c r="B638" t="s">
+      <c r="D638" t="s">
+        <v>10</v>
+      </c>
+      <c r="E638" t="s">
         <v>2528</v>
       </c>
-      <c r="C638" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F638" t="s">
-        <v>2531</v>
+        <v>2526</v>
       </c>
       <c r="G638"/>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" t="s">
-        <v>2522</v>
+        <v>2529</v>
       </c>
       <c r="B639" t="s">
+        <v>2530</v>
+      </c>
+      <c r="C639" t="s">
+        <v>2531</v>
+      </c>
+      <c r="D639" t="s">
+        <v>81</v>
+      </c>
+      <c r="E639" t="s">
+        <v>173</v>
+      </c>
+      <c r="F639" t="s">
         <v>2532</v>
-      </c>
-[...10 lines deleted...]
-        <v>2535</v>
       </c>
       <c r="G639"/>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" t="s">
+        <v>2533</v>
+      </c>
+      <c r="B640" t="s">
+        <v>2534</v>
+      </c>
+      <c r="C640" t="s">
+        <v>2535</v>
+      </c>
+      <c r="D640" t="s">
+        <v>16</v>
+      </c>
+      <c r="E640" t="s">
         <v>2536</v>
       </c>
-      <c r="B640" t="s">
+      <c r="F640" t="s">
         <v>2537</v>
-      </c>
-[...10 lines deleted...]
-        <v>2539</v>
       </c>
       <c r="G640"/>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" t="s">
-        <v>2519</v>
+        <v>2510</v>
       </c>
       <c r="B641" t="s">
-        <v>1099</v>
+        <v>2538</v>
       </c>
       <c r="C641" t="s">
+        <v>2539</v>
+      </c>
+      <c r="D641" t="s">
+        <v>16</v>
+      </c>
+      <c r="E641" t="s">
+        <v>648</v>
+      </c>
+      <c r="F641" t="s">
         <v>2540</v>
-      </c>
-[...7 lines deleted...]
-        <v>1099</v>
       </c>
       <c r="G641"/>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" t="s">
         <v>2541</v>
       </c>
       <c r="B642" t="s">
-        <v>1099</v>
+        <v>196</v>
       </c>
       <c r="C642" t="s">
-        <v>2540</v>
+        <v>2542</v>
       </c>
       <c r="D642" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="E642" t="s">
-        <v>145</v>
+        <v>2543</v>
       </c>
       <c r="F642" t="s">
-        <v>1099</v>
-[...1 lines deleted...]
-      <c r="G642"/>
+        <v>2544</v>
+      </c>
+      <c r="G642" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" t="s">
-        <v>2522</v>
+        <v>2545</v>
       </c>
       <c r="B643" t="s">
-        <v>2542</v>
+        <v>2546</v>
       </c>
       <c r="C643" t="s">
-        <v>2543</v>
+        <v>2547</v>
       </c>
       <c r="D643" t="s">
-        <v>2516</v>
+        <v>81</v>
       </c>
       <c r="E643" t="s">
-        <v>2534</v>
+        <v>2548</v>
       </c>
       <c r="F643" t="s">
-        <v>2535</v>
-[...1 lines deleted...]
-      <c r="G643"/>
+        <v>916</v>
+      </c>
+      <c r="G643" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="644" spans="1:7">
       <c r="A644" t="s">
-        <v>2544</v>
+        <v>2142</v>
       </c>
       <c r="B644" t="s">
-        <v>2545</v>
+        <v>2549</v>
       </c>
       <c r="C644" t="s">
-        <v>2546</v>
+        <v>2550</v>
       </c>
       <c r="D644" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E644" t="s">
-        <v>173</v>
+        <v>1977</v>
       </c>
       <c r="F644" t="s">
-        <v>878</v>
-[...1 lines deleted...]
-      <c r="G644"/>
+        <v>2549</v>
+      </c>
+      <c r="G644" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" t="s">
-        <v>2547</v>
+        <v>2551</v>
       </c>
       <c r="B645" t="s">
-        <v>398</v>
+        <v>196</v>
       </c>
       <c r="C645" t="s">
-        <v>2548</v>
+        <v>2552</v>
       </c>
       <c r="D645" t="s">
         <v>16</v>
       </c>
       <c r="E645" t="s">
-        <v>2549</v>
+        <v>173</v>
       </c>
       <c r="F645" t="s">
-        <v>2550</v>
+        <v>2553</v>
       </c>
       <c r="G645" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" t="s">
-        <v>2551</v>
+        <v>2510</v>
       </c>
       <c r="B646" t="s">
-        <v>1836</v>
+        <v>277</v>
       </c>
       <c r="C646" t="s">
-        <v>2552</v>
+        <v>278</v>
       </c>
       <c r="D646" t="s">
-        <v>64</v>
+        <v>132</v>
       </c>
       <c r="E646" t="s">
-        <v>2553</v>
+        <v>2554</v>
       </c>
       <c r="F646" t="s">
-        <v>1836</v>
+        <v>280</v>
       </c>
       <c r="G646"/>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" t="s">
-        <v>809</v>
+        <v>348</v>
       </c>
       <c r="B647" t="s">
-        <v>91</v>
+        <v>277</v>
       </c>
       <c r="C647" t="s">
-        <v>2554</v>
+        <v>278</v>
       </c>
       <c r="D647" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="E647" t="s">
-        <v>627</v>
+        <v>2555</v>
       </c>
       <c r="F647" t="s">
-        <v>2555</v>
-[...3 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="G647"/>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" t="s">
-        <v>2551</v>
+        <v>2556</v>
       </c>
       <c r="B648" t="s">
-        <v>2556</v>
+        <v>2557</v>
       </c>
       <c r="C648" t="s">
-        <v>2557</v>
+        <v>2558</v>
       </c>
       <c r="D648" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E648" t="s">
-        <v>789</v>
+        <v>2559</v>
       </c>
       <c r="F648" t="s">
-        <v>2558</v>
-[...1 lines deleted...]
-      <c r="G648"/>
+        <v>2560</v>
+      </c>
+      <c r="G648" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" t="s">
-        <v>2559</v>
+        <v>2561</v>
       </c>
       <c r="B649" t="s">
-        <v>2560</v>
+        <v>2562</v>
       </c>
       <c r="C649" t="s">
-        <v>2561</v>
+        <v>2563</v>
       </c>
       <c r="D649" t="s">
-        <v>22</v>
+        <v>754</v>
       </c>
       <c r="E649" t="s">
+        <v>2564</v>
+      </c>
+      <c r="F649" t="s">
         <v>2562</v>
       </c>
-      <c r="F649" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G649"/>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B650" t="s">
+        <v>2562</v>
+      </c>
+      <c r="C650" t="s">
         <v>2563</v>
       </c>
-      <c r="B650" t="s">
+      <c r="D650" t="s">
+        <v>754</v>
+      </c>
+      <c r="E650" t="s">
         <v>2564</v>
       </c>
-      <c r="C650" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F650" t="s">
-        <v>2567</v>
-[...3 lines deleted...]
-      </c>
+        <v>2562</v>
+      </c>
+      <c r="G650"/>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" t="s">
+        <v>2483</v>
+      </c>
+      <c r="B651" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C651" t="s">
+        <v>2566</v>
+      </c>
+      <c r="D651" t="s">
+        <v>25</v>
+      </c>
+      <c r="E651" t="s">
+        <v>2567</v>
+      </c>
+      <c r="F651" t="s">
         <v>2568</v>
       </c>
-      <c r="B651" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="G651"/>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" t="s">
-        <v>2551</v>
+        <v>2569</v>
       </c>
       <c r="B652" t="s">
-        <v>343</v>
+        <v>2570</v>
       </c>
       <c r="C652" t="s">
-        <v>344</v>
+        <v>2571</v>
       </c>
       <c r="D652" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="E652" t="s">
-        <v>2571</v>
+        <v>2572</v>
       </c>
       <c r="F652" t="s">
-        <v>346</v>
+        <v>2573</v>
       </c>
       <c r="G652"/>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" t="s">
-        <v>493</v>
+        <v>2483</v>
       </c>
       <c r="B653" t="s">
-        <v>343</v>
+        <v>2574</v>
       </c>
       <c r="C653" t="s">
-        <v>344</v>
+        <v>2575</v>
       </c>
       <c r="D653" t="s">
-        <v>64</v>
+        <v>2486</v>
       </c>
       <c r="E653" t="s">
-        <v>2572</v>
+        <v>2487</v>
       </c>
       <c r="F653" t="s">
-        <v>346</v>
+        <v>2488</v>
       </c>
       <c r="G653"/>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" t="s">
-        <v>2573</v>
+        <v>2576</v>
       </c>
       <c r="B654" t="s">
-        <v>381</v>
+        <v>959</v>
       </c>
       <c r="C654" t="s">
-        <v>2574</v>
+        <v>2577</v>
       </c>
       <c r="D654" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E654" t="s">
-        <v>2575</v>
+        <v>128</v>
       </c>
       <c r="F654" t="s">
-        <v>2576</v>
-[...3 lines deleted...]
-      </c>
+        <v>959</v>
+      </c>
+      <c r="G654"/>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" t="s">
-        <v>2271</v>
+        <v>2578</v>
       </c>
       <c r="B655" t="s">
+        <v>959</v>
+      </c>
+      <c r="C655" t="s">
         <v>2577</v>
       </c>
-      <c r="C655" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D655" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E655" t="s">
-        <v>2110</v>
+        <v>128</v>
       </c>
       <c r="F655" t="s">
-        <v>2577</v>
-[...3 lines deleted...]
-      </c>
+        <v>959</v>
+      </c>
+      <c r="G655"/>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" t="s">
-        <v>1141</v>
+        <v>2489</v>
       </c>
       <c r="B656" t="s">
         <v>2579</v>
       </c>
       <c r="C656" t="s">
-        <v>1138</v>
+        <v>2580</v>
       </c>
       <c r="D656" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E656" t="s">
-        <v>1139</v>
+        <v>2581</v>
       </c>
       <c r="F656" t="s">
-        <v>2580</v>
+        <v>2579</v>
       </c>
       <c r="G656"/>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" t="s">
-        <v>2581</v>
+        <v>2582</v>
       </c>
       <c r="B657" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="C657" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="D657" t="s">
-        <v>895</v>
+        <v>81</v>
       </c>
       <c r="E657" t="s">
-        <v>2584</v>
+        <v>1019</v>
       </c>
       <c r="F657" t="s">
-        <v>2582</v>
+        <v>2585</v>
       </c>
       <c r="G657"/>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" t="s">
-        <v>2551</v>
+        <v>2586</v>
       </c>
       <c r="B658" t="s">
-        <v>2582</v>
+        <v>2587</v>
       </c>
       <c r="C658" t="s">
-        <v>2583</v>
+        <v>2588</v>
       </c>
       <c r="D658" t="s">
-        <v>895</v>
+        <v>2486</v>
       </c>
       <c r="E658" t="s">
-        <v>2584</v>
+        <v>2589</v>
       </c>
       <c r="F658" t="s">
-        <v>2582</v>
+        <v>2488</v>
       </c>
       <c r="G658"/>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" t="s">
-        <v>2585</v>
+        <v>2590</v>
       </c>
       <c r="B659" t="s">
-        <v>2586</v>
+        <v>2591</v>
       </c>
       <c r="C659" t="s">
-        <v>2587</v>
+        <v>2592</v>
       </c>
       <c r="D659" t="s">
-        <v>16</v>
+        <v>335</v>
       </c>
       <c r="E659" t="s">
-        <v>2588</v>
+        <v>573</v>
       </c>
       <c r="F659" t="s">
-        <v>2589</v>
+        <v>2591</v>
       </c>
       <c r="G659"/>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="B660" t="s">
         <v>2591</v>
       </c>
       <c r="C660" t="s">
         <v>2592</v>
       </c>
       <c r="D660" t="s">
-        <v>93</v>
+        <v>335</v>
       </c>
       <c r="E660" t="s">
-        <v>2593</v>
+        <v>2594</v>
       </c>
       <c r="F660" t="s">
-        <v>95</v>
+        <v>2591</v>
       </c>
       <c r="G660"/>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" t="s">
-        <v>2594</v>
+        <v>2595</v>
       </c>
       <c r="B661" t="s">
-        <v>2595</v>
+        <v>2596</v>
       </c>
       <c r="C661" t="s">
-        <v>2596</v>
+        <v>2597</v>
       </c>
       <c r="D661" t="s">
-        <v>481</v>
+        <v>2486</v>
       </c>
       <c r="E661" t="s">
-        <v>2597</v>
+        <v>2598</v>
       </c>
       <c r="F661" t="s">
-        <v>2598</v>
+        <v>2599</v>
       </c>
       <c r="G661"/>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" t="s">
-        <v>2594</v>
+        <v>2578</v>
       </c>
       <c r="B662" t="s">
-        <v>2599</v>
+        <v>2596</v>
       </c>
       <c r="C662" t="s">
-        <v>2600</v>
+        <v>2597</v>
       </c>
       <c r="D662" t="s">
-        <v>1936</v>
+        <v>2486</v>
       </c>
       <c r="E662" t="s">
-        <v>942</v>
+        <v>2598</v>
       </c>
       <c r="F662" t="s">
         <v>2599</v>
       </c>
       <c r="G662"/>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" t="s">
+        <v>2600</v>
+      </c>
+      <c r="B663" t="s">
         <v>2601</v>
       </c>
-      <c r="B663" t="s">
+      <c r="C663" t="s">
         <v>2602</v>
       </c>
-      <c r="C663" t="s">
+      <c r="D663" t="s">
+        <v>132</v>
+      </c>
+      <c r="E663" t="s">
         <v>2603</v>
       </c>
-      <c r="D663" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F663" t="s">
-        <v>1633</v>
+        <v>2604</v>
       </c>
       <c r="G663"/>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" t="s">
-        <v>2604</v>
+        <v>2605</v>
       </c>
       <c r="B664" t="s">
-        <v>2605</v>
+        <v>2606</v>
       </c>
       <c r="C664" t="s">
-        <v>2606</v>
+        <v>2607</v>
       </c>
       <c r="D664" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E664" t="s">
-        <v>2607</v>
+        <v>2608</v>
       </c>
       <c r="F664" t="s">
-        <v>2608</v>
+        <v>2609</v>
       </c>
       <c r="G664"/>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" t="s">
-        <v>2604</v>
+        <v>2600</v>
       </c>
       <c r="B665" t="s">
-        <v>2609</v>
+        <v>2610</v>
       </c>
       <c r="C665" t="s">
-        <v>2610</v>
+        <v>1157</v>
       </c>
       <c r="D665" t="s">
-        <v>955</v>
+        <v>1135</v>
       </c>
       <c r="E665" t="s">
+        <v>573</v>
+      </c>
+      <c r="F665" t="s">
         <v>2611</v>
-      </c>
-[...1 lines deleted...]
-        <v>2612</v>
       </c>
       <c r="G665"/>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" t="s">
-        <v>2601</v>
+        <v>2612</v>
       </c>
       <c r="B666" t="s">
         <v>2613</v>
       </c>
       <c r="C666" t="s">
+        <v>116</v>
+      </c>
+      <c r="D666" t="s">
+        <v>81</v>
+      </c>
+      <c r="E666" t="s">
         <v>2614</v>
       </c>
-      <c r="D666" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F666" t="s">
-        <v>2615</v>
+        <v>2096</v>
       </c>
       <c r="G666"/>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" t="s">
+        <v>2615</v>
+      </c>
+      <c r="B667" t="s">
+        <v>103</v>
+      </c>
+      <c r="C667" t="s">
         <v>2616</v>
       </c>
-      <c r="B667" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D667" t="s">
-        <v>895</v>
+        <v>81</v>
       </c>
       <c r="E667" t="s">
-        <v>1157</v>
+        <v>963</v>
       </c>
       <c r="F667" t="s">
-        <v>2619</v>
+        <v>103</v>
       </c>
       <c r="G667"/>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" t="s">
-        <v>2620</v>
+        <v>2617</v>
       </c>
       <c r="B668" t="s">
-        <v>2621</v>
+        <v>196</v>
       </c>
       <c r="C668" t="s">
-        <v>2618</v>
+        <v>2616</v>
       </c>
       <c r="D668" t="s">
-        <v>895</v>
+        <v>81</v>
       </c>
       <c r="E668" t="s">
-        <v>2622</v>
+        <v>963</v>
       </c>
       <c r="F668" t="s">
-        <v>2619</v>
+        <v>103</v>
       </c>
       <c r="G668"/>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" t="s">
-        <v>2623</v>
+        <v>2617</v>
       </c>
       <c r="B669" t="s">
-        <v>2624</v>
+        <v>2618</v>
       </c>
       <c r="C669" t="s">
-        <v>2625</v>
+        <v>2619</v>
       </c>
       <c r="D669" t="s">
-        <v>2516</v>
+        <v>81</v>
       </c>
       <c r="E669" t="s">
-        <v>2626</v>
+        <v>451</v>
       </c>
       <c r="F669" t="s">
-        <v>2535</v>
+        <v>2620</v>
       </c>
       <c r="G669"/>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" t="s">
+        <v>2621</v>
+      </c>
+      <c r="B670" t="s">
+        <v>2622</v>
+      </c>
+      <c r="C670" t="s">
         <v>2623</v>
       </c>
-      <c r="B670" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D670" t="s">
-        <v>895</v>
+        <v>815</v>
       </c>
       <c r="E670" t="s">
-        <v>1157</v>
+        <v>2624</v>
       </c>
       <c r="F670" t="s">
-        <v>2629</v>
+        <v>2625</v>
       </c>
       <c r="G670"/>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" t="s">
-        <v>2630</v>
+        <v>2626</v>
       </c>
       <c r="B671" t="s">
-        <v>2631</v>
+        <v>2627</v>
       </c>
       <c r="C671" t="s">
-        <v>32</v>
+        <v>2628</v>
       </c>
       <c r="D671" t="s">
-        <v>1273</v>
+        <v>81</v>
       </c>
       <c r="E671" t="s">
-        <v>2632</v>
+        <v>173</v>
       </c>
       <c r="F671" t="s">
-        <v>2633</v>
+        <v>1497</v>
       </c>
       <c r="G671"/>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" t="s">
-        <v>2634</v>
+        <v>2621</v>
       </c>
       <c r="B672" t="s">
-        <v>2635</v>
+        <v>2629</v>
       </c>
       <c r="C672" t="s">
-        <v>2636</v>
+        <v>2630</v>
       </c>
       <c r="D672" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E672" t="s">
-        <v>2637</v>
+        <v>2631</v>
       </c>
       <c r="F672" t="s">
-        <v>2638</v>
+        <v>2632</v>
       </c>
       <c r="G672"/>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" t="s">
-        <v>2639</v>
+        <v>2633</v>
       </c>
       <c r="B673" t="s">
-        <v>2542</v>
+        <v>2634</v>
       </c>
       <c r="C673" t="s">
-        <v>2640</v>
+        <v>2635</v>
       </c>
       <c r="D673" t="s">
-        <v>2516</v>
+        <v>2486</v>
       </c>
       <c r="E673" t="s">
-        <v>2641</v>
+        <v>2636</v>
       </c>
       <c r="F673" t="s">
-        <v>2642</v>
+        <v>2488</v>
       </c>
       <c r="G673"/>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" t="s">
-        <v>2643</v>
+        <v>2633</v>
       </c>
       <c r="B674" t="s">
-        <v>2644</v>
+        <v>2637</v>
       </c>
       <c r="C674" t="s">
-        <v>2640</v>
+        <v>2638</v>
       </c>
       <c r="D674" t="s">
-        <v>2516</v>
+        <v>754</v>
       </c>
       <c r="E674" t="s">
-        <v>2641</v>
+        <v>1019</v>
       </c>
       <c r="F674" t="s">
-        <v>2645</v>
+        <v>2639</v>
       </c>
       <c r="G674"/>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" t="s">
-        <v>2519</v>
+        <v>2640</v>
       </c>
       <c r="B675" t="s">
+        <v>2641</v>
+      </c>
+      <c r="C675" t="s">
+        <v>2642</v>
+      </c>
+      <c r="D675" t="s">
+        <v>16</v>
+      </c>
+      <c r="E675" t="s">
+        <v>2643</v>
+      </c>
+      <c r="F675" t="s">
         <v>2644</v>
-      </c>
-[...10 lines deleted...]
-        <v>2645</v>
       </c>
       <c r="G675"/>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" t="s">
+        <v>2645</v>
+      </c>
+      <c r="B676" t="s">
         <v>2646</v>
       </c>
-      <c r="B676" t="s">
+      <c r="C676" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D676" t="s">
+        <v>1135</v>
+      </c>
+      <c r="E676" t="s">
         <v>2647</v>
       </c>
-      <c r="C676" t="s">
+      <c r="F676" t="s">
         <v>2648</v>
-      </c>
-[...7 lines deleted...]
-        <v>2647</v>
       </c>
       <c r="G676"/>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" t="s">
+        <v>2649</v>
+      </c>
+      <c r="B677" t="s">
         <v>2650</v>
       </c>
-      <c r="B677" t="s">
+      <c r="C677" t="s">
         <v>2651</v>
       </c>
-      <c r="C677" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D677" t="s">
-        <v>22</v>
+        <v>335</v>
       </c>
       <c r="E677" t="s">
         <v>2652</v>
       </c>
       <c r="F677" t="s">
-        <v>2228</v>
+        <v>2653</v>
       </c>
       <c r="G677"/>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" t="s">
-        <v>2653</v>
+        <v>2649</v>
       </c>
       <c r="B678" t="s">
-        <v>381</v>
+        <v>2654</v>
       </c>
       <c r="C678" t="s">
+        <v>2655</v>
+      </c>
+      <c r="D678" t="s">
+        <v>1801</v>
+      </c>
+      <c r="E678" t="s">
+        <v>802</v>
+      </c>
+      <c r="F678" t="s">
         <v>2654</v>
-      </c>
-[...7 lines deleted...]
-        <v>234</v>
       </c>
       <c r="G678"/>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" t="s">
-        <v>2653</v>
+        <v>2612</v>
       </c>
       <c r="B679" t="s">
-        <v>2655</v>
+        <v>2656</v>
       </c>
       <c r="C679" t="s">
-        <v>2656</v>
+        <v>2657</v>
       </c>
       <c r="D679" t="s">
-        <v>22</v>
+        <v>335</v>
       </c>
       <c r="E679" t="s">
-        <v>595</v>
+        <v>2658</v>
       </c>
       <c r="F679" t="s">
-        <v>2657</v>
+        <v>2659</v>
       </c>
       <c r="G679"/>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" t="s">
-        <v>2650</v>
+        <v>2660</v>
       </c>
       <c r="B680" t="s">
-        <v>2658</v>
+        <v>2661</v>
       </c>
       <c r="C680" t="s">
-        <v>2659</v>
+        <v>2662</v>
       </c>
       <c r="D680" t="s">
-        <v>93</v>
+        <v>2663</v>
       </c>
       <c r="E680" t="s">
-        <v>2660</v>
+        <v>21</v>
       </c>
       <c r="F680" t="s">
-        <v>2658</v>
-[...1 lines deleted...]
-      <c r="G680"/>
+        <v>2664</v>
+      </c>
+      <c r="G680" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" t="s">
-        <v>2661</v>
+        <v>2665</v>
       </c>
       <c r="B681" t="s">
-        <v>234</v>
+        <v>200</v>
       </c>
       <c r="C681" t="s">
-        <v>2654</v>
+        <v>2666</v>
       </c>
       <c r="D681" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E681" t="s">
-        <v>1103</v>
+        <v>2667</v>
       </c>
       <c r="F681" t="s">
-        <v>234</v>
+        <v>2668</v>
       </c>
       <c r="G681"/>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" t="s">
-        <v>2639</v>
+        <v>2669</v>
       </c>
       <c r="B682" t="s">
-        <v>2647</v>
+        <v>2670</v>
       </c>
       <c r="C682" t="s">
-        <v>2648</v>
+        <v>2671</v>
       </c>
       <c r="D682" t="s">
-        <v>481</v>
+        <v>81</v>
       </c>
       <c r="E682" t="s">
-        <v>716</v>
+        <v>82</v>
       </c>
       <c r="F682" t="s">
-        <v>2647</v>
+        <v>2672</v>
       </c>
       <c r="G682"/>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" t="s">
-        <v>2650</v>
+        <v>2673</v>
       </c>
       <c r="B683" t="s">
-        <v>2662</v>
+        <v>2674</v>
       </c>
       <c r="C683" t="s">
-        <v>2663</v>
+        <v>2675</v>
       </c>
       <c r="D683" t="s">
-        <v>481</v>
+        <v>10</v>
       </c>
       <c r="E683" t="s">
-        <v>2664</v>
+        <v>2676</v>
       </c>
       <c r="F683" t="s">
-        <v>2665</v>
+        <v>2677</v>
       </c>
       <c r="G683"/>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" t="s">
-        <v>2666</v>
+        <v>2678</v>
       </c>
       <c r="B684" t="s">
-        <v>2667</v>
+        <v>2679</v>
       </c>
       <c r="C684" t="s">
-        <v>2668</v>
+        <v>2680</v>
       </c>
       <c r="D684" t="s">
-        <v>64</v>
+        <v>754</v>
       </c>
       <c r="E684" t="s">
-        <v>2669</v>
+        <v>1019</v>
       </c>
       <c r="F684" t="s">
-        <v>2670</v>
+        <v>2681</v>
       </c>
       <c r="G684"/>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" t="s">
-        <v>2536</v>
+        <v>2682</v>
       </c>
       <c r="B685" t="s">
-        <v>2671</v>
+        <v>2683</v>
       </c>
       <c r="C685" t="s">
-        <v>2672</v>
+        <v>2680</v>
       </c>
       <c r="D685" t="s">
-        <v>16</v>
+        <v>754</v>
       </c>
       <c r="E685" t="s">
-        <v>2673</v>
+        <v>2684</v>
       </c>
       <c r="F685" t="s">
-        <v>2671</v>
+        <v>2681</v>
       </c>
       <c r="G685"/>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" t="s">
-        <v>2674</v>
+        <v>2685</v>
       </c>
       <c r="B686" t="s">
-        <v>2675</v>
+        <v>2686</v>
       </c>
       <c r="C686" t="s">
-        <v>2676</v>
+        <v>2687</v>
       </c>
       <c r="D686" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E686" t="s">
-        <v>1157</v>
+        <v>2688</v>
       </c>
       <c r="F686" t="s">
-        <v>2677</v>
-[...1 lines deleted...]
-      <c r="G686"/>
+        <v>2689</v>
+      </c>
+      <c r="G686" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" t="s">
-        <v>2678</v>
+        <v>2690</v>
       </c>
       <c r="B687" t="s">
-        <v>389</v>
+        <v>1814</v>
       </c>
       <c r="C687" t="s">
-        <v>2679</v>
+        <v>2691</v>
       </c>
       <c r="D687" t="s">
-        <v>93</v>
+        <v>273</v>
       </c>
       <c r="E687" t="s">
-        <v>2680</v>
+        <v>455</v>
       </c>
       <c r="F687" t="s">
-        <v>2681</v>
-[...1 lines deleted...]
-      <c r="G687"/>
+        <v>2692</v>
+      </c>
+      <c r="G687" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" t="s">
-        <v>2682</v>
+        <v>2693</v>
       </c>
       <c r="B688" t="s">
-        <v>2683</v>
+        <v>2694</v>
       </c>
       <c r="C688" t="s">
-        <v>2684</v>
+        <v>2695</v>
       </c>
       <c r="D688" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E688" t="s">
-        <v>225</v>
+        <v>2696</v>
       </c>
       <c r="F688" t="s">
-        <v>2685</v>
-[...1 lines deleted...]
-      <c r="G688"/>
+        <v>2697</v>
+      </c>
+      <c r="G688" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" t="s">
-        <v>2686</v>
+        <v>2698</v>
       </c>
       <c r="B689" t="s">
-        <v>2687</v>
+        <v>2699</v>
       </c>
       <c r="C689" t="s">
-        <v>2688</v>
+        <v>2700</v>
       </c>
       <c r="D689" t="s">
-        <v>2689</v>
+        <v>16</v>
       </c>
       <c r="E689" t="s">
-        <v>268</v>
+        <v>2701</v>
       </c>
       <c r="F689" t="s">
-        <v>2690</v>
+        <v>2702</v>
       </c>
       <c r="G689" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="690" spans="1:7">
       <c r="A690" t="s">
-        <v>2691</v>
+        <v>2703</v>
       </c>
       <c r="B690" t="s">
-        <v>2692</v>
+        <v>2704</v>
       </c>
       <c r="C690" t="s">
-        <v>2693</v>
+        <v>2705</v>
       </c>
       <c r="D690" t="s">
         <v>16</v>
       </c>
       <c r="E690" t="s">
-        <v>2694</v>
+        <v>854</v>
       </c>
       <c r="F690" t="s">
-        <v>2695</v>
+        <v>2706</v>
       </c>
       <c r="G690" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="691" spans="1:7">
       <c r="A691" t="s">
-        <v>2696</v>
+        <v>2707</v>
       </c>
       <c r="B691" t="s">
-        <v>1948</v>
+        <v>2708</v>
       </c>
       <c r="C691" t="s">
-        <v>2697</v>
+        <v>2709</v>
       </c>
       <c r="D691" t="s">
-        <v>10</v>
+        <v>132</v>
       </c>
       <c r="E691" t="s">
-        <v>599</v>
+        <v>2710</v>
       </c>
       <c r="F691" t="s">
-        <v>2698</v>
-[...3 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="G691"/>
     </row>
     <row r="692" spans="1:7">
       <c r="A692" t="s">
-        <v>2699</v>
+        <v>2711</v>
       </c>
       <c r="B692" t="s">
-        <v>2700</v>
+        <v>2712</v>
       </c>
       <c r="C692" t="s">
-        <v>2701</v>
+        <v>2713</v>
       </c>
       <c r="D692" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E692" t="s">
-        <v>2702</v>
+        <v>2714</v>
       </c>
       <c r="F692" t="s">
-        <v>2703</v>
-[...3 lines deleted...]
-      </c>
+        <v>2715</v>
+      </c>
+      <c r="G692"/>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" t="s">
-        <v>2704</v>
+        <v>2716</v>
       </c>
       <c r="B693" t="s">
-        <v>2705</v>
+        <v>2717</v>
       </c>
       <c r="C693" t="s">
-        <v>2706</v>
+        <v>2718</v>
       </c>
       <c r="D693" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E693" t="s">
-        <v>2707</v>
+        <v>1894</v>
       </c>
       <c r="F693" t="s">
-        <v>2708</v>
-[...3 lines deleted...]
-      </c>
+        <v>2717</v>
+      </c>
+      <c r="G693"/>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" t="s">
-        <v>2709</v>
+        <v>2719</v>
       </c>
       <c r="B694" t="s">
-        <v>2710</v>
+        <v>2720</v>
       </c>
       <c r="C694" t="s">
-        <v>2711</v>
+        <v>2721</v>
       </c>
       <c r="D694" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E694" t="s">
-        <v>994</v>
+        <v>2095</v>
       </c>
       <c r="F694" t="s">
-        <v>2712</v>
-[...3 lines deleted...]
-      </c>
+        <v>2722</v>
+      </c>
+      <c r="G694"/>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" t="s">
-        <v>2713</v>
+        <v>2723</v>
       </c>
       <c r="B695" t="s">
-        <v>2714</v>
+        <v>2724</v>
       </c>
       <c r="C695" t="s">
-        <v>2715</v>
+        <v>2725</v>
       </c>
       <c r="D695" t="s">
-        <v>93</v>
+        <v>335</v>
       </c>
       <c r="E695" t="s">
-        <v>2716</v>
+        <v>2726</v>
       </c>
       <c r="F695" t="s">
-        <v>2717</v>
-[...1 lines deleted...]
-      <c r="G695"/>
+        <v>2727</v>
+      </c>
+      <c r="G695" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" t="s">
-        <v>2678</v>
+        <v>2728</v>
       </c>
       <c r="B696" t="s">
-        <v>2718</v>
+        <v>2729</v>
       </c>
       <c r="C696" t="s">
-        <v>2719</v>
+        <v>2730</v>
       </c>
       <c r="D696" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E696" t="s">
-        <v>2720</v>
+        <v>1019</v>
       </c>
       <c r="F696" t="s">
-        <v>2721</v>
-[...1 lines deleted...]
-      <c r="G696"/>
+        <v>2731</v>
+      </c>
+      <c r="G696" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" t="s">
-        <v>2722</v>
+        <v>2732</v>
       </c>
       <c r="B697" t="s">
-        <v>2723</v>
+        <v>2733</v>
       </c>
       <c r="C697" t="s">
-        <v>2724</v>
+        <v>2734</v>
       </c>
       <c r="D697" t="s">
-        <v>2516</v>
+        <v>10</v>
       </c>
       <c r="E697" t="s">
-        <v>2725</v>
+        <v>2735</v>
       </c>
       <c r="F697" t="s">
-        <v>2535</v>
-[...1 lines deleted...]
-      <c r="G697"/>
+        <v>2736</v>
+      </c>
+      <c r="G697" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" t="s">
-        <v>2666</v>
+        <v>2737</v>
       </c>
       <c r="B698" t="s">
-        <v>2726</v>
+        <v>1909</v>
       </c>
       <c r="C698" t="s">
-        <v>1295</v>
+        <v>2738</v>
       </c>
       <c r="D698" t="s">
-        <v>1273</v>
+        <v>81</v>
       </c>
       <c r="E698" t="s">
-        <v>716</v>
+        <v>2739</v>
       </c>
       <c r="F698" t="s">
-        <v>2727</v>
-[...1 lines deleted...]
-      <c r="G698"/>
+        <v>2740</v>
+      </c>
+      <c r="G698" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" t="s">
-        <v>2728</v>
+        <v>2741</v>
       </c>
       <c r="B699" t="s">
-        <v>2729</v>
+        <v>2329</v>
       </c>
       <c r="C699" t="s">
-        <v>2730</v>
+        <v>2630</v>
       </c>
       <c r="D699" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E699" t="s">
-        <v>2731</v>
+        <v>173</v>
       </c>
       <c r="F699" t="s">
-        <v>2732</v>
-[...1 lines deleted...]
-      <c r="G699"/>
+        <v>556</v>
+      </c>
+      <c r="G699" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" t="s">
-        <v>2733</v>
+        <v>2742</v>
       </c>
       <c r="B700" t="s">
-        <v>2734</v>
+        <v>96</v>
       </c>
       <c r="C700" t="s">
-        <v>2735</v>
+        <v>2743</v>
       </c>
       <c r="D700" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="E700" t="s">
-        <v>2736</v>
+        <v>2744</v>
       </c>
       <c r="F700" t="s">
-        <v>609</v>
-[...1 lines deleted...]
-      <c r="G700"/>
+        <v>96</v>
+      </c>
+      <c r="G700" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" t="s">
-        <v>2737</v>
+        <v>2745</v>
       </c>
       <c r="B701" t="s">
-        <v>2738</v>
+        <v>2746</v>
       </c>
       <c r="C701" t="s">
-        <v>2739</v>
+        <v>2747</v>
       </c>
       <c r="D701" t="s">
-        <v>93</v>
+        <v>1861</v>
       </c>
       <c r="E701" t="s">
-        <v>2740</v>
+        <v>241</v>
       </c>
       <c r="F701" t="s">
-        <v>2741</v>
-[...1 lines deleted...]
-      <c r="G701"/>
+        <v>2748</v>
+      </c>
+      <c r="G701" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" t="s">
-        <v>2742</v>
+        <v>2615</v>
       </c>
       <c r="B702" t="s">
-        <v>2743</v>
+        <v>1877</v>
       </c>
       <c r="C702" t="s">
-        <v>2744</v>
+        <v>2749</v>
       </c>
       <c r="D702" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E702" t="s">
-        <v>2745</v>
+        <v>2750</v>
       </c>
       <c r="F702" t="s">
-        <v>2746</v>
-[...1 lines deleted...]
-      <c r="G702"/>
+        <v>2751</v>
+      </c>
+      <c r="G702" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" t="s">
-        <v>2747</v>
+        <v>2752</v>
       </c>
       <c r="B703" t="s">
-        <v>2748</v>
+        <v>2753</v>
       </c>
       <c r="C703" t="s">
-        <v>2749</v>
+        <v>2754</v>
       </c>
       <c r="D703" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E703" t="s">
-        <v>2750</v>
+        <v>2755</v>
       </c>
       <c r="F703" t="s">
-        <v>2751</v>
-[...1 lines deleted...]
-      <c r="G703"/>
+        <v>2756</v>
+      </c>
+      <c r="G703" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" t="s">
-        <v>2752</v>
+        <v>2757</v>
       </c>
       <c r="B704" t="s">
-        <v>2753</v>
+        <v>2758</v>
       </c>
       <c r="C704" t="s">
-        <v>2754</v>
+        <v>2759</v>
       </c>
       <c r="D704" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E704" t="s">
-        <v>2755</v>
+        <v>984</v>
       </c>
       <c r="F704" t="s">
-        <v>2756</v>
-[...1 lines deleted...]
-      <c r="G704"/>
+        <v>1915</v>
+      </c>
+      <c r="G704" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" t="s">
-        <v>2757</v>
+        <v>2760</v>
       </c>
       <c r="B705" t="s">
-        <v>2758</v>
+        <v>324</v>
       </c>
       <c r="C705" t="s">
-        <v>2759</v>
+        <v>2761</v>
       </c>
       <c r="D705" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="E705" t="s">
-        <v>2760</v>
+        <v>2762</v>
       </c>
       <c r="F705" t="s">
-        <v>2761</v>
+        <v>327</v>
       </c>
       <c r="G705"/>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" t="s">
-        <v>2267</v>
+        <v>2763</v>
       </c>
       <c r="B706" t="s">
-        <v>815</v>
+        <v>2764</v>
       </c>
       <c r="C706" t="s">
-        <v>2762</v>
+        <v>2765</v>
       </c>
       <c r="D706" t="s">
         <v>16</v>
       </c>
       <c r="E706" t="s">
-        <v>2265</v>
+        <v>1019</v>
       </c>
       <c r="F706" t="s">
-        <v>2195</v>
+        <v>2766</v>
       </c>
       <c r="G706" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" t="s">
-        <v>2757</v>
+        <v>2767</v>
       </c>
       <c r="B707" t="s">
-        <v>2758</v>
+        <v>2768</v>
       </c>
       <c r="C707" t="s">
-        <v>2763</v>
+        <v>2769</v>
       </c>
       <c r="D707" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E707" t="s">
-        <v>2760</v>
+        <v>656</v>
       </c>
       <c r="F707" t="s">
-        <v>2764</v>
+        <v>2770</v>
       </c>
       <c r="G707"/>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" t="s">
-        <v>2765</v>
+        <v>2771</v>
       </c>
       <c r="B708" t="s">
-        <v>2766</v>
+        <v>2772</v>
       </c>
       <c r="C708" t="s">
-        <v>2767</v>
+        <v>2773</v>
       </c>
       <c r="D708" t="s">
-        <v>2768</v>
+        <v>10</v>
       </c>
       <c r="E708" t="s">
-        <v>2769</v>
+        <v>2774</v>
       </c>
       <c r="F708" t="s">
-        <v>2770</v>
-[...3 lines deleted...]
-      </c>
+        <v>2775</v>
+      </c>
+      <c r="G708"/>
     </row>
     <row r="709" spans="1:7">
       <c r="A709" t="s">
-        <v>1873</v>
+        <v>2771</v>
       </c>
       <c r="B709" t="s">
-        <v>2066</v>
+        <v>2776</v>
       </c>
       <c r="C709" t="s">
-        <v>2067</v>
+        <v>2777</v>
       </c>
       <c r="D709" t="s">
-        <v>1490</v>
+        <v>10</v>
       </c>
       <c r="E709" t="s">
-        <v>2068</v>
+        <v>2778</v>
       </c>
       <c r="F709" t="s">
-        <v>2069</v>
-[...3 lines deleted...]
-      </c>
+        <v>2776</v>
+      </c>
+      <c r="G709"/>
     </row>
     <row r="710" spans="1:7">
       <c r="A710" t="s">
-        <v>2757</v>
+        <v>2779</v>
       </c>
       <c r="B710" t="s">
-        <v>2771</v>
+        <v>2780</v>
       </c>
       <c r="C710" t="s">
-        <v>2772</v>
+        <v>2781</v>
       </c>
       <c r="D710" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E710" t="s">
-        <v>2773</v>
+        <v>128</v>
       </c>
       <c r="F710" t="s">
-        <v>2774</v>
+        <v>2782</v>
       </c>
       <c r="G710"/>
     </row>
     <row r="711" spans="1:7">
       <c r="A711" t="s">
-        <v>2551</v>
+        <v>2783</v>
       </c>
       <c r="B711" t="s">
-        <v>520</v>
+        <v>2784</v>
       </c>
       <c r="C711" t="s">
-        <v>2775</v>
+        <v>2785</v>
       </c>
       <c r="D711" t="s">
-        <v>895</v>
+        <v>16</v>
       </c>
       <c r="E711" t="s">
-        <v>986</v>
+        <v>2786</v>
       </c>
       <c r="F711" t="s">
-        <v>2776</v>
-[...3 lines deleted...]
-      </c>
+        <v>2787</v>
+      </c>
+      <c r="G711"/>
     </row>
     <row r="712" spans="1:7">
       <c r="A712" t="s">
-        <v>2275</v>
+        <v>2783</v>
       </c>
       <c r="B712" t="s">
-        <v>2777</v>
+        <v>2788</v>
       </c>
       <c r="C712" t="s">
-        <v>2778</v>
+        <v>2789</v>
       </c>
       <c r="D712" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E712" t="s">
-        <v>2779</v>
+        <v>2647</v>
       </c>
       <c r="F712" t="s">
-        <v>2780</v>
-[...3 lines deleted...]
-      </c>
+        <v>2790</v>
+      </c>
+      <c r="G712"/>
     </row>
     <row r="713" spans="1:7">
       <c r="A713" t="s">
-        <v>367</v>
+        <v>2791</v>
       </c>
       <c r="B713" t="s">
-        <v>389</v>
+        <v>2792</v>
       </c>
       <c r="C713" t="s">
-        <v>134</v>
+        <v>2793</v>
       </c>
       <c r="D713" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E713" t="s">
-        <v>395</v>
+        <v>2794</v>
       </c>
       <c r="F713" t="s">
-        <v>2781</v>
-[...3 lines deleted...]
-      </c>
+        <v>2795</v>
+      </c>
+      <c r="G713"/>
     </row>
     <row r="714" spans="1:7">
       <c r="A714" t="s">
-        <v>2742</v>
+        <v>2791</v>
       </c>
       <c r="B714" t="s">
-        <v>2782</v>
+        <v>139</v>
       </c>
       <c r="C714" t="s">
-        <v>2783</v>
+        <v>2796</v>
       </c>
       <c r="D714" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E714" t="s">
-        <v>2784</v>
+        <v>2797</v>
       </c>
       <c r="F714" t="s">
-        <v>2785</v>
+        <v>2798</v>
       </c>
       <c r="G714"/>
     </row>
     <row r="715" spans="1:7">
       <c r="A715" t="s">
-        <v>2742</v>
+        <v>2791</v>
       </c>
       <c r="B715" t="s">
-        <v>2786</v>
+        <v>2799</v>
       </c>
       <c r="C715" t="s">
-        <v>2787</v>
+        <v>2800</v>
       </c>
       <c r="D715" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E715" t="s">
-        <v>1973</v>
+        <v>2801</v>
       </c>
       <c r="F715" t="s">
-        <v>2786</v>
+        <v>2802</v>
       </c>
       <c r="G715"/>
     </row>
     <row r="716" spans="1:7">
       <c r="A716" t="s">
-        <v>2482</v>
+        <v>2803</v>
       </c>
       <c r="B716" t="s">
-        <v>2788</v>
+        <v>89</v>
       </c>
       <c r="C716" t="s">
-        <v>2789</v>
+        <v>2804</v>
       </c>
       <c r="D716" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E716" t="s">
-        <v>562</v>
+        <v>2805</v>
       </c>
       <c r="F716" t="s">
-        <v>2788</v>
+        <v>2806</v>
       </c>
       <c r="G716"/>
     </row>
     <row r="717" spans="1:7">
       <c r="A717" t="s">
-        <v>2790</v>
+        <v>2807</v>
       </c>
       <c r="B717" t="s">
-        <v>2791</v>
+        <v>2808</v>
       </c>
       <c r="C717" t="s">
-        <v>2792</v>
+        <v>2809</v>
       </c>
       <c r="D717" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E717" t="s">
-        <v>2027</v>
+        <v>2076</v>
       </c>
       <c r="F717" t="s">
-        <v>2791</v>
+        <v>2810</v>
       </c>
       <c r="G717"/>
     </row>
     <row r="718" spans="1:7">
       <c r="A718" t="s">
-        <v>2793</v>
+        <v>2811</v>
       </c>
       <c r="B718" t="s">
-        <v>889</v>
+        <v>2812</v>
       </c>
       <c r="C718" t="s">
-        <v>2794</v>
+        <v>2813</v>
       </c>
       <c r="D718" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E718" t="s">
-        <v>2425</v>
+        <v>2814</v>
       </c>
       <c r="F718" t="s">
-        <v>2795</v>
+        <v>2815</v>
       </c>
       <c r="G718"/>
     </row>
     <row r="719" spans="1:7">
       <c r="A719" t="s">
-        <v>2796</v>
+        <v>2146</v>
       </c>
       <c r="B719" t="s">
-        <v>2369</v>
+        <v>2816</v>
       </c>
       <c r="C719" t="s">
-        <v>2797</v>
+        <v>2817</v>
       </c>
       <c r="D719" t="s">
         <v>16</v>
       </c>
       <c r="E719" t="s">
-        <v>2798</v>
+        <v>2818</v>
       </c>
       <c r="F719" t="s">
-        <v>2799</v>
-[...1 lines deleted...]
-      <c r="G719"/>
+        <v>2819</v>
+      </c>
+      <c r="G719" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="720" spans="1:7">
       <c r="A720" t="s">
-        <v>2800</v>
+        <v>222</v>
       </c>
       <c r="B720" t="s">
-        <v>2801</v>
+        <v>200</v>
       </c>
       <c r="C720" t="s">
-        <v>2802</v>
+        <v>116</v>
       </c>
       <c r="D720" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="E720" t="s">
-        <v>1160</v>
+        <v>173</v>
       </c>
       <c r="F720" t="s">
-        <v>2801</v>
-[...1 lines deleted...]
-      <c r="G720"/>
+        <v>2820</v>
+      </c>
+      <c r="G720" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="721" spans="1:7">
       <c r="A721" t="s">
-        <v>2800</v>
+        <v>2821</v>
       </c>
       <c r="B721" t="s">
-        <v>2803</v>
+        <v>2822</v>
       </c>
       <c r="C721" t="s">
-        <v>2804</v>
+        <v>2823</v>
       </c>
       <c r="D721" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E721" t="s">
-        <v>220</v>
+        <v>1839</v>
       </c>
       <c r="F721" t="s">
-        <v>2805</v>
+        <v>2822</v>
       </c>
       <c r="G721"/>
     </row>
     <row r="722" spans="1:7">
       <c r="A722" t="s">
-        <v>2796</v>
+        <v>2510</v>
       </c>
       <c r="B722" t="s">
-        <v>2806</v>
+        <v>376</v>
       </c>
       <c r="C722" t="s">
-        <v>2807</v>
+        <v>2824</v>
       </c>
       <c r="D722" t="s">
-        <v>33</v>
+        <v>754</v>
       </c>
       <c r="E722" t="s">
-        <v>2808</v>
+        <v>846</v>
       </c>
       <c r="F722" t="s">
-        <v>2809</v>
-[...1 lines deleted...]
-      <c r="G722"/>
+        <v>2825</v>
+      </c>
+      <c r="G722" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="723" spans="1:7">
       <c r="A723" t="s">
-        <v>2742</v>
+        <v>2821</v>
       </c>
       <c r="B723" t="s">
-        <v>2810</v>
+        <v>2826</v>
       </c>
       <c r="C723" t="s">
-        <v>2811</v>
+        <v>2827</v>
       </c>
       <c r="D723" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E723" t="s">
-        <v>2812</v>
+        <v>2828</v>
       </c>
       <c r="F723" t="s">
-        <v>2813</v>
+        <v>2829</v>
       </c>
       <c r="G723"/>
     </row>
     <row r="724" spans="1:7">
       <c r="A724" t="s">
-        <v>2814</v>
+        <v>2821</v>
       </c>
       <c r="B724" t="s">
-        <v>2815</v>
+        <v>2830</v>
       </c>
       <c r="C724" t="s">
-        <v>2816</v>
+        <v>2831</v>
       </c>
       <c r="D724" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E724" t="s">
-        <v>268</v>
+        <v>2832</v>
       </c>
       <c r="F724" t="s">
-        <v>2817</v>
+        <v>2833</v>
       </c>
       <c r="G724"/>
     </row>
     <row r="725" spans="1:7">
       <c r="A725" t="s">
-        <v>2796</v>
+        <v>2821</v>
       </c>
       <c r="B725" t="s">
-        <v>472</v>
+        <v>2834</v>
       </c>
       <c r="C725" t="s">
-        <v>2818</v>
+        <v>2835</v>
       </c>
       <c r="D725" t="s">
-        <v>64</v>
+        <v>973</v>
       </c>
       <c r="E725" t="s">
-        <v>2819</v>
+        <v>2836</v>
       </c>
       <c r="F725" t="s">
-        <v>475</v>
+        <v>2837</v>
       </c>
       <c r="G725"/>
     </row>
     <row r="726" spans="1:7">
       <c r="A726" t="s">
-        <v>2820</v>
+        <v>2838</v>
       </c>
       <c r="B726" t="s">
-        <v>2821</v>
+        <v>2839</v>
       </c>
       <c r="C726" t="s">
-        <v>2822</v>
+        <v>2840</v>
       </c>
       <c r="D726" t="s">
-        <v>202</v>
+        <v>10</v>
       </c>
       <c r="E726" t="s">
-        <v>203</v>
+        <v>178</v>
       </c>
       <c r="F726" t="s">
-        <v>2823</v>
+        <v>2841</v>
       </c>
       <c r="G726"/>
     </row>
     <row r="727" spans="1:7">
       <c r="A727" t="s">
-        <v>2820</v>
+        <v>2842</v>
       </c>
       <c r="B727" t="s">
-        <v>2439</v>
+        <v>2843</v>
       </c>
       <c r="C727" t="s">
-        <v>2824</v>
+        <v>2844</v>
       </c>
       <c r="D727" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E727" t="s">
-        <v>2825</v>
+        <v>2845</v>
       </c>
       <c r="F727" t="s">
-        <v>2441</v>
+        <v>2846</v>
       </c>
       <c r="G727"/>
     </row>
     <row r="728" spans="1:7">
       <c r="A728" t="s">
-        <v>2826</v>
+        <v>2741</v>
       </c>
       <c r="B728" t="s">
-        <v>2827</v>
+        <v>2847</v>
       </c>
       <c r="C728" t="s">
-        <v>2828</v>
+        <v>2848</v>
       </c>
       <c r="D728" t="s">
-        <v>22</v>
+        <v>162</v>
       </c>
       <c r="E728" t="s">
-        <v>2829</v>
+        <v>191</v>
       </c>
       <c r="F728" t="s">
-        <v>2827</v>
+        <v>2847</v>
       </c>
       <c r="G728"/>
     </row>
     <row r="729" spans="1:7">
       <c r="A729" t="s">
-        <v>2830</v>
+        <v>2742</v>
       </c>
       <c r="B729" t="s">
-        <v>401</v>
+        <v>2849</v>
       </c>
       <c r="C729" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="D729" t="s">
-        <v>1936</v>
+        <v>16</v>
       </c>
       <c r="E729" t="s">
-        <v>942</v>
+        <v>21</v>
       </c>
       <c r="F729" t="s">
-        <v>2832</v>
+        <v>2849</v>
       </c>
       <c r="G729"/>
     </row>
     <row r="730" spans="1:7">
       <c r="A730" t="s">
-        <v>2833</v>
+        <v>2742</v>
       </c>
       <c r="B730" t="s">
-        <v>2834</v>
+        <v>2851</v>
       </c>
       <c r="C730" t="s">
-        <v>2835</v>
+        <v>1157</v>
       </c>
       <c r="D730" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="E730" t="s">
-        <v>1566</v>
+        <v>573</v>
       </c>
       <c r="F730" t="s">
-        <v>2836</v>
-[...3 lines deleted...]
-      </c>
+        <v>2852</v>
+      </c>
+      <c r="G730"/>
     </row>
     <row r="731" spans="1:7">
       <c r="A731" t="s">
-        <v>2124</v>
+        <v>2742</v>
       </c>
       <c r="B731" t="s">
-        <v>2837</v>
+        <v>2853</v>
       </c>
       <c r="C731" t="s">
-        <v>2838</v>
+        <v>2854</v>
       </c>
       <c r="D731" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E731" t="s">
-        <v>2839</v>
+        <v>187</v>
       </c>
       <c r="F731" t="s">
-        <v>970</v>
+        <v>2853</v>
       </c>
       <c r="G731"/>
     </row>
     <row r="732" spans="1:7">
       <c r="A732" t="s">
-        <v>2639</v>
+        <v>2316</v>
       </c>
       <c r="B732" t="s">
-        <v>2644</v>
+        <v>2855</v>
       </c>
       <c r="C732" t="s">
-        <v>2840</v>
+        <v>2856</v>
       </c>
       <c r="D732" t="s">
-        <v>2516</v>
+        <v>10</v>
       </c>
       <c r="E732" t="s">
-        <v>2626</v>
+        <v>418</v>
       </c>
       <c r="F732" t="s">
-        <v>2841</v>
+        <v>2855</v>
       </c>
       <c r="G732"/>
     </row>
     <row r="733" spans="1:7">
       <c r="A733" t="s">
-        <v>2081</v>
+        <v>2857</v>
       </c>
       <c r="B733" t="s">
-        <v>381</v>
+        <v>2858</v>
       </c>
       <c r="C733" t="s">
-        <v>2842</v>
+        <v>2859</v>
       </c>
       <c r="D733" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E733" t="s">
-        <v>395</v>
+        <v>2860</v>
       </c>
       <c r="F733" t="s">
-        <v>2570</v>
-[...3 lines deleted...]
-      </c>
+        <v>2861</v>
+      </c>
+      <c r="G733"/>
     </row>
     <row r="734" spans="1:7">
       <c r="A734" t="s">
-        <v>1131</v>
+        <v>2857</v>
       </c>
       <c r="B734" t="s">
-        <v>2843</v>
+        <v>2862</v>
       </c>
       <c r="C734" t="s">
-        <v>2844</v>
+        <v>2863</v>
       </c>
       <c r="D734" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E734" t="s">
-        <v>2845</v>
+        <v>2864</v>
       </c>
       <c r="F734" t="s">
-        <v>2846</v>
+        <v>2865</v>
       </c>
       <c r="G734"/>
     </row>
     <row r="735" spans="1:7">
       <c r="A735" t="s">
-        <v>2847</v>
+        <v>2866</v>
       </c>
       <c r="B735" t="s">
-        <v>2848</v>
+        <v>748</v>
       </c>
       <c r="C735" t="s">
-        <v>2849</v>
+        <v>2867</v>
       </c>
       <c r="D735" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E735" t="s">
-        <v>2027</v>
+        <v>2348</v>
       </c>
       <c r="F735" t="s">
-        <v>2850</v>
+        <v>2868</v>
       </c>
       <c r="G735"/>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" t="s">
-        <v>2128</v>
+        <v>2869</v>
       </c>
       <c r="B736" t="s">
-        <v>2851</v>
+        <v>2870</v>
       </c>
       <c r="C736" t="s">
-        <v>2852</v>
+        <v>2871</v>
       </c>
       <c r="D736" t="s">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="E736" t="s">
-        <v>2126</v>
+        <v>2872</v>
       </c>
       <c r="F736" t="s">
-        <v>1823</v>
+        <v>2873</v>
       </c>
       <c r="G736"/>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" t="s">
-        <v>2853</v>
+        <v>2874</v>
       </c>
       <c r="B737" t="s">
-        <v>2854</v>
+        <v>2875</v>
       </c>
       <c r="C737" t="s">
-        <v>2855</v>
+        <v>2876</v>
       </c>
       <c r="D737" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E737" t="s">
-        <v>2856</v>
+        <v>21</v>
       </c>
       <c r="F737" t="s">
-        <v>2857</v>
+        <v>2875</v>
       </c>
       <c r="G737"/>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" t="s">
-        <v>2858</v>
+        <v>2877</v>
       </c>
       <c r="B738" t="s">
-        <v>2859</v>
+        <v>2878</v>
       </c>
       <c r="C738" t="s">
-        <v>2860</v>
+        <v>2879</v>
       </c>
       <c r="D738" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E738" t="s">
-        <v>220</v>
+        <v>2880</v>
       </c>
       <c r="F738" t="s">
-        <v>2861</v>
+        <v>2881</v>
       </c>
       <c r="G738"/>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" t="s">
-        <v>2790</v>
+        <v>2882</v>
       </c>
       <c r="B739" t="s">
-        <v>2862</v>
+        <v>2883</v>
       </c>
       <c r="C739" t="s">
-        <v>2863</v>
+        <v>2884</v>
       </c>
       <c r="D739" t="s">
-        <v>33</v>
+        <v>2885</v>
       </c>
       <c r="E739" t="s">
-        <v>173</v>
+        <v>2886</v>
       </c>
       <c r="F739" t="s">
-        <v>2862</v>
+        <v>2887</v>
       </c>
       <c r="G739"/>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" t="s">
-        <v>2864</v>
+        <v>2716</v>
       </c>
       <c r="B740" t="s">
-        <v>2865</v>
+        <v>2888</v>
       </c>
       <c r="C740" t="s">
-        <v>2866</v>
+        <v>2889</v>
       </c>
       <c r="D740" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E740" t="s">
-        <v>2867</v>
+        <v>330</v>
       </c>
       <c r="F740" t="s">
-        <v>2868</v>
+        <v>2888</v>
       </c>
       <c r="G740"/>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" t="s">
-        <v>2869</v>
+        <v>2138</v>
       </c>
       <c r="B741" t="s">
-        <v>2870</v>
+        <v>674</v>
       </c>
       <c r="C741" t="s">
-        <v>2871</v>
+        <v>2890</v>
       </c>
       <c r="D741" t="s">
-        <v>481</v>
+        <v>25</v>
       </c>
       <c r="E741" t="s">
-        <v>2872</v>
+        <v>2136</v>
       </c>
       <c r="F741" t="s">
-        <v>2870</v>
-[...1 lines deleted...]
-      <c r="G741"/>
+        <v>2060</v>
+      </c>
+      <c r="G741" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" t="s">
-        <v>2137</v>
+        <v>2891</v>
       </c>
       <c r="B742" t="s">
-        <v>2873</v>
+        <v>2892</v>
       </c>
       <c r="C742" t="s">
-        <v>2874</v>
+        <v>2893</v>
       </c>
       <c r="D742" t="s">
-        <v>22</v>
+        <v>2894</v>
       </c>
       <c r="E742" t="s">
-        <v>2126</v>
+        <v>2895</v>
       </c>
       <c r="F742" t="s">
-        <v>1717</v>
-[...1 lines deleted...]
-      <c r="G742"/>
+        <v>2896</v>
+      </c>
+      <c r="G742" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" t="s">
-        <v>2875</v>
+        <v>1737</v>
       </c>
       <c r="B743" t="s">
-        <v>2876</v>
+        <v>1933</v>
       </c>
       <c r="C743" t="s">
-        <v>2877</v>
+        <v>1934</v>
       </c>
       <c r="D743" t="s">
-        <v>22</v>
+        <v>1354</v>
       </c>
       <c r="E743" t="s">
-        <v>1716</v>
+        <v>1935</v>
       </c>
       <c r="F743" t="s">
-        <v>2306</v>
-[...1 lines deleted...]
-      <c r="G743"/>
+        <v>1936</v>
+      </c>
+      <c r="G743" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" t="s">
-        <v>510</v>
+        <v>2897</v>
       </c>
       <c r="B744" t="s">
-        <v>381</v>
+        <v>2898</v>
       </c>
       <c r="C744" t="s">
-        <v>2878</v>
+        <v>2899</v>
       </c>
       <c r="D744" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E744" t="s">
-        <v>1716</v>
+        <v>2900</v>
       </c>
       <c r="F744" t="s">
-        <v>2306</v>
-[...3 lines deleted...]
-      </c>
+        <v>2901</v>
+      </c>
+      <c r="G744"/>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" t="s">
-        <v>2879</v>
+        <v>2897</v>
       </c>
       <c r="B745" t="s">
-        <v>2880</v>
+        <v>2898</v>
       </c>
       <c r="C745" t="s">
-        <v>2881</v>
+        <v>2902</v>
       </c>
       <c r="D745" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="E745" t="s">
-        <v>2882</v>
+        <v>2900</v>
       </c>
       <c r="F745" t="s">
-        <v>2883</v>
+        <v>2903</v>
       </c>
       <c r="G745"/>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" t="s">
-        <v>2884</v>
+        <v>2897</v>
       </c>
       <c r="B746" t="s">
-        <v>2885</v>
+        <v>2904</v>
       </c>
       <c r="C746" t="s">
-        <v>2886</v>
+        <v>2905</v>
       </c>
       <c r="D746" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="E746" t="s">
-        <v>2887</v>
+        <v>2906</v>
       </c>
       <c r="F746" t="s">
-        <v>2888</v>
+        <v>2907</v>
       </c>
       <c r="G746"/>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" t="s">
-        <v>1151</v>
+        <v>2908</v>
       </c>
       <c r="B747" t="s">
-        <v>2889</v>
+        <v>2909</v>
       </c>
       <c r="C747" t="s">
-        <v>2890</v>
+        <v>2910</v>
       </c>
       <c r="D747" t="s">
-        <v>202</v>
+        <v>81</v>
       </c>
       <c r="E747" t="s">
-        <v>1169</v>
+        <v>21</v>
       </c>
       <c r="F747" t="s">
-        <v>1165</v>
+        <v>2911</v>
       </c>
       <c r="G747"/>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" t="s">
-        <v>2752</v>
+        <v>2912</v>
       </c>
       <c r="B748" t="s">
-        <v>2891</v>
+        <v>2913</v>
       </c>
       <c r="C748" t="s">
-        <v>2515</v>
+        <v>2914</v>
       </c>
       <c r="D748" t="s">
-        <v>985</v>
+        <v>16</v>
       </c>
       <c r="E748" t="s">
-        <v>2892</v>
+        <v>2915</v>
       </c>
       <c r="F748" t="s">
-        <v>2893</v>
+        <v>2916</v>
       </c>
       <c r="G748"/>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" t="s">
-        <v>2894</v>
+        <v>2742</v>
       </c>
       <c r="B749" t="s">
-        <v>1321</v>
+        <v>2917</v>
       </c>
       <c r="C749" t="s">
-        <v>2895</v>
+        <v>2918</v>
       </c>
       <c r="D749" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="E749" t="s">
-        <v>2896</v>
+        <v>2919</v>
       </c>
       <c r="F749" t="s">
-        <v>2897</v>
+        <v>2920</v>
       </c>
       <c r="G749"/>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" t="s">
-        <v>1191</v>
+        <v>2921</v>
       </c>
       <c r="B750" t="s">
-        <v>381</v>
+        <v>748</v>
       </c>
       <c r="C750" t="s">
-        <v>2898</v>
+        <v>2922</v>
       </c>
       <c r="D750" t="s">
-        <v>2899</v>
+        <v>16</v>
       </c>
       <c r="E750" t="s">
-        <v>23</v>
+        <v>2348</v>
       </c>
       <c r="F750" t="s">
-        <v>2900</v>
+        <v>2868</v>
       </c>
       <c r="G750"/>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" t="s">
-        <v>2901</v>
+        <v>2923</v>
       </c>
       <c r="B751" t="s">
-        <v>2902</v>
+        <v>2924</v>
       </c>
       <c r="C751" t="s">
-        <v>2903</v>
+        <v>2925</v>
       </c>
       <c r="D751" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E751" t="s">
-        <v>127</v>
+        <v>21</v>
       </c>
       <c r="F751" t="s">
-        <v>2904</v>
+        <v>2924</v>
       </c>
       <c r="G751"/>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" t="s">
-        <v>2901</v>
+        <v>2926</v>
       </c>
       <c r="B752" t="s">
-        <v>2905</v>
+        <v>1877</v>
       </c>
       <c r="C752" t="s">
-        <v>2906</v>
+        <v>2927</v>
       </c>
       <c r="D752" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E752" t="s">
-        <v>2907</v>
+        <v>2928</v>
       </c>
       <c r="F752" t="s">
-        <v>2908</v>
+        <v>1877</v>
       </c>
       <c r="G752"/>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" t="s">
-        <v>2332</v>
+        <v>2926</v>
       </c>
       <c r="B753" t="s">
-        <v>2909</v>
+        <v>2929</v>
       </c>
       <c r="C753" t="s">
-        <v>2910</v>
+        <v>2930</v>
       </c>
       <c r="D753" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="E753" t="s">
-        <v>2911</v>
+        <v>2931</v>
       </c>
       <c r="F753" t="s">
-        <v>2912</v>
+        <v>2932</v>
       </c>
       <c r="G753"/>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" t="s">
-        <v>2913</v>
+        <v>2926</v>
       </c>
       <c r="B754" t="s">
-        <v>2914</v>
+        <v>2933</v>
       </c>
       <c r="C754" t="s">
-        <v>2915</v>
+        <v>2934</v>
       </c>
       <c r="D754" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E754" t="s">
-        <v>2916</v>
+        <v>2935</v>
       </c>
       <c r="F754" t="s">
-        <v>2897</v>
+        <v>2936</v>
       </c>
       <c r="G754"/>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" t="s">
-        <v>2917</v>
+        <v>2926</v>
       </c>
       <c r="B755" t="s">
-        <v>2918</v>
+        <v>2937</v>
       </c>
       <c r="C755" t="s">
-        <v>2919</v>
+        <v>2938</v>
       </c>
       <c r="D755" t="s">
-        <v>93</v>
+        <v>1025</v>
       </c>
       <c r="E755" t="s">
-        <v>420</v>
+        <v>2939</v>
       </c>
       <c r="F755" t="s">
-        <v>2920</v>
+        <v>2940</v>
       </c>
       <c r="G755"/>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" t="s">
-        <v>2678</v>
+        <v>2941</v>
       </c>
       <c r="B756" t="s">
-        <v>2683</v>
+        <v>2942</v>
       </c>
       <c r="C756" t="s">
-        <v>2921</v>
+        <v>2943</v>
       </c>
       <c r="D756" t="s">
-        <v>22</v>
+        <v>689</v>
       </c>
       <c r="E756" t="s">
-        <v>225</v>
+        <v>2223</v>
       </c>
       <c r="F756" t="s">
-        <v>2685</v>
+        <v>2944</v>
       </c>
       <c r="G756"/>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" t="s">
-        <v>2922</v>
+        <v>2941</v>
       </c>
       <c r="B757" t="s">
-        <v>2923</v>
+        <v>2945</v>
       </c>
       <c r="C757" t="s">
-        <v>2924</v>
+        <v>2930</v>
       </c>
       <c r="D757" t="s">
-        <v>895</v>
+        <v>25</v>
       </c>
       <c r="E757" t="s">
-        <v>23</v>
+        <v>2931</v>
       </c>
       <c r="F757" t="s">
-        <v>2925</v>
-[...3 lines deleted...]
-      </c>
+        <v>2932</v>
+      </c>
+      <c r="G757"/>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" t="s">
-        <v>231</v>
+        <v>2771</v>
       </c>
       <c r="B758" t="s">
-        <v>2926</v>
+        <v>2946</v>
       </c>
       <c r="C758" t="s">
-        <v>2927</v>
+        <v>2947</v>
       </c>
       <c r="D758" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E758" t="s">
-        <v>225</v>
+        <v>525</v>
       </c>
       <c r="F758" t="s">
-        <v>2805</v>
+        <v>2948</v>
       </c>
       <c r="G758"/>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" t="s">
-        <v>600</v>
+        <v>2949</v>
       </c>
       <c r="B759" t="s">
-        <v>2928</v>
+        <v>2950</v>
       </c>
       <c r="C759" t="s">
-        <v>2929</v>
+        <v>2951</v>
       </c>
       <c r="D759" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E759" t="s">
-        <v>586</v>
+        <v>2952</v>
       </c>
       <c r="F759" t="s">
-        <v>131</v>
+        <v>2953</v>
       </c>
       <c r="G759"/>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" t="s">
-        <v>2930</v>
+        <v>2949</v>
       </c>
       <c r="B760" t="s">
-        <v>2931</v>
+        <v>2954</v>
       </c>
       <c r="C760" t="s">
-        <v>2932</v>
+        <v>2955</v>
       </c>
       <c r="D760" t="s">
-        <v>16</v>
+        <v>2486</v>
       </c>
       <c r="E760" t="s">
-        <v>2933</v>
+        <v>2956</v>
       </c>
       <c r="F760" t="s">
-        <v>2934</v>
+        <v>2957</v>
       </c>
       <c r="G760"/>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" t="s">
-        <v>2935</v>
+        <v>1858</v>
       </c>
       <c r="B761" t="s">
-        <v>2936</v>
+        <v>2958</v>
       </c>
       <c r="C761" t="s">
-        <v>2937</v>
+        <v>2959</v>
       </c>
       <c r="D761" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E761" t="s">
-        <v>268</v>
+        <v>2960</v>
       </c>
       <c r="F761" t="s">
-        <v>2936</v>
-[...1 lines deleted...]
-      <c r="G761"/>
+        <v>2961</v>
+      </c>
+      <c r="G761" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" t="s">
-        <v>2938</v>
+        <v>2962</v>
       </c>
       <c r="B762" t="s">
-        <v>2939</v>
+        <v>2963</v>
       </c>
       <c r="C762" t="s">
-        <v>2940</v>
+        <v>2964</v>
       </c>
       <c r="D762" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E762" t="s">
-        <v>268</v>
+        <v>573</v>
       </c>
       <c r="F762" t="s">
-        <v>2939</v>
+        <v>2965</v>
       </c>
       <c r="G762"/>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" t="s">
-        <v>2941</v>
+        <v>2966</v>
       </c>
       <c r="B763" t="s">
-        <v>520</v>
+        <v>2967</v>
       </c>
       <c r="C763" t="s">
-        <v>2942</v>
+        <v>2968</v>
       </c>
       <c r="D763" t="s">
-        <v>33</v>
+        <v>689</v>
       </c>
       <c r="E763" t="s">
-        <v>2943</v>
+        <v>2969</v>
       </c>
       <c r="F763" t="s">
-        <v>2417</v>
+        <v>2970</v>
       </c>
       <c r="G763"/>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" t="s">
-        <v>2944</v>
+        <v>2966</v>
       </c>
       <c r="B764" t="s">
-        <v>2945</v>
+        <v>2971</v>
       </c>
       <c r="C764" t="s">
-        <v>2946</v>
+        <v>2972</v>
       </c>
       <c r="D764" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E764" t="s">
-        <v>2947</v>
+        <v>1749</v>
       </c>
       <c r="F764" t="s">
-        <v>2948</v>
+        <v>2971</v>
       </c>
       <c r="G764"/>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" t="s">
-        <v>2853</v>
+        <v>2966</v>
       </c>
       <c r="B765" t="s">
-        <v>2949</v>
+        <v>2973</v>
       </c>
       <c r="C765" t="s">
-        <v>2950</v>
+        <v>2974</v>
       </c>
       <c r="D765" t="s">
-        <v>481</v>
+        <v>689</v>
       </c>
       <c r="E765" t="s">
-        <v>2951</v>
+        <v>2975</v>
       </c>
       <c r="F765" t="s">
-        <v>2949</v>
+        <v>2973</v>
       </c>
       <c r="G765"/>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" t="s">
-        <v>2378</v>
+        <v>2976</v>
       </c>
       <c r="B766" t="s">
-        <v>1165</v>
+        <v>2977</v>
       </c>
       <c r="C766" t="s">
-        <v>2952</v>
+        <v>2978</v>
       </c>
       <c r="D766" t="s">
-        <v>2953</v>
+        <v>81</v>
       </c>
       <c r="E766" t="s">
-        <v>2954</v>
+        <v>2979</v>
       </c>
       <c r="F766" t="s">
-        <v>1165</v>
+        <v>2980</v>
       </c>
       <c r="G766"/>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" t="s">
-        <v>2955</v>
+        <v>2981</v>
       </c>
       <c r="B767" t="s">
-        <v>2956</v>
+        <v>200</v>
       </c>
       <c r="C767" t="s">
-        <v>2957</v>
+        <v>2978</v>
       </c>
       <c r="D767" t="s">
-        <v>2958</v>
+        <v>81</v>
       </c>
       <c r="E767" t="s">
-        <v>2959</v>
+        <v>2982</v>
       </c>
       <c r="F767" t="s">
-        <v>2960</v>
+        <v>2980</v>
       </c>
       <c r="G767"/>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" t="s">
-        <v>2961</v>
+        <v>2811</v>
       </c>
       <c r="B768" t="s">
-        <v>2962</v>
+        <v>2983</v>
       </c>
       <c r="C768" t="s">
-        <v>2963</v>
+        <v>2984</v>
       </c>
       <c r="D768" t="s">
-        <v>2964</v>
+        <v>973</v>
       </c>
       <c r="E768" t="s">
-        <v>2965</v>
+        <v>1022</v>
       </c>
       <c r="F768" t="s">
-        <v>596</v>
+        <v>2983</v>
       </c>
       <c r="G768"/>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" t="s">
-        <v>671</v>
+        <v>2985</v>
       </c>
       <c r="B769" t="s">
-        <v>2885</v>
+        <v>2986</v>
       </c>
       <c r="C769" t="s">
-        <v>2966</v>
+        <v>2987</v>
       </c>
       <c r="D769" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="E769" t="s">
-        <v>2887</v>
+        <v>2988</v>
       </c>
       <c r="F769" t="s">
-        <v>2888</v>
+        <v>2989</v>
       </c>
       <c r="G769"/>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" t="s">
-        <v>2130</v>
+        <v>2990</v>
       </c>
       <c r="B770" t="s">
-        <v>2967</v>
+        <v>2991</v>
       </c>
       <c r="C770" t="s">
-        <v>2968</v>
+        <v>2992</v>
       </c>
       <c r="D770" t="s">
-        <v>22</v>
+        <v>335</v>
       </c>
       <c r="E770" t="s">
-        <v>2126</v>
+        <v>2993</v>
       </c>
       <c r="F770" t="s">
-        <v>2969</v>
+        <v>2991</v>
       </c>
       <c r="G770"/>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" t="s">
-        <v>2137</v>
+        <v>2994</v>
       </c>
       <c r="B771" t="s">
-        <v>2970</v>
+        <v>2995</v>
       </c>
       <c r="C771" t="s">
-        <v>2971</v>
+        <v>2996</v>
       </c>
       <c r="D771" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="E771" t="s">
-        <v>81</v>
+        <v>2997</v>
       </c>
       <c r="F771" t="s">
-        <v>2972</v>
+        <v>2998</v>
       </c>
       <c r="G771"/>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" t="s">
-        <v>1232</v>
+        <v>2999</v>
       </c>
       <c r="B772" t="s">
-        <v>2876</v>
+        <v>981</v>
       </c>
       <c r="C772" t="s">
-        <v>2973</v>
+        <v>3000</v>
       </c>
       <c r="D772" t="s">
-        <v>22</v>
+        <v>162</v>
       </c>
       <c r="E772" t="s">
-        <v>1716</v>
+        <v>3001</v>
       </c>
       <c r="F772" t="s">
-        <v>2306</v>
-[...3 lines deleted...]
-      </c>
+        <v>3002</v>
+      </c>
+      <c r="G772"/>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" t="s">
-        <v>2974</v>
+        <v>2912</v>
       </c>
       <c r="B773" t="s">
-        <v>2975</v>
+        <v>2244</v>
       </c>
       <c r="C773" t="s">
-        <v>2976</v>
+        <v>3003</v>
       </c>
       <c r="D773" t="s">
-        <v>2977</v>
+        <v>25</v>
       </c>
       <c r="E773" t="s">
-        <v>2978</v>
+        <v>3004</v>
       </c>
       <c r="F773" t="s">
-        <v>2979</v>
+        <v>3005</v>
       </c>
       <c r="G773"/>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" t="s">
-        <v>2800</v>
+        <v>2912</v>
       </c>
       <c r="B774" t="s">
-        <v>2980</v>
+        <v>324</v>
       </c>
       <c r="C774" t="s">
-        <v>2981</v>
+        <v>3006</v>
       </c>
       <c r="D774" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="E774" t="s">
-        <v>2982</v>
+        <v>3007</v>
       </c>
       <c r="F774" t="s">
-        <v>2983</v>
+        <v>327</v>
       </c>
       <c r="G774"/>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" t="s">
-        <v>2984</v>
+        <v>3008</v>
       </c>
       <c r="B775" t="s">
-        <v>1120</v>
+        <v>376</v>
       </c>
       <c r="C775" t="s">
-        <v>2985</v>
+        <v>3009</v>
       </c>
       <c r="D775" t="s">
-        <v>242</v>
+        <v>16</v>
       </c>
       <c r="E775" t="s">
-        <v>2986</v>
+        <v>3010</v>
       </c>
       <c r="F775" t="s">
-        <v>2987</v>
+        <v>2360</v>
       </c>
       <c r="G775"/>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" t="s">
-        <v>2988</v>
+        <v>3011</v>
       </c>
       <c r="B776" t="s">
-        <v>2989</v>
+        <v>3012</v>
       </c>
       <c r="C776" t="s">
-        <v>2990</v>
+        <v>3013</v>
       </c>
       <c r="D776" t="s">
-        <v>242</v>
+        <v>132</v>
       </c>
       <c r="E776" t="s">
-        <v>416</v>
+        <v>3014</v>
       </c>
       <c r="F776" t="s">
-        <v>2989</v>
+        <v>3015</v>
       </c>
       <c r="G776"/>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" t="s">
-        <v>2752</v>
+        <v>3016</v>
       </c>
       <c r="B777" t="s">
-        <v>2991</v>
+        <v>3017</v>
       </c>
       <c r="C777" t="s">
-        <v>2992</v>
+        <v>3018</v>
       </c>
       <c r="D777" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="E777" t="s">
-        <v>268</v>
+        <v>3019</v>
       </c>
       <c r="F777" t="s">
-        <v>2991</v>
+        <v>3020</v>
       </c>
       <c r="G777"/>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" t="s">
-        <v>2752</v>
+        <v>3021</v>
       </c>
       <c r="B778" t="s">
-        <v>2993</v>
+        <v>3022</v>
       </c>
       <c r="C778" t="s">
-        <v>1295</v>
+        <v>3023</v>
       </c>
       <c r="D778" t="s">
-        <v>33</v>
+        <v>240</v>
       </c>
       <c r="E778" t="s">
-        <v>716</v>
+        <v>2476</v>
       </c>
       <c r="F778" t="s">
-        <v>2994</v>
+        <v>3024</v>
       </c>
       <c r="G778"/>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" t="s">
-        <v>2752</v>
+        <v>3021</v>
       </c>
       <c r="B779" t="s">
-        <v>2995</v>
+        <v>2321</v>
       </c>
       <c r="C779" t="s">
-        <v>2996</v>
+        <v>3025</v>
       </c>
       <c r="D779" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E779" t="s">
-        <v>445</v>
+        <v>3026</v>
       </c>
       <c r="F779" t="s">
-        <v>2995</v>
+        <v>2323</v>
       </c>
       <c r="G779"/>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" t="s">
-        <v>2997</v>
+        <v>3027</v>
       </c>
       <c r="B780" t="s">
-        <v>2998</v>
+        <v>3028</v>
       </c>
       <c r="C780" t="s">
-        <v>2999</v>
+        <v>3029</v>
       </c>
       <c r="D780" t="s">
-        <v>93</v>
+        <v>335</v>
       </c>
       <c r="E780" t="s">
-        <v>3000</v>
+        <v>3030</v>
       </c>
       <c r="F780" t="s">
-        <v>3001</v>
+        <v>3028</v>
       </c>
       <c r="G780"/>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" t="s">
-        <v>2997</v>
+        <v>3027</v>
       </c>
       <c r="B781" t="s">
-        <v>3002</v>
+        <v>3031</v>
       </c>
       <c r="C781" t="s">
-        <v>3003</v>
+        <v>3032</v>
       </c>
       <c r="D781" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E781" t="s">
-        <v>3004</v>
+        <v>2982</v>
       </c>
       <c r="F781" t="s">
-        <v>3005</v>
+        <v>3033</v>
       </c>
       <c r="G781"/>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" t="s">
-        <v>3006</v>
+        <v>2807</v>
       </c>
       <c r="B782" t="s">
-        <v>889</v>
+        <v>3034</v>
       </c>
       <c r="C782" t="s">
-        <v>3007</v>
+        <v>3035</v>
       </c>
       <c r="D782" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E782" t="s">
-        <v>2425</v>
+        <v>108</v>
       </c>
       <c r="F782" t="s">
-        <v>2795</v>
+        <v>3036</v>
       </c>
       <c r="G782"/>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" t="s">
-        <v>3008</v>
+        <v>2807</v>
       </c>
       <c r="B783" t="s">
-        <v>3009</v>
+        <v>3037</v>
       </c>
       <c r="C783" t="s">
-        <v>3010</v>
+        <v>3038</v>
       </c>
       <c r="D783" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E783" t="s">
-        <v>145</v>
+        <v>3039</v>
       </c>
       <c r="F783" t="s">
-        <v>3011</v>
+        <v>3040</v>
       </c>
       <c r="G783"/>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" t="s">
-        <v>3012</v>
+        <v>3041</v>
       </c>
       <c r="B784" t="s">
-        <v>3013</v>
+        <v>3042</v>
       </c>
       <c r="C784" t="s">
-        <v>3014</v>
+        <v>3043</v>
       </c>
       <c r="D784" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E784" t="s">
-        <v>3015</v>
+        <v>1101</v>
       </c>
       <c r="F784" t="s">
-        <v>3016</v>
+        <v>3044</v>
       </c>
       <c r="G784"/>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" t="s">
-        <v>3017</v>
+        <v>3041</v>
       </c>
       <c r="B785" t="s">
-        <v>389</v>
+        <v>3045</v>
       </c>
       <c r="C785" t="s">
-        <v>3014</v>
+        <v>3046</v>
       </c>
       <c r="D785" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E785" t="s">
-        <v>2856</v>
+        <v>984</v>
       </c>
       <c r="F785" t="s">
-        <v>3016</v>
+        <v>3047</v>
       </c>
       <c r="G785"/>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" t="s">
-        <v>3012</v>
+        <v>3048</v>
       </c>
       <c r="B786" t="s">
-        <v>3018</v>
+        <v>200</v>
       </c>
       <c r="C786" t="s">
-        <v>3019</v>
+        <v>3049</v>
       </c>
       <c r="D786" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E786" t="s">
-        <v>3020</v>
+        <v>3050</v>
       </c>
       <c r="F786" t="s">
-        <v>3018</v>
+        <v>2841</v>
       </c>
       <c r="G786"/>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" t="s">
-        <v>1992</v>
+        <v>2811</v>
       </c>
       <c r="B787" t="s">
-        <v>3021</v>
+        <v>3051</v>
       </c>
       <c r="C787" t="s">
-        <v>3022</v>
+        <v>3052</v>
       </c>
       <c r="D787" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E787" t="s">
-        <v>3023</v>
+        <v>2095</v>
       </c>
       <c r="F787" t="s">
-        <v>3024</v>
+        <v>3053</v>
       </c>
       <c r="G787" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" t="s">
-        <v>3025</v>
+        <v>3027</v>
       </c>
       <c r="B788" t="s">
-        <v>3026</v>
+        <v>3054</v>
       </c>
       <c r="C788" t="s">
-        <v>3027</v>
+        <v>3055</v>
       </c>
       <c r="D788" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E788" t="s">
-        <v>716</v>
+        <v>3056</v>
       </c>
       <c r="F788" t="s">
-        <v>3028</v>
-[...1 lines deleted...]
-      <c r="G788"/>
+        <v>3057</v>
+      </c>
+      <c r="G788" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" t="s">
-        <v>3029</v>
+        <v>2590</v>
       </c>
       <c r="B789" t="s">
-        <v>3030</v>
+        <v>2574</v>
       </c>
       <c r="C789" t="s">
-        <v>3031</v>
+        <v>2597</v>
       </c>
       <c r="D789" t="s">
-        <v>830</v>
+        <v>2486</v>
       </c>
       <c r="E789" t="s">
-        <v>3032</v>
+        <v>2598</v>
       </c>
       <c r="F789" t="s">
-        <v>3033</v>
-[...1 lines deleted...]
-      <c r="G789"/>
+        <v>3058</v>
+      </c>
+      <c r="G789" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" t="s">
-        <v>3029</v>
+        <v>2771</v>
       </c>
       <c r="B790" t="s">
-        <v>3034</v>
+        <v>3054</v>
       </c>
       <c r="C790" t="s">
-        <v>3035</v>
+        <v>3059</v>
       </c>
       <c r="D790" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E790" t="s">
-        <v>1885</v>
+        <v>3056</v>
       </c>
       <c r="F790" t="s">
-        <v>3034</v>
-[...1 lines deleted...]
-      <c r="G790"/>
+        <v>3057</v>
+      </c>
+      <c r="G790" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" t="s">
-        <v>3036</v>
+        <v>2665</v>
       </c>
       <c r="B791" t="s">
-        <v>3037</v>
+        <v>3060</v>
       </c>
       <c r="C791" t="s">
-        <v>2515</v>
+        <v>3061</v>
       </c>
       <c r="D791" t="s">
-        <v>2516</v>
+        <v>10</v>
       </c>
       <c r="E791" t="s">
-        <v>2892</v>
+        <v>3062</v>
       </c>
       <c r="F791" t="s">
-        <v>3038</v>
-[...1 lines deleted...]
-      <c r="G791"/>
+        <v>3063</v>
+      </c>
+      <c r="G791" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" t="s">
-        <v>3039</v>
+        <v>2626</v>
       </c>
       <c r="B792" t="s">
-        <v>3040</v>
+        <v>3064</v>
       </c>
       <c r="C792" t="s">
-        <v>3041</v>
+        <v>3065</v>
       </c>
       <c r="D792" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E792" t="s">
-        <v>797</v>
+        <v>899</v>
       </c>
       <c r="F792" t="s">
-        <v>3042</v>
-[...1 lines deleted...]
-      <c r="G792"/>
+        <v>3066</v>
+      </c>
+      <c r="G792" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="793" spans="1:7">
       <c r="A793" t="s">
-        <v>3043</v>
+        <v>3067</v>
       </c>
       <c r="B793" t="s">
-        <v>3044</v>
+        <v>3068</v>
       </c>
       <c r="C793" t="s">
-        <v>3045</v>
+        <v>144</v>
       </c>
       <c r="D793" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E793" t="s">
-        <v>3046</v>
+        <v>2104</v>
       </c>
       <c r="F793" t="s">
-        <v>3047</v>
-[...1 lines deleted...]
-      <c r="G793"/>
+        <v>3069</v>
+      </c>
+      <c r="G793" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" t="s">
-        <v>2853</v>
+        <v>3070</v>
       </c>
       <c r="B794" t="s">
-        <v>3044</v>
+        <v>3071</v>
       </c>
       <c r="C794" t="s">
-        <v>3048</v>
+        <v>3072</v>
       </c>
       <c r="D794" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E794" t="s">
-        <v>3046</v>
+        <v>3073</v>
       </c>
       <c r="F794" t="s">
-        <v>3047</v>
+        <v>3074</v>
       </c>
       <c r="G794"/>
     </row>
     <row r="795" spans="1:7">
       <c r="A795" t="s">
-        <v>3043</v>
+        <v>3070</v>
       </c>
       <c r="B795" t="s">
-        <v>3049</v>
+        <v>1865</v>
       </c>
       <c r="C795" t="s">
-        <v>3050</v>
+        <v>1467</v>
       </c>
       <c r="D795" t="s">
-        <v>93</v>
+        <v>973</v>
       </c>
       <c r="E795" t="s">
-        <v>3051</v>
+        <v>3075</v>
       </c>
       <c r="F795" t="s">
-        <v>3052</v>
+        <v>3076</v>
       </c>
       <c r="G795"/>
     </row>
     <row r="796" spans="1:7">
       <c r="A796" t="s">
-        <v>3043</v>
+        <v>2578</v>
       </c>
       <c r="B796" t="s">
-        <v>3053</v>
+        <v>1865</v>
       </c>
       <c r="C796" t="s">
-        <v>3054</v>
+        <v>1467</v>
       </c>
       <c r="D796" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="E796" t="s">
-        <v>3055</v>
+        <v>3075</v>
       </c>
       <c r="F796" t="s">
-        <v>3053</v>
+        <v>3076</v>
       </c>
       <c r="G796"/>
     </row>
     <row r="797" spans="1:7">
       <c r="A797" t="s">
-        <v>3056</v>
+        <v>3070</v>
       </c>
       <c r="B797" t="s">
-        <v>3057</v>
+        <v>3077</v>
       </c>
       <c r="C797" t="s">
-        <v>3058</v>
+        <v>3078</v>
       </c>
       <c r="D797" t="s">
-        <v>185</v>
+        <v>16</v>
       </c>
       <c r="E797" t="s">
-        <v>268</v>
+        <v>3079</v>
       </c>
       <c r="F797" t="s">
-        <v>3059</v>
+        <v>3080</v>
       </c>
       <c r="G797"/>
     </row>
     <row r="798" spans="1:7">
       <c r="A798" t="s">
-        <v>3043</v>
+        <v>3081</v>
       </c>
       <c r="B798" t="s">
-        <v>3060</v>
+        <v>3082</v>
       </c>
       <c r="C798" t="s">
-        <v>3061</v>
+        <v>3083</v>
       </c>
       <c r="D798" t="s">
-        <v>93</v>
+        <v>973</v>
       </c>
       <c r="E798" t="s">
-        <v>669</v>
+        <v>3084</v>
       </c>
       <c r="F798" t="s">
-        <v>3062</v>
+        <v>3085</v>
       </c>
       <c r="G798"/>
     </row>
     <row r="799" spans="1:7">
       <c r="A799" t="s">
-        <v>3063</v>
+        <v>2752</v>
       </c>
       <c r="B799" t="s">
-        <v>2010</v>
+        <v>925</v>
       </c>
       <c r="C799" t="s">
-        <v>3064</v>
+        <v>2955</v>
       </c>
       <c r="D799" t="s">
-        <v>33</v>
+        <v>2486</v>
       </c>
       <c r="E799" t="s">
-        <v>3065</v>
+        <v>3086</v>
       </c>
       <c r="F799" t="s">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="G799"/>
+        <v>3087</v>
+      </c>
+      <c r="G799" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="800" spans="1:7">
       <c r="A800" t="s">
-        <v>3063</v>
+        <v>2976</v>
       </c>
       <c r="B800" t="s">
-        <v>3066</v>
+        <v>3088</v>
       </c>
       <c r="C800" t="s">
-        <v>3067</v>
+        <v>3089</v>
       </c>
       <c r="D800" t="s">
-        <v>1163</v>
+        <v>16</v>
       </c>
       <c r="E800" t="s">
-        <v>3068</v>
+        <v>3090</v>
       </c>
       <c r="F800" t="s">
-        <v>3069</v>
-[...1 lines deleted...]
-      <c r="G800"/>
+        <v>3088</v>
+      </c>
+      <c r="G800" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="801" spans="1:7">
       <c r="A801" t="s">
-        <v>3063</v>
+        <v>3091</v>
       </c>
       <c r="B801" t="s">
-        <v>3070</v>
+        <v>3092</v>
       </c>
       <c r="C801" t="s">
-        <v>3071</v>
+        <v>3093</v>
       </c>
       <c r="D801" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E801" t="s">
-        <v>3072</v>
+        <v>241</v>
       </c>
       <c r="F801" t="s">
-        <v>3073</v>
+        <v>3092</v>
       </c>
       <c r="G801"/>
     </row>
     <row r="802" spans="1:7">
       <c r="A802" t="s">
-        <v>3063</v>
+        <v>2807</v>
       </c>
       <c r="B802" t="s">
-        <v>3074</v>
+        <v>3092</v>
       </c>
       <c r="C802" t="s">
-        <v>3075</v>
+        <v>3094</v>
       </c>
       <c r="D802" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E802" t="s">
-        <v>3076</v>
+        <v>241</v>
       </c>
       <c r="F802" t="s">
-        <v>3077</v>
+        <v>3092</v>
       </c>
       <c r="G802"/>
     </row>
     <row r="803" spans="1:7">
       <c r="A803" t="s">
-        <v>3078</v>
+        <v>3091</v>
       </c>
       <c r="B803" t="s">
-        <v>3079</v>
+        <v>3095</v>
       </c>
       <c r="C803" t="s">
-        <v>3080</v>
+        <v>3096</v>
       </c>
       <c r="D803" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="E803" t="s">
-        <v>3081</v>
+        <v>3097</v>
       </c>
       <c r="F803" t="s">
-        <v>3082</v>
+        <v>1153</v>
       </c>
       <c r="G803"/>
     </row>
     <row r="804" spans="1:7">
       <c r="A804" t="s">
-        <v>3078</v>
+        <v>3091</v>
       </c>
       <c r="B804" t="s">
-        <v>3083</v>
+        <v>3098</v>
       </c>
       <c r="C804" t="s">
-        <v>3084</v>
+        <v>2680</v>
       </c>
       <c r="D804" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E804" t="s">
-        <v>3085</v>
+        <v>802</v>
       </c>
       <c r="F804" t="s">
-        <v>3086</v>
+        <v>3099</v>
       </c>
       <c r="G804"/>
     </row>
     <row r="805" spans="1:7">
       <c r="A805" t="s">
-        <v>3087</v>
+        <v>3100</v>
       </c>
       <c r="B805" t="s">
-        <v>381</v>
+        <v>121</v>
       </c>
       <c r="C805" t="s">
-        <v>3088</v>
+        <v>3101</v>
       </c>
       <c r="D805" t="s">
-        <v>3089</v>
+        <v>16</v>
       </c>
       <c r="E805" t="s">
-        <v>3090</v>
+        <v>3102</v>
       </c>
       <c r="F805" t="s">
-        <v>3091</v>
+        <v>124</v>
       </c>
       <c r="G805"/>
     </row>
     <row r="806" spans="1:7">
       <c r="A806" t="s">
-        <v>3029</v>
+        <v>3103</v>
       </c>
       <c r="B806" t="s">
-        <v>3092</v>
+        <v>3104</v>
       </c>
       <c r="C806" t="s">
-        <v>3093</v>
+        <v>3105</v>
       </c>
       <c r="D806" t="s">
-        <v>830</v>
+        <v>3106</v>
       </c>
       <c r="E806" t="s">
-        <v>3094</v>
+        <v>3107</v>
       </c>
       <c r="F806" t="s">
-        <v>3092</v>
+        <v>3104</v>
       </c>
       <c r="G806"/>
     </row>
     <row r="807" spans="1:7">
       <c r="A807" t="s">
-        <v>2901</v>
+        <v>2207</v>
       </c>
       <c r="B807" t="s">
-        <v>3095</v>
+        <v>3108</v>
       </c>
       <c r="C807" t="s">
-        <v>3096</v>
+        <v>3109</v>
       </c>
       <c r="D807" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E807" t="s">
-        <v>2211</v>
+        <v>3110</v>
       </c>
       <c r="F807" t="s">
-        <v>3097</v>
+        <v>3111</v>
       </c>
       <c r="G807"/>
     </row>
     <row r="808" spans="1:7">
       <c r="A808" t="s">
-        <v>3098</v>
+        <v>3112</v>
       </c>
       <c r="B808" t="s">
-        <v>291</v>
+        <v>3113</v>
       </c>
       <c r="C808" t="s">
-        <v>3099</v>
+        <v>3114</v>
       </c>
       <c r="D808" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E808" t="s">
-        <v>3100</v>
+        <v>3115</v>
       </c>
       <c r="F808" t="s">
-        <v>3101</v>
+        <v>3113</v>
       </c>
       <c r="G808"/>
     </row>
     <row r="809" spans="1:7">
       <c r="A809" t="s">
-        <v>3102</v>
+        <v>3116</v>
       </c>
       <c r="B809" t="s">
-        <v>3103</v>
+        <v>3117</v>
       </c>
       <c r="C809" t="s">
-        <v>3104</v>
+        <v>3118</v>
       </c>
       <c r="D809" t="s">
-        <v>830</v>
+        <v>1065</v>
       </c>
       <c r="E809" t="s">
-        <v>2348</v>
+        <v>3119</v>
       </c>
       <c r="F809" t="s">
-        <v>3105</v>
+        <v>3120</v>
       </c>
       <c r="G809"/>
     </row>
     <row r="810" spans="1:7">
       <c r="A810" t="s">
-        <v>3106</v>
+        <v>3121</v>
       </c>
       <c r="B810" t="s">
-        <v>3107</v>
+        <v>171</v>
       </c>
       <c r="C810" t="s">
-        <v>3108</v>
+        <v>3122</v>
       </c>
       <c r="D810" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E810" t="s">
-        <v>3109</v>
+        <v>802</v>
       </c>
       <c r="F810" t="s">
-        <v>3110</v>
-[...1 lines deleted...]
-      <c r="G810"/>
+        <v>3123</v>
+      </c>
+      <c r="G810" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="811" spans="1:7">
       <c r="A811" t="s">
-        <v>3106</v>
+        <v>3124</v>
       </c>
       <c r="B811" t="s">
-        <v>3111</v>
+        <v>3125</v>
       </c>
       <c r="C811" t="s">
-        <v>3112</v>
+        <v>3126</v>
       </c>
       <c r="D811" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E811" t="s">
-        <v>2632</v>
+        <v>3127</v>
       </c>
       <c r="F811" t="s">
-        <v>3113</v>
+        <v>3128</v>
       </c>
       <c r="G811"/>
     </row>
     <row r="812" spans="1:7">
       <c r="A812" t="s">
-        <v>3078</v>
+        <v>3129</v>
       </c>
       <c r="B812" t="s">
-        <v>261</v>
+        <v>2601</v>
       </c>
       <c r="C812" t="s">
-        <v>3114</v>
+        <v>3130</v>
       </c>
       <c r="D812" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="E812" t="s">
-        <v>3115</v>
+        <v>3131</v>
       </c>
       <c r="F812" t="s">
-        <v>3116</v>
+        <v>2604</v>
       </c>
       <c r="G812"/>
     </row>
     <row r="813" spans="1:7">
       <c r="A813" t="s">
-        <v>3102</v>
+        <v>3132</v>
       </c>
       <c r="B813" t="s">
-        <v>3117</v>
+        <v>3133</v>
       </c>
       <c r="C813" t="s">
-        <v>3071</v>
+        <v>3134</v>
       </c>
       <c r="D813" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="E813" t="s">
-        <v>3072</v>
+        <v>984</v>
       </c>
       <c r="F813" t="s">
-        <v>3073</v>
+        <v>3135</v>
       </c>
       <c r="G813"/>
     </row>
     <row r="814" spans="1:7">
       <c r="A814" t="s">
-        <v>3118</v>
+        <v>3136</v>
       </c>
       <c r="B814" t="s">
-        <v>3119</v>
+        <v>3137</v>
       </c>
       <c r="C814" t="s">
-        <v>3120</v>
+        <v>3138</v>
       </c>
       <c r="D814" t="s">
-        <v>22</v>
+        <v>1861</v>
       </c>
       <c r="E814" t="s">
-        <v>1157</v>
+        <v>2104</v>
       </c>
       <c r="F814" t="s">
-        <v>3121</v>
-[...3 lines deleted...]
-      </c>
+        <v>3139</v>
+      </c>
+      <c r="G814"/>
     </row>
     <row r="815" spans="1:7">
       <c r="A815" t="s">
-        <v>3122</v>
+        <v>3140</v>
       </c>
       <c r="B815" t="s">
-        <v>3123</v>
+        <v>3141</v>
       </c>
       <c r="C815" t="s">
-        <v>3124</v>
+        <v>3142</v>
       </c>
       <c r="D815" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E815" t="s">
-        <v>3125</v>
+        <v>1820</v>
       </c>
       <c r="F815" t="s">
-        <v>3126</v>
-[...3 lines deleted...]
-      </c>
+        <v>3143</v>
+      </c>
+      <c r="G815"/>
     </row>
     <row r="816" spans="1:7">
       <c r="A816" t="s">
-        <v>3127</v>
+        <v>2253</v>
       </c>
       <c r="B816" t="s">
-        <v>3128</v>
+        <v>1027</v>
       </c>
       <c r="C816" t="s">
-        <v>3129</v>
+        <v>3144</v>
       </c>
       <c r="D816" t="s">
-        <v>481</v>
+        <v>3145</v>
       </c>
       <c r="E816" t="s">
-        <v>3130</v>
+        <v>3146</v>
       </c>
       <c r="F816" t="s">
-        <v>3131</v>
-[...3 lines deleted...]
-      </c>
+        <v>1027</v>
+      </c>
+      <c r="G816"/>
     </row>
     <row r="817" spans="1:7">
       <c r="A817" t="s">
-        <v>3132</v>
+        <v>2612</v>
       </c>
       <c r="B817" t="s">
-        <v>2042</v>
+        <v>3147</v>
       </c>
       <c r="C817" t="s">
-        <v>3133</v>
+        <v>3148</v>
       </c>
       <c r="D817" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E817" t="s">
-        <v>3134</v>
+        <v>3149</v>
       </c>
       <c r="F817" t="s">
-        <v>3135</v>
+        <v>3147</v>
       </c>
       <c r="G817" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="818" spans="1:7">
       <c r="A818" t="s">
-        <v>2752</v>
+        <v>3081</v>
       </c>
       <c r="B818" t="s">
-        <v>297</v>
+        <v>3117</v>
       </c>
       <c r="C818" t="s">
-        <v>3136</v>
+        <v>3150</v>
       </c>
       <c r="D818" t="s">
-        <v>93</v>
+        <v>1065</v>
       </c>
       <c r="E818" t="s">
-        <v>3137</v>
+        <v>3119</v>
       </c>
       <c r="F818" t="s">
-        <v>297</v>
-[...3 lines deleted...]
-      </c>
+        <v>3151</v>
+      </c>
+      <c r="G818"/>
     </row>
     <row r="819" spans="1:7">
       <c r="A819" t="s">
-        <v>3138</v>
+        <v>3112</v>
       </c>
       <c r="B819" t="s">
-        <v>3139</v>
+        <v>3152</v>
       </c>
       <c r="C819" t="s">
-        <v>3140</v>
+        <v>3153</v>
       </c>
       <c r="D819" t="s">
-        <v>185</v>
+        <v>16</v>
       </c>
       <c r="E819" t="s">
-        <v>81</v>
+        <v>2252</v>
       </c>
       <c r="F819" t="s">
-        <v>3141</v>
-[...3 lines deleted...]
-      </c>
+        <v>3154</v>
+      </c>
+      <c r="G819"/>
     </row>
     <row r="820" spans="1:7">
       <c r="A820" t="s">
-        <v>2988</v>
+        <v>2742</v>
       </c>
       <c r="B820" t="s">
-        <v>2458</v>
+        <v>3155</v>
       </c>
       <c r="C820" t="s">
-        <v>2606</v>
+        <v>2955</v>
       </c>
       <c r="D820" t="s">
-        <v>22</v>
+        <v>845</v>
       </c>
       <c r="E820" t="s">
-        <v>395</v>
+        <v>2956</v>
       </c>
       <c r="F820" t="s">
-        <v>699</v>
-[...3 lines deleted...]
-      </c>
+        <v>3156</v>
+      </c>
+      <c r="G820"/>
     </row>
     <row r="821" spans="1:7">
       <c r="A821" t="s">
-        <v>2661</v>
+        <v>3157</v>
       </c>
       <c r="B821" t="s">
-        <v>2010</v>
+        <v>3158</v>
       </c>
       <c r="C821" t="s">
-        <v>3142</v>
+        <v>3159</v>
       </c>
       <c r="D821" t="s">
-        <v>93</v>
+        <v>973</v>
       </c>
       <c r="E821" t="s">
-        <v>3143</v>
+        <v>241</v>
       </c>
       <c r="F821" t="s">
-        <v>3144</v>
-[...3 lines deleted...]
-      </c>
+        <v>3160</v>
+      </c>
+      <c r="G821"/>
     </row>
     <row r="822" spans="1:7">
       <c r="A822" t="s">
-        <v>2514</v>
+        <v>3100</v>
       </c>
       <c r="B822" t="s">
-        <v>3145</v>
+        <v>3161</v>
       </c>
       <c r="C822" t="s">
-        <v>3146</v>
+        <v>3162</v>
       </c>
       <c r="D822" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E822" t="s">
-        <v>3147</v>
+        <v>241</v>
       </c>
       <c r="F822" t="s">
-        <v>3148</v>
-[...3 lines deleted...]
-      </c>
+        <v>3161</v>
+      </c>
+      <c r="G822"/>
     </row>
     <row r="823" spans="1:7">
       <c r="A823" t="s">
-        <v>3149</v>
+        <v>3163</v>
       </c>
       <c r="B823" t="s">
-        <v>3150</v>
+        <v>3164</v>
       </c>
       <c r="C823" t="s">
-        <v>3151</v>
+        <v>3165</v>
       </c>
       <c r="D823" t="s">
-        <v>33</v>
+        <v>240</v>
       </c>
       <c r="E823" t="s">
-        <v>23</v>
+        <v>428</v>
       </c>
       <c r="F823" t="s">
-        <v>2048</v>
-[...3 lines deleted...]
-      </c>
+        <v>3166</v>
+      </c>
+      <c r="G823"/>
     </row>
     <row r="824" spans="1:7">
       <c r="A824" t="s">
-        <v>3152</v>
+        <v>3167</v>
       </c>
       <c r="B824" t="s">
-        <v>3153</v>
+        <v>3168</v>
       </c>
       <c r="C824" t="s">
-        <v>3154</v>
+        <v>3169</v>
       </c>
       <c r="D824" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E824" t="s">
-        <v>1157</v>
+        <v>108</v>
       </c>
       <c r="F824" t="s">
-        <v>3155</v>
-[...3 lines deleted...]
-      </c>
+        <v>3170</v>
+      </c>
+      <c r="G824"/>
     </row>
     <row r="825" spans="1:7">
       <c r="A825" t="s">
-        <v>3156</v>
+        <v>3171</v>
       </c>
       <c r="B825" t="s">
-        <v>472</v>
+        <v>3172</v>
       </c>
       <c r="C825" t="s">
-        <v>3157</v>
+        <v>3173</v>
       </c>
       <c r="D825" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="E825" t="s">
-        <v>3158</v>
+        <v>2405</v>
       </c>
       <c r="F825" t="s">
-        <v>475</v>
+        <v>3170</v>
       </c>
       <c r="G825"/>
     </row>
     <row r="826" spans="1:7">
       <c r="A826" t="s">
-        <v>3036</v>
+        <v>3174</v>
       </c>
       <c r="B826" t="s">
-        <v>3159</v>
+        <v>324</v>
       </c>
       <c r="C826" t="s">
-        <v>3160</v>
+        <v>3175</v>
       </c>
       <c r="D826" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="E826" t="s">
-        <v>3161</v>
+        <v>3176</v>
       </c>
       <c r="F826" t="s">
-        <v>3162</v>
+        <v>327</v>
       </c>
       <c r="G826"/>
     </row>
     <row r="827" spans="1:7">
       <c r="A827" t="s">
-        <v>3163</v>
+        <v>3177</v>
       </c>
       <c r="B827" t="s">
-        <v>3164</v>
+        <v>324</v>
       </c>
       <c r="C827" t="s">
-        <v>3165</v>
+        <v>3175</v>
       </c>
       <c r="D827" t="s">
-        <v>22</v>
+        <v>132</v>
       </c>
       <c r="E827" t="s">
-        <v>81</v>
+        <v>1950</v>
       </c>
       <c r="F827" t="s">
-        <v>3164</v>
+        <v>327</v>
       </c>
       <c r="G827"/>
     </row>
     <row r="828" spans="1:7">
       <c r="A828" t="s">
-        <v>2901</v>
+        <v>3178</v>
       </c>
       <c r="B828" t="s">
-        <v>3164</v>
+        <v>3179</v>
       </c>
       <c r="C828" t="s">
-        <v>3166</v>
+        <v>3180</v>
       </c>
       <c r="D828" t="s">
-        <v>22</v>
+        <v>754</v>
       </c>
       <c r="E828" t="s">
-        <v>81</v>
+        <v>984</v>
       </c>
       <c r="F828" t="s">
-        <v>3164</v>
-[...1 lines deleted...]
-      <c r="G828"/>
+        <v>3181</v>
+      </c>
+      <c r="G828" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="829" spans="1:7">
       <c r="A829" t="s">
-        <v>3163</v>
+        <v>1053</v>
       </c>
       <c r="B829" t="s">
-        <v>3167</v>
+        <v>196</v>
       </c>
       <c r="C829" t="s">
-        <v>3168</v>
+        <v>3182</v>
       </c>
       <c r="D829" t="s">
-        <v>64</v>
+        <v>3183</v>
       </c>
       <c r="E829" t="s">
-        <v>3169</v>
+        <v>984</v>
       </c>
       <c r="F829" t="s">
-        <v>1291</v>
+        <v>3184</v>
       </c>
       <c r="G829"/>
     </row>
     <row r="830" spans="1:7">
       <c r="A830" t="s">
-        <v>3163</v>
+        <v>3100</v>
       </c>
       <c r="B830" t="s">
-        <v>3170</v>
+        <v>3185</v>
       </c>
       <c r="C830" t="s">
-        <v>2618</v>
+        <v>3186</v>
       </c>
       <c r="D830" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E830" t="s">
-        <v>942</v>
+        <v>76</v>
       </c>
       <c r="F830" t="s">
-        <v>3171</v>
+        <v>3187</v>
       </c>
       <c r="G830"/>
     </row>
     <row r="831" spans="1:7">
       <c r="A831" t="s">
-        <v>3172</v>
+        <v>3103</v>
       </c>
       <c r="B831" t="s">
-        <v>472</v>
+        <v>3188</v>
       </c>
       <c r="C831" t="s">
-        <v>3173</v>
+        <v>926</v>
       </c>
       <c r="D831" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="E831" t="s">
-        <v>2083</v>
+        <v>241</v>
       </c>
       <c r="F831" t="s">
-        <v>475</v>
+        <v>3189</v>
       </c>
       <c r="G831"/>
     </row>
     <row r="832" spans="1:7">
       <c r="A832" t="s">
-        <v>3174</v>
+        <v>456</v>
       </c>
       <c r="B832" t="s">
-        <v>3175</v>
+        <v>3190</v>
       </c>
       <c r="C832" t="s">
-        <v>3176</v>
+        <v>3191</v>
       </c>
       <c r="D832" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E832" t="s">
-        <v>127</v>
+        <v>442</v>
       </c>
       <c r="F832" t="s">
-        <v>3177</v>
+        <v>113</v>
       </c>
       <c r="G832"/>
     </row>
     <row r="833" spans="1:7">
       <c r="A833" t="s">
-        <v>3178</v>
+        <v>3192</v>
       </c>
       <c r="B833" t="s">
-        <v>3179</v>
+        <v>3193</v>
       </c>
       <c r="C833" t="s">
-        <v>3180</v>
+        <v>3194</v>
       </c>
       <c r="D833" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="E833" t="s">
-        <v>70</v>
+        <v>3195</v>
       </c>
       <c r="F833" t="s">
-        <v>3177</v>
+        <v>3193</v>
       </c>
       <c r="G833"/>
     </row>
     <row r="834" spans="1:7">
       <c r="A834" t="s">
-        <v>3181</v>
+        <v>3196</v>
       </c>
       <c r="B834" t="s">
-        <v>472</v>
+        <v>19</v>
       </c>
       <c r="C834" t="s">
-        <v>3173</v>
+        <v>3197</v>
       </c>
       <c r="D834" t="s">
-        <v>64</v>
+        <v>1801</v>
       </c>
       <c r="E834" t="s">
-        <v>3182</v>
+        <v>802</v>
       </c>
       <c r="F834" t="s">
-        <v>475</v>
+        <v>3198</v>
       </c>
       <c r="G834"/>
     </row>
     <row r="835" spans="1:7">
       <c r="A835" t="s">
-        <v>3183</v>
+        <v>3199</v>
       </c>
       <c r="B835" t="s">
-        <v>138</v>
+        <v>196</v>
       </c>
       <c r="C835" t="s">
-        <v>3184</v>
+        <v>3200</v>
       </c>
       <c r="D835" t="s">
-        <v>33</v>
+        <v>3201</v>
       </c>
       <c r="E835" t="s">
-        <v>3185</v>
+        <v>3202</v>
       </c>
       <c r="F835" t="s">
-        <v>141</v>
+        <v>3203</v>
       </c>
       <c r="G835"/>
     </row>
     <row r="836" spans="1:7">
       <c r="A836" t="s">
-        <v>3186</v>
+        <v>2590</v>
       </c>
       <c r="B836" t="s">
-        <v>3187</v>
+        <v>2596</v>
       </c>
       <c r="C836" t="s">
-        <v>3188</v>
+        <v>3204</v>
       </c>
       <c r="D836" t="s">
-        <v>58</v>
+        <v>2486</v>
       </c>
       <c r="E836" t="s">
-        <v>81</v>
+        <v>2636</v>
       </c>
       <c r="F836" t="s">
-        <v>3189</v>
+        <v>3205</v>
       </c>
       <c r="G836"/>
     </row>
     <row r="837" spans="1:7">
       <c r="A837" t="s">
-        <v>3190</v>
+        <v>1948</v>
       </c>
       <c r="B837" t="s">
-        <v>3191</v>
+        <v>196</v>
       </c>
       <c r="C837" t="s">
-        <v>3192</v>
+        <v>3206</v>
       </c>
       <c r="D837" t="s">
-        <v>202</v>
+        <v>81</v>
       </c>
       <c r="E837" t="s">
-        <v>572</v>
+        <v>173</v>
       </c>
       <c r="F837" t="s">
-        <v>3193</v>
-[...1 lines deleted...]
-      <c r="G837"/>
+        <v>2553</v>
+      </c>
+      <c r="G837" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="838" spans="1:7">
       <c r="A838" t="s">
-        <v>3183</v>
+        <v>993</v>
       </c>
       <c r="B838" t="s">
-        <v>3194</v>
+        <v>3207</v>
       </c>
       <c r="C838" t="s">
-        <v>3195</v>
+        <v>3208</v>
       </c>
       <c r="D838" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E838" t="s">
-        <v>81</v>
+        <v>3209</v>
       </c>
       <c r="F838" t="s">
-        <v>3194</v>
+        <v>3210</v>
       </c>
       <c r="G838"/>
     </row>
     <row r="839" spans="1:7">
       <c r="A839" t="s">
-        <v>3196</v>
+        <v>3211</v>
       </c>
       <c r="B839" t="s">
-        <v>3197</v>
+        <v>3212</v>
       </c>
       <c r="C839" t="s">
-        <v>3198</v>
+        <v>3213</v>
       </c>
       <c r="D839" t="s">
-        <v>3199</v>
+        <v>1861</v>
       </c>
       <c r="E839" t="s">
-        <v>3200</v>
+        <v>21</v>
       </c>
       <c r="F839" t="s">
-        <v>3197</v>
-[...1 lines deleted...]
-      <c r="G839"/>
+        <v>3214</v>
+      </c>
+      <c r="G839" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="840" spans="1:7">
       <c r="A840" t="s">
-        <v>3201</v>
+        <v>3215</v>
       </c>
       <c r="B840" t="s">
-        <v>426</v>
+        <v>3216</v>
       </c>
       <c r="C840" t="s">
-        <v>3202</v>
+        <v>3217</v>
       </c>
       <c r="D840" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E840" t="s">
-        <v>942</v>
+        <v>3218</v>
       </c>
       <c r="F840" t="s">
-        <v>3203</v>
+        <v>550</v>
       </c>
       <c r="G840" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="841" spans="1:7">
       <c r="A841" t="s">
-        <v>3196</v>
+        <v>1013</v>
       </c>
       <c r="B841" t="s">
-        <v>3204</v>
+        <v>3219</v>
       </c>
       <c r="C841" t="s">
-        <v>1066</v>
+        <v>3220</v>
       </c>
       <c r="D841" t="s">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="E841" t="s">
-        <v>81</v>
+        <v>1031</v>
       </c>
       <c r="F841" t="s">
-        <v>3205</v>
+        <v>1027</v>
       </c>
       <c r="G841"/>
     </row>
     <row r="842" spans="1:7">
       <c r="A842" t="s">
-        <v>3183</v>
+        <v>3221</v>
       </c>
       <c r="B842" t="s">
-        <v>3206</v>
+        <v>3222</v>
       </c>
       <c r="C842" t="s">
-        <v>3207</v>
+        <v>3223</v>
       </c>
       <c r="D842" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="E842" t="s">
-        <v>258</v>
+        <v>1580</v>
       </c>
       <c r="F842" t="s">
-        <v>3208</v>
+        <v>2178</v>
       </c>
       <c r="G842"/>
     </row>
     <row r="843" spans="1:7">
       <c r="A843" t="s">
-        <v>3209</v>
+        <v>2803</v>
       </c>
       <c r="B843" t="s">
-        <v>3210</v>
+        <v>3224</v>
       </c>
       <c r="C843" t="s">
-        <v>3211</v>
+        <v>3225</v>
       </c>
       <c r="D843" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E843" t="s">
-        <v>3212</v>
+        <v>3226</v>
       </c>
       <c r="F843" t="s">
-        <v>3213</v>
-[...1 lines deleted...]
-      <c r="G843"/>
+        <v>2311</v>
+      </c>
+      <c r="G843" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="844" spans="1:7">
       <c r="A844" t="s">
-        <v>2666</v>
+        <v>2912</v>
       </c>
       <c r="B844" t="s">
-        <v>3214</v>
+        <v>1183</v>
       </c>
       <c r="C844" t="s">
-        <v>3215</v>
+        <v>3052</v>
       </c>
       <c r="D844" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E844" t="s">
-        <v>942</v>
+        <v>2095</v>
       </c>
       <c r="F844" t="s">
-        <v>3216</v>
+        <v>1183</v>
       </c>
       <c r="G844" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="845" spans="1:7">
       <c r="A845" t="s">
-        <v>3217</v>
+        <v>3227</v>
       </c>
       <c r="B845" t="s">
-        <v>3218</v>
+        <v>3228</v>
       </c>
       <c r="C845" t="s">
-        <v>3219</v>
+        <v>3229</v>
       </c>
       <c r="D845" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E845" t="s">
-        <v>3220</v>
+        <v>330</v>
       </c>
       <c r="F845" t="s">
-        <v>3220</v>
+        <v>3230</v>
       </c>
       <c r="G845" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="846" spans="1:7">
       <c r="A846" t="s">
-        <v>3156</v>
+        <v>3231</v>
       </c>
       <c r="B846" t="s">
-        <v>297</v>
+        <v>3232</v>
       </c>
       <c r="C846" t="s">
-        <v>3221</v>
+        <v>3233</v>
       </c>
       <c r="D846" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="E846" t="s">
-        <v>3222</v>
+        <v>3234</v>
       </c>
       <c r="F846" t="s">
-        <v>3223</v>
-[...3 lines deleted...]
-      </c>
+        <v>3235</v>
+      </c>
+      <c r="G846"/>
     </row>
     <row r="847" spans="1:7">
       <c r="A847" t="s">
-        <v>3224</v>
+        <v>3236</v>
       </c>
       <c r="B847" t="s">
-        <v>3225</v>
+        <v>3237</v>
       </c>
       <c r="C847" t="s">
-        <v>3226</v>
+        <v>3238</v>
       </c>
       <c r="D847" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E847" t="s">
-        <v>2637</v>
+        <v>2643</v>
       </c>
       <c r="F847" t="s">
-        <v>3227</v>
+        <v>3239</v>
       </c>
       <c r="G847" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="848" spans="1:7">
       <c r="A848" t="s">
-        <v>3228</v>
+        <v>2600</v>
       </c>
       <c r="B848" t="s">
-        <v>3229</v>
+        <v>3240</v>
       </c>
       <c r="C848" t="s">
-        <v>3230</v>
+        <v>3241</v>
       </c>
       <c r="D848" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="E848" t="s">
-        <v>3231</v>
+        <v>802</v>
       </c>
       <c r="F848" t="s">
-        <v>3232</v>
-[...1 lines deleted...]
-      <c r="G848"/>
+        <v>3242</v>
+      </c>
+      <c r="G848" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="849" spans="1:7">
       <c r="A849" t="s">
-        <v>3156</v>
+        <v>3243</v>
       </c>
       <c r="B849" t="s">
-        <v>3233</v>
+        <v>3244</v>
       </c>
       <c r="C849" t="s">
-        <v>3234</v>
+        <v>3245</v>
       </c>
       <c r="D849" t="s">
-        <v>895</v>
+        <v>10</v>
       </c>
       <c r="E849" t="s">
-        <v>220</v>
+        <v>3246</v>
       </c>
       <c r="F849" t="s">
-        <v>3235</v>
+        <v>3246</v>
       </c>
       <c r="G849" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" t="s">
-        <v>2742</v>
+        <v>2590</v>
       </c>
       <c r="B850" t="s">
-        <v>3236</v>
+        <v>3247</v>
       </c>
       <c r="C850" t="s">
-        <v>792</v>
+        <v>3248</v>
       </c>
       <c r="D850" t="s">
-        <v>481</v>
+        <v>10</v>
       </c>
       <c r="E850" t="s">
-        <v>716</v>
+        <v>3249</v>
       </c>
       <c r="F850" t="s">
-        <v>3237</v>
+        <v>3250</v>
       </c>
       <c r="G850" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" t="s">
-        <v>3238</v>
+        <v>2760</v>
       </c>
       <c r="B851" t="s">
-        <v>389</v>
+        <v>96</v>
       </c>
       <c r="C851" t="s">
-        <v>3239</v>
+        <v>3251</v>
       </c>
       <c r="D851" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="E851" t="s">
-        <v>3240</v>
+        <v>3252</v>
       </c>
       <c r="F851" t="s">
-        <v>2920</v>
-[...1 lines deleted...]
-      <c r="G851"/>
+        <v>3253</v>
+      </c>
+      <c r="G851" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" t="s">
-        <v>2796</v>
+        <v>2897</v>
       </c>
       <c r="B852" t="s">
-        <v>1321</v>
+        <v>3254</v>
       </c>
       <c r="C852" t="s">
-        <v>2804</v>
+        <v>3255</v>
       </c>
       <c r="D852" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E852" t="s">
-        <v>220</v>
+        <v>3256</v>
       </c>
       <c r="F852" t="s">
-        <v>1321</v>
+        <v>3257</v>
       </c>
       <c r="G852" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" t="s">
-        <v>3241</v>
+        <v>3027</v>
       </c>
       <c r="B853" t="s">
-        <v>3242</v>
+        <v>3258</v>
       </c>
       <c r="C853" t="s">
-        <v>3243</v>
-[...3 lines deleted...]
-      </c>
+        <v>3259</v>
+      </c>
+      <c r="D853"/>
       <c r="E853" t="s">
-        <v>173</v>
+        <v>3260</v>
       </c>
       <c r="F853" t="s">
-        <v>3244</v>
+        <v>3261</v>
       </c>
       <c r="G853" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="854" spans="1:7">
       <c r="A854" t="s">
-        <v>3098</v>
+        <v>2760</v>
       </c>
       <c r="B854" t="s">
-        <v>3245</v>
+        <v>3262</v>
       </c>
       <c r="C854" t="s">
-        <v>3246</v>
+        <v>3263</v>
       </c>
       <c r="D854" t="s">
-        <v>33</v>
+        <v>754</v>
       </c>
       <c r="E854" t="s">
-        <v>3247</v>
+        <v>2095</v>
       </c>
       <c r="F854" t="s">
-        <v>2477</v>
+        <v>3264</v>
       </c>
       <c r="G854" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="855" spans="1:7">
       <c r="A855" t="s">
-        <v>3102</v>
+        <v>2821</v>
       </c>
       <c r="B855" t="s">
-        <v>297</v>
+        <v>3265</v>
       </c>
       <c r="C855" t="s">
-        <v>3248</v>
+        <v>651</v>
       </c>
       <c r="D855" t="s">
-        <v>93</v>
+        <v>335</v>
       </c>
       <c r="E855" t="s">
-        <v>3249</v>
+        <v>573</v>
       </c>
       <c r="F855" t="s">
-        <v>3250</v>
+        <v>3266</v>
       </c>
       <c r="G855" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="856" spans="1:7">
       <c r="A856" t="s">
-        <v>3039</v>
+        <v>2941</v>
       </c>
       <c r="B856" t="s">
-        <v>3251</v>
+        <v>96</v>
       </c>
       <c r="C856" t="s">
-        <v>3252</v>
+        <v>3267</v>
       </c>
       <c r="D856" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E856" t="s">
-        <v>3253</v>
+        <v>3268</v>
       </c>
       <c r="F856" t="s">
-        <v>3254</v>
+        <v>3269</v>
       </c>
       <c r="G856" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="857" spans="1:7">
       <c r="A857" t="s">
-        <v>2639</v>
+        <v>2767</v>
       </c>
       <c r="B857" t="s">
-        <v>3255</v>
+        <v>3270</v>
       </c>
       <c r="C857" t="s">
-        <v>3256</v>
+        <v>3271</v>
       </c>
       <c r="D857" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="E857" t="s">
-        <v>3257</v>
+        <v>3272</v>
       </c>
       <c r="F857" t="s">
-        <v>3258</v>
+        <v>3273</v>
       </c>
       <c r="G857" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="858" spans="1:7">
       <c r="A858" t="s">
-        <v>3259</v>
+        <v>3274</v>
       </c>
       <c r="B858" t="s">
-        <v>206</v>
+        <v>2479</v>
       </c>
       <c r="C858" t="s">
-        <v>3260</v>
+        <v>3275</v>
       </c>
       <c r="D858" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E858" t="s">
-        <v>122</v>
+        <v>67</v>
       </c>
       <c r="F858" t="s">
-        <v>3261</v>
+        <v>3276</v>
       </c>
       <c r="G858" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="859" spans="1:7">
       <c r="A859" t="s">
-        <v>2757</v>
+        <v>2298</v>
       </c>
       <c r="B859" t="s">
-        <v>3262</v>
+        <v>3277</v>
       </c>
       <c r="C859" t="s">
-        <v>3263</v>
+        <v>3278</v>
       </c>
       <c r="D859" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E859" t="s">
-        <v>3264</v>
+        <v>17</v>
       </c>
       <c r="F859" t="s">
-        <v>3265</v>
+        <v>3279</v>
       </c>
       <c r="G859" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="860" spans="1:7">
       <c r="A860" t="s">
-        <v>2466</v>
+        <v>1996</v>
       </c>
       <c r="B860" t="s">
-        <v>3266</v>
+        <v>3280</v>
       </c>
       <c r="C860" t="s">
-        <v>3267</v>
+        <v>3281</v>
       </c>
       <c r="D860" t="s">
-        <v>33</v>
+        <v>117</v>
       </c>
       <c r="E860" t="s">
-        <v>406</v>
+        <v>1994</v>
       </c>
       <c r="F860" t="s">
-        <v>3268</v>
-[...3 lines deleted...]
-      </c>
+        <v>1687</v>
+      </c>
+      <c r="G860"/>
     </row>
     <row r="861" spans="1:7">
       <c r="A861" t="s">
-        <v>2853</v>
+        <v>2665</v>
       </c>
       <c r="B861" t="s">
-        <v>3269</v>
+        <v>2670</v>
       </c>
       <c r="C861" t="s">
-        <v>3270</v>
-[...1 lines deleted...]
-      <c r="D861"/>
+        <v>3282</v>
+      </c>
+      <c r="D861" t="s">
+        <v>81</v>
+      </c>
       <c r="E861" t="s">
-        <v>3271</v>
+        <v>82</v>
       </c>
       <c r="F861" t="s">
-        <v>3272</v>
-[...3 lines deleted...]
-      </c>
+        <v>2672</v>
+      </c>
+      <c r="G861"/>
     </row>
     <row r="862" spans="1:7">
       <c r="A862" t="s">
-        <v>3273</v>
+        <v>366</v>
       </c>
       <c r="B862" t="s">
-        <v>2667</v>
+        <v>196</v>
       </c>
       <c r="C862" t="s">
-        <v>3274</v>
+        <v>3283</v>
       </c>
       <c r="D862" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="E862" t="s">
-        <v>3275</v>
+        <v>1580</v>
       </c>
       <c r="F862" t="s">
-        <v>2670</v>
-[...1 lines deleted...]
-      <c r="G862"/>
+        <v>2178</v>
+      </c>
+      <c r="G862" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="863" spans="1:7">
+      <c r="A863" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B863" t="s">
+        <v>3284</v>
+      </c>
+      <c r="C863" t="s">
+        <v>3285</v>
+      </c>
+      <c r="D863" t="s">
+        <v>81</v>
+      </c>
+      <c r="E863" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F863" t="s">
+        <v>3286</v>
+      </c>
+      <c r="G863"/>
+    </row>
+    <row r="864" spans="1:7">
+      <c r="A864" t="s">
+        <v>3287</v>
+      </c>
+      <c r="B864" t="s">
+        <v>3288</v>
+      </c>
+      <c r="C864" t="s">
+        <v>3289</v>
+      </c>
+      <c r="D864" t="s">
+        <v>3290</v>
+      </c>
+      <c r="E864" t="s">
+        <v>3291</v>
+      </c>
+      <c r="F864" t="s">
+        <v>3292</v>
+      </c>
+      <c r="G864"/>
+    </row>
+    <row r="865" spans="1:7">
+      <c r="A865" t="s">
+        <v>3293</v>
+      </c>
+      <c r="B865" t="s">
+        <v>3294</v>
+      </c>
+      <c r="C865" t="s">
+        <v>3295</v>
+      </c>
+      <c r="D865" t="s">
+        <v>117</v>
+      </c>
+      <c r="E865" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F865" t="s">
+        <v>3296</v>
+      </c>
+      <c r="G865" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="866" spans="1:7">
+      <c r="A866" t="s">
+        <v>3297</v>
+      </c>
+      <c r="B866" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C866" t="s">
+        <v>3298</v>
+      </c>
+      <c r="D866" t="s">
+        <v>117</v>
+      </c>
+      <c r="E866" t="s">
+        <v>3299</v>
+      </c>
+      <c r="F866" t="s">
+        <v>2998</v>
+      </c>
+      <c r="G866"/>
+    </row>
+    <row r="867" spans="1:7">
+      <c r="A867" t="s">
+        <v>527</v>
+      </c>
+      <c r="B867" t="s">
+        <v>3017</v>
+      </c>
+      <c r="C867" t="s">
+        <v>3300</v>
+      </c>
+      <c r="D867" t="s">
+        <v>132</v>
+      </c>
+      <c r="E867" t="s">
+        <v>3019</v>
+      </c>
+      <c r="F867" t="s">
+        <v>3020</v>
+      </c>
+      <c r="G867"/>
+    </row>
+    <row r="868" spans="1:7">
+      <c r="A868" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B868" t="s">
+        <v>3222</v>
+      </c>
+      <c r="C868" t="s">
+        <v>3301</v>
+      </c>
+      <c r="D868" t="s">
+        <v>81</v>
+      </c>
+      <c r="E868" t="s">
+        <v>1580</v>
+      </c>
+      <c r="F868" t="s">
+        <v>2178</v>
+      </c>
+      <c r="G868" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="869" spans="1:7">
+      <c r="A869" t="s">
+        <v>3302</v>
+      </c>
+      <c r="B869" t="s">
+        <v>3303</v>
+      </c>
+      <c r="C869" t="s">
+        <v>3304</v>
+      </c>
+      <c r="D869" t="s">
+        <v>3305</v>
+      </c>
+      <c r="E869" t="s">
+        <v>3306</v>
+      </c>
+      <c r="F869" t="s">
+        <v>452</v>
+      </c>
+      <c r="G869"/>
+    </row>
+    <row r="870" spans="1:7">
+      <c r="A870" t="s">
+        <v>3307</v>
+      </c>
+      <c r="B870" t="s">
+        <v>3308</v>
+      </c>
+      <c r="C870" t="s">
+        <v>3309</v>
+      </c>
+      <c r="D870" t="s">
+        <v>81</v>
+      </c>
+      <c r="E870" t="s">
+        <v>1894</v>
+      </c>
+      <c r="F870" t="s">
+        <v>3310</v>
+      </c>
+      <c r="G870"/>
+    </row>
+    <row r="871" spans="1:7">
+      <c r="A871" t="s">
+        <v>2005</v>
+      </c>
+      <c r="B871" t="s">
+        <v>3311</v>
+      </c>
+      <c r="C871" t="s">
+        <v>3312</v>
+      </c>
+      <c r="D871" t="s">
+        <v>117</v>
+      </c>
+      <c r="E871" t="s">
+        <v>241</v>
+      </c>
+      <c r="F871" t="s">
+        <v>3313</v>
+      </c>
+      <c r="G871"/>
+    </row>
+    <row r="872" spans="1:7">
+      <c r="A872" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B872" t="s">
+        <v>3314</v>
+      </c>
+      <c r="C872" t="s">
+        <v>3315</v>
+      </c>
+      <c r="D872" t="s">
+        <v>81</v>
+      </c>
+      <c r="E872" t="s">
+        <v>3316</v>
+      </c>
+      <c r="F872" t="s">
+        <v>830</v>
+      </c>
+      <c r="G872"/>
+    </row>
+    <row r="873" spans="1:7">
+      <c r="A873" t="s">
+        <v>97</v>
+      </c>
+      <c r="B873" t="s">
+        <v>3317</v>
+      </c>
+      <c r="C873" t="s">
+        <v>3318</v>
+      </c>
+      <c r="D873" t="s">
+        <v>81</v>
+      </c>
+      <c r="E873" t="s">
+        <v>82</v>
+      </c>
+      <c r="F873" t="s">
+        <v>3053</v>
+      </c>
+      <c r="G873"/>
+    </row>
+    <row r="874" spans="1:7">
+      <c r="A874" t="s">
+        <v>2005</v>
+      </c>
+      <c r="B874" t="s">
+        <v>3319</v>
+      </c>
+      <c r="C874" t="s">
+        <v>3320</v>
+      </c>
+      <c r="D874" t="s">
+        <v>81</v>
+      </c>
+      <c r="E874" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F874" t="s">
+        <v>1581</v>
+      </c>
+      <c r="G874"/>
+    </row>
+    <row r="875" spans="1:7">
+      <c r="A875" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B875" t="s">
+        <v>3321</v>
+      </c>
+      <c r="C875" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D875" t="s">
+        <v>25</v>
+      </c>
+      <c r="E875" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F875" t="s">
+        <v>3322</v>
+      </c>
+      <c r="G875"/>
+    </row>
+    <row r="876" spans="1:7">
+      <c r="A876" t="s">
+        <v>3140</v>
+      </c>
+      <c r="B876" t="s">
+        <v>925</v>
+      </c>
+      <c r="C876" t="s">
+        <v>3323</v>
+      </c>
+      <c r="D876" t="s">
+        <v>3324</v>
+      </c>
+      <c r="E876" t="s">
+        <v>3325</v>
+      </c>
+      <c r="F876" t="s">
+        <v>3326</v>
+      </c>
+      <c r="G876"/>
+    </row>
+    <row r="877" spans="1:7">
+      <c r="A877" t="s">
+        <v>3327</v>
+      </c>
+      <c r="B877" t="s">
+        <v>3328</v>
+      </c>
+      <c r="C877" t="s">
+        <v>3329</v>
+      </c>
+      <c r="D877" t="s">
+        <v>16</v>
+      </c>
+      <c r="E877" t="s">
+        <v>178</v>
+      </c>
+      <c r="F877" t="s">
+        <v>2077</v>
+      </c>
+      <c r="G877"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>