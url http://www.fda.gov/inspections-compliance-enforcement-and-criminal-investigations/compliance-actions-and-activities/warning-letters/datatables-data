--- v0 (2026-02-07)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Warning Letter Solr Index" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1549">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1554">
   <si>
     <t>Posted Date</t>
   </si>
   <si>
     <t>Letter Issue Date</t>
   </si>
   <si>
     <t>Company Name</t>
   </si>
   <si>
     <t>Issuing Office</t>
   </si>
   <si>
     <t>Subject</t>
   </si>
   <si>
     <t>Response Letter</t>
   </si>
   <si>
     <t>Closeout Letter</t>
   </si>
   <si>
     <t>12/02/2025</t>
   </si>
   <si>
@@ -500,53 +500,50 @@
   <si>
     <t>Valentine Enterprises, Inc.</t>
   </si>
   <si>
     <t>CGMP/Dietary Supplement/Adulterated/Misbranded</t>
   </si>
   <si>
     <t>Time Challenger Labs International, Inc.</t>
   </si>
   <si>
     <t>Vidaslim Co.</t>
   </si>
   <si>
     <t>09/03/2025</t>
   </si>
   <si>
     <t>Gracie's Kitchens, Inc.</t>
   </si>
   <si>
     <t>CGMP/Food/Prepared, Packed or Held Under Insanitary Conditions/Adulterated</t>
   </si>
   <si>
     <t>Hans Bakery Inc. d/b/a Andersen’s Bakery</t>
   </si>
   <si>
-    <t>Aytu Biopharma</t>
-[...1 lines deleted...]
-  <si>
     <t>11/25/2025</t>
   </si>
   <si>
     <t>11/24/2025</t>
   </si>
   <si>
     <t>Texas Central Distribution LLC</t>
   </si>
   <si>
     <t>11/07/2025</t>
   </si>
   <si>
     <t>Wells Pharma of Houston, LLC</t>
   </si>
   <si>
     <t>11/17/2025</t>
   </si>
   <si>
     <t>Mahita LLC dba PushMyCart</t>
   </si>
   <si>
     <t>Unapproved New Drugs</t>
   </si>
   <si>
     <t>11/13/2025</t>
@@ -1637,53 +1634,50 @@
   <si>
     <t>Route 66 Vapor</t>
   </si>
   <si>
     <t>Steep Slope Vape Supply</t>
   </si>
   <si>
     <t>Smoke and Vape Inc d/b/a Backdoor Smoke Shop</t>
   </si>
   <si>
     <t>Walker Enterprises, LLC d/b/a MaddCatt Vapor</t>
   </si>
   <si>
     <t>A-Z Tobacco Inc d/b/a A-Z Tobacco and Vapor</t>
   </si>
   <si>
     <t>Gorilla Vapes of East Brunswick</t>
   </si>
   <si>
     <t>02/25/2025</t>
   </si>
   <si>
     <t>Garcia Fresh Vegetables LLC</t>
   </si>
   <si>
-    <t>Sperm Bank, Inc. dba Fertility Center of California</t>
-[...1 lines deleted...]
-  <si>
     <t>Radhaswamy Inc. dba Raja Foods LLC</t>
   </si>
   <si>
     <t>02/21/2025</t>
   </si>
   <si>
     <t>Loveli Design, LLC d/b/a Alice in Vapeland</t>
   </si>
   <si>
     <t>02/28/2025</t>
   </si>
   <si>
     <t>02/27/2025</t>
   </si>
   <si>
     <t>Elk River Vapor Shop</t>
   </si>
   <si>
     <t>The Vapor Club LLC</t>
   </si>
   <si>
     <t>Chem-Tech, Ltd.</t>
   </si>
   <si>
     <t>TKTX USA</t>
@@ -3347,569 +3341,560 @@
   <si>
     <t>04/23/2025</t>
   </si>
   <si>
     <t>OSRX, Inc.</t>
   </si>
   <si>
     <t>04/30/2025</t>
   </si>
   <si>
     <t>Ningbo Riway Industrial Co., Ltd.</t>
   </si>
   <si>
     <t>05/14/2025</t>
   </si>
   <si>
     <t>Evi Labs LLC</t>
   </si>
   <si>
     <t>United King Foods Private Limited</t>
   </si>
   <si>
     <t>Mother Earth Minerals, Inc.</t>
   </si>
   <si>
-    <t>03/19/2025</t>
-[...2 lines deleted...]
-    <t>Jack &amp; The Green Sprouts, Inc.</t>
+    <t>05/23/2025</t>
+  </si>
+  <si>
+    <t>ktownvaporlounge.com</t>
+  </si>
+  <si>
+    <t>12/26/2024</t>
+  </si>
+  <si>
+    <t>Kingdom Creamery of Vermont LLC</t>
+  </si>
+  <si>
+    <t>CGMP/Hazard Analysis/Risk-Based Preventive Controls for Food/Adulterated</t>
+  </si>
+  <si>
+    <t>Zhejiang Easyclean Daily Chemical Co., Ltd</t>
+  </si>
+  <si>
+    <t>03/24/2025</t>
+  </si>
+  <si>
+    <t>Huangshi Hygienic Material Medicine Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Amy Lightner, MD</t>
+  </si>
+  <si>
+    <t>Bioresearch Monitoring Program</t>
+  </si>
+  <si>
+    <t>05/19/2025</t>
+  </si>
+  <si>
+    <t>CTK OTC Laboratories LLC formerly FMK LABS, Inc.</t>
+  </si>
+  <si>
+    <t>Savant Industries, LLC, d/b/a Paradigm Distribution</t>
+  </si>
+  <si>
+    <t>La Milagrosa 1 LLC</t>
+  </si>
+  <si>
+    <t>Everything Sprouts, LLC</t>
+  </si>
+  <si>
+    <t>Milo’s Poultry Farms, LLC</t>
+  </si>
+  <si>
+    <t>Anti L’Age</t>
+  </si>
+  <si>
+    <t>CGMP/Manufacturing, Packaging, Labeling, or Holding Operations for Dietary Supplements/Adulterated</t>
+  </si>
+  <si>
+    <t>Rechon Life Science AB</t>
+  </si>
+  <si>
+    <t>05/20/2025</t>
+  </si>
+  <si>
+    <t>One Roof LLC</t>
+  </si>
+  <si>
+    <t>DFI Co., Ltd.</t>
+  </si>
+  <si>
+    <t>05/30/2025</t>
+  </si>
+  <si>
+    <t>vapejuice.com</t>
+  </si>
+  <si>
+    <t>thesmokeplug.com</t>
+  </si>
+  <si>
+    <t>02/13/2024</t>
+  </si>
+  <si>
+    <t>02/09/2024</t>
+  </si>
+  <si>
+    <t>Pt Dua Kelinci</t>
+  </si>
+  <si>
+    <t>03/12/2024</t>
+  </si>
+  <si>
+    <t>Sen Up Huat Seafood Trading Sdn Bhd</t>
+  </si>
+  <si>
+    <t>Vape Hut, LLC d/b/a Vape Hut Kratom-CBD</t>
+  </si>
+  <si>
+    <t>Daddy’s Vapor Distro, Inc., d/b/a DV Brands</t>
+  </si>
+  <si>
+    <t>06/10/2025</t>
+  </si>
+  <si>
+    <t>Bio Wellness 444 LLC</t>
+  </si>
+  <si>
+    <t>Laboratoire Druide Inc.</t>
+  </si>
+  <si>
+    <t>Sprout Pharmaceuticals, Inc.</t>
+  </si>
+  <si>
+    <t>The Office of Prescription Drug Promotion (OPDP)</t>
+  </si>
+  <si>
+    <t>American Behavioral Research Institute, LLC</t>
+  </si>
+  <si>
+    <t>01/02/2025</t>
+  </si>
+  <si>
+    <t>Gongora USA Corp</t>
+  </si>
+  <si>
+    <t>Amish Origins Management, LLC</t>
+  </si>
+  <si>
+    <t>06/06/2025</t>
+  </si>
+  <si>
+    <t>ejuicevapedistro.com</t>
+  </si>
+  <si>
+    <t>Sunset Wholesale Tobacco, Inc.</t>
+  </si>
+  <si>
+    <t>JT Wood Investments LLC, d/b/a Vape It</t>
+  </si>
+  <si>
+    <t>02/20/2024</t>
+  </si>
+  <si>
+    <t>Empacadora Bilbo S.A. DBA Bilbosa</t>
+  </si>
+  <si>
+    <t>03/29/2024</t>
+  </si>
+  <si>
+    <t>Kitchen Garden Foods, LTD</t>
+  </si>
+  <si>
+    <t>Thuan Thien Producing Trading Limited Company</t>
+  </si>
+  <si>
+    <t>Juice HACCP/CGMP for Foods/Adulterated/Insanitary Conditions</t>
+  </si>
+  <si>
+    <t>05/14/2024</t>
+  </si>
+  <si>
+    <t>05/01/2024</t>
+  </si>
+  <si>
+    <t>Ogura Shokuhin Co. Ltd.</t>
+  </si>
+  <si>
+    <t>07/30/2024</t>
+  </si>
+  <si>
+    <t>Corporacion Avicola Morovis Inc</t>
+  </si>
+  <si>
+    <t>05/07/2024</t>
+  </si>
+  <si>
+    <t>Mariscos Perla Mar S. de R.L.</t>
+  </si>
+  <si>
+    <t>Raya Green Coconut Co.</t>
+  </si>
+  <si>
+    <t>Tamara Fruit CJSC</t>
+  </si>
+  <si>
+    <t>08/20/2024</t>
+  </si>
+  <si>
+    <t>08/14/2024</t>
+  </si>
+  <si>
+    <t>Manabi Export Panama S.A.</t>
+  </si>
+  <si>
+    <t>100Misterios, LDA</t>
+  </si>
+  <si>
+    <t>Guangzhou Sinocon Food Co., Ltd</t>
+  </si>
+  <si>
+    <t>vaping.com</t>
+  </si>
+  <si>
+    <t>Nefeteri Wellness</t>
+  </si>
+  <si>
+    <t>Office of Unapproved Drugs and Labeling Compliance</t>
+  </si>
+  <si>
+    <t>Zhejiang Huahai Pharmaceutical Co., Ltd.</t>
+  </si>
+  <si>
+    <t>Office of Manufacturing Quality</t>
+  </si>
+  <si>
+    <t>Horizon Tool Inc.</t>
+  </si>
+  <si>
+    <t>Kenil Healthcare Private Limited</t>
+  </si>
+  <si>
+    <t>www.buycodeine.us</t>
+  </si>
+  <si>
+    <t>www.buyprosoma.com</t>
+  </si>
+  <si>
+    <t>Zest US Wholesale Inc.</t>
+  </si>
+  <si>
+    <t>Xin Ao International Group Corp.</t>
+  </si>
+  <si>
+    <t>Reset Technology Corporation</t>
+  </si>
+  <si>
+    <t>lousquare.com</t>
+  </si>
+  <si>
+    <t>www.24hreup.biz</t>
+  </si>
+  <si>
+    <t>Shantou S.E.Z. Baojie Industry Co., Ltd.</t>
+  </si>
+  <si>
+    <t>04/16/2025</t>
+  </si>
+  <si>
+    <t>Mentha &amp; Allied Products Private Ltd.</t>
+  </si>
+  <si>
+    <t>BioAsia Worldwide Sdn Bhd</t>
+  </si>
+  <si>
+    <t>05/07/2025</t>
+  </si>
+  <si>
+    <t>Excelvision Fareva</t>
+  </si>
+  <si>
+    <t>Taizhou Jingshang Cosmetics Technology Co., Ltd.</t>
+  </si>
+  <si>
+    <t>05/16/2025</t>
+  </si>
+  <si>
+    <t>05/15/2025</t>
+  </si>
+  <si>
+    <t>Madvapes Vape Shop</t>
+  </si>
+  <si>
+    <t>Wise Guys Vapes</t>
+  </si>
+  <si>
+    <t>ECIGRUSA LLC, d/b/a Worldwide Vape Distribution</t>
+  </si>
+  <si>
+    <t>FishMoxFishFlex/Simple Pet Health LLC</t>
+  </si>
+  <si>
+    <t>Unapproved New Animal Drug/Misbranded</t>
+  </si>
+  <si>
+    <t>Supreme Rejuvenation, LLC</t>
+  </si>
+  <si>
+    <t>NWL Netherlands Services B.V.</t>
+  </si>
+  <si>
+    <t>lostmary.com</t>
+  </si>
+  <si>
+    <t>ejuice-online.com</t>
+  </si>
+  <si>
+    <t>Gluten Free Remedies LLC</t>
+  </si>
+  <si>
+    <t>Dietary Supplement/Misbranded</t>
+  </si>
+  <si>
+    <t>Breadbox Co.</t>
+  </si>
+  <si>
+    <t>Yeshua Bendito, C.A.</t>
+  </si>
+  <si>
+    <t>Chongqing Tianrun Food Development Co., Ltd</t>
+  </si>
+  <si>
+    <t>Dalai Biotech Company Ltd</t>
+  </si>
+  <si>
+    <t>United Health Products, Inc.</t>
+  </si>
+  <si>
+    <t>Bioresearch Monitoring Program/Institutional Review Board (IRB)</t>
+  </si>
+  <si>
+    <t>Product Society LLC</t>
+  </si>
+  <si>
+    <t>Wuxi Medical Instrument Factory Co., Ltd.</t>
+  </si>
+  <si>
+    <t>NeuroSync, Inc.</t>
+  </si>
+  <si>
+    <t>Microspecialties, LLC</t>
+  </si>
+  <si>
+    <t>Skye Biologics Holdings LLC</t>
+  </si>
+  <si>
+    <t>Kabe Labortechnik GmbH</t>
+  </si>
+  <si>
+    <t>Baldwin Richardson Foods Pennsauken, LLC</t>
+  </si>
+  <si>
+    <t>05/27/2025</t>
+  </si>
+  <si>
+    <t>Shenzhen Hengkaifeng Commerce and Trade Co., Ltd</t>
+  </si>
+  <si>
+    <t>Failure to List/Misbranded</t>
+  </si>
+  <si>
+    <t>vaporhatch.com</t>
+  </si>
+  <si>
+    <t>Black Note, Inc.</t>
+  </si>
+  <si>
+    <t>AACE Pharmaceuticals, Inc.</t>
+  </si>
+  <si>
+    <t>Sedecal S.A.</t>
+  </si>
+  <si>
+    <t>Reunipeche SAS</t>
+  </si>
+  <si>
+    <t>Golden Grains Bakery</t>
+  </si>
+  <si>
+    <t>Wailea Agricultural Group, Inc.</t>
+  </si>
+  <si>
+    <t>03/31/2025</t>
+  </si>
+  <si>
+    <t>DRG Instruments GmbH</t>
+  </si>
+  <si>
+    <t>Rey de los Camarones S. A.</t>
+  </si>
+  <si>
+    <t>San Juan Produce LLC</t>
+  </si>
+  <si>
+    <t>vapordna.com</t>
+  </si>
+  <si>
+    <t>05/21/2024</t>
+  </si>
+  <si>
+    <t>05/16/2024</t>
+  </si>
+  <si>
+    <t>Swity d.o.o.</t>
+  </si>
+  <si>
+    <t>Acidified Foods/Emergency Permit Control/Adulterated/Misbranded</t>
+  </si>
+  <si>
+    <t>Latro Inc.</t>
+  </si>
+  <si>
+    <t>Yiling Pharmaceutical Ltd.</t>
+  </si>
+  <si>
+    <t>denverelectroniccigarettes.com</t>
+  </si>
+  <si>
+    <t>04/21/2025</t>
+  </si>
+  <si>
+    <t>Amore Produce, LLC</t>
+  </si>
+  <si>
+    <t>08/22/2024</t>
+  </si>
+  <si>
+    <t>California Veterinary Supply</t>
+  </si>
+  <si>
+    <t>Unapproved Medically Important Antimicrobials Marketed for Use in Non-food Minor Species</t>
+  </si>
+  <si>
+    <t>Optikem International, Inc.</t>
+  </si>
+  <si>
+    <t>09/05/2024</t>
+  </si>
+  <si>
+    <t>Master Sales LLC</t>
+  </si>
+  <si>
+    <t>Root Bioscience Brands, LLC dba Naternal</t>
+  </si>
+  <si>
+    <t>Avaria Health &amp; Beauty Corp.</t>
+  </si>
+  <si>
+    <t>08/29/2024</t>
+  </si>
+  <si>
+    <t>Orean Personal Care Ltd.</t>
+  </si>
+  <si>
+    <t>Mid-Link Testing Company, Ltd</t>
+  </si>
+  <si>
+    <t>Sanitation &amp; Environmental Technology Institute dba SDWH</t>
+  </si>
+  <si>
+    <t>Quad Life USA Inc.</t>
+  </si>
+  <si>
+    <t>Beard Management Inc. d/b/a Beard Vape Co. d/b/a Lucky Bar Holdings, d/b/a Fifty Bar</t>
+  </si>
+  <si>
+    <t>Breeze Smoke Official</t>
+  </si>
+  <si>
+    <t>Shenzhen Greensound High-Tech Co. Ltd. d/b/a ENVA</t>
+  </si>
+  <si>
+    <t>Mery Vape</t>
+  </si>
+  <si>
+    <t>SS Vape Brands Inc. d/b/a Monster Vape Labs d/b/a The Monster Group</t>
+  </si>
+  <si>
+    <t>Mr Fog Switch</t>
+  </si>
+  <si>
+    <t>MR FOG d/b/a MR FOG Officials</t>
+  </si>
+  <si>
+    <t>FUNCOOL Technology Co., Limited d/b/a RAZ Vape</t>
+  </si>
+  <si>
+    <t>Sweet TSV 1 d/b/a Sweet Vape Shop</t>
+  </si>
+  <si>
+    <t>Bugatti Vape, LLC</t>
+  </si>
+  <si>
+    <t>09/16/2024</t>
+  </si>
+  <si>
+    <t>Exotic Wholesale LLC</t>
+  </si>
+  <si>
+    <t>08/12/2024</t>
+  </si>
+  <si>
+    <t>Greco Gas, Inc.</t>
+  </si>
+  <si>
+    <t>Office of Pharmaceutical Quality</t>
+  </si>
+  <si>
+    <t>09/09/2024</t>
+  </si>
+  <si>
+    <t>EnviroServe Chemicals &amp; Cleaners Ltd.</t>
+  </si>
+  <si>
+    <t>03/21/2024</t>
+  </si>
+  <si>
+    <t>St. Louis Calco, LLC</t>
+  </si>
+  <si>
+    <t>Division of Human and Animal Food Operations West II</t>
   </si>
   <si>
     <t>Food/Prepared Packed or Held Under Insanitary Conditions/Adulterated</t>
   </si>
   <si>
-    <t>05/23/2025</t>
-[...508 lines deleted...]
-  <si>
     <t>07/17/2024</t>
   </si>
   <si>
     <t>TJA Health, LLC</t>
   </si>
   <si>
     <t>Aromas Para El Alma S.A.</t>
   </si>
   <si>
     <t>Quality CDMO, Inc.</t>
   </si>
   <si>
     <t>02/06/2024</t>
   </si>
   <si>
     <t>01/30/2024</t>
   </si>
   <si>
     <t>Inmar Supply Chain Solutions, LLC</t>
   </si>
   <si>
     <t>Division of Human and Animal Food Operations West III</t>
   </si>
   <si>
     <t>02/14/2023</t>
@@ -4659,50 +4644,80 @@
     <t>Illegal Drug Residue Animal Tissue/Adulterated</t>
   </si>
   <si>
     <t>12/02/2022</t>
   </si>
   <si>
     <t>03/31/2022</t>
   </si>
   <si>
     <t>OsteoLife Biomedical I LLC</t>
   </si>
   <si>
     <t>Office of Biological Products Operations – Division I</t>
   </si>
   <si>
     <t>New Vitalis, LLC dba New Vitalis Pharmacy</t>
   </si>
   <si>
     <t>03/11/2022</t>
   </si>
   <si>
     <t>CAJ Food Products Inc.</t>
   </si>
   <si>
     <t>Office of Human and Animal Food Operations East Division 6</t>
+  </si>
+  <si>
+    <t>04/28/2022</t>
+  </si>
+  <si>
+    <t>Russ Davis Wholesale Inc</t>
+  </si>
+  <si>
+    <t>Office of Human and Animal Food Operations - West Division 1</t>
+  </si>
+  <si>
+    <t>06/02/2022</t>
+  </si>
+  <si>
+    <t>The 505 Vapor Room, LLC</t>
+  </si>
+  <si>
+    <t>07/07/2022</t>
+  </si>
+  <si>
+    <t>06/30/2022</t>
+  </si>
+  <si>
+    <t>Vaping Delights LLC</t>
+  </si>
+  <si>
+    <t>07/06/2022</t>
+  </si>
+  <si>
+    <t>Ron's Vapor Station</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -6967,17210 +6982,17212 @@
       </c>
       <c r="F101"/>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>130</v>
       </c>
       <c r="B102" t="s">
         <v>113</v>
       </c>
       <c r="C102" t="s">
         <v>161</v>
       </c>
       <c r="D102" t="s">
         <v>145</v>
       </c>
       <c r="E102" t="s">
         <v>160</v>
       </c>
       <c r="F102"/>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>15</v>
+        <v>162</v>
       </c>
       <c r="B103" t="s">
-        <v>28</v>
+        <v>163</v>
       </c>
       <c r="C103" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D103" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>73</v>
+        <v>21</v>
       </c>
       <c r="F103"/>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B104" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C104" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D104" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E104" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F104"/>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B105" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C105" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="F105"/>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B106" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C106" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D106" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>170</v>
+        <v>21</v>
       </c>
       <c r="F106"/>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B107" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C107" t="s">
         <v>172</v>
       </c>
       <c r="D107" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E107" t="s">
-        <v>21</v>
+        <v>173</v>
       </c>
       <c r="F107"/>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B108" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="C108" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D108" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E108" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="F108"/>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B109" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C109" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D109" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E109" t="s">
-        <v>177</v>
+        <v>11</v>
       </c>
       <c r="F109"/>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B110" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C110" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D110" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="E110" t="s">
-        <v>11</v>
+        <v>152</v>
       </c>
       <c r="F110"/>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B111" t="s">
-        <v>180</v>
+        <v>167</v>
       </c>
       <c r="C111" t="s">
         <v>181</v>
       </c>
       <c r="D111" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="E111" t="s">
-        <v>152</v>
+        <v>169</v>
       </c>
       <c r="F111"/>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B112" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C112" t="s">
         <v>182</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="F112"/>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B113" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C113" t="s">
         <v>183</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="F113"/>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B114" t="s">
-        <v>168</v>
+        <v>184</v>
       </c>
       <c r="C114" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D114" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>170</v>
+        <v>21</v>
       </c>
       <c r="F114"/>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B115" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C115" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
         <v>21</v>
       </c>
       <c r="F115"/>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>163</v>
+        <v>130</v>
       </c>
       <c r="B116" t="s">
-        <v>187</v>
+        <v>103</v>
       </c>
       <c r="C116" t="s">
         <v>188</v>
       </c>
       <c r="D116" t="s">
-        <v>20</v>
+        <v>145</v>
       </c>
       <c r="E116" t="s">
-        <v>21</v>
+        <v>160</v>
       </c>
       <c r="F116"/>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>130</v>
+        <v>189</v>
       </c>
       <c r="B117" t="s">
-        <v>103</v>
+        <v>189</v>
       </c>
       <c r="C117" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D117" t="s">
-        <v>145</v>
+        <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>160</v>
+        <v>21</v>
       </c>
       <c r="F117"/>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B118" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C118" t="s">
         <v>191</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
         <v>21</v>
       </c>
       <c r="F118"/>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B119" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C119" t="s">
         <v>192</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
         <v>21</v>
       </c>
       <c r="F119"/>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B120" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C120" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
         <v>21</v>
       </c>
       <c r="F120"/>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B121" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C121" t="s">
         <v>195</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
         <v>21</v>
       </c>
       <c r="F121"/>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B122" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C122" t="s">
         <v>196</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
         <v>21</v>
       </c>
       <c r="F122"/>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B123" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="C123" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D123" t="s">
-        <v>20</v>
+        <v>109</v>
       </c>
       <c r="E123" t="s">
-        <v>21</v>
+        <v>200</v>
       </c>
       <c r="F123"/>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B124" t="s">
-        <v>199</v>
+        <v>148</v>
       </c>
       <c r="C124" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D124" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="E124" t="s">
-        <v>201</v>
+        <v>176</v>
       </c>
       <c r="F124"/>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B125" t="s">
-        <v>148</v>
+        <v>125</v>
       </c>
       <c r="C125" t="s">
         <v>202</v>
       </c>
       <c r="D125" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E125" t="s">
-        <v>177</v>
+        <v>11</v>
       </c>
       <c r="F125"/>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B126" t="s">
-        <v>125</v>
+        <v>189</v>
       </c>
       <c r="C126" t="s">
         <v>203</v>
       </c>
       <c r="D126" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E126" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F126"/>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B127" t="s">
-        <v>190</v>
+        <v>120</v>
       </c>
       <c r="C127" t="s">
         <v>204</v>
       </c>
       <c r="D127" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E127" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F127"/>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B128" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C128" t="s">
         <v>205</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128"/>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B129" t="s">
-        <v>125</v>
+        <v>148</v>
       </c>
       <c r="C129" t="s">
         <v>206</v>
       </c>
       <c r="D129" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E129" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F129"/>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
+        <v>197</v>
+      </c>
+      <c r="B130" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="C130" t="s">
         <v>207</v>
       </c>
       <c r="D130" t="s">
-        <v>20</v>
+        <v>143</v>
       </c>
       <c r="E130" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F130"/>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B131" t="s">
-        <v>199</v>
+        <v>107</v>
       </c>
       <c r="C131" t="s">
         <v>208</v>
       </c>
       <c r="D131" t="s">
         <v>143</v>
       </c>
       <c r="E131" t="s">
         <v>141</v>
       </c>
       <c r="F131"/>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="B132" t="s">
-        <v>107</v>
+        <v>90</v>
       </c>
       <c r="C132" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D132" t="s">
-        <v>143</v>
+        <v>105</v>
       </c>
       <c r="E132" t="s">
-        <v>141</v>
+        <v>211</v>
       </c>
       <c r="F132"/>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B133" t="s">
-        <v>90</v>
+        <v>130</v>
       </c>
       <c r="C133" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D133" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="E133" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
       <c r="F133"/>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>210</v>
+        <v>130</v>
       </c>
       <c r="B134" t="s">
-        <v>130</v>
+        <v>96</v>
       </c>
       <c r="C134" t="s">
         <v>213</v>
       </c>
       <c r="D134" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="E134" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="F134"/>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>130</v>
+        <v>209</v>
       </c>
       <c r="B135" t="s">
-        <v>96</v>
+        <v>215</v>
       </c>
       <c r="C135" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D135" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E135" t="s">
-        <v>215</v>
+        <v>11</v>
       </c>
       <c r="F135"/>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B136" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C136" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D136" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F136"/>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="B137" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C137" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D137" t="s">
         <v>20</v>
       </c>
       <c r="E137" t="s">
         <v>21</v>
       </c>
       <c r="F137"/>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
+        <v>219</v>
+      </c>
+      <c r="B138" t="s">
         <v>220</v>
       </c>
-      <c r="B138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" t="s">
-        <v>222</v>
+        <v>92</v>
       </c>
       <c r="D138" t="s">
         <v>20</v>
       </c>
       <c r="E138" t="s">
         <v>21</v>
       </c>
       <c r="F138"/>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>220</v>
+        <v>179</v>
       </c>
       <c r="B139" t="s">
-        <v>221</v>
+        <v>111</v>
       </c>
       <c r="C139" t="s">
-        <v>92</v>
+        <v>222</v>
       </c>
       <c r="D139" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="E139" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="F139"/>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B140" t="s">
-        <v>111</v>
+        <v>18</v>
       </c>
       <c r="C140" t="s">
         <v>223</v>
       </c>
       <c r="D140" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E140" t="s">
-        <v>177</v>
+        <v>224</v>
       </c>
       <c r="F140"/>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B141" t="s">
-        <v>18</v>
+        <v>120</v>
       </c>
       <c r="C141" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
-        <v>225</v>
+        <v>11</v>
       </c>
       <c r="F141"/>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>180</v>
+        <v>226</v>
       </c>
       <c r="B142" t="s">
-        <v>120</v>
+        <v>220</v>
       </c>
       <c r="C142" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D142" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E142" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F142"/>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>227</v>
+        <v>179</v>
       </c>
       <c r="B143" t="s">
-        <v>221</v>
+        <v>12</v>
       </c>
       <c r="C143" t="s">
         <v>228</v>
       </c>
       <c r="D143" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E143" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F143"/>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>180</v>
+        <v>219</v>
       </c>
       <c r="B144" t="s">
-        <v>12</v>
+        <v>220</v>
       </c>
       <c r="C144" t="s">
         <v>229</v>
       </c>
       <c r="D144" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E144" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F144"/>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>220</v>
+        <v>179</v>
       </c>
       <c r="B145" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="C145" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D145" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E145" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="F145"/>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B146" t="s">
-        <v>231</v>
+        <v>12</v>
       </c>
       <c r="C146" t="s">
         <v>232</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
-        <v>101</v>
+        <v>11</v>
       </c>
       <c r="F146"/>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B147" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
       <c r="C147" t="s">
         <v>233</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147"/>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B148" t="s">
-        <v>130</v>
+        <v>226</v>
       </c>
       <c r="C148" t="s">
         <v>234</v>
       </c>
       <c r="D148" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E148" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F148"/>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B149" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="C149" t="s">
         <v>235</v>
       </c>
       <c r="D149" t="s">
         <v>20</v>
       </c>
       <c r="E149" t="s">
         <v>21</v>
       </c>
       <c r="F149"/>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="B150" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="C150" t="s">
         <v>236</v>
       </c>
       <c r="D150" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E150" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F150"/>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B151" t="s">
-        <v>221</v>
+        <v>18</v>
       </c>
       <c r="C151" t="s">
         <v>237</v>
       </c>
       <c r="D151" t="s">
-        <v>10</v>
+        <v>238</v>
       </c>
       <c r="E151" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="F151"/>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B152" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="C152" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D152" t="s">
-        <v>239</v>
+        <v>105</v>
       </c>
       <c r="E152" t="s">
-        <v>141</v>
+        <v>240</v>
       </c>
       <c r="F152"/>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B153" t="s">
-        <v>28</v>
+        <v>193</v>
       </c>
       <c r="C153" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D153" t="s">
         <v>105</v>
       </c>
       <c r="E153" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="F153"/>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B154" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C154" t="s">
         <v>242</v>
       </c>
       <c r="D154" t="s">
         <v>105</v>
       </c>
       <c r="E154" t="s">
-        <v>241</v>
+        <v>176</v>
       </c>
       <c r="F154"/>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B155" t="s">
-        <v>190</v>
+        <v>18</v>
       </c>
       <c r="C155" t="s">
         <v>243</v>
       </c>
       <c r="D155" t="s">
-        <v>105</v>
+        <v>143</v>
       </c>
       <c r="E155" t="s">
-        <v>177</v>
+        <v>141</v>
       </c>
       <c r="F155"/>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B156" t="s">
-        <v>18</v>
+        <v>244</v>
       </c>
       <c r="C156" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D156" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="E156" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F156"/>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>175</v>
+        <v>244</v>
       </c>
       <c r="B157" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="C157" t="s">
         <v>246</v>
       </c>
       <c r="D157" t="s">
         <v>20</v>
       </c>
       <c r="E157" t="s">
         <v>21</v>
       </c>
       <c r="F157"/>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B158" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="C158" t="s">
         <v>247</v>
       </c>
       <c r="D158" t="s">
         <v>20</v>
       </c>
       <c r="E158" t="s">
         <v>21</v>
       </c>
       <c r="F158"/>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>245</v>
+        <v>174</v>
       </c>
       <c r="B159" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C159" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D159" t="s">
         <v>20</v>
       </c>
       <c r="E159" t="s">
         <v>21</v>
       </c>
       <c r="F159"/>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>175</v>
+        <v>250</v>
       </c>
       <c r="B160" t="s">
-        <v>249</v>
+        <v>226</v>
       </c>
       <c r="C160" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D160" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E160" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F160"/>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B161" t="s">
-        <v>227</v>
+        <v>252</v>
       </c>
       <c r="C161" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161"/>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B162" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C162" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D162" t="s">
-        <v>10</v>
+        <v>143</v>
       </c>
       <c r="E162" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="F162"/>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B163" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C163" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D163" t="s">
-        <v>143</v>
+        <v>10</v>
       </c>
       <c r="E163" t="s">
-        <v>141</v>
+        <v>11</v>
       </c>
       <c r="F163"/>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B164" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="C164" t="s">
         <v>258</v>
       </c>
       <c r="D164" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E164" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F164"/>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B165" t="s">
-        <v>249</v>
+        <v>12</v>
       </c>
       <c r="C165" t="s">
         <v>259</v>
       </c>
       <c r="D165" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E165" t="s">
-        <v>21</v>
+        <v>260</v>
       </c>
       <c r="F165"/>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B166" t="s">
-        <v>12</v>
+        <v>254</v>
       </c>
       <c r="C166" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
-        <v>261</v>
+        <v>101</v>
       </c>
       <c r="F166"/>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B167" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C167" t="s">
         <v>262</v>
       </c>
       <c r="D167" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E167" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="F167"/>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="B168" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C168" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D168" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E168" t="s">
-        <v>21</v>
+        <v>266</v>
       </c>
       <c r="F168"/>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
+        <v>263</v>
+      </c>
+      <c r="B169" t="s">
         <v>264</v>
       </c>
-      <c r="B169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" t="s">
+        <v>267</v>
+      </c>
+      <c r="D169" t="s">
+        <v>10</v>
+      </c>
+      <c r="E169" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>267</v>
       </c>
       <c r="F169"/>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
+        <v>263</v>
+      </c>
+      <c r="B170" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C170" t="s">
         <v>268</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="F170"/>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
+        <v>263</v>
+      </c>
+      <c r="B171" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C171" t="s">
         <v>269</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="F171"/>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
+        <v>263</v>
+      </c>
+      <c r="B172" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C172" t="s">
         <v>270</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="F172"/>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
+        <v>263</v>
+      </c>
+      <c r="B173" t="s">
         <v>264</v>
       </c>
-      <c r="B173" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C173" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="F173"/>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
+        <v>263</v>
+      </c>
+      <c r="B174" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C174" t="s">
         <v>273</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="F174"/>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
+        <v>263</v>
+      </c>
+      <c r="B175" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C175" t="s">
         <v>274</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="F175"/>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
+        <v>263</v>
+      </c>
+      <c r="B176" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C176" t="s">
         <v>275</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="F176"/>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
+        <v>263</v>
+      </c>
+      <c r="B177" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C177" t="s">
         <v>276</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="F177"/>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
+        <v>263</v>
+      </c>
+      <c r="B178" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C178" t="s">
         <v>277</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="F178"/>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
+        <v>263</v>
+      </c>
+      <c r="B179" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C179" t="s">
         <v>278</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="F179"/>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
+        <v>263</v>
+      </c>
+      <c r="B180" t="s">
         <v>264</v>
       </c>
-      <c r="B180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" t="s">
+        <v>280</v>
+      </c>
+      <c r="D180" t="s">
+        <v>10</v>
+      </c>
+      <c r="E180" t="s">
         <v>279</v>
-      </c>
-[...4 lines deleted...]
-        <v>280</v>
       </c>
       <c r="F180"/>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
+        <v>263</v>
+      </c>
+      <c r="B181" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C181" t="s">
         <v>281</v>
       </c>
       <c r="D181" t="s">
         <v>10</v>
       </c>
       <c r="E181" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F181"/>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
+        <v>263</v>
+      </c>
+      <c r="B182" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C182" t="s">
         <v>282</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F182"/>
       <c r="G182"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
+        <v>263</v>
+      </c>
+      <c r="B183" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C183" t="s">
         <v>283</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F183"/>
       <c r="G183"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
+        <v>263</v>
+      </c>
+      <c r="B184" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C184" t="s">
         <v>284</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F184"/>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="B185" t="s">
-        <v>265</v>
+        <v>286</v>
       </c>
       <c r="C185" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D185" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E185" t="s">
-        <v>280</v>
+        <v>21</v>
       </c>
       <c r="F185"/>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
+        <v>285</v>
+      </c>
+      <c r="B186" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="C186" t="s">
         <v>288</v>
       </c>
       <c r="D186" t="s">
         <v>20</v>
       </c>
       <c r="E186" t="s">
         <v>21</v>
       </c>
       <c r="F186"/>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
+        <v>285</v>
+      </c>
+      <c r="B187" t="s">
         <v>286</v>
       </c>
-      <c r="B187" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C187" t="s">
-        <v>289</v>
+        <v>92</v>
       </c>
       <c r="D187" t="s">
         <v>20</v>
       </c>
       <c r="E187" t="s">
         <v>21</v>
       </c>
       <c r="F187"/>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B188" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C188" t="s">
-        <v>92</v>
+        <v>291</v>
       </c>
       <c r="D188" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E188" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="F188"/>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B189" t="s">
-        <v>291</v>
+        <v>264</v>
       </c>
       <c r="C189" t="s">
         <v>292</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
-        <v>101</v>
+        <v>11</v>
       </c>
       <c r="F189"/>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B190" t="s">
-        <v>265</v>
+        <v>134</v>
       </c>
       <c r="C190" t="s">
         <v>293</v>
       </c>
       <c r="D190" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="E190" t="s">
-        <v>11</v>
+        <v>294</v>
       </c>
       <c r="F190"/>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B191" t="s">
-        <v>134</v>
+        <v>18</v>
       </c>
       <c r="C191" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D191" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="E191" t="s">
-        <v>295</v>
+        <v>11</v>
       </c>
       <c r="F191"/>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>290</v>
+        <v>167</v>
       </c>
       <c r="B192" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="C192" t="s">
         <v>296</v>
       </c>
       <c r="D192" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E192" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F192"/>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B193" t="s">
         <v>8</v>
       </c>
       <c r="C193" t="s">
         <v>297</v>
       </c>
       <c r="D193" t="s">
         <v>20</v>
       </c>
       <c r="E193" t="s">
         <v>21</v>
       </c>
       <c r="F193"/>
       <c r="G193"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B194" t="s">
-        <v>8</v>
+        <v>170</v>
       </c>
       <c r="C194" t="s">
         <v>298</v>
       </c>
       <c r="D194" t="s">
         <v>20</v>
       </c>
       <c r="E194" t="s">
         <v>21</v>
       </c>
       <c r="F194"/>
       <c r="G194"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>168</v>
+        <v>299</v>
       </c>
       <c r="B195" t="s">
-        <v>171</v>
+        <v>290</v>
       </c>
       <c r="C195" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D195" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E195" t="s">
-        <v>21</v>
+        <v>301</v>
       </c>
       <c r="F195"/>
       <c r="G195"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B196" t="s">
-        <v>291</v>
+        <v>165</v>
       </c>
       <c r="C196" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D196" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E196" t="s">
-        <v>302</v>
+        <v>21</v>
       </c>
       <c r="F196"/>
       <c r="G196"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B197" t="s">
-        <v>166</v>
+        <v>248</v>
       </c>
       <c r="C197" t="s">
         <v>303</v>
       </c>
       <c r="D197" t="s">
-        <v>20</v>
+        <v>304</v>
       </c>
       <c r="E197" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F197"/>
       <c r="G197"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B198" t="s">
-        <v>249</v>
+        <v>165</v>
       </c>
       <c r="C198" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D198" t="s">
-        <v>305</v>
+        <v>20</v>
       </c>
       <c r="E198" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F198"/>
       <c r="G198"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B199" t="s">
-        <v>166</v>
+        <v>179</v>
       </c>
       <c r="C199" t="s">
         <v>306</v>
       </c>
       <c r="D199" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E199" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F199"/>
       <c r="G199"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B200" t="s">
-        <v>180</v>
+        <v>307</v>
       </c>
       <c r="C200" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
         <v>11</v>
       </c>
       <c r="F200"/>
       <c r="G200"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B201" t="s">
-        <v>308</v>
+        <v>12</v>
       </c>
       <c r="C201" t="s">
         <v>309</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
         <v>11</v>
       </c>
       <c r="F201"/>
       <c r="G201"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B202" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C202" t="s">
         <v>310</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
-        <v>11</v>
+        <v>301</v>
       </c>
       <c r="F202"/>
       <c r="G202"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B203" t="s">
-        <v>8</v>
+        <v>250</v>
       </c>
       <c r="C203" t="s">
         <v>311</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="F203"/>
       <c r="G203"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B204" t="s">
-        <v>251</v>
+        <v>170</v>
       </c>
       <c r="C204" t="s">
         <v>312</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
       <c r="F204"/>
       <c r="G204"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B205" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C205" t="s">
         <v>313</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
-        <v>101</v>
+        <v>260</v>
       </c>
       <c r="F205"/>
       <c r="G205"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B206" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C206" t="s">
         <v>314</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
-        <v>261</v>
+        <v>301</v>
       </c>
       <c r="F206"/>
       <c r="G206"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B207" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C207" t="s">
         <v>315</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="F207"/>
       <c r="G207"/>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B208" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C208" t="s">
         <v>316</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="F208"/>
       <c r="G208"/>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B209" t="s">
-        <v>171</v>
+        <v>285</v>
       </c>
       <c r="C209" t="s">
         <v>317</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
-        <v>302</v>
+        <v>318</v>
       </c>
       <c r="F209"/>
       <c r="G209"/>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B210" t="s">
-        <v>286</v>
+        <v>184</v>
       </c>
       <c r="C210" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D210" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E210" t="s">
-        <v>319</v>
+        <v>21</v>
       </c>
       <c r="F210"/>
       <c r="G210"/>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="B211" t="s">
-        <v>185</v>
+        <v>28</v>
       </c>
       <c r="C211" t="s">
         <v>320</v>
       </c>
       <c r="D211" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E211" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="F211"/>
       <c r="G211"/>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>15</v>
       </c>
       <c r="B212" t="s">
         <v>28</v>
       </c>
       <c r="C212" t="s">
         <v>321</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>73</v>
       </c>
       <c r="F212"/>
       <c r="G212"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
         <v>15</v>
       </c>
       <c r="B213" t="s">
         <v>28</v>
       </c>
       <c r="C213" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>73</v>
       </c>
       <c r="F213"/>
       <c r="G213"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
         <v>15</v>
       </c>
       <c r="B214" t="s">
         <v>28</v>
       </c>
       <c r="C214" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>73</v>
       </c>
       <c r="F214"/>
       <c r="G214"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>15</v>
+        <v>322</v>
       </c>
       <c r="B215" t="s">
-        <v>28</v>
+        <v>323</v>
       </c>
       <c r="C215" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
-        <v>73</v>
+        <v>11</v>
       </c>
       <c r="F215"/>
       <c r="G215"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="B216" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C216" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
-        <v>11</v>
+        <v>327</v>
       </c>
       <c r="F216"/>
       <c r="G216"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="B217" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C217" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="F217"/>
       <c r="G217"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B218" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C218" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="D218" t="s">
-        <v>10</v>
+        <v>238</v>
       </c>
       <c r="E218" t="s">
-        <v>332</v>
+        <v>141</v>
       </c>
       <c r="F218"/>
       <c r="G218"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B219" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C219" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D219" t="s">
-        <v>239</v>
+        <v>10</v>
       </c>
       <c r="E219" t="s">
-        <v>141</v>
+        <v>11</v>
       </c>
       <c r="F219"/>
       <c r="G219"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B220" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C220" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D220" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E220" t="s">
-        <v>11</v>
+        <v>240</v>
       </c>
       <c r="F220"/>
       <c r="G220"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B221" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C221" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D221" t="s">
-        <v>105</v>
+        <v>340</v>
       </c>
       <c r="E221" t="s">
-        <v>241</v>
+        <v>341</v>
       </c>
       <c r="F221"/>
       <c r="G221"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B222" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C222" t="s">
+        <v>343</v>
+      </c>
+      <c r="D222" t="s">
         <v>340</v>
       </c>
-      <c r="D222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E222" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F222"/>
       <c r="G222"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B223" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C223" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="D223" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="E223" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="F223"/>
       <c r="G223"/>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B224" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C224" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D224" t="s">
+        <v>145</v>
+      </c>
+      <c r="E224" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="F224"/>
       <c r="G224"/>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B225" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="C225" t="s">
         <v>350</v>
       </c>
       <c r="D225" t="s">
         <v>145</v>
       </c>
       <c r="E225" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="F225"/>
       <c r="G225"/>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B226" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C226" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D226" t="s">
         <v>145</v>
       </c>
       <c r="E226" t="s">
-        <v>342</v>
+        <v>152</v>
       </c>
       <c r="F226"/>
       <c r="G226"/>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B227" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C227" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D227" t="s">
         <v>145</v>
       </c>
       <c r="E227" t="s">
-        <v>152</v>
+        <v>347</v>
       </c>
       <c r="F227"/>
-      <c r="G227"/>
+      <c r="G227" t="s">
+        <v>355</v>
+      </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B228" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C228" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="D228" t="s">
-        <v>145</v>
+        <v>340</v>
       </c>
       <c r="E228" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="F228"/>
-      <c r="G228" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G228"/>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B229" t="s">
-        <v>357</v>
+        <v>334</v>
       </c>
       <c r="C229" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D229" t="s">
-        <v>341</v>
+        <v>145</v>
       </c>
       <c r="E229" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F229"/>
       <c r="G229"/>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B230" t="s">
-        <v>335</v>
+        <v>361</v>
       </c>
       <c r="C230" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D230" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="E230" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="F230"/>
       <c r="G230"/>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>329</v>
+        <v>363</v>
       </c>
       <c r="B231" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C231" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="D231" t="s">
-        <v>10</v>
+        <v>366</v>
       </c>
       <c r="E231" t="s">
-        <v>11</v>
+        <v>358</v>
       </c>
       <c r="F231"/>
       <c r="G231"/>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="B232" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C232" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="D232" t="s">
-        <v>367</v>
+        <v>340</v>
       </c>
       <c r="E232" t="s">
-        <v>359</v>
+        <v>370</v>
       </c>
       <c r="F232"/>
       <c r="G232"/>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B233" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C233" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="D233" t="s">
-        <v>341</v>
+        <v>238</v>
       </c>
       <c r="E233" t="s">
-        <v>371</v>
+        <v>141</v>
       </c>
       <c r="F233"/>
       <c r="G233"/>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>372</v>
+        <v>355</v>
       </c>
       <c r="B234" t="s">
-        <v>373</v>
+        <v>351</v>
       </c>
       <c r="C234" t="s">
         <v>374</v>
       </c>
       <c r="D234" t="s">
-        <v>239</v>
+        <v>145</v>
       </c>
       <c r="E234" t="s">
-        <v>141</v>
+        <v>375</v>
       </c>
       <c r="F234"/>
       <c r="G234"/>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="B235" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="C235" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D235" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="E235" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F235"/>
       <c r="G235"/>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="B236" t="s">
-        <v>362</v>
+        <v>378</v>
       </c>
       <c r="C236" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D236" t="s">
-        <v>10</v>
+        <v>380</v>
       </c>
       <c r="E236" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="F236"/>
       <c r="G236"/>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="B237" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C237" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="D237" t="s">
-        <v>381</v>
+        <v>10</v>
       </c>
       <c r="E237" t="s">
-        <v>382</v>
+        <v>11</v>
       </c>
       <c r="F237"/>
       <c r="G237"/>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="B238" t="s">
-        <v>383</v>
+        <v>355</v>
       </c>
       <c r="C238" t="s">
         <v>384</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
-        <v>11</v>
+        <v>385</v>
       </c>
       <c r="F238"/>
       <c r="G238"/>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="B239" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="C239" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D239" t="s">
         <v>10</v>
       </c>
       <c r="E239" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F239"/>
       <c r="G239"/>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>356</v>
+        <v>388</v>
       </c>
       <c r="B240" t="s">
-        <v>356</v>
+        <v>388</v>
       </c>
       <c r="C240" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="D240" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E240" t="s">
-        <v>388</v>
+        <v>21</v>
       </c>
       <c r="F240"/>
       <c r="G240"/>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B241" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C241" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="D241" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E241" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F241"/>
       <c r="G241"/>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="B242" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C242" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D242" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
       <c r="E242" t="s">
-        <v>11</v>
+        <v>395</v>
       </c>
       <c r="F242"/>
-      <c r="G242"/>
+      <c r="G242" t="s">
+        <v>396</v>
+      </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="B243" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C243" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="D243" t="s">
-        <v>136</v>
+        <v>399</v>
       </c>
       <c r="E243" t="s">
-        <v>396</v>
+        <v>381</v>
       </c>
       <c r="F243"/>
-      <c r="G243" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G243"/>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="B244" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C244" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="D244" t="s">
-        <v>400</v>
+        <v>238</v>
       </c>
       <c r="E244" t="s">
-        <v>382</v>
+        <v>141</v>
       </c>
       <c r="F244"/>
       <c r="G244"/>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="B245" t="s">
-        <v>401</v>
+        <v>361</v>
       </c>
       <c r="C245" t="s">
         <v>402</v>
       </c>
       <c r="D245" t="s">
-        <v>239</v>
+        <v>10</v>
       </c>
       <c r="E245" t="s">
-        <v>141</v>
+        <v>11</v>
       </c>
       <c r="F245"/>
       <c r="G245"/>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="B246" t="s">
-        <v>362</v>
+        <v>403</v>
       </c>
       <c r="C246" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D246" t="s">
-        <v>10</v>
+        <v>304</v>
       </c>
       <c r="E246" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="F246"/>
       <c r="G246"/>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="B247" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="C247" t="s">
         <v>405</v>
       </c>
       <c r="D247" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="E247" t="s">
         <v>141</v>
       </c>
       <c r="F247"/>
       <c r="G247"/>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>391</v>
+        <v>406</v>
       </c>
       <c r="B248" t="s">
-        <v>404</v>
+        <v>390</v>
       </c>
       <c r="C248" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D248" t="s">
-        <v>305</v>
+        <v>10</v>
       </c>
       <c r="E248" t="s">
-        <v>141</v>
+        <v>101</v>
       </c>
       <c r="F248"/>
       <c r="G248"/>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B249" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="C249" t="s">
         <v>408</v>
       </c>
       <c r="D249" t="s">
         <v>10</v>
       </c>
       <c r="E249" t="s">
         <v>101</v>
       </c>
       <c r="F249"/>
       <c r="G249"/>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B250" t="s">
-        <v>391</v>
+        <v>355</v>
       </c>
       <c r="C250" t="s">
         <v>409</v>
       </c>
       <c r="D250" t="s">
         <v>10</v>
       </c>
       <c r="E250" t="s">
-        <v>101</v>
+        <v>260</v>
       </c>
       <c r="F250"/>
       <c r="G250"/>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B251" t="s">
-        <v>356</v>
+        <v>390</v>
       </c>
       <c r="C251" t="s">
         <v>410</v>
       </c>
       <c r="D251" t="s">
         <v>10</v>
       </c>
       <c r="E251" t="s">
-        <v>261</v>
+        <v>101</v>
       </c>
       <c r="F251"/>
       <c r="G251"/>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B252" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="C252" t="s">
         <v>411</v>
       </c>
       <c r="D252" t="s">
         <v>10</v>
       </c>
       <c r="E252" t="s">
         <v>101</v>
       </c>
       <c r="F252"/>
       <c r="G252"/>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B253" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C253" t="s">
         <v>412</v>
       </c>
       <c r="D253" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E253" t="s">
-        <v>101</v>
+        <v>240</v>
       </c>
       <c r="F253"/>
       <c r="G253"/>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="B254" t="s">
-        <v>394</v>
+        <v>414</v>
       </c>
       <c r="C254" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D254" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E254" t="s">
-        <v>241</v>
+        <v>21</v>
       </c>
       <c r="F254"/>
       <c r="G254"/>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
+        <v>413</v>
+      </c>
+      <c r="B255" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="C255" t="s">
         <v>416</v>
       </c>
       <c r="D255" t="s">
         <v>20</v>
       </c>
       <c r="E255" t="s">
         <v>21</v>
       </c>
       <c r="F255"/>
       <c r="G255"/>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
+        <v>413</v>
+      </c>
+      <c r="B256" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="C256" t="s">
         <v>417</v>
       </c>
       <c r="D256" t="s">
         <v>20</v>
       </c>
       <c r="E256" t="s">
         <v>21</v>
       </c>
       <c r="F256"/>
       <c r="G256"/>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
+        <v>413</v>
+      </c>
+      <c r="B257" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="C257" t="s">
         <v>418</v>
       </c>
       <c r="D257" t="s">
         <v>20</v>
       </c>
       <c r="E257" t="s">
         <v>21</v>
       </c>
       <c r="F257"/>
       <c r="G257"/>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
+        <v>413</v>
+      </c>
+      <c r="B258" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="C258" t="s">
         <v>419</v>
       </c>
       <c r="D258" t="s">
         <v>20</v>
       </c>
       <c r="E258" t="s">
         <v>21</v>
       </c>
       <c r="F258"/>
       <c r="G258"/>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
+        <v>413</v>
+      </c>
+      <c r="B259" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="C259" t="s">
         <v>420</v>
       </c>
       <c r="D259" t="s">
         <v>20</v>
       </c>
       <c r="E259" t="s">
         <v>21</v>
       </c>
       <c r="F259"/>
       <c r="G259"/>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
+        <v>413</v>
+      </c>
+      <c r="B260" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="C260" t="s">
         <v>421</v>
       </c>
       <c r="D260" t="s">
         <v>20</v>
       </c>
       <c r="E260" t="s">
         <v>21</v>
       </c>
       <c r="F260"/>
       <c r="G260"/>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="B261" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C261" t="s">
         <v>422</v>
       </c>
       <c r="D261" t="s">
         <v>20</v>
       </c>
       <c r="E261" t="s">
         <v>21</v>
       </c>
       <c r="F261"/>
       <c r="G261"/>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="B262" t="s">
         <v>414</v>
       </c>
       <c r="C262" t="s">
         <v>423</v>
       </c>
       <c r="D262" t="s">
         <v>20</v>
       </c>
       <c r="E262" t="s">
         <v>21</v>
       </c>
       <c r="F262"/>
       <c r="G262"/>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
+        <v>424</v>
+      </c>
+      <c r="B263" t="s">
         <v>414</v>
       </c>
-      <c r="B263" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C263" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D263" t="s">
         <v>20</v>
       </c>
       <c r="E263" t="s">
         <v>21</v>
       </c>
       <c r="F263"/>
       <c r="G263"/>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B264" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="C264" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D264" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E264" t="s">
-        <v>21</v>
+        <v>428</v>
       </c>
       <c r="F264"/>
       <c r="G264"/>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="B265" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="C265" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
-        <v>429</v>
+        <v>11</v>
       </c>
       <c r="F265"/>
       <c r="G265"/>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="B266" t="s">
         <v>414</v>
       </c>
       <c r="C266" t="s">
         <v>430</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>11</v>
       </c>
       <c r="F266"/>
       <c r="G266"/>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="B267" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="C267" t="s">
         <v>431</v>
       </c>
       <c r="D267" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E267" t="s">
-        <v>11</v>
+        <v>211</v>
       </c>
       <c r="F267"/>
       <c r="G267"/>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="B268" t="s">
-        <v>407</v>
+        <v>432</v>
       </c>
       <c r="C268" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D268" t="s">
         <v>105</v>
       </c>
       <c r="E268" t="s">
-        <v>212</v>
+        <v>176</v>
       </c>
       <c r="F268"/>
       <c r="G268"/>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="B269" t="s">
-        <v>433</v>
+        <v>406</v>
       </c>
       <c r="C269" t="s">
         <v>434</v>
       </c>
       <c r="D269" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E269" t="s">
-        <v>177</v>
+        <v>435</v>
       </c>
       <c r="F269"/>
       <c r="G269"/>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>427</v>
+        <v>406</v>
       </c>
       <c r="B270" t="s">
-        <v>407</v>
+        <v>390</v>
       </c>
       <c r="C270" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
-        <v>436</v>
+        <v>101</v>
       </c>
       <c r="F270"/>
       <c r="G270"/>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>407</v>
+        <v>437</v>
       </c>
       <c r="B271" t="s">
-        <v>391</v>
+        <v>414</v>
       </c>
       <c r="C271" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D271" t="s">
         <v>10</v>
       </c>
       <c r="E271" t="s">
-        <v>101</v>
+        <v>439</v>
       </c>
       <c r="F271"/>
       <c r="G271"/>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B272" t="s">
-        <v>415</v>
+        <v>441</v>
       </c>
       <c r="C272" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="D272" t="s">
-        <v>10</v>
+        <v>140</v>
       </c>
       <c r="E272" t="s">
-        <v>440</v>
+        <v>141</v>
       </c>
       <c r="F272"/>
       <c r="G272"/>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B273" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C273" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D273" t="s">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="E273" t="s">
-        <v>141</v>
+        <v>11</v>
       </c>
       <c r="F273"/>
       <c r="G273"/>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B274" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C274" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D274" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="E274" t="s">
-        <v>11</v>
+        <v>447</v>
       </c>
       <c r="F274"/>
       <c r="G274"/>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B275" t="s">
-        <v>446</v>
+        <v>382</v>
       </c>
       <c r="C275" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D275" t="s">
-        <v>109</v>
+        <v>136</v>
       </c>
       <c r="E275" t="s">
-        <v>448</v>
+        <v>137</v>
       </c>
       <c r="F275"/>
       <c r="G275"/>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B276" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="C276" t="s">
         <v>449</v>
       </c>
       <c r="D276" t="s">
         <v>136</v>
       </c>
       <c r="E276" t="s">
         <v>137</v>
       </c>
       <c r="F276"/>
       <c r="G276"/>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B277" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="C277" t="s">
         <v>450</v>
       </c>
       <c r="D277" t="s">
         <v>136</v>
       </c>
       <c r="E277" t="s">
         <v>137</v>
       </c>
       <c r="F277"/>
       <c r="G277"/>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B278" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="C278" t="s">
         <v>451</v>
       </c>
       <c r="D278" t="s">
         <v>136</v>
       </c>
       <c r="E278" t="s">
         <v>137</v>
       </c>
       <c r="F278"/>
       <c r="G278"/>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B279" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="C279" t="s">
         <v>452</v>
       </c>
       <c r="D279" t="s">
         <v>136</v>
       </c>
       <c r="E279" t="s">
         <v>137</v>
       </c>
       <c r="F279"/>
       <c r="G279"/>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B280" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="C280" t="s">
         <v>453</v>
       </c>
       <c r="D280" t="s">
         <v>136</v>
       </c>
       <c r="E280" t="s">
         <v>137</v>
       </c>
       <c r="F280"/>
       <c r="G280"/>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="B281" t="s">
-        <v>383</v>
+        <v>454</v>
       </c>
       <c r="C281" t="s">
-        <v>454</v>
+        <v>221</v>
       </c>
       <c r="D281" t="s">
-        <v>136</v>
+        <v>20</v>
       </c>
       <c r="E281" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
       <c r="F281"/>
       <c r="G281"/>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
         <v>455</v>
       </c>
       <c r="B282" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="C282" t="s">
-        <v>222</v>
+        <v>456</v>
       </c>
       <c r="D282" t="s">
         <v>20</v>
       </c>
       <c r="E282" t="s">
         <v>21</v>
       </c>
       <c r="F282"/>
       <c r="G282"/>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B283" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="C283" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D283" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="E283" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="F283"/>
       <c r="G283"/>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B284" t="s">
-        <v>459</v>
+        <v>388</v>
       </c>
       <c r="C284" t="s">
         <v>460</v>
       </c>
       <c r="D284" t="s">
         <v>105</v>
       </c>
       <c r="E284" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F284"/>
       <c r="G284"/>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B285" t="s">
-        <v>389</v>
+        <v>414</v>
       </c>
       <c r="C285" t="s">
         <v>461</v>
       </c>
       <c r="D285" t="s">
         <v>105</v>
       </c>
       <c r="E285" t="s">
-        <v>177</v>
+        <v>240</v>
       </c>
       <c r="F285"/>
       <c r="G285"/>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B286" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C286" t="s">
         <v>462</v>
       </c>
       <c r="D286" t="s">
         <v>105</v>
       </c>
       <c r="E286" t="s">
-        <v>241</v>
+        <v>176</v>
       </c>
       <c r="F286"/>
       <c r="G286"/>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B287" t="s">
-        <v>414</v>
+        <v>388</v>
       </c>
       <c r="C287" t="s">
         <v>463</v>
       </c>
       <c r="D287" t="s">
         <v>105</v>
       </c>
       <c r="E287" t="s">
-        <v>177</v>
+        <v>240</v>
       </c>
       <c r="F287"/>
       <c r="G287"/>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B288" t="s">
-        <v>389</v>
+        <v>464</v>
       </c>
       <c r="C288" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D288" t="s">
-        <v>105</v>
+        <v>466</v>
       </c>
       <c r="E288" t="s">
-        <v>241</v>
+        <v>141</v>
       </c>
       <c r="F288"/>
       <c r="G288"/>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
       <c r="B289" t="s">
-        <v>465</v>
+        <v>454</v>
       </c>
       <c r="C289" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D289" t="s">
-        <v>467</v>
+        <v>20</v>
       </c>
       <c r="E289" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F289"/>
       <c r="G289"/>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B290" t="s">
-        <v>455</v>
+        <v>445</v>
       </c>
       <c r="C290" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D290" t="s">
-        <v>20</v>
+        <v>109</v>
       </c>
       <c r="E290" t="s">
-        <v>21</v>
+        <v>471</v>
       </c>
       <c r="F290"/>
       <c r="G290"/>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B291" t="s">
-        <v>446</v>
+        <v>328</v>
       </c>
       <c r="C291" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D291" t="s">
-        <v>109</v>
+        <v>145</v>
       </c>
       <c r="E291" t="s">
-        <v>472</v>
+        <v>341</v>
       </c>
       <c r="F291"/>
       <c r="G291"/>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B292" t="s">
-        <v>329</v>
+        <v>473</v>
       </c>
       <c r="C292" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D292" t="s">
         <v>145</v>
       </c>
       <c r="E292" t="s">
-        <v>342</v>
+        <v>160</v>
       </c>
       <c r="F292"/>
       <c r="G292"/>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B293" t="s">
-        <v>474</v>
+        <v>397</v>
       </c>
       <c r="C293" t="s">
         <v>475</v>
       </c>
       <c r="D293" t="s">
-        <v>145</v>
+        <v>340</v>
       </c>
       <c r="E293" t="s">
-        <v>160</v>
+        <v>347</v>
       </c>
       <c r="F293"/>
       <c r="G293"/>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B294" t="s">
-        <v>398</v>
+        <v>414</v>
       </c>
       <c r="C294" t="s">
         <v>476</v>
       </c>
       <c r="D294" t="s">
-        <v>341</v>
+        <v>145</v>
       </c>
       <c r="E294" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="F294"/>
       <c r="G294"/>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B295" t="s">
-        <v>415</v>
+        <v>391</v>
       </c>
       <c r="C295" t="s">
         <v>477</v>
       </c>
       <c r="D295" t="s">
         <v>145</v>
       </c>
       <c r="E295" t="s">
-        <v>359</v>
+        <v>478</v>
       </c>
       <c r="F295"/>
       <c r="G295"/>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B296" t="s">
-        <v>392</v>
+        <v>479</v>
       </c>
       <c r="C296" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="D296" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="E296" t="s">
-        <v>479</v>
+        <v>30</v>
       </c>
       <c r="F296"/>
       <c r="G296"/>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B297" t="s">
-        <v>480</v>
+        <v>464</v>
       </c>
       <c r="C297" t="s">
         <v>481</v>
       </c>
       <c r="D297" t="s">
-        <v>10</v>
+        <v>466</v>
       </c>
       <c r="E297" t="s">
-        <v>30</v>
+        <v>358</v>
       </c>
       <c r="F297"/>
       <c r="G297"/>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B298" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C298" t="s">
         <v>482</v>
       </c>
       <c r="D298" t="s">
-        <v>467</v>
+        <v>10</v>
       </c>
       <c r="E298" t="s">
-        <v>359</v>
+        <v>260</v>
       </c>
       <c r="F298"/>
       <c r="G298"/>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B299" t="s">
-        <v>468</v>
+        <v>414</v>
       </c>
       <c r="C299" t="s">
         <v>483</v>
       </c>
       <c r="D299" t="s">
-        <v>10</v>
+        <v>140</v>
       </c>
       <c r="E299" t="s">
-        <v>261</v>
+        <v>141</v>
       </c>
       <c r="F299"/>
       <c r="G299"/>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B300" t="s">
-        <v>415</v>
+        <v>454</v>
       </c>
       <c r="C300" t="s">
         <v>484</v>
       </c>
       <c r="D300" t="s">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="E300" t="s">
-        <v>141</v>
+        <v>11</v>
       </c>
       <c r="F300"/>
       <c r="G300"/>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>470</v>
+        <v>485</v>
       </c>
       <c r="B301" t="s">
-        <v>455</v>
+        <v>469</v>
       </c>
       <c r="C301" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
-        <v>11</v>
+        <v>428</v>
       </c>
       <c r="F301"/>
       <c r="G301"/>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B302" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="C302" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D302" t="s">
         <v>10</v>
       </c>
       <c r="E302" t="s">
-        <v>429</v>
+        <v>14</v>
       </c>
       <c r="F302"/>
       <c r="G302"/>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="B303" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C303" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D303" t="s">
-        <v>10</v>
+        <v>491</v>
       </c>
       <c r="E303" t="s">
-        <v>14</v>
+        <v>110</v>
       </c>
       <c r="F303"/>
       <c r="G303"/>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="B304" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C304" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="D304" t="s">
-        <v>492</v>
+        <v>109</v>
       </c>
       <c r="E304" t="s">
-        <v>110</v>
+        <v>200</v>
       </c>
       <c r="F304"/>
       <c r="G304"/>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="B305" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C305" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D305" t="s">
-        <v>109</v>
+        <v>10</v>
       </c>
       <c r="E305" t="s">
-        <v>201</v>
+        <v>101</v>
       </c>
       <c r="F305"/>
       <c r="G305"/>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
       <c r="B306" t="s">
-        <v>495</v>
+        <v>479</v>
       </c>
       <c r="C306" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D306" t="s">
-        <v>10</v>
+        <v>498</v>
       </c>
       <c r="E306" t="s">
-        <v>101</v>
+        <v>141</v>
       </c>
       <c r="F306"/>
       <c r="G306"/>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="B307" t="s">
-        <v>480</v>
+        <v>499</v>
       </c>
       <c r="C307" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D307" t="s">
-        <v>499</v>
+        <v>10</v>
       </c>
       <c r="E307" t="s">
-        <v>141</v>
+        <v>260</v>
       </c>
       <c r="F307"/>
       <c r="G307"/>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="B308" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C308" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D308" t="s">
         <v>10</v>
       </c>
       <c r="E308" t="s">
-        <v>261</v>
+        <v>11</v>
       </c>
       <c r="F308"/>
       <c r="G308"/>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="B309" t="s">
-        <v>502</v>
+        <v>485</v>
       </c>
       <c r="C309" t="s">
         <v>503</v>
       </c>
       <c r="D309" t="s">
         <v>10</v>
       </c>
       <c r="E309" t="s">
         <v>11</v>
       </c>
       <c r="F309"/>
       <c r="G309"/>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="B310" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="C310" t="s">
         <v>504</v>
       </c>
       <c r="D310" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="E310" t="s">
-        <v>11</v>
+        <v>110</v>
       </c>
       <c r="F310"/>
       <c r="G310"/>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="B311" t="s">
-        <v>493</v>
+        <v>413</v>
       </c>
       <c r="C311" t="s">
         <v>505</v>
       </c>
       <c r="D311" t="s">
-        <v>109</v>
+        <v>10</v>
       </c>
       <c r="E311" t="s">
-        <v>110</v>
+        <v>14</v>
       </c>
       <c r="F311"/>
       <c r="G311"/>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="B312" t="s">
-        <v>414</v>
+        <v>494</v>
       </c>
       <c r="C312" t="s">
         <v>506</v>
       </c>
       <c r="D312" t="s">
         <v>10</v>
       </c>
       <c r="E312" t="s">
-        <v>14</v>
+        <v>260</v>
       </c>
       <c r="F312"/>
       <c r="G312"/>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>497</v>
+        <v>507</v>
       </c>
       <c r="B313" t="s">
-        <v>495</v>
+        <v>440</v>
       </c>
       <c r="C313" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D313" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E313" t="s">
-        <v>261</v>
+        <v>21</v>
       </c>
       <c r="F313"/>
       <c r="G313"/>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B314" t="s">
-        <v>441</v>
+        <v>510</v>
       </c>
       <c r="C314" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="D314" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E314" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F314"/>
       <c r="G314"/>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="B315" t="s">
-        <v>511</v>
+        <v>496</v>
       </c>
       <c r="C315" t="s">
         <v>512</v>
       </c>
       <c r="D315" t="s">
         <v>10</v>
       </c>
       <c r="E315" t="s">
-        <v>11</v>
+        <v>260</v>
       </c>
       <c r="F315"/>
       <c r="G315"/>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="B316" t="s">
-        <v>497</v>
+        <v>513</v>
       </c>
       <c r="C316" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="F316"/>
       <c r="G316"/>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="B317" t="s">
-        <v>514</v>
+        <v>496</v>
       </c>
       <c r="C317" t="s">
         <v>515</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
-        <v>261</v>
+        <v>385</v>
       </c>
       <c r="F317"/>
       <c r="G317"/>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="B318" t="s">
-        <v>497</v>
+        <v>517</v>
       </c>
       <c r="C318" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="D318" t="s">
         <v>10</v>
       </c>
       <c r="E318" t="s">
-        <v>386</v>
+        <v>428</v>
       </c>
       <c r="F318"/>
       <c r="G318"/>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B319" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C319" t="s">
         <v>519</v>
       </c>
       <c r="D319" t="s">
         <v>10</v>
       </c>
       <c r="E319" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="F319"/>
       <c r="G319"/>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B320" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="C320" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D320" t="s">
         <v>10</v>
       </c>
       <c r="E320" t="s">
-        <v>429</v>
+        <v>260</v>
       </c>
       <c r="F320"/>
       <c r="G320"/>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B321" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C321" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D321" t="s">
         <v>10</v>
       </c>
       <c r="E321" t="s">
-        <v>261</v>
+        <v>11</v>
       </c>
       <c r="F321"/>
       <c r="G321"/>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
+        <v>516</v>
+      </c>
+      <c r="B322" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="C322" t="s">
         <v>524</v>
       </c>
       <c r="D322" t="s">
         <v>10</v>
       </c>
       <c r="E322" t="s">
-        <v>11</v>
+        <v>428</v>
       </c>
       <c r="F322"/>
       <c r="G322"/>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B323" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="C323" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D323" t="s">
         <v>10</v>
       </c>
       <c r="E323" t="s">
-        <v>429</v>
+        <v>527</v>
       </c>
       <c r="F323"/>
       <c r="G323"/>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B324" t="s">
-        <v>526</v>
+        <v>469</v>
       </c>
       <c r="C324" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D324" t="s">
-        <v>10</v>
+        <v>529</v>
       </c>
       <c r="E324" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F324"/>
       <c r="G324"/>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B325" t="s">
-        <v>470</v>
+        <v>531</v>
       </c>
       <c r="C325" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="D325" t="s">
-        <v>530</v>
+        <v>20</v>
       </c>
       <c r="E325" t="s">
-        <v>531</v>
+        <v>21</v>
       </c>
       <c r="F325"/>
       <c r="G325"/>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B326" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="C326" t="s">
         <v>533</v>
       </c>
       <c r="D326" t="s">
         <v>20</v>
       </c>
       <c r="E326" t="s">
         <v>21</v>
       </c>
       <c r="F326"/>
       <c r="G326"/>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B327" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="C327" t="s">
         <v>534</v>
       </c>
       <c r="D327" t="s">
         <v>20</v>
       </c>
       <c r="E327" t="s">
         <v>21</v>
       </c>
       <c r="F327"/>
       <c r="G327"/>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B328" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="C328" t="s">
         <v>535</v>
       </c>
       <c r="D328" t="s">
         <v>20</v>
       </c>
       <c r="E328" t="s">
         <v>21</v>
       </c>
       <c r="F328"/>
       <c r="G328"/>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B329" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="C329" t="s">
         <v>536</v>
       </c>
       <c r="D329" t="s">
         <v>20</v>
       </c>
       <c r="E329" t="s">
         <v>21</v>
       </c>
       <c r="F329"/>
       <c r="G329"/>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>517</v>
+        <v>531</v>
       </c>
       <c r="B330" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="C330" t="s">
         <v>537</v>
       </c>
       <c r="D330" t="s">
         <v>20</v>
       </c>
       <c r="E330" t="s">
         <v>21</v>
       </c>
       <c r="F330"/>
       <c r="G330"/>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="B331" t="s">
-        <v>532</v>
+        <v>501</v>
       </c>
       <c r="C331" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D331" t="s">
-        <v>20</v>
+        <v>140</v>
       </c>
       <c r="E331" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F331"/>
       <c r="G331"/>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="B332" t="s">
-        <v>502</v>
+        <v>457</v>
       </c>
       <c r="C332" t="s">
         <v>540</v>
       </c>
       <c r="D332" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="E332" t="s">
         <v>141</v>
       </c>
       <c r="F332"/>
       <c r="G332"/>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="B333" t="s">
-        <v>532</v>
+        <v>541</v>
       </c>
       <c r="C333" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D333" t="s">
-        <v>109</v>
+        <v>20</v>
       </c>
       <c r="E333" t="s">
-        <v>110</v>
+        <v>21</v>
       </c>
       <c r="F333"/>
       <c r="G333"/>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="B334" t="s">
-        <v>458</v>
+        <v>544</v>
       </c>
       <c r="C334" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="D334" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="E334" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F334"/>
       <c r="G334"/>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="B335" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C335" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D335" t="s">
         <v>20</v>
       </c>
       <c r="E335" t="s">
         <v>21</v>
       </c>
       <c r="F335"/>
       <c r="G335"/>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>545</v>
+        <v>487</v>
       </c>
       <c r="B336" t="s">
-        <v>546</v>
+        <v>509</v>
       </c>
       <c r="C336" t="s">
         <v>547</v>
       </c>
       <c r="D336" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E336" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F336"/>
       <c r="G336"/>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>545</v>
+        <v>487</v>
       </c>
       <c r="B337" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
       <c r="C337" t="s">
         <v>548</v>
       </c>
       <c r="D337" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E337" t="s">
-        <v>21</v>
+        <v>549</v>
       </c>
       <c r="F337"/>
       <c r="G337"/>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B338" t="s">
-        <v>510</v>
+        <v>538</v>
       </c>
       <c r="C338" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D338" t="s">
         <v>10</v>
       </c>
       <c r="E338" t="s">
-        <v>11</v>
+        <v>551</v>
       </c>
       <c r="F338"/>
       <c r="G338"/>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B339" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="C339" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="F339"/>
       <c r="G339"/>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B340" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="C340" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D340" t="s">
         <v>10</v>
       </c>
       <c r="E340" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="F340"/>
       <c r="G340"/>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B341" t="s">
-        <v>539</v>
+        <v>554</v>
       </c>
       <c r="C341" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D341" t="s">
         <v>10</v>
       </c>
       <c r="E341" t="s">
-        <v>551</v>
+        <v>11</v>
       </c>
       <c r="F341"/>
       <c r="G341"/>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B342" t="s">
-        <v>539</v>
+        <v>400</v>
       </c>
       <c r="C342" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D342" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="E342" t="s">
-        <v>551</v>
+        <v>341</v>
       </c>
       <c r="F342"/>
-      <c r="G342"/>
+      <c r="G342" t="s">
+        <v>487</v>
+      </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>488</v>
+        <v>557</v>
       </c>
       <c r="B343" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C343" t="s">
-        <v>557</v>
+        <v>298</v>
       </c>
       <c r="D343" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E343" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F343"/>
       <c r="G343"/>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>488</v>
+        <v>557</v>
       </c>
       <c r="B344" t="s">
-        <v>401</v>
+        <v>558</v>
       </c>
       <c r="C344" t="s">
-        <v>558</v>
+        <v>298</v>
       </c>
       <c r="D344" t="s">
-        <v>145</v>
+        <v>20</v>
       </c>
       <c r="E344" t="s">
-        <v>342</v>
+        <v>21</v>
       </c>
       <c r="F344"/>
-      <c r="G344" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G344"/>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
+        <v>557</v>
+      </c>
+      <c r="B345" t="s">
+        <v>558</v>
+      </c>
+      <c r="C345" t="s">
         <v>559</v>
-      </c>
-[...4 lines deleted...]
-        <v>299</v>
       </c>
       <c r="D345" t="s">
         <v>20</v>
       </c>
       <c r="E345" t="s">
         <v>21</v>
       </c>
       <c r="F345"/>
       <c r="G345"/>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="B346" t="s">
+        <v>558</v>
+      </c>
+      <c r="C346" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="D346" t="s">
         <v>20</v>
       </c>
       <c r="E346" t="s">
         <v>21</v>
       </c>
       <c r="F346"/>
       <c r="G346"/>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="B347" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="C347" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="D347" t="s">
-        <v>20</v>
+        <v>564</v>
       </c>
       <c r="E347" t="s">
-        <v>21</v>
+        <v>160</v>
       </c>
       <c r="F347"/>
       <c r="G347"/>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="B348" t="s">
-        <v>560</v>
+        <v>485</v>
       </c>
       <c r="C348" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="D348" t="s">
-        <v>20</v>
+        <v>136</v>
       </c>
       <c r="E348" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="F348"/>
-      <c r="G348"/>
+      <c r="G348" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="B349" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="C349" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="D349" t="s">
-        <v>566</v>
+        <v>136</v>
       </c>
       <c r="E349" t="s">
-        <v>160</v>
+        <v>73</v>
       </c>
       <c r="F349"/>
-      <c r="G349"/>
+      <c r="G349" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B350" t="s">
-        <v>486</v>
+        <v>569</v>
       </c>
       <c r="C350" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="D350" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="E350" t="s">
-        <v>73</v>
+        <v>101</v>
       </c>
       <c r="F350"/>
-      <c r="G350" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G350"/>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B351" t="s">
         <v>569</v>
       </c>
       <c r="C351" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D351" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="E351" t="s">
-        <v>73</v>
+        <v>101</v>
       </c>
       <c r="F351"/>
-      <c r="G351" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G351"/>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B352" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="C352" t="s">
         <v>572</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
         <v>101</v>
       </c>
       <c r="F352"/>
       <c r="G352"/>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B353" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="C353" t="s">
         <v>573</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
         <v>101</v>
       </c>
       <c r="F353"/>
       <c r="G353"/>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B354" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="C354" t="s">
         <v>574</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
         <v>101</v>
       </c>
       <c r="F354"/>
       <c r="G354"/>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B355" t="s">
-        <v>571</v>
+        <v>554</v>
       </c>
       <c r="C355" t="s">
         <v>575</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>101</v>
       </c>
       <c r="F355"/>
       <c r="G355"/>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B356" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="C356" t="s">
         <v>576</v>
       </c>
       <c r="D356" t="s">
         <v>10</v>
       </c>
       <c r="E356" t="s">
         <v>101</v>
       </c>
       <c r="F356"/>
       <c r="G356"/>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B357" t="s">
-        <v>556</v>
+        <v>487</v>
       </c>
       <c r="C357" t="s">
         <v>577</v>
       </c>
       <c r="D357" t="s">
         <v>10</v>
       </c>
       <c r="E357" t="s">
         <v>101</v>
       </c>
       <c r="F357"/>
       <c r="G357"/>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B358" t="s">
-        <v>571</v>
+        <v>406</v>
       </c>
       <c r="C358" t="s">
         <v>578</v>
       </c>
       <c r="D358" t="s">
         <v>10</v>
       </c>
       <c r="E358" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
       <c r="F358"/>
       <c r="G358"/>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B359" t="s">
-        <v>488</v>
+        <v>538</v>
       </c>
       <c r="C359" t="s">
         <v>579</v>
       </c>
       <c r="D359" t="s">
         <v>10</v>
       </c>
       <c r="E359" t="s">
-        <v>101</v>
+        <v>428</v>
       </c>
       <c r="F359"/>
       <c r="G359"/>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B360" t="s">
-        <v>407</v>
+        <v>543</v>
       </c>
       <c r="C360" t="s">
         <v>580</v>
       </c>
       <c r="D360" t="s">
         <v>10</v>
       </c>
       <c r="E360" t="s">
-        <v>14</v>
+        <v>260</v>
       </c>
       <c r="F360"/>
       <c r="G360"/>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B361" t="s">
-        <v>539</v>
+        <v>513</v>
       </c>
       <c r="C361" t="s">
         <v>581</v>
       </c>
       <c r="D361" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E361" t="s">
-        <v>429</v>
+        <v>211</v>
       </c>
       <c r="F361"/>
       <c r="G361"/>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B362" t="s">
-        <v>545</v>
+        <v>558</v>
       </c>
       <c r="C362" t="s">
         <v>582</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
-        <v>261</v>
+        <v>101</v>
       </c>
       <c r="F362"/>
       <c r="G362"/>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B363" t="s">
-        <v>514</v>
+        <v>557</v>
       </c>
       <c r="C363" t="s">
         <v>583</v>
       </c>
       <c r="D363" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E363" t="s">
-        <v>212</v>
+        <v>21</v>
       </c>
       <c r="F363"/>
       <c r="G363"/>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B364" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="C364" t="s">
         <v>584</v>
       </c>
       <c r="D364" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E364" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="F364"/>
       <c r="G364"/>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>567</v>
+        <v>585</v>
       </c>
       <c r="B365" t="s">
-        <v>559</v>
+        <v>585</v>
       </c>
       <c r="C365" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D365" t="s">
         <v>20</v>
       </c>
       <c r="E365" t="s">
         <v>21</v>
       </c>
       <c r="F365"/>
       <c r="G365"/>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>567</v>
+        <v>585</v>
       </c>
       <c r="B366" t="s">
-        <v>559</v>
+        <v>585</v>
       </c>
       <c r="C366" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D366" t="s">
         <v>20</v>
       </c>
       <c r="E366" t="s">
         <v>21</v>
       </c>
       <c r="F366"/>
       <c r="G366"/>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="B367" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="C367" t="s">
         <v>588</v>
       </c>
       <c r="D367" t="s">
         <v>20</v>
       </c>
       <c r="E367" t="s">
         <v>21</v>
       </c>
       <c r="F367"/>
       <c r="G367"/>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="B368" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="C368" t="s">
-        <v>589</v>
+        <v>192</v>
       </c>
       <c r="D368" t="s">
         <v>20</v>
       </c>
       <c r="E368" t="s">
         <v>21</v>
       </c>
       <c r="F368"/>
       <c r="G368"/>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="B369" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="C369" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="D369" t="s">
         <v>20</v>
       </c>
       <c r="E369" t="s">
         <v>21</v>
       </c>
       <c r="F369"/>
       <c r="G369"/>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="B370" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="C370" t="s">
-        <v>193</v>
+        <v>591</v>
       </c>
       <c r="D370" t="s">
         <v>20</v>
       </c>
       <c r="E370" t="s">
         <v>21</v>
       </c>
       <c r="F370"/>
       <c r="G370"/>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="B371" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="C371" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D371" t="s">
         <v>20</v>
       </c>
       <c r="E371" t="s">
         <v>21</v>
       </c>
       <c r="F371"/>
       <c r="G371"/>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B372" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="C372" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D372" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E372" t="s">
-        <v>21</v>
+        <v>385</v>
       </c>
       <c r="F372"/>
       <c r="G372"/>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B373" t="s">
-        <v>587</v>
+        <v>596</v>
       </c>
       <c r="C373" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="D373" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E373" t="s">
-        <v>21</v>
+        <v>428</v>
       </c>
       <c r="F373"/>
       <c r="G373"/>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B374" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="C374" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D374" t="s">
-        <v>10</v>
+        <v>498</v>
       </c>
       <c r="E374" t="s">
-        <v>386</v>
+        <v>141</v>
       </c>
       <c r="F374"/>
       <c r="G374"/>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B375" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C375" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D375" t="s">
         <v>10</v>
       </c>
       <c r="E375" t="s">
-        <v>429</v>
+        <v>549</v>
       </c>
       <c r="F375"/>
       <c r="G375"/>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B376" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="C376" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D376" t="s">
-        <v>499</v>
+        <v>109</v>
       </c>
       <c r="E376" t="s">
-        <v>141</v>
+        <v>200</v>
       </c>
       <c r="F376"/>
       <c r="G376"/>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B377" t="s">
         <v>601</v>
       </c>
       <c r="C377" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D377" t="s">
         <v>10</v>
       </c>
       <c r="E377" t="s">
-        <v>551</v>
+        <v>428</v>
       </c>
       <c r="F377"/>
       <c r="G377"/>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B378" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="C378" t="s">
         <v>604</v>
       </c>
       <c r="D378" t="s">
-        <v>109</v>
+        <v>10</v>
       </c>
       <c r="E378" t="s">
-        <v>201</v>
+        <v>549</v>
       </c>
       <c r="F378"/>
       <c r="G378"/>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B379" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C379" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D379" t="s">
         <v>10</v>
       </c>
       <c r="E379" t="s">
-        <v>429</v>
+        <v>11</v>
       </c>
       <c r="F379"/>
       <c r="G379"/>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B380" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="C380" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D380" t="s">
         <v>10</v>
       </c>
       <c r="E380" t="s">
-        <v>551</v>
+        <v>428</v>
       </c>
       <c r="F380"/>
       <c r="G380"/>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B381" t="s">
-        <v>607</v>
+        <v>585</v>
       </c>
       <c r="C381" t="s">
         <v>608</v>
       </c>
       <c r="D381" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E381" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F381"/>
       <c r="G381"/>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B382" t="s">
-        <v>601</v>
+        <v>585</v>
       </c>
       <c r="C382" t="s">
         <v>609</v>
       </c>
       <c r="D382" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E382" t="s">
-        <v>429</v>
+        <v>21</v>
       </c>
       <c r="F382"/>
       <c r="G382"/>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B383" t="s">
-        <v>587</v>
+        <v>485</v>
       </c>
       <c r="C383" t="s">
         <v>610</v>
       </c>
       <c r="D383" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E383" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F383"/>
       <c r="G383"/>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B384" t="s">
-        <v>587</v>
+        <v>541</v>
       </c>
       <c r="C384" t="s">
         <v>611</v>
       </c>
       <c r="D384" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="E384" t="s">
-        <v>21</v>
+        <v>211</v>
       </c>
       <c r="F384"/>
       <c r="G384"/>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B385" t="s">
-        <v>486</v>
+        <v>612</v>
       </c>
       <c r="C385" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D385" t="s">
         <v>10</v>
       </c>
       <c r="E385" t="s">
-        <v>11</v>
+        <v>428</v>
       </c>
       <c r="F385"/>
       <c r="G385"/>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B386" t="s">
-        <v>543</v>
+        <v>599</v>
       </c>
       <c r="C386" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D386" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E386" t="s">
-        <v>212</v>
+        <v>615</v>
       </c>
       <c r="F386"/>
       <c r="G386"/>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>595</v>
+        <v>616</v>
       </c>
       <c r="B387" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="C387" t="s">
-        <v>615</v>
+        <v>298</v>
       </c>
       <c r="D387" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E387" t="s">
-        <v>429</v>
+        <v>21</v>
       </c>
       <c r="F387"/>
       <c r="G387"/>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>595</v>
+        <v>616</v>
       </c>
       <c r="B388" t="s">
-        <v>601</v>
+        <v>616</v>
       </c>
       <c r="C388" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D388" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E388" t="s">
-        <v>617</v>
+        <v>21</v>
       </c>
       <c r="F388"/>
       <c r="G388"/>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
         <v>618</v>
       </c>
       <c r="B389" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C389" t="s">
-        <v>299</v>
+        <v>620</v>
       </c>
       <c r="D389" t="s">
-        <v>20</v>
+        <v>621</v>
       </c>
       <c r="E389" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F389"/>
       <c r="G389"/>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
         <v>618</v>
       </c>
       <c r="B390" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="C390" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="D390" t="s">
-        <v>20</v>
+        <v>143</v>
       </c>
       <c r="E390" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F390"/>
-      <c r="G390"/>
+      <c r="G390" t="s">
+        <v>624</v>
+      </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="B391" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C391" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="D391" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="E391" t="s">
         <v>11</v>
       </c>
       <c r="F391"/>
       <c r="G391"/>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="B392" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="C392" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="D392" t="s">
-        <v>143</v>
+        <v>10</v>
       </c>
       <c r="E392" t="s">
-        <v>141</v>
+        <v>101</v>
       </c>
       <c r="F392"/>
-      <c r="G392" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G392"/>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="B393" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="C393" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="D393" t="s">
-        <v>628</v>
+        <v>10</v>
       </c>
       <c r="E393" t="s">
-        <v>11</v>
+        <v>631</v>
       </c>
       <c r="F393"/>
       <c r="G393"/>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
-        <v>620</v>
+        <v>632</v>
       </c>
       <c r="B394" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="C394" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="D394" t="s">
-        <v>10</v>
+        <v>143</v>
       </c>
       <c r="E394" t="s">
-        <v>101</v>
+        <v>141</v>
       </c>
       <c r="F394"/>
       <c r="G394"/>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
-        <v>620</v>
+        <v>635</v>
       </c>
       <c r="B395" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="C395" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="D395" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E395" t="s">
-        <v>633</v>
+        <v>21</v>
       </c>
       <c r="F395"/>
       <c r="G395"/>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="B396" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="C396" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="D396" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="E396" t="s">
         <v>141</v>
       </c>
       <c r="F396"/>
       <c r="G396"/>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B397" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="C397" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="D397" t="s">
-        <v>20</v>
+        <v>238</v>
       </c>
       <c r="E397" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F397"/>
       <c r="G397"/>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="B398" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="C398" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="D398" t="s">
-        <v>140</v>
+        <v>626</v>
       </c>
       <c r="E398" t="s">
-        <v>141</v>
+        <v>11</v>
       </c>
       <c r="F398"/>
       <c r="G398"/>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="B399" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="C399" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D399" t="s">
-        <v>239</v>
+        <v>646</v>
       </c>
       <c r="E399" t="s">
-        <v>141</v>
+        <v>647</v>
       </c>
       <c r="F399"/>
-      <c r="G399"/>
+      <c r="G399" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="B400" t="s">
-        <v>645</v>
+        <v>345</v>
       </c>
       <c r="C400" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="D400" t="s">
-        <v>628</v>
+        <v>649</v>
       </c>
       <c r="E400" t="s">
-        <v>11</v>
+        <v>160</v>
       </c>
       <c r="F400"/>
       <c r="G400"/>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="B401" t="s">
-        <v>643</v>
+        <v>629</v>
       </c>
       <c r="C401" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="D401" t="s">
-        <v>648</v>
+        <v>20</v>
       </c>
       <c r="E401" t="s">
-        <v>649</v>
+        <v>21</v>
       </c>
       <c r="F401"/>
-      <c r="G401" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G401"/>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="B402" t="s">
-        <v>346</v>
+        <v>643</v>
       </c>
       <c r="C402" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D402" t="s">
-        <v>651</v>
+        <v>626</v>
       </c>
       <c r="E402" t="s">
-        <v>160</v>
+        <v>11</v>
       </c>
       <c r="F402"/>
       <c r="G402"/>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="B403" t="s">
-        <v>631</v>
+        <v>652</v>
       </c>
       <c r="C403" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D403" t="s">
-        <v>20</v>
+        <v>654</v>
       </c>
       <c r="E403" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F403"/>
       <c r="G403"/>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="B404" t="s">
-        <v>645</v>
+        <v>655</v>
       </c>
       <c r="C404" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D404" t="s">
-        <v>628</v>
+        <v>10</v>
       </c>
       <c r="E404" t="s">
-        <v>11</v>
+        <v>657</v>
       </c>
       <c r="F404"/>
       <c r="G404"/>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="B405" t="s">
-        <v>654</v>
+        <v>627</v>
       </c>
       <c r="C405" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="D405" t="s">
-        <v>656</v>
+        <v>238</v>
       </c>
       <c r="E405" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="F405"/>
       <c r="G405"/>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="B406" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C406" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="D406" t="s">
-        <v>10</v>
+        <v>646</v>
       </c>
       <c r="E406" t="s">
-        <v>659</v>
+        <v>101</v>
       </c>
       <c r="F406"/>
       <c r="G406"/>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="B407" t="s">
-        <v>629</v>
+        <v>655</v>
       </c>
       <c r="C407" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D407" t="s">
-        <v>239</v>
+        <v>10</v>
       </c>
       <c r="E407" t="s">
-        <v>141</v>
+        <v>11</v>
       </c>
       <c r="F407"/>
       <c r="G407"/>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
-        <v>640</v>
+        <v>662</v>
       </c>
       <c r="B408" t="s">
-        <v>661</v>
+        <v>397</v>
       </c>
       <c r="C408" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D408" t="s">
-        <v>648</v>
+        <v>20</v>
       </c>
       <c r="E408" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="F408"/>
       <c r="G408"/>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
-        <v>640</v>
+        <v>664</v>
       </c>
       <c r="B409" t="s">
-        <v>657</v>
+        <v>618</v>
       </c>
       <c r="C409" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="D409" t="s">
         <v>10</v>
       </c>
       <c r="E409" t="s">
         <v>11</v>
       </c>
       <c r="F409"/>
       <c r="G409"/>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
         <v>664</v>
       </c>
       <c r="B410" t="s">
-        <v>398</v>
+        <v>666</v>
       </c>
       <c r="C410" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="D410" t="s">
-        <v>20</v>
+        <v>238</v>
       </c>
       <c r="E410" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F410"/>
       <c r="G410"/>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="B411" t="s">
-        <v>620</v>
+        <v>342</v>
       </c>
       <c r="C411" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D411" t="s">
-        <v>10</v>
+        <v>140</v>
       </c>
       <c r="E411" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="F411"/>
       <c r="G411"/>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="B412" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C412" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D412" t="s">
-        <v>239</v>
+        <v>20</v>
       </c>
       <c r="E412" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F412"/>
       <c r="G412"/>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="B413" t="s">
-        <v>343</v>
+        <v>635</v>
       </c>
       <c r="C413" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="D413" t="s">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="E413" t="s">
-        <v>141</v>
+        <v>672</v>
       </c>
       <c r="F413"/>
       <c r="G413"/>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="B414" t="s">
-        <v>671</v>
+        <v>397</v>
       </c>
       <c r="C414" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D414" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E414" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="F414"/>
       <c r="G414"/>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="B415" t="s">
-        <v>637</v>
+        <v>674</v>
       </c>
       <c r="C415" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D415" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E415" t="s">
-        <v>674</v>
+        <v>21</v>
       </c>
       <c r="F415"/>
       <c r="G415"/>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
-        <v>666</v>
+        <v>676</v>
       </c>
       <c r="B416" t="s">
-        <v>398</v>
+        <v>636</v>
       </c>
       <c r="C416" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="D416" t="s">
-        <v>10</v>
+        <v>340</v>
       </c>
       <c r="E416" t="s">
-        <v>115</v>
+        <v>375</v>
       </c>
       <c r="F416"/>
-      <c r="G416"/>
+      <c r="G416" t="s">
+        <v>125</v>
+      </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
         <v>676</v>
       </c>
       <c r="B417" t="s">
-        <v>676</v>
+        <v>397</v>
       </c>
       <c r="C417" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D417" t="s">
-        <v>20</v>
+        <v>340</v>
       </c>
       <c r="E417" t="s">
-        <v>21</v>
+        <v>341</v>
       </c>
       <c r="F417"/>
       <c r="G417"/>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="B418" t="s">
-        <v>638</v>
+        <v>338</v>
       </c>
       <c r="C418" t="s">
         <v>679</v>
       </c>
       <c r="D418" t="s">
+        <v>340</v>
+      </c>
+      <c r="E418" t="s">
         <v>341</v>
       </c>
-      <c r="E418" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F418"/>
-      <c r="G418" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G418"/>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="B419" t="s">
-        <v>398</v>
+        <v>618</v>
       </c>
       <c r="C419" t="s">
         <v>680</v>
       </c>
       <c r="D419" t="s">
-        <v>341</v>
+        <v>681</v>
       </c>
       <c r="E419" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F419"/>
       <c r="G419"/>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="B420" t="s">
-        <v>339</v>
+        <v>636</v>
       </c>
       <c r="C420" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D420" t="s">
-        <v>341</v>
+        <v>10</v>
       </c>
       <c r="E420" t="s">
-        <v>342</v>
+        <v>683</v>
       </c>
       <c r="F420"/>
       <c r="G420"/>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="B421" t="s">
-        <v>620</v>
+        <v>664</v>
       </c>
       <c r="C421" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="D421" t="s">
-        <v>683</v>
+        <v>109</v>
       </c>
       <c r="E421" t="s">
-        <v>345</v>
+        <v>685</v>
       </c>
       <c r="F421"/>
       <c r="G421"/>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="B422" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="C422" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="D422" t="s">
-        <v>10</v>
+        <v>649</v>
       </c>
       <c r="E422" t="s">
-        <v>685</v>
+        <v>160</v>
       </c>
       <c r="F422"/>
       <c r="G422"/>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
       <c r="B423" t="s">
-        <v>666</v>
+        <v>688</v>
       </c>
       <c r="C423" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="D423" t="s">
         <v>109</v>
       </c>
       <c r="E423" t="s">
-        <v>687</v>
+        <v>385</v>
       </c>
       <c r="F423"/>
-      <c r="G423"/>
+      <c r="G423" t="s">
+        <v>690</v>
+      </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
       <c r="B424" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="C424" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="D424" t="s">
-        <v>651</v>
+        <v>109</v>
       </c>
       <c r="E424" t="s">
-        <v>160</v>
+        <v>110</v>
       </c>
       <c r="F424"/>
       <c r="G424"/>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="B425" t="s">
-        <v>690</v>
+        <v>674</v>
       </c>
       <c r="C425" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D425" t="s">
-        <v>109</v>
+        <v>20</v>
       </c>
       <c r="E425" t="s">
-        <v>386</v>
+        <v>21</v>
       </c>
       <c r="F425"/>
-      <c r="G425" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G425"/>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="B426" t="s">
-        <v>640</v>
+        <v>674</v>
       </c>
       <c r="C426" t="s">
         <v>693</v>
       </c>
       <c r="D426" t="s">
-        <v>109</v>
+        <v>20</v>
       </c>
       <c r="E426" t="s">
-        <v>110</v>
+        <v>21</v>
       </c>
       <c r="F426"/>
       <c r="G426"/>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="B427" t="s">
-        <v>676</v>
+        <v>638</v>
       </c>
       <c r="C427" t="s">
         <v>694</v>
       </c>
       <c r="D427" t="s">
-        <v>20</v>
+        <v>109</v>
       </c>
       <c r="E427" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="F427"/>
       <c r="G427"/>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="B428" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="C428" t="s">
         <v>695</v>
       </c>
       <c r="D428" t="s">
         <v>20</v>
       </c>
       <c r="E428" t="s">
         <v>21</v>
       </c>
       <c r="F428"/>
       <c r="G428"/>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="B429" t="s">
-        <v>640</v>
+        <v>336</v>
       </c>
       <c r="C429" t="s">
         <v>696</v>
       </c>
       <c r="D429" t="s">
         <v>109</v>
       </c>
       <c r="E429" t="s">
-        <v>110</v>
+        <v>697</v>
       </c>
       <c r="F429"/>
       <c r="G429"/>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="B430" t="s">
-        <v>676</v>
+        <v>688</v>
       </c>
       <c r="C430" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D430" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E430" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F430"/>
       <c r="G430"/>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="B431" t="s">
-        <v>337</v>
+        <v>662</v>
       </c>
       <c r="C431" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D431" t="s">
-        <v>109</v>
+        <v>10</v>
       </c>
       <c r="E431" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F431"/>
       <c r="G431"/>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="B432" t="s">
-        <v>690</v>
+        <v>348</v>
       </c>
       <c r="C432" t="s">
+        <v>701</v>
+      </c>
+      <c r="D432" t="s">
+        <v>10</v>
+      </c>
+      <c r="E432" t="s">
         <v>700</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F432"/>
       <c r="G432"/>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="B433" t="s">
-        <v>664</v>
+        <v>702</v>
       </c>
       <c r="C433" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="D433" t="s">
-        <v>10</v>
+        <v>626</v>
       </c>
       <c r="E433" t="s">
-        <v>702</v>
+        <v>14</v>
       </c>
       <c r="F433"/>
       <c r="G433"/>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
-        <v>689</v>
+        <v>353</v>
       </c>
       <c r="B434" t="s">
-        <v>349</v>
+        <v>704</v>
       </c>
       <c r="C434" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="D434" t="s">
         <v>10</v>
       </c>
       <c r="E434" t="s">
-        <v>702</v>
+        <v>11</v>
       </c>
       <c r="F434"/>
       <c r="G434"/>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
-        <v>689</v>
+        <v>353</v>
       </c>
       <c r="B435" t="s">
-        <v>704</v>
+        <v>638</v>
       </c>
       <c r="C435" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D435" t="s">
-        <v>628</v>
+        <v>140</v>
       </c>
       <c r="E435" t="s">
-        <v>14</v>
+        <v>141</v>
       </c>
       <c r="F435"/>
       <c r="G435"/>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="B436" t="s">
-        <v>706</v>
+        <v>688</v>
       </c>
       <c r="C436" t="s">
         <v>707</v>
       </c>
       <c r="D436" t="s">
-        <v>10</v>
+        <v>238</v>
       </c>
       <c r="E436" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="F436"/>
       <c r="G436"/>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="B437" t="s">
-        <v>640</v>
+        <v>708</v>
       </c>
       <c r="C437" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D437" t="s">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="E437" t="s">
-        <v>141</v>
+        <v>11</v>
       </c>
       <c r="F437"/>
       <c r="G437"/>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
-        <v>354</v>
+        <v>323</v>
       </c>
       <c r="B438" t="s">
-        <v>690</v>
+        <v>323</v>
       </c>
       <c r="C438" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="D438" t="s">
-        <v>239</v>
+        <v>20</v>
       </c>
       <c r="E438" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F438"/>
       <c r="G438"/>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
-        <v>354</v>
+        <v>323</v>
       </c>
       <c r="B439" t="s">
-        <v>710</v>
+        <v>353</v>
       </c>
       <c r="C439" t="s">
         <v>711</v>
       </c>
       <c r="D439" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E439" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F439"/>
       <c r="G439"/>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B440" t="s">
-        <v>324</v>
+        <v>353</v>
       </c>
       <c r="C440" t="s">
         <v>712</v>
       </c>
       <c r="D440" t="s">
         <v>20</v>
       </c>
       <c r="E440" t="s">
         <v>21</v>
       </c>
       <c r="F440"/>
       <c r="G440"/>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B441" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="C441" t="s">
         <v>713</v>
       </c>
       <c r="D441" t="s">
         <v>20</v>
       </c>
       <c r="E441" t="s">
         <v>21</v>
       </c>
       <c r="F441"/>
       <c r="G441"/>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B442" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="C442" t="s">
         <v>714</v>
       </c>
       <c r="D442" t="s">
         <v>20</v>
       </c>
       <c r="E442" t="s">
         <v>21</v>
       </c>
       <c r="F442"/>
       <c r="G442"/>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B443" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="C443" t="s">
         <v>715</v>
       </c>
       <c r="D443" t="s">
         <v>20</v>
       </c>
       <c r="E443" t="s">
         <v>21</v>
       </c>
       <c r="F443"/>
       <c r="G443"/>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B444" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="C444" t="s">
         <v>716</v>
       </c>
       <c r="D444" t="s">
         <v>20</v>
       </c>
       <c r="E444" t="s">
         <v>21</v>
       </c>
       <c r="F444"/>
       <c r="G444"/>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B445" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="C445" t="s">
         <v>717</v>
       </c>
       <c r="D445" t="s">
         <v>20</v>
       </c>
       <c r="E445" t="s">
         <v>21</v>
       </c>
       <c r="F445"/>
       <c r="G445"/>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B446" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="C446" t="s">
         <v>718</v>
       </c>
       <c r="D446" t="s">
         <v>20</v>
       </c>
       <c r="E446" t="s">
         <v>21</v>
       </c>
       <c r="F446"/>
       <c r="G446"/>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B447" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="C447" t="s">
         <v>719</v>
       </c>
       <c r="D447" t="s">
         <v>20</v>
       </c>
       <c r="E447" t="s">
         <v>21</v>
       </c>
       <c r="F447"/>
       <c r="G447"/>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
-        <v>324</v>
+        <v>720</v>
       </c>
       <c r="B448" t="s">
-        <v>354</v>
+        <v>721</v>
       </c>
       <c r="C448" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="D448" t="s">
         <v>20</v>
       </c>
       <c r="E448" t="s">
         <v>21</v>
       </c>
       <c r="F448"/>
       <c r="G448"/>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
-        <v>324</v>
+        <v>720</v>
       </c>
       <c r="B449" t="s">
-        <v>354</v>
+        <v>720</v>
       </c>
       <c r="C449" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="D449" t="s">
         <v>20</v>
       </c>
       <c r="E449" t="s">
         <v>21</v>
       </c>
       <c r="F449"/>
       <c r="G449"/>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
-        <v>722</v>
+        <v>400</v>
       </c>
       <c r="B450" t="s">
-        <v>723</v>
+        <v>687</v>
       </c>
       <c r="C450" t="s">
         <v>724</v>
       </c>
       <c r="D450" t="s">
-        <v>20</v>
+        <v>136</v>
       </c>
       <c r="E450" t="s">
-        <v>21</v>
+        <v>725</v>
       </c>
       <c r="F450"/>
       <c r="G450"/>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
-        <v>722</v>
+        <v>400</v>
       </c>
       <c r="B451" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="C451" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="D451" t="s">
-        <v>20</v>
+        <v>681</v>
       </c>
       <c r="E451" t="s">
-        <v>21</v>
+        <v>478</v>
       </c>
       <c r="F451"/>
       <c r="G451"/>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="B452" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="C452" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="D452" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="E452" t="s">
-        <v>727</v>
+        <v>11</v>
       </c>
       <c r="F452"/>
       <c r="G452"/>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="B453" t="s">
-        <v>728</v>
+        <v>353</v>
       </c>
       <c r="C453" t="s">
         <v>729</v>
       </c>
       <c r="D453" t="s">
-        <v>683</v>
+        <v>10</v>
       </c>
       <c r="E453" t="s">
-        <v>479</v>
+        <v>672</v>
       </c>
       <c r="F453"/>
       <c r="G453"/>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="B454" t="s">
-        <v>690</v>
+        <v>721</v>
       </c>
       <c r="C454" t="s">
         <v>730</v>
       </c>
       <c r="D454" t="s">
         <v>10</v>
       </c>
       <c r="E454" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
       <c r="F454"/>
       <c r="G454"/>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
-        <v>401</v>
+        <v>731</v>
       </c>
       <c r="B455" t="s">
-        <v>354</v>
+        <v>732</v>
       </c>
       <c r="C455" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="D455" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E455" t="s">
-        <v>674</v>
+        <v>176</v>
       </c>
       <c r="F455"/>
       <c r="G455"/>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
-        <v>401</v>
+        <v>731</v>
       </c>
       <c r="B456" t="s">
-        <v>723</v>
+        <v>734</v>
       </c>
       <c r="C456" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="D456" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E456" t="s">
-        <v>101</v>
+        <v>176</v>
       </c>
       <c r="F456"/>
       <c r="G456"/>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="B457" t="s">
-        <v>734</v>
+        <v>325</v>
       </c>
       <c r="C457" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="D457" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E457" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="F457"/>
       <c r="G457"/>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
-        <v>733</v>
+        <v>325</v>
       </c>
       <c r="B458" t="s">
-        <v>736</v>
+        <v>403</v>
       </c>
       <c r="C458" t="s">
         <v>737</v>
       </c>
       <c r="D458" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E458" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="F458"/>
       <c r="G458"/>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
-        <v>733</v>
+        <v>382</v>
       </c>
       <c r="B459" t="s">
-        <v>326</v>
+        <v>738</v>
       </c>
       <c r="C459" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D459" t="s">
-        <v>20</v>
+        <v>740</v>
       </c>
       <c r="E459" t="s">
-        <v>21</v>
+        <v>358</v>
       </c>
       <c r="F459"/>
-      <c r="G459"/>
+      <c r="G459" t="s">
+        <v>329</v>
+      </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
-        <v>326</v>
+        <v>382</v>
       </c>
       <c r="B460" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="C460" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="D460" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E460" t="s">
-        <v>21</v>
+        <v>631</v>
       </c>
       <c r="F460"/>
       <c r="G460"/>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B461" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="C461" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="D461" t="s">
-        <v>742</v>
+        <v>105</v>
       </c>
       <c r="E461" t="s">
-        <v>359</v>
+        <v>176</v>
       </c>
       <c r="F461"/>
-      <c r="G461" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G461"/>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B462" t="s">
-        <v>401</v>
+        <v>744</v>
       </c>
       <c r="C462" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="D462" t="s">
         <v>10</v>
       </c>
       <c r="E462" t="s">
-        <v>633</v>
+        <v>11</v>
       </c>
       <c r="F462"/>
       <c r="G462"/>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
-        <v>383</v>
+        <v>322</v>
       </c>
       <c r="B463" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="C463" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D463" t="s">
-        <v>105</v>
+        <v>491</v>
       </c>
       <c r="E463" t="s">
-        <v>177</v>
+        <v>747</v>
       </c>
       <c r="F463"/>
       <c r="G463"/>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
-        <v>383</v>
+        <v>322</v>
       </c>
       <c r="B464" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="C464" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D464" t="s">
         <v>10</v>
       </c>
       <c r="E464" t="s">
         <v>11</v>
       </c>
       <c r="F464"/>
       <c r="G464"/>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="B465" t="s">
-        <v>744</v>
+        <v>325</v>
       </c>
       <c r="C465" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D465" t="s">
-        <v>492</v>
+        <v>10</v>
       </c>
       <c r="E465" t="s">
-        <v>749</v>
+        <v>11</v>
       </c>
       <c r="F465"/>
       <c r="G465"/>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="B466" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="C466" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D466" t="s">
-        <v>10</v>
+        <v>340</v>
       </c>
       <c r="E466" t="s">
-        <v>11</v>
+        <v>358</v>
       </c>
       <c r="F466"/>
-      <c r="G466"/>
+      <c r="G466" t="s">
+        <v>393</v>
+      </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="B467" t="s">
-        <v>326</v>
+        <v>400</v>
       </c>
       <c r="C467" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D467" t="s">
         <v>10</v>
       </c>
       <c r="E467" t="s">
         <v>11</v>
       </c>
       <c r="F467"/>
       <c r="G467"/>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
-        <v>323</v>
+        <v>113</v>
       </c>
       <c r="B468" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C468" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D468" t="s">
-        <v>341</v>
+        <v>10</v>
       </c>
       <c r="E468" t="s">
-        <v>359</v>
+        <v>11</v>
       </c>
       <c r="F468"/>
-      <c r="G468" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G468"/>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
-        <v>323</v>
+        <v>113</v>
       </c>
       <c r="B469" t="s">
-        <v>401</v>
+        <v>111</v>
       </c>
       <c r="C469" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D469" t="s">
         <v>10</v>
       </c>
       <c r="E469" t="s">
         <v>11</v>
       </c>
       <c r="F469"/>
       <c r="G469"/>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
         <v>113</v>
       </c>
       <c r="B470" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C470" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D470" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E470" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F470"/>
       <c r="G470"/>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
         <v>113</v>
       </c>
       <c r="B471" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="C471" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D471" t="s">
         <v>10</v>
       </c>
       <c r="E471" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
       <c r="F471"/>
       <c r="G471"/>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
         <v>113</v>
       </c>
       <c r="B472" t="s">
-        <v>758</v>
+        <v>138</v>
       </c>
       <c r="C472" t="s">
         <v>759</v>
       </c>
       <c r="D472" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E472" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="F472"/>
       <c r="G472"/>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
         <v>113</v>
       </c>
       <c r="B473" t="s">
-        <v>138</v>
+        <v>594</v>
       </c>
       <c r="C473" t="s">
         <v>760</v>
       </c>
       <c r="D473" t="s">
         <v>10</v>
       </c>
       <c r="E473" t="s">
-        <v>101</v>
+        <v>11</v>
       </c>
       <c r="F473"/>
       <c r="G473"/>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
         <v>113</v>
       </c>
       <c r="B474" t="s">
-        <v>138</v>
+        <v>761</v>
       </c>
       <c r="C474" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="D474" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E474" t="s">
-        <v>101</v>
+        <v>176</v>
       </c>
       <c r="F474"/>
       <c r="G474"/>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
-        <v>113</v>
+        <v>763</v>
       </c>
       <c r="B475" t="s">
-        <v>596</v>
+        <v>764</v>
       </c>
       <c r="C475" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="D475" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E475" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F475"/>
       <c r="G475"/>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
-        <v>113</v>
+        <v>763</v>
       </c>
       <c r="B476" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C476" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="D476" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E476" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="F476"/>
       <c r="G476"/>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="B477" t="s">
+        <v>764</v>
+      </c>
+      <c r="C477" t="s">
         <v>766</v>
-      </c>
-[...1 lines deleted...]
-        <v>767</v>
       </c>
       <c r="D477" t="s">
         <v>20</v>
       </c>
       <c r="E477" t="s">
         <v>21</v>
       </c>
       <c r="F477"/>
       <c r="G477"/>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="B478" t="s">
-        <v>766</v>
+        <v>756</v>
       </c>
       <c r="C478" t="s">
         <v>768</v>
       </c>
       <c r="D478" t="s">
         <v>20</v>
       </c>
       <c r="E478" t="s">
         <v>21</v>
       </c>
       <c r="F478"/>
       <c r="G478"/>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="B479" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="C479" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="D479" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="E479" t="s">
-        <v>21</v>
+        <v>240</v>
       </c>
       <c r="F479"/>
       <c r="G479"/>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="B480" t="s">
-        <v>758</v>
+        <v>771</v>
       </c>
       <c r="C480" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="D480" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="E480" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="F480"/>
       <c r="G480"/>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="B481" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="C481" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="D481" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E481" t="s">
-        <v>241</v>
+        <v>11</v>
       </c>
       <c r="F481"/>
       <c r="G481"/>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="B482" t="s">
-        <v>773</v>
+        <v>138</v>
       </c>
       <c r="C482" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D482" t="s">
-        <v>105</v>
+        <v>143</v>
       </c>
       <c r="E482" t="s">
-        <v>177</v>
+        <v>141</v>
       </c>
       <c r="F482"/>
       <c r="G482"/>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="B483" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C483" t="s">
-        <v>776</v>
+        <v>766</v>
       </c>
       <c r="D483" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E483" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F483"/>
       <c r="G483"/>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
-        <v>769</v>
+        <v>777</v>
       </c>
       <c r="B484" t="s">
-        <v>138</v>
+        <v>776</v>
       </c>
       <c r="C484" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D484" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="E484" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F484"/>
       <c r="G484"/>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="B485" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="C485" t="s">
-        <v>768</v>
+        <v>779</v>
       </c>
       <c r="D485" t="s">
         <v>20</v>
       </c>
       <c r="E485" t="s">
         <v>21</v>
       </c>
       <c r="F485"/>
       <c r="G485"/>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="B486" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="C486" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="D486" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="E486" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="F486"/>
       <c r="G486"/>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="B487" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="C487" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="D487" t="s">
-        <v>20</v>
+        <v>340</v>
       </c>
       <c r="E487" t="s">
-        <v>21</v>
+        <v>341</v>
       </c>
       <c r="F487"/>
       <c r="G487"/>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="B488" t="s">
-        <v>783</v>
+        <v>763</v>
       </c>
       <c r="C488" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="D488" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E488" t="s">
-        <v>177</v>
+        <v>101</v>
       </c>
       <c r="F488"/>
       <c r="G488"/>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="B489" t="s">
-        <v>786</v>
+        <v>763</v>
       </c>
       <c r="C489" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D489" t="s">
-        <v>341</v>
+        <v>20</v>
       </c>
       <c r="E489" t="s">
-        <v>342</v>
+        <v>21</v>
       </c>
       <c r="F489"/>
       <c r="G489"/>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="B490" t="s">
-        <v>765</v>
+        <v>789</v>
       </c>
       <c r="C490" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D490" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E490" t="s">
-        <v>101</v>
+        <v>176</v>
       </c>
       <c r="F490"/>
       <c r="G490"/>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="B491" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="C491" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D491" t="s">
         <v>20</v>
       </c>
       <c r="E491" t="s">
         <v>21</v>
       </c>
       <c r="F491"/>
       <c r="G491"/>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="B492" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C492" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D492" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E492" t="s">
-        <v>177</v>
+        <v>615</v>
       </c>
       <c r="F492"/>
       <c r="G492"/>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="B493" t="s">
-        <v>765</v>
+        <v>792</v>
       </c>
       <c r="C493" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D493" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E493" t="s">
-        <v>21</v>
+        <v>615</v>
       </c>
       <c r="F493"/>
       <c r="G493"/>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="B494" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="C494" t="s">
         <v>795</v>
       </c>
       <c r="D494" t="s">
         <v>10</v>
       </c>
       <c r="E494" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F494"/>
       <c r="G494"/>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="B495" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="C495" t="s">
         <v>796</v>
       </c>
       <c r="D495" t="s">
         <v>10</v>
       </c>
       <c r="E495" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F495"/>
       <c r="G495"/>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="B496" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="C496" t="s">
         <v>797</v>
       </c>
       <c r="D496" t="s">
         <v>10</v>
       </c>
       <c r="E496" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F496"/>
       <c r="G496"/>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="B497" t="s">
-        <v>794</v>
+        <v>776</v>
       </c>
       <c r="C497" t="s">
         <v>798</v>
       </c>
       <c r="D497" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E497" t="s">
-        <v>617</v>
+        <v>21</v>
       </c>
       <c r="F497"/>
       <c r="G497"/>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="B498" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="C498" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D498" t="s">
         <v>10</v>
       </c>
       <c r="E498" t="s">
-        <v>617</v>
+        <v>11</v>
       </c>
       <c r="F498"/>
       <c r="G498"/>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="B499" t="s">
-        <v>778</v>
+        <v>624</v>
       </c>
       <c r="C499" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D499" t="s">
-        <v>20</v>
+        <v>145</v>
       </c>
       <c r="E499" t="s">
-        <v>21</v>
+        <v>146</v>
       </c>
       <c r="F499"/>
       <c r="G499"/>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
-        <v>788</v>
+        <v>802</v>
       </c>
       <c r="B500" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="C500" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="D500" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E500" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F500"/>
       <c r="G500"/>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
-        <v>788</v>
+        <v>802</v>
       </c>
       <c r="B501" t="s">
-        <v>626</v>
+        <v>805</v>
       </c>
       <c r="C501" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="D501" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="E501" t="s">
-        <v>146</v>
+        <v>807</v>
       </c>
       <c r="F501"/>
       <c r="G501"/>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="B502" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="C502" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="D502" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="E502" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="F502"/>
       <c r="G502"/>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="B503" t="s">
-        <v>807</v>
+        <v>777</v>
       </c>
       <c r="C503" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="D503" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="E503" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="F503"/>
       <c r="G503"/>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="B504" t="s">
-        <v>810</v>
+        <v>777</v>
       </c>
       <c r="C504" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D504" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E504" t="s">
-        <v>177</v>
+        <v>11</v>
       </c>
       <c r="F504"/>
       <c r="G504"/>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="B505" t="s">
-        <v>779</v>
+        <v>763</v>
       </c>
       <c r="C505" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="D505" t="s">
         <v>10</v>
       </c>
       <c r="E505" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="F505"/>
       <c r="G505"/>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="B506" t="s">
-        <v>779</v>
+        <v>815</v>
       </c>
       <c r="C506" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D506" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="E506" t="s">
-        <v>11</v>
+        <v>341</v>
       </c>
       <c r="F506"/>
       <c r="G506"/>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="B507" t="s">
-        <v>765</v>
+        <v>817</v>
       </c>
       <c r="C507" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D507" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E507" t="s">
-        <v>816</v>
+        <v>21</v>
       </c>
       <c r="F507"/>
       <c r="G507"/>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
-        <v>804</v>
+        <v>819</v>
       </c>
       <c r="B508" t="s">
-        <v>817</v>
+        <v>150</v>
       </c>
       <c r="C508" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="D508" t="s">
-        <v>145</v>
+        <v>20</v>
       </c>
       <c r="E508" t="s">
-        <v>342</v>
+        <v>21</v>
       </c>
       <c r="F508"/>
       <c r="G508"/>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
-        <v>804</v>
+        <v>819</v>
       </c>
       <c r="B509" t="s">
-        <v>819</v>
+        <v>150</v>
       </c>
       <c r="C509" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D509" t="s">
         <v>20</v>
       </c>
       <c r="E509" t="s">
         <v>21</v>
       </c>
       <c r="F509"/>
       <c r="G509"/>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B510" t="s">
-        <v>150</v>
+        <v>777</v>
       </c>
       <c r="C510" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="D510" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="E510" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="F510"/>
       <c r="G510"/>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B511" t="s">
-        <v>150</v>
+        <v>817</v>
       </c>
       <c r="C511" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D511" t="s">
         <v>20</v>
       </c>
       <c r="E511" t="s">
         <v>21</v>
       </c>
       <c r="F511"/>
       <c r="G511"/>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="B512" t="s">
-        <v>779</v>
+        <v>764</v>
       </c>
       <c r="C512" t="s">
         <v>825</v>
       </c>
       <c r="D512" t="s">
-        <v>105</v>
+        <v>304</v>
       </c>
       <c r="E512" t="s">
-        <v>177</v>
+        <v>141</v>
       </c>
       <c r="F512"/>
       <c r="G512"/>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="B513" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="C513" t="s">
         <v>826</v>
       </c>
       <c r="D513" t="s">
-        <v>20</v>
+        <v>491</v>
       </c>
       <c r="E513" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="F513"/>
       <c r="G513"/>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="B514" t="s">
-        <v>766</v>
+        <v>817</v>
       </c>
       <c r="C514" t="s">
         <v>827</v>
       </c>
       <c r="D514" t="s">
-        <v>305</v>
+        <v>109</v>
       </c>
       <c r="E514" t="s">
-        <v>141</v>
+        <v>110</v>
       </c>
       <c r="F514"/>
       <c r="G514"/>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="B515" t="s">
         <v>819</v>
       </c>
       <c r="C515" t="s">
         <v>828</v>
       </c>
       <c r="D515" t="s">
-        <v>492</v>
+        <v>20</v>
       </c>
       <c r="E515" t="s">
-        <v>110</v>
+        <v>21</v>
       </c>
       <c r="F515"/>
       <c r="G515"/>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="B516" t="s">
-        <v>819</v>
+        <v>113</v>
       </c>
       <c r="C516" t="s">
         <v>829</v>
       </c>
       <c r="D516" t="s">
-        <v>109</v>
+        <v>10</v>
       </c>
       <c r="E516" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="F516"/>
       <c r="G516"/>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="B517" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="C517" t="s">
         <v>830</v>
       </c>
       <c r="D517" t="s">
         <v>20</v>
       </c>
       <c r="E517" t="s">
         <v>21</v>
       </c>
       <c r="F517"/>
       <c r="G517"/>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="B518" t="s">
-        <v>113</v>
+        <v>808</v>
       </c>
       <c r="C518" t="s">
         <v>831</v>
       </c>
       <c r="D518" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E518" t="s">
-        <v>101</v>
+        <v>832</v>
       </c>
       <c r="F518"/>
       <c r="G518"/>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="B519" t="s">
-        <v>821</v>
+        <v>833</v>
       </c>
       <c r="C519" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="D519" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="E519" t="s">
-        <v>21</v>
+        <v>835</v>
       </c>
       <c r="F519"/>
       <c r="G519"/>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="B520" t="s">
-        <v>810</v>
+        <v>802</v>
       </c>
       <c r="C520" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="D520" t="s">
         <v>105</v>
       </c>
       <c r="E520" t="s">
-        <v>834</v>
+        <v>176</v>
       </c>
       <c r="F520"/>
       <c r="G520"/>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="B521" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="C521" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="D521" t="s">
         <v>105</v>
       </c>
       <c r="E521" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
       <c r="F521"/>
       <c r="G521"/>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
-        <v>824</v>
+        <v>396</v>
       </c>
       <c r="B522" t="s">
-        <v>804</v>
+        <v>396</v>
       </c>
       <c r="C522" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="D522" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E522" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="F522"/>
       <c r="G522"/>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
-        <v>824</v>
+        <v>396</v>
       </c>
       <c r="B523" t="s">
-        <v>839</v>
+        <v>396</v>
       </c>
       <c r="C523" t="s">
         <v>840</v>
       </c>
       <c r="D523" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E523" t="s">
-        <v>837</v>
+        <v>21</v>
       </c>
       <c r="F523"/>
       <c r="G523"/>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="B524" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="C524" t="s">
         <v>841</v>
       </c>
       <c r="D524" t="s">
         <v>20</v>
       </c>
       <c r="E524" t="s">
         <v>21</v>
       </c>
       <c r="F524"/>
       <c r="G524"/>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
-        <v>397</v>
+        <v>842</v>
       </c>
       <c r="B525" t="s">
-        <v>397</v>
+        <v>103</v>
       </c>
       <c r="C525" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="D525" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E525" t="s">
-        <v>21</v>
+        <v>844</v>
       </c>
       <c r="F525"/>
       <c r="G525"/>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
-        <v>397</v>
+        <v>842</v>
       </c>
       <c r="B526" t="s">
-        <v>397</v>
+        <v>103</v>
       </c>
       <c r="C526" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="D526" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E526" t="s">
-        <v>21</v>
+        <v>844</v>
       </c>
       <c r="F526"/>
       <c r="G526"/>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="B527" t="s">
         <v>103</v>
       </c>
       <c r="C527" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="D527" t="s">
         <v>10</v>
       </c>
       <c r="E527" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="F527"/>
       <c r="G527"/>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="B528" t="s">
         <v>103</v>
       </c>
       <c r="C528" t="s">
         <v>847</v>
       </c>
       <c r="D528" t="s">
         <v>10</v>
       </c>
       <c r="E528" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="F528"/>
       <c r="G528"/>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="B529" t="s">
         <v>103</v>
       </c>
       <c r="C529" t="s">
         <v>848</v>
       </c>
       <c r="D529" t="s">
         <v>10</v>
       </c>
       <c r="E529" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="F529"/>
       <c r="G529"/>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="B530" t="s">
         <v>103</v>
       </c>
       <c r="C530" t="s">
         <v>849</v>
       </c>
       <c r="D530" t="s">
         <v>10</v>
       </c>
       <c r="E530" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="F530"/>
       <c r="G530"/>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="B531" t="s">
         <v>103</v>
       </c>
       <c r="C531" t="s">
         <v>850</v>
       </c>
       <c r="D531" t="s">
         <v>10</v>
       </c>
       <c r="E531" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="F531"/>
       <c r="G531"/>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="B532" t="s">
-        <v>103</v>
+        <v>819</v>
       </c>
       <c r="C532" t="s">
         <v>851</v>
       </c>
       <c r="D532" t="s">
         <v>10</v>
       </c>
       <c r="E532" t="s">
-        <v>846</v>
+        <v>11</v>
       </c>
       <c r="F532"/>
       <c r="G532"/>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="B533" t="s">
-        <v>103</v>
+        <v>138</v>
       </c>
       <c r="C533" t="s">
         <v>852</v>
       </c>
       <c r="D533" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
       <c r="E533" t="s">
-        <v>846</v>
+        <v>725</v>
       </c>
       <c r="F533"/>
       <c r="G533"/>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="B534" t="s">
-        <v>821</v>
+        <v>396</v>
       </c>
       <c r="C534" t="s">
         <v>853</v>
       </c>
       <c r="D534" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E534" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F534"/>
       <c r="G534"/>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="B535" t="s">
-        <v>138</v>
+        <v>854</v>
       </c>
       <c r="C535" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="D535" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="E535" t="s">
-        <v>727</v>
+        <v>439</v>
       </c>
       <c r="F535"/>
       <c r="G535"/>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="B536" t="s">
-        <v>397</v>
+        <v>856</v>
       </c>
       <c r="C536" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="D536" t="s">
         <v>20</v>
       </c>
       <c r="E536" t="s">
         <v>21</v>
       </c>
       <c r="F536"/>
       <c r="G536"/>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="B537" t="s">
         <v>856</v>
       </c>
       <c r="C537" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="D537" t="s">
         <v>10</v>
       </c>
       <c r="E537" t="s">
-        <v>440</v>
+        <v>11</v>
       </c>
       <c r="F537"/>
       <c r="G537"/>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="B538" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="C538" t="s">
         <v>859</v>
       </c>
       <c r="D538" t="s">
         <v>20</v>
       </c>
       <c r="E538" t="s">
         <v>21</v>
       </c>
       <c r="F538"/>
       <c r="G538"/>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" t="s">
-        <v>844</v>
+        <v>28</v>
       </c>
       <c r="B539" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="C539" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="D539" t="s">
-        <v>10</v>
+        <v>238</v>
       </c>
       <c r="E539" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="F539"/>
       <c r="G539"/>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" t="s">
-        <v>844</v>
+        <v>28</v>
       </c>
       <c r="B540" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="C540" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="D540" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E540" t="s">
-        <v>21</v>
+        <v>260</v>
       </c>
       <c r="F540"/>
       <c r="G540"/>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" t="s">
         <v>28</v>
       </c>
       <c r="B541" t="s">
-        <v>862</v>
+        <v>86</v>
       </c>
       <c r="C541" t="s">
         <v>863</v>
       </c>
       <c r="D541" t="s">
-        <v>239</v>
+        <v>10</v>
       </c>
       <c r="E541" t="s">
-        <v>141</v>
+        <v>385</v>
       </c>
       <c r="F541"/>
       <c r="G541"/>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="B542" t="s">
-        <v>856</v>
+        <v>97</v>
       </c>
       <c r="C542" t="s">
         <v>864</v>
       </c>
       <c r="D542" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E542" t="s">
-        <v>261</v>
+        <v>21</v>
       </c>
       <c r="F542"/>
       <c r="G542"/>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="B543" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="C543" t="s">
         <v>865</v>
       </c>
       <c r="D543" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E543" t="s">
-        <v>386</v>
+        <v>21</v>
       </c>
       <c r="F543"/>
       <c r="G543"/>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" t="s">
         <v>97</v>
       </c>
       <c r="B544" t="s">
         <v>97</v>
       </c>
       <c r="C544" t="s">
         <v>866</v>
       </c>
       <c r="D544" t="s">
         <v>20</v>
       </c>
       <c r="E544" t="s">
         <v>21</v>
       </c>
       <c r="F544"/>
       <c r="G544"/>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="B545" t="s">
         <v>97</v>
       </c>
       <c r="C545" t="s">
         <v>867</v>
       </c>
       <c r="D545" t="s">
         <v>20</v>
       </c>
       <c r="E545" t="s">
         <v>21</v>
       </c>
       <c r="F545"/>
       <c r="G545"/>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" t="s">
-        <v>97</v>
+        <v>15</v>
       </c>
       <c r="B546" t="s">
-        <v>97</v>
+        <v>134</v>
       </c>
       <c r="C546" t="s">
         <v>868</v>
       </c>
       <c r="D546" t="s">
         <v>20</v>
       </c>
       <c r="E546" t="s">
         <v>21</v>
       </c>
       <c r="F546"/>
       <c r="G546"/>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" t="s">
-        <v>107</v>
+        <v>15</v>
       </c>
       <c r="B547" t="s">
-        <v>97</v>
+        <v>28</v>
       </c>
       <c r="C547" t="s">
         <v>869</v>
       </c>
       <c r="D547" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E547" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F547"/>
       <c r="G547"/>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" t="s">
         <v>15</v>
       </c>
       <c r="B548" t="s">
-        <v>134</v>
+        <v>28</v>
       </c>
       <c r="C548" t="s">
         <v>870</v>
       </c>
       <c r="D548" t="s">
         <v>20</v>
       </c>
       <c r="E548" t="s">
         <v>21</v>
       </c>
       <c r="F548"/>
       <c r="G548"/>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" t="s">
         <v>15</v>
       </c>
       <c r="B549" t="s">
-        <v>28</v>
+        <v>150</v>
       </c>
       <c r="C549" t="s">
         <v>871</v>
       </c>
       <c r="D549" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E549" t="s">
-        <v>11</v>
+        <v>211</v>
       </c>
       <c r="F549"/>
       <c r="G549"/>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" t="s">
-        <v>15</v>
+        <v>872</v>
       </c>
       <c r="B550" t="s">
-        <v>28</v>
+        <v>873</v>
       </c>
       <c r="C550" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="D550" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E550" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="F550"/>
       <c r="G550"/>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" t="s">
-        <v>15</v>
+        <v>875</v>
       </c>
       <c r="B551" t="s">
-        <v>150</v>
+        <v>876</v>
       </c>
       <c r="C551" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="D551" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E551" t="s">
-        <v>212</v>
+        <v>21</v>
       </c>
       <c r="F551"/>
       <c r="G551"/>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="B552" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="C552" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="D552" t="s">
         <v>10</v>
       </c>
       <c r="E552" t="s">
-        <v>115</v>
+        <v>30</v>
       </c>
       <c r="F552"/>
       <c r="G552"/>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B553" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="C553" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="D553" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E553" t="s">
-        <v>21</v>
+        <v>883</v>
       </c>
       <c r="F553"/>
       <c r="G553"/>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="B554" t="s">
-        <v>881</v>
+        <v>769</v>
       </c>
       <c r="C554" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="D554" t="s">
         <v>10</v>
       </c>
       <c r="E554" t="s">
         <v>30</v>
       </c>
       <c r="F554"/>
       <c r="G554"/>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="B555" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="C555" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="D555" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E555" t="s">
-        <v>885</v>
+        <v>176</v>
       </c>
       <c r="F555"/>
       <c r="G555"/>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="B556" t="s">
-        <v>771</v>
+        <v>887</v>
       </c>
       <c r="C556" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="D556" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="E556" t="s">
-        <v>30</v>
+        <v>155</v>
       </c>
       <c r="F556"/>
       <c r="G556"/>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="B557" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C557" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="D557" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E557" t="s">
-        <v>177</v>
+        <v>11</v>
       </c>
       <c r="F557"/>
       <c r="G557"/>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="B558" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="C558" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="D558" t="s">
         <v>145</v>
       </c>
       <c r="E558" t="s">
-        <v>155</v>
+        <v>360</v>
       </c>
       <c r="F558"/>
       <c r="G558"/>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="B559" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="C559" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="D559" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="E559" t="s">
-        <v>11</v>
+        <v>160</v>
       </c>
       <c r="F559"/>
       <c r="G559"/>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="B560" t="s">
-        <v>893</v>
+        <v>494</v>
       </c>
       <c r="C560" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="D560" t="s">
         <v>145</v>
       </c>
       <c r="E560" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="F560"/>
       <c r="G560"/>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" t="s">
-        <v>880</v>
+        <v>896</v>
       </c>
       <c r="B561" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="C561" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="D561" t="s">
-        <v>145</v>
+        <v>20</v>
       </c>
       <c r="E561" t="s">
-        <v>160</v>
+        <v>21</v>
       </c>
       <c r="F561"/>
       <c r="G561"/>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" t="s">
-        <v>880</v>
+        <v>896</v>
       </c>
       <c r="B562" t="s">
-        <v>495</v>
+        <v>897</v>
       </c>
       <c r="C562" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="D562" t="s">
-        <v>145</v>
+        <v>20</v>
       </c>
       <c r="E562" t="s">
-        <v>359</v>
+        <v>21</v>
       </c>
       <c r="F562"/>
       <c r="G562"/>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="B563" t="s">
-        <v>899</v>
+        <v>897</v>
       </c>
       <c r="C563" t="s">
         <v>900</v>
       </c>
       <c r="D563" t="s">
         <v>20</v>
       </c>
       <c r="E563" t="s">
         <v>21</v>
       </c>
       <c r="F563"/>
       <c r="G563"/>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="B564" t="s">
-        <v>899</v>
+        <v>897</v>
       </c>
       <c r="C564" t="s">
-        <v>901</v>
+        <v>92</v>
       </c>
       <c r="D564" t="s">
         <v>20</v>
       </c>
       <c r="E564" t="s">
         <v>21</v>
       </c>
       <c r="F564"/>
       <c r="G564"/>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="B565" t="s">
-        <v>899</v>
+        <v>879</v>
       </c>
       <c r="C565" t="s">
         <v>902</v>
       </c>
       <c r="D565" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E565" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F565"/>
       <c r="G565"/>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="B566" t="s">
-        <v>899</v>
+        <v>769</v>
       </c>
       <c r="C566" t="s">
-        <v>92</v>
+        <v>903</v>
       </c>
       <c r="D566" t="s">
-        <v>20</v>
+        <v>491</v>
       </c>
       <c r="E566" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="F566"/>
       <c r="G566"/>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="B567" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
       <c r="C567" t="s">
         <v>904</v>
       </c>
       <c r="D567" t="s">
         <v>10</v>
       </c>
       <c r="E567" t="s">
-        <v>14</v>
+        <v>385</v>
       </c>
       <c r="F567"/>
       <c r="G567"/>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="B568" t="s">
-        <v>771</v>
+        <v>905</v>
       </c>
       <c r="C568" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="D568" t="s">
-        <v>492</v>
+        <v>10</v>
       </c>
       <c r="E568" t="s">
-        <v>110</v>
+        <v>30</v>
       </c>
       <c r="F568"/>
       <c r="G568"/>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="B569" t="s">
-        <v>878</v>
+        <v>769</v>
       </c>
       <c r="C569" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="D569" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E569" t="s">
-        <v>386</v>
+        <v>21</v>
       </c>
       <c r="F569"/>
       <c r="G569"/>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="B570" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C570" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D570" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E570" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F570"/>
       <c r="G570"/>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="B571" t="s">
-        <v>771</v>
+        <v>905</v>
       </c>
       <c r="C571" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="D571" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E571" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F571"/>
       <c r="G571"/>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="B572" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C572" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D572" t="s">
         <v>20</v>
       </c>
       <c r="E572" t="s">
         <v>21</v>
       </c>
       <c r="F572"/>
       <c r="G572"/>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" t="s">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c r="B573" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
       <c r="C573" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="D573" t="s">
         <v>10</v>
       </c>
       <c r="E573" t="s">
         <v>11</v>
       </c>
       <c r="F573"/>
       <c r="G573"/>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" t="s">
-        <v>903</v>
+        <v>426</v>
       </c>
       <c r="B574" t="s">
-        <v>913</v>
+        <v>406</v>
       </c>
       <c r="C574" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D574" t="s">
-        <v>20</v>
+        <v>145</v>
       </c>
       <c r="E574" t="s">
-        <v>21</v>
+        <v>152</v>
       </c>
       <c r="F574"/>
       <c r="G574"/>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="B575" t="s">
-        <v>916</v>
+        <v>905</v>
       </c>
       <c r="C575" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D575" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
       <c r="E575" t="s">
-        <v>11</v>
+        <v>395</v>
       </c>
       <c r="F575"/>
       <c r="G575"/>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" t="s">
-        <v>427</v>
+        <v>917</v>
       </c>
       <c r="B576" t="s">
-        <v>407</v>
+        <v>919</v>
       </c>
       <c r="C576" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="D576" t="s">
-        <v>145</v>
+        <v>105</v>
       </c>
       <c r="E576" t="s">
-        <v>152</v>
+        <v>214</v>
       </c>
       <c r="F576"/>
       <c r="G576"/>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="B577" t="s">
-        <v>907</v>
+        <v>771</v>
       </c>
       <c r="C577" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D577" t="s">
-        <v>136</v>
+        <v>20</v>
       </c>
       <c r="E577" t="s">
-        <v>396</v>
+        <v>21</v>
       </c>
       <c r="F577"/>
       <c r="G577"/>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="B578" t="s">
-        <v>921</v>
+        <v>771</v>
       </c>
       <c r="C578" t="s">
         <v>922</v>
       </c>
       <c r="D578" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E578" t="s">
-        <v>215</v>
+        <v>21</v>
       </c>
       <c r="F578"/>
       <c r="G578"/>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="B579" t="s">
-        <v>773</v>
+        <v>876</v>
       </c>
       <c r="C579" t="s">
         <v>923</v>
       </c>
       <c r="D579" t="s">
-        <v>20</v>
+        <v>136</v>
       </c>
       <c r="E579" t="s">
-        <v>21</v>
+        <v>395</v>
       </c>
       <c r="F579"/>
       <c r="G579"/>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="B580" t="s">
-        <v>773</v>
+        <v>876</v>
       </c>
       <c r="C580" t="s">
         <v>924</v>
       </c>
       <c r="D580" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E580" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F580"/>
       <c r="G580"/>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="B581" t="s">
-        <v>878</v>
+        <v>837</v>
       </c>
       <c r="C581" t="s">
         <v>925</v>
       </c>
       <c r="D581" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="E581" t="s">
-        <v>396</v>
+        <v>11</v>
       </c>
       <c r="F581"/>
       <c r="G581"/>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="B582" t="s">
-        <v>878</v>
+        <v>893</v>
       </c>
       <c r="C582" t="s">
         <v>926</v>
       </c>
       <c r="D582" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="E582" t="s">
-        <v>11</v>
+        <v>152</v>
       </c>
       <c r="F582"/>
       <c r="G582"/>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="B583" t="s">
-        <v>839</v>
+        <v>771</v>
       </c>
       <c r="C583" t="s">
         <v>927</v>
       </c>
       <c r="D583" t="s">
         <v>10</v>
       </c>
       <c r="E583" t="s">
         <v>11</v>
       </c>
       <c r="F583"/>
       <c r="G583"/>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" t="s">
-        <v>919</v>
+        <v>833</v>
       </c>
       <c r="B584" t="s">
-        <v>895</v>
+        <v>928</v>
       </c>
       <c r="C584" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D584" t="s">
-        <v>145</v>
+        <v>20</v>
       </c>
       <c r="E584" t="s">
-        <v>152</v>
+        <v>21</v>
       </c>
       <c r="F584"/>
       <c r="G584"/>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" t="s">
-        <v>919</v>
+        <v>833</v>
       </c>
       <c r="B585" t="s">
-        <v>773</v>
+        <v>928</v>
       </c>
       <c r="C585" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D585" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E585" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F585"/>
       <c r="G585"/>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="B586" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="C586" t="s">
         <v>931</v>
       </c>
       <c r="D586" t="s">
         <v>20</v>
       </c>
       <c r="E586" t="s">
         <v>21</v>
       </c>
       <c r="F586"/>
       <c r="G586"/>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="B587" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="C587" t="s">
         <v>932</v>
       </c>
       <c r="D587" t="s">
         <v>20</v>
       </c>
       <c r="E587" t="s">
         <v>21</v>
       </c>
       <c r="F587"/>
       <c r="G587"/>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" t="s">
-        <v>835</v>
+        <v>773</v>
       </c>
       <c r="B588" t="s">
-        <v>930</v>
+        <v>897</v>
       </c>
       <c r="C588" t="s">
         <v>933</v>
       </c>
       <c r="D588" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E588" t="s">
-        <v>21</v>
+        <v>385</v>
       </c>
       <c r="F588"/>
       <c r="G588"/>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" t="s">
-        <v>835</v>
+        <v>773</v>
       </c>
       <c r="B589" t="s">
-        <v>930</v>
+        <v>914</v>
       </c>
       <c r="C589" t="s">
         <v>934</v>
       </c>
       <c r="D589" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E589" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F589"/>
       <c r="G589"/>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B590" t="s">
-        <v>899</v>
+        <v>799</v>
       </c>
       <c r="C590" t="s">
         <v>935</v>
       </c>
       <c r="D590" t="s">
         <v>10</v>
       </c>
       <c r="E590" t="s">
-        <v>386</v>
+        <v>549</v>
       </c>
       <c r="F590"/>
       <c r="G590"/>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B591" t="s">
-        <v>916</v>
+        <v>799</v>
       </c>
       <c r="C591" t="s">
         <v>936</v>
       </c>
       <c r="D591" t="s">
         <v>10</v>
       </c>
       <c r="E591" t="s">
-        <v>11</v>
+        <v>549</v>
       </c>
       <c r="F591"/>
       <c r="G591"/>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B592" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="C592" t="s">
         <v>937</v>
       </c>
       <c r="D592" t="s">
         <v>10</v>
       </c>
       <c r="E592" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="F592"/>
       <c r="G592"/>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B593" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="C593" t="s">
         <v>938</v>
       </c>
       <c r="D593" t="s">
         <v>10</v>
       </c>
       <c r="E593" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="F593"/>
       <c r="G593"/>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B594" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="C594" t="s">
         <v>939</v>
       </c>
       <c r="D594" t="s">
         <v>10</v>
       </c>
       <c r="E594" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="F594"/>
       <c r="G594"/>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B595" t="s">
-        <v>801</v>
+        <v>875</v>
       </c>
       <c r="C595" t="s">
         <v>940</v>
       </c>
       <c r="D595" t="s">
-        <v>10</v>
+        <v>140</v>
       </c>
       <c r="E595" t="s">
-        <v>551</v>
+        <v>141</v>
       </c>
       <c r="F595"/>
       <c r="G595"/>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B596" t="s">
-        <v>801</v>
+        <v>941</v>
       </c>
       <c r="C596" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="D596" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E596" t="s">
-        <v>551</v>
+        <v>697</v>
       </c>
       <c r="F596"/>
       <c r="G596"/>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B597" t="s">
-        <v>877</v>
+        <v>837</v>
       </c>
       <c r="C597" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="D597" t="s">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="E597" t="s">
-        <v>141</v>
+        <v>169</v>
       </c>
       <c r="F597"/>
       <c r="G597"/>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B598" t="s">
-        <v>943</v>
+        <v>837</v>
       </c>
       <c r="C598" t="s">
         <v>944</v>
       </c>
       <c r="D598" t="s">
-        <v>105</v>
+        <v>145</v>
       </c>
       <c r="E598" t="s">
-        <v>699</v>
+        <v>118</v>
       </c>
       <c r="F598"/>
       <c r="G598"/>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B599" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="C599" t="s">
         <v>945</v>
       </c>
       <c r="D599" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="E599" t="s">
-        <v>170</v>
+        <v>946</v>
       </c>
       <c r="F599"/>
       <c r="G599"/>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B600" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="C600" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D600" t="s">
         <v>145</v>
       </c>
       <c r="E600" t="s">
-        <v>118</v>
+        <v>946</v>
       </c>
       <c r="F600"/>
       <c r="G600"/>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B601" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="C601" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D601" t="s">
         <v>145</v>
       </c>
       <c r="E601" t="s">
-        <v>948</v>
+        <v>155</v>
       </c>
       <c r="F601"/>
       <c r="G601"/>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B602" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="C602" t="s">
         <v>949</v>
       </c>
       <c r="D602" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="E602" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="F602"/>
       <c r="G602"/>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B603" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="C603" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="D603" t="s">
         <v>145</v>
       </c>
       <c r="E603" t="s">
         <v>155</v>
       </c>
       <c r="F603"/>
       <c r="G603"/>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" t="s">
-        <v>775</v>
+        <v>952</v>
       </c>
       <c r="B604" t="s">
-        <v>839</v>
+        <v>953</v>
       </c>
       <c r="C604" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="D604" t="s">
-        <v>10</v>
+        <v>340</v>
       </c>
       <c r="E604" t="s">
-        <v>952</v>
+        <v>344</v>
       </c>
       <c r="F604"/>
       <c r="G604"/>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" t="s">
-        <v>775</v>
+        <v>952</v>
       </c>
       <c r="B605" t="s">
-        <v>839</v>
+        <v>955</v>
       </c>
       <c r="C605" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="D605" t="s">
-        <v>145</v>
+        <v>340</v>
       </c>
       <c r="E605" t="s">
-        <v>155</v>
+        <v>341</v>
       </c>
       <c r="F605"/>
       <c r="G605"/>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="B606" t="s">
         <v>955</v>
       </c>
       <c r="C606" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="D606" t="s">
+        <v>340</v>
+      </c>
+      <c r="E606" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="F606"/>
       <c r="G606"/>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="B607" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="C607" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="D607" t="s">
+        <v>340</v>
+      </c>
+      <c r="E607" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="F607"/>
       <c r="G607"/>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" t="s">
-        <v>954</v>
+        <v>961</v>
       </c>
       <c r="B608" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="C608" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="D608" t="s">
+        <v>340</v>
+      </c>
+      <c r="E608" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="F608"/>
       <c r="G608"/>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="B609" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="C609" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="D609" t="s">
+        <v>340</v>
+      </c>
+      <c r="E609" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="F609"/>
       <c r="G609"/>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" t="s">
-        <v>963</v>
+        <v>632</v>
       </c>
       <c r="B610" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="C610" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="D610" t="s">
+        <v>340</v>
+      </c>
+      <c r="E610" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="F610"/>
       <c r="G610"/>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" t="s">
-        <v>966</v>
+        <v>632</v>
       </c>
       <c r="B611" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="C611" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="D611" t="s">
+        <v>340</v>
+      </c>
+      <c r="E611" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="F611"/>
       <c r="G611"/>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" t="s">
-        <v>634</v>
+        <v>971</v>
       </c>
       <c r="B612" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="C612" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="D612" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="E612" t="s">
-        <v>342</v>
+        <v>360</v>
       </c>
       <c r="F612"/>
       <c r="G612"/>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" t="s">
-        <v>634</v>
+        <v>111</v>
       </c>
       <c r="B613" t="s">
-        <v>971</v>
+        <v>153</v>
       </c>
       <c r="C613" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="D613" t="s">
-        <v>341</v>
+        <v>20</v>
       </c>
       <c r="E613" t="s">
-        <v>342</v>
+        <v>21</v>
       </c>
       <c r="F613"/>
       <c r="G613"/>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" t="s">
-        <v>973</v>
+        <v>111</v>
       </c>
       <c r="B614" t="s">
-        <v>974</v>
+        <v>153</v>
       </c>
       <c r="C614" t="s">
         <v>975</v>
       </c>
       <c r="D614" t="s">
-        <v>341</v>
+        <v>20</v>
       </c>
       <c r="E614" t="s">
-        <v>361</v>
+        <v>21</v>
       </c>
       <c r="F614"/>
       <c r="G614"/>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" t="s">
         <v>111</v>
       </c>
       <c r="B615" t="s">
         <v>153</v>
       </c>
       <c r="C615" t="s">
-        <v>976</v>
+        <v>766</v>
       </c>
       <c r="D615" t="s">
         <v>20</v>
       </c>
       <c r="E615" t="s">
         <v>21</v>
       </c>
       <c r="F615"/>
       <c r="G615"/>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" t="s">
         <v>111</v>
       </c>
       <c r="B616" t="s">
         <v>153</v>
       </c>
       <c r="C616" t="s">
-        <v>977</v>
+        <v>389</v>
       </c>
       <c r="D616" t="s">
         <v>20</v>
       </c>
       <c r="E616" t="s">
         <v>21</v>
       </c>
       <c r="F616"/>
       <c r="G616"/>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" t="s">
         <v>111</v>
       </c>
       <c r="B617" t="s">
         <v>153</v>
       </c>
       <c r="C617" t="s">
-        <v>768</v>
+        <v>976</v>
       </c>
       <c r="D617" t="s">
         <v>20</v>
       </c>
       <c r="E617" t="s">
         <v>21</v>
       </c>
       <c r="F617"/>
       <c r="G617"/>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" t="s">
-        <v>111</v>
+        <v>789</v>
       </c>
       <c r="B618" t="s">
-        <v>153</v>
+        <v>914</v>
       </c>
       <c r="C618" t="s">
-        <v>390</v>
+        <v>977</v>
       </c>
       <c r="D618" t="s">
         <v>20</v>
       </c>
       <c r="E618" t="s">
         <v>21</v>
       </c>
       <c r="F618"/>
       <c r="G618"/>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" t="s">
-        <v>111</v>
+        <v>789</v>
       </c>
       <c r="B619" t="s">
-        <v>153</v>
+        <v>978</v>
       </c>
       <c r="C619" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="D619" t="s">
-        <v>20</v>
+        <v>109</v>
       </c>
       <c r="E619" t="s">
-        <v>21</v>
+        <v>211</v>
       </c>
       <c r="F619"/>
       <c r="G619"/>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="B620" t="s">
-        <v>916</v>
+        <v>833</v>
       </c>
       <c r="C620" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D620" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E620" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F620"/>
       <c r="G620"/>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="B621" t="s">
-        <v>980</v>
+        <v>799</v>
       </c>
       <c r="C621" t="s">
         <v>981</v>
       </c>
       <c r="D621" t="s">
-        <v>109</v>
+        <v>10</v>
       </c>
       <c r="E621" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F621"/>
       <c r="G621"/>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="B622" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="C622" t="s">
         <v>982</v>
       </c>
       <c r="D622" t="s">
         <v>10</v>
       </c>
       <c r="E622" t="s">
         <v>11</v>
       </c>
       <c r="F622"/>
       <c r="G622"/>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="B623" t="s">
-        <v>801</v>
+        <v>111</v>
       </c>
       <c r="C623" t="s">
         <v>983</v>
       </c>
       <c r="D623" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E623" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F623"/>
       <c r="G623"/>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="B624" t="s">
-        <v>839</v>
+        <v>833</v>
       </c>
       <c r="C624" t="s">
         <v>984</v>
       </c>
       <c r="D624" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E624" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F624"/>
       <c r="G624"/>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" t="s">
-        <v>791</v>
+        <v>985</v>
       </c>
       <c r="B625" t="s">
-        <v>111</v>
+        <v>985</v>
       </c>
       <c r="C625" t="s">
-        <v>985</v>
+        <v>932</v>
       </c>
       <c r="D625" t="s">
         <v>20</v>
       </c>
       <c r="E625" t="s">
         <v>21</v>
       </c>
       <c r="F625"/>
       <c r="G625"/>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" t="s">
-        <v>791</v>
+        <v>985</v>
       </c>
       <c r="B626" t="s">
-        <v>835</v>
+        <v>985</v>
       </c>
       <c r="C626" t="s">
         <v>986</v>
       </c>
       <c r="D626" t="s">
         <v>20</v>
       </c>
       <c r="E626" t="s">
         <v>21</v>
       </c>
       <c r="F626"/>
       <c r="G626"/>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" t="s">
+        <v>985</v>
+      </c>
+      <c r="B627" t="s">
+        <v>985</v>
+      </c>
+      <c r="C627" t="s">
         <v>987</v>
-      </c>
-[...4 lines deleted...]
-        <v>934</v>
       </c>
       <c r="D627" t="s">
         <v>20</v>
       </c>
       <c r="E627" t="s">
         <v>21</v>
       </c>
       <c r="F627"/>
       <c r="G627"/>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" t="s">
-        <v>987</v>
+        <v>113</v>
       </c>
       <c r="B628" t="s">
-        <v>987</v>
+        <v>773</v>
       </c>
       <c r="C628" t="s">
         <v>988</v>
       </c>
       <c r="D628" t="s">
         <v>20</v>
       </c>
       <c r="E628" t="s">
         <v>21</v>
       </c>
       <c r="F628"/>
       <c r="G628"/>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" t="s">
-        <v>987</v>
+        <v>113</v>
       </c>
       <c r="B629" t="s">
-        <v>987</v>
+        <v>111</v>
       </c>
       <c r="C629" t="s">
         <v>989</v>
       </c>
       <c r="D629" t="s">
         <v>20</v>
       </c>
       <c r="E629" t="s">
         <v>21</v>
       </c>
       <c r="F629"/>
       <c r="G629"/>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" t="s">
         <v>113</v>
       </c>
       <c r="B630" t="s">
-        <v>775</v>
+        <v>138</v>
       </c>
       <c r="C630" t="s">
         <v>990</v>
       </c>
       <c r="D630" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E630" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="F630"/>
       <c r="G630"/>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" t="s">
         <v>113</v>
       </c>
       <c r="B631" t="s">
-        <v>111</v>
+        <v>153</v>
       </c>
       <c r="C631" t="s">
         <v>991</v>
       </c>
       <c r="D631" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E631" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="F631"/>
       <c r="G631"/>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" t="s">
-        <v>113</v>
+        <v>616</v>
       </c>
       <c r="B632" t="s">
-        <v>138</v>
+        <v>616</v>
       </c>
       <c r="C632" t="s">
         <v>992</v>
       </c>
       <c r="D632" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E632" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="F632"/>
       <c r="G632"/>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" t="s">
-        <v>113</v>
+        <v>616</v>
       </c>
       <c r="B633" t="s">
-        <v>153</v>
+        <v>616</v>
       </c>
       <c r="C633" t="s">
-        <v>993</v>
+        <v>535</v>
       </c>
       <c r="D633" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E633" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="F633"/>
       <c r="G633"/>
     </row>
     <row r="634" spans="1:7">
       <c r="A634" t="s">
-        <v>618</v>
+        <v>993</v>
       </c>
       <c r="B634" t="s">
-        <v>618</v>
+        <v>599</v>
       </c>
       <c r="C634" t="s">
         <v>994</v>
       </c>
       <c r="D634" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E634" t="s">
-        <v>21</v>
+        <v>439</v>
       </c>
       <c r="F634"/>
       <c r="G634"/>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" t="s">
-        <v>618</v>
+        <v>993</v>
       </c>
       <c r="B635" t="s">
-        <v>618</v>
+        <v>594</v>
       </c>
       <c r="C635" t="s">
-        <v>536</v>
+        <v>995</v>
       </c>
       <c r="D635" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E635" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F635"/>
       <c r="G635"/>
     </row>
     <row r="636" spans="1:7">
       <c r="A636" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B636" t="s">
-        <v>601</v>
+        <v>487</v>
       </c>
       <c r="C636" t="s">
         <v>996</v>
       </c>
       <c r="D636" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E636" t="s">
-        <v>440</v>
+        <v>176</v>
       </c>
       <c r="F636"/>
       <c r="G636"/>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B637" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="C637" t="s">
         <v>997</v>
       </c>
       <c r="D637" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E637" t="s">
-        <v>14</v>
+        <v>211</v>
       </c>
       <c r="F637"/>
       <c r="G637"/>
     </row>
     <row r="638" spans="1:7">
       <c r="A638" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B638" t="s">
-        <v>488</v>
+        <v>998</v>
       </c>
       <c r="C638" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="D638" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E638" t="s">
-        <v>177</v>
+        <v>631</v>
       </c>
       <c r="F638"/>
       <c r="G638"/>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B639" t="s">
-        <v>601</v>
+        <v>517</v>
       </c>
       <c r="C639" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D639" t="s">
         <v>105</v>
       </c>
       <c r="E639" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="F639"/>
       <c r="G639"/>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B640" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C640" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D640" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E640" t="s">
-        <v>633</v>
+        <v>21</v>
       </c>
       <c r="F640"/>
       <c r="G640"/>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B641" t="s">
-        <v>518</v>
+        <v>594</v>
       </c>
       <c r="C641" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="D641" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E641" t="s">
-        <v>212</v>
+        <v>260</v>
       </c>
       <c r="F641"/>
       <c r="G641"/>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B642" t="s">
-        <v>1003</v>
+        <v>538</v>
       </c>
       <c r="C642" t="s">
         <v>1004</v>
       </c>
       <c r="D642" t="s">
-        <v>20</v>
+        <v>238</v>
       </c>
       <c r="E642" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F642"/>
       <c r="G642"/>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B643" t="s">
-        <v>596</v>
+        <v>569</v>
       </c>
       <c r="C643" t="s">
         <v>1005</v>
       </c>
       <c r="D643" t="s">
-        <v>10</v>
+        <v>140</v>
       </c>
       <c r="E643" t="s">
-        <v>261</v>
+        <v>141</v>
       </c>
       <c r="F643"/>
       <c r="G643"/>
     </row>
     <row r="644" spans="1:7">
       <c r="A644" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B644" t="s">
-        <v>539</v>
+        <v>616</v>
       </c>
       <c r="C644" t="s">
         <v>1006</v>
       </c>
       <c r="D644" t="s">
-        <v>239</v>
+        <v>10</v>
       </c>
       <c r="E644" t="s">
-        <v>141</v>
+        <v>101</v>
       </c>
       <c r="F644"/>
       <c r="G644"/>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="B645" t="s">
-        <v>571</v>
+        <v>993</v>
       </c>
       <c r="C645" t="s">
         <v>1007</v>
       </c>
       <c r="D645" t="s">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="E645" t="s">
-        <v>141</v>
+        <v>385</v>
       </c>
       <c r="F645"/>
       <c r="G645"/>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
       <c r="B646" t="s">
-        <v>618</v>
+        <v>1008</v>
       </c>
       <c r="C646" t="s">
-        <v>1008</v>
+        <v>298</v>
       </c>
       <c r="D646" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E646" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="F646"/>
       <c r="G646"/>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
       <c r="B647" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
       <c r="C647" t="s">
-        <v>1009</v>
+        <v>298</v>
       </c>
       <c r="D647" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E647" t="s">
-        <v>386</v>
+        <v>21</v>
       </c>
       <c r="F647"/>
       <c r="G647"/>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="B648" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="C648" t="s">
-        <v>299</v>
+        <v>1009</v>
       </c>
       <c r="D648" t="s">
         <v>20</v>
       </c>
       <c r="E648" t="s">
         <v>21</v>
       </c>
       <c r="F648"/>
       <c r="G648"/>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="B649" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="C649" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="D649" t="s">
         <v>20</v>
       </c>
       <c r="E649" t="s">
         <v>21</v>
       </c>
       <c r="F649"/>
       <c r="G649"/>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B650" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C650" t="s">
         <v>1010</v>
-      </c>
-[...4 lines deleted...]
-        <v>1011</v>
       </c>
       <c r="D650" t="s">
         <v>20</v>
       </c>
       <c r="E650" t="s">
         <v>21</v>
       </c>
       <c r="F650"/>
       <c r="G650"/>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="B651" t="s">
-        <v>1010</v>
+        <v>1001</v>
       </c>
       <c r="C651" t="s">
-        <v>299</v>
+        <v>1012</v>
       </c>
       <c r="D651" t="s">
         <v>20</v>
       </c>
       <c r="E651" t="s">
         <v>21</v>
       </c>
       <c r="F651"/>
       <c r="G651"/>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="B652" t="s">
-        <v>1010</v>
+        <v>1001</v>
       </c>
       <c r="C652" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="D652" t="s">
         <v>20</v>
       </c>
       <c r="E652" t="s">
         <v>21</v>
       </c>
       <c r="F652"/>
       <c r="G652"/>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="B653" t="s">
-        <v>1003</v>
+        <v>541</v>
       </c>
       <c r="C653" t="s">
         <v>1014</v>
       </c>
       <c r="D653" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="E653" t="s">
-        <v>21</v>
+        <v>697</v>
       </c>
       <c r="F653"/>
       <c r="G653"/>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="B654" t="s">
-        <v>1003</v>
+        <v>1015</v>
       </c>
       <c r="C654" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="D654" t="s">
         <v>20</v>
       </c>
       <c r="E654" t="s">
         <v>21</v>
       </c>
       <c r="F654"/>
       <c r="G654"/>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" t="s">
-        <v>1013</v>
+        <v>655</v>
       </c>
       <c r="B655" t="s">
-        <v>543</v>
+        <v>655</v>
       </c>
       <c r="C655" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="D655" t="s">
-        <v>105</v>
+        <v>238</v>
       </c>
       <c r="E655" t="s">
-        <v>699</v>
+        <v>141</v>
       </c>
       <c r="F655"/>
       <c r="G655"/>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="B656" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C656" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="D656" t="s">
         <v>20</v>
       </c>
       <c r="E656" t="s">
         <v>21</v>
       </c>
       <c r="F656"/>
       <c r="G656"/>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" t="s">
-        <v>657</v>
+        <v>1018</v>
       </c>
       <c r="B657" t="s">
-        <v>657</v>
+        <v>1018</v>
       </c>
       <c r="C657" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="D657" t="s">
-        <v>239</v>
+        <v>20</v>
       </c>
       <c r="E657" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F657"/>
       <c r="G657"/>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B658" t="s">
-        <v>1020</v>
+        <v>1001</v>
       </c>
       <c r="C658" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="D658" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="E658" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="F658"/>
       <c r="G658"/>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B659" t="s">
-        <v>1020</v>
+        <v>1015</v>
       </c>
       <c r="C659" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="D659" t="s">
         <v>20</v>
       </c>
       <c r="E659" t="s">
         <v>21</v>
       </c>
       <c r="F659"/>
       <c r="G659"/>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
       <c r="B660" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="C660" t="s">
         <v>1024</v>
       </c>
       <c r="D660" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E660" t="s">
-        <v>177</v>
+        <v>101</v>
       </c>
       <c r="F660"/>
       <c r="G660"/>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
       <c r="B661" t="s">
-        <v>1017</v>
+        <v>1025</v>
       </c>
       <c r="C661" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="D661" t="s">
         <v>20</v>
       </c>
       <c r="E661" t="s">
         <v>21</v>
       </c>
       <c r="F661"/>
       <c r="G661"/>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="B662" t="s">
-        <v>1010</v>
+        <v>544</v>
       </c>
       <c r="C662" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="D662" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E662" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="F662"/>
       <c r="G662"/>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="B663" t="s">
-        <v>1027</v>
+        <v>1025</v>
       </c>
       <c r="C663" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="D663" t="s">
         <v>20</v>
       </c>
       <c r="E663" t="s">
         <v>21</v>
       </c>
       <c r="F663"/>
       <c r="G663"/>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="B664" t="s">
-        <v>546</v>
+        <v>891</v>
       </c>
       <c r="C664" t="s">
         <v>1030</v>
       </c>
       <c r="D664" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E664" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F664"/>
       <c r="G664"/>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="B665" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="C665" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="D665" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E665" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F665"/>
       <c r="G665"/>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="B666" t="s">
-        <v>893</v>
+        <v>1033</v>
       </c>
       <c r="C666" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="D666" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E666" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F666"/>
       <c r="G666"/>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="B667" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="C667" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="D667" t="s">
         <v>10</v>
       </c>
       <c r="E667" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="F667"/>
       <c r="G667"/>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="B668" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="C668" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="D668" t="s">
         <v>20</v>
       </c>
       <c r="E668" t="s">
         <v>21</v>
       </c>
       <c r="F668"/>
       <c r="G668"/>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="B669" t="s">
         <v>1037</v>
       </c>
       <c r="C669" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="D669" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E669" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="F669"/>
       <c r="G669"/>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="B670" t="s">
-        <v>1039</v>
+        <v>1037</v>
       </c>
       <c r="C670" t="s">
         <v>1040</v>
       </c>
       <c r="D670" t="s">
         <v>20</v>
       </c>
       <c r="E670" t="s">
         <v>21</v>
       </c>
       <c r="F670"/>
       <c r="G670"/>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="B671" t="s">
-        <v>1039</v>
+        <v>1037</v>
       </c>
       <c r="C671" t="s">
         <v>1041</v>
       </c>
       <c r="D671" t="s">
         <v>20</v>
       </c>
       <c r="E671" t="s">
         <v>21</v>
       </c>
       <c r="F671"/>
       <c r="G671"/>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" t="s">
-        <v>1029</v>
+        <v>887</v>
       </c>
       <c r="B672" t="s">
-        <v>1039</v>
+        <v>1033</v>
       </c>
       <c r="C672" t="s">
         <v>1042</v>
       </c>
       <c r="D672" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="E672" t="s">
-        <v>21</v>
+        <v>1043</v>
       </c>
       <c r="F672"/>
       <c r="G672"/>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" t="s">
-        <v>1029</v>
+        <v>887</v>
       </c>
       <c r="B673" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="C673" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="D673" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E673" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F673"/>
       <c r="G673"/>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="B674" t="s">
-        <v>1035</v>
+        <v>1025</v>
       </c>
       <c r="C674" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="D674" t="s">
         <v>105</v>
       </c>
       <c r="E674" t="s">
-        <v>1045</v>
+        <v>832</v>
       </c>
       <c r="F674"/>
       <c r="G674"/>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="B675" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C675" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D675" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E675" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F675"/>
       <c r="G675"/>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="B676" t="s">
-        <v>1027</v>
+        <v>1047</v>
       </c>
       <c r="C676" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="D676" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="E676" t="s">
-        <v>834</v>
+        <v>1050</v>
       </c>
       <c r="F676"/>
       <c r="G676"/>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" t="s">
-        <v>889</v>
+        <v>1051</v>
       </c>
       <c r="B677" t="s">
-        <v>1049</v>
+        <v>624</v>
       </c>
       <c r="C677" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="D677" t="s">
         <v>20</v>
       </c>
       <c r="E677" t="s">
         <v>21</v>
       </c>
       <c r="F677"/>
       <c r="G677"/>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" t="s">
-        <v>889</v>
+        <v>1051</v>
       </c>
       <c r="B678" t="s">
-        <v>1049</v>
+        <v>624</v>
       </c>
       <c r="C678" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="D678" t="s">
-        <v>136</v>
+        <v>20</v>
       </c>
       <c r="E678" t="s">
-        <v>1052</v>
+        <v>21</v>
       </c>
       <c r="F678"/>
       <c r="G678"/>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="B679" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="C679" t="s">
-        <v>1054</v>
+        <v>221</v>
       </c>
       <c r="D679" t="s">
         <v>20</v>
       </c>
       <c r="E679" t="s">
         <v>21</v>
       </c>
       <c r="F679"/>
       <c r="G679"/>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="B680" t="s">
-        <v>626</v>
+        <v>1054</v>
       </c>
       <c r="C680" t="s">
         <v>1055</v>
       </c>
       <c r="D680" t="s">
         <v>20</v>
       </c>
       <c r="E680" t="s">
         <v>21</v>
       </c>
       <c r="F680"/>
       <c r="G680"/>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="B681" t="s">
-        <v>626</v>
+        <v>1054</v>
       </c>
       <c r="C681" t="s">
-        <v>222</v>
+        <v>1056</v>
       </c>
       <c r="D681" t="s">
         <v>20</v>
       </c>
       <c r="E681" t="s">
         <v>21</v>
       </c>
       <c r="F681"/>
       <c r="G681"/>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="B682" t="s">
-        <v>1056</v>
+        <v>1054</v>
       </c>
       <c r="C682" t="s">
         <v>1057</v>
       </c>
       <c r="D682" t="s">
         <v>20</v>
       </c>
       <c r="E682" t="s">
         <v>21</v>
       </c>
       <c r="F682"/>
       <c r="G682"/>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="B683" t="s">
-        <v>1056</v>
+        <v>1054</v>
       </c>
       <c r="C683" t="s">
-        <v>1058</v>
+        <v>932</v>
       </c>
       <c r="D683" t="s">
         <v>20</v>
       </c>
       <c r="E683" t="s">
         <v>21</v>
       </c>
       <c r="F683"/>
       <c r="G683"/>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="B684" t="s">
-        <v>1056</v>
+        <v>624</v>
       </c>
       <c r="C684" t="s">
-        <v>1059</v>
+        <v>1058</v>
       </c>
       <c r="D684" t="s">
         <v>20</v>
       </c>
       <c r="E684" t="s">
         <v>21</v>
       </c>
       <c r="F684"/>
       <c r="G684"/>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" t="s">
-        <v>1053</v>
+        <v>1059</v>
       </c>
       <c r="B685" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="C685" t="s">
-        <v>934</v>
+        <v>1061</v>
       </c>
       <c r="D685" t="s">
         <v>20</v>
       </c>
       <c r="E685" t="s">
         <v>21</v>
       </c>
       <c r="F685"/>
       <c r="G685"/>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" t="s">
-        <v>1053</v>
+        <v>1059</v>
       </c>
       <c r="B686" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="C686" t="s">
-        <v>1060</v>
+        <v>576</v>
       </c>
       <c r="D686" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E686" t="s">
-        <v>21</v>
+        <v>549</v>
       </c>
       <c r="F686"/>
       <c r="G686"/>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B687" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C687" t="s">
         <v>1062</v>
-      </c>
-[...1 lines deleted...]
-        <v>1063</v>
       </c>
       <c r="D687" t="s">
         <v>20</v>
       </c>
       <c r="E687" t="s">
         <v>21</v>
       </c>
       <c r="F687"/>
       <c r="G687"/>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B688" t="s">
-        <v>626</v>
+        <v>1015</v>
       </c>
       <c r="C688" t="s">
-        <v>578</v>
+        <v>1063</v>
       </c>
       <c r="D688" t="s">
         <v>10</v>
       </c>
       <c r="E688" t="s">
-        <v>551</v>
+        <v>1064</v>
       </c>
       <c r="F688"/>
-      <c r="G688"/>
+      <c r="G688" t="s">
+        <v>1065</v>
+      </c>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B689" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="C689" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="D689" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E689" t="s">
-        <v>21</v>
+        <v>683</v>
       </c>
       <c r="F689"/>
       <c r="G689"/>
     </row>
     <row r="690" spans="1:7">
       <c r="A690" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B690" t="s">
-        <v>1017</v>
+        <v>1033</v>
       </c>
       <c r="C690" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="D690" t="s">
         <v>10</v>
       </c>
       <c r="E690" t="s">
-        <v>1066</v>
+        <v>11</v>
       </c>
       <c r="F690"/>
-      <c r="G690" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G690"/>
     </row>
     <row r="691" spans="1:7">
       <c r="A691" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B691" t="s">
-        <v>1068</v>
+        <v>1033</v>
       </c>
       <c r="C691" t="s">
         <v>1069</v>
       </c>
       <c r="D691" t="s">
         <v>10</v>
       </c>
       <c r="E691" t="s">
-        <v>685</v>
+        <v>11</v>
       </c>
       <c r="F691"/>
       <c r="G691"/>
     </row>
     <row r="692" spans="1:7">
       <c r="A692" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B692" t="s">
-        <v>1035</v>
+        <v>1060</v>
       </c>
       <c r="C692" t="s">
         <v>1070</v>
       </c>
       <c r="D692" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E692" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F692"/>
       <c r="G692"/>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B693" t="s">
-        <v>1035</v>
+        <v>1033</v>
       </c>
       <c r="C693" t="s">
-        <v>1071</v>
+        <v>1034</v>
       </c>
       <c r="D693" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E693" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F693"/>
       <c r="G693"/>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B694" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="C694" t="s">
-        <v>1072</v>
+        <v>1071</v>
       </c>
       <c r="D694" t="s">
         <v>20</v>
       </c>
       <c r="E694" t="s">
         <v>21</v>
       </c>
       <c r="F694"/>
       <c r="G694"/>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B695" t="s">
-        <v>1035</v>
+        <v>1044</v>
       </c>
       <c r="C695" t="s">
-        <v>1036</v>
+        <v>1072</v>
       </c>
       <c r="D695" t="s">
         <v>20</v>
       </c>
       <c r="E695" t="s">
         <v>21</v>
       </c>
       <c r="F695"/>
       <c r="G695"/>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B696" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="C696" t="s">
         <v>1073</v>
       </c>
       <c r="D696" t="s">
         <v>20</v>
       </c>
       <c r="E696" t="s">
         <v>21</v>
       </c>
       <c r="F696"/>
       <c r="G696"/>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B697" t="s">
-        <v>1046</v>
+        <v>1037</v>
       </c>
       <c r="C697" t="s">
         <v>1074</v>
       </c>
       <c r="D697" t="s">
         <v>20</v>
       </c>
       <c r="E697" t="s">
         <v>21</v>
       </c>
       <c r="F697"/>
       <c r="G697"/>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B698" t="s">
-        <v>1062</v>
+        <v>1037</v>
       </c>
       <c r="C698" t="s">
         <v>1075</v>
       </c>
       <c r="D698" t="s">
         <v>20</v>
       </c>
       <c r="E698" t="s">
         <v>21</v>
       </c>
       <c r="F698"/>
       <c r="G698"/>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B699" t="s">
-        <v>1039</v>
+        <v>1018</v>
       </c>
       <c r="C699" t="s">
         <v>1076</v>
       </c>
       <c r="D699" t="s">
         <v>20</v>
       </c>
       <c r="E699" t="s">
         <v>21</v>
       </c>
       <c r="F699"/>
       <c r="G699"/>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B700" t="s">
-        <v>1039</v>
+        <v>891</v>
       </c>
       <c r="C700" t="s">
         <v>1077</v>
       </c>
       <c r="D700" t="s">
-        <v>20</v>
+        <v>136</v>
       </c>
       <c r="E700" t="s">
-        <v>21</v>
+        <v>725</v>
       </c>
       <c r="F700"/>
       <c r="G700"/>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B701" t="s">
-        <v>1020</v>
+        <v>891</v>
       </c>
       <c r="C701" t="s">
         <v>1078</v>
       </c>
       <c r="D701" t="s">
-        <v>20</v>
+        <v>136</v>
       </c>
       <c r="E701" t="s">
-        <v>21</v>
+        <v>725</v>
       </c>
       <c r="F701"/>
       <c r="G701"/>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B702" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="C702" t="s">
         <v>1079</v>
       </c>
       <c r="D702" t="s">
         <v>136</v>
       </c>
       <c r="E702" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="F702"/>
       <c r="G702"/>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="B703" t="s">
-        <v>893</v>
+        <v>1044</v>
       </c>
       <c r="C703" t="s">
         <v>1080</v>
       </c>
       <c r="D703" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="E703" t="s">
-        <v>727</v>
+        <v>14</v>
       </c>
       <c r="F703"/>
       <c r="G703"/>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" t="s">
-        <v>1061</v>
+        <v>1081</v>
       </c>
       <c r="B704" t="s">
-        <v>893</v>
+        <v>1082</v>
       </c>
       <c r="C704" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="D704" t="s">
-        <v>136</v>
+        <v>20</v>
       </c>
       <c r="E704" t="s">
-        <v>727</v>
+        <v>21</v>
       </c>
       <c r="F704"/>
       <c r="G704"/>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" t="s">
-        <v>1061</v>
+        <v>1082</v>
       </c>
       <c r="B705" t="s">
-        <v>1046</v>
+        <v>1082</v>
       </c>
       <c r="C705" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="D705" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E705" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F705"/>
       <c r="G705"/>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" t="s">
-        <v>1083</v>
+        <v>1082</v>
       </c>
       <c r="B706" t="s">
-        <v>1084</v>
+        <v>1082</v>
       </c>
       <c r="C706" t="s">
         <v>1085</v>
       </c>
       <c r="D706" t="s">
         <v>20</v>
       </c>
       <c r="E706" t="s">
         <v>21</v>
       </c>
       <c r="F706"/>
       <c r="G706"/>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" t="s">
-        <v>1084</v>
+        <v>1082</v>
       </c>
       <c r="B707" t="s">
-        <v>1084</v>
+        <v>1082</v>
       </c>
       <c r="C707" t="s">
         <v>1086</v>
       </c>
       <c r="D707" t="s">
         <v>20</v>
       </c>
       <c r="E707" t="s">
         <v>21</v>
       </c>
       <c r="F707"/>
       <c r="G707"/>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="B708" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c r="C708" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="D708" t="s">
         <v>20</v>
       </c>
       <c r="E708" t="s">
         <v>21</v>
       </c>
       <c r="F708"/>
       <c r="G708"/>
     </row>
     <row r="709" spans="1:7">
       <c r="A709" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="B709" t="s">
-        <v>1084</v>
+        <v>612</v>
       </c>
       <c r="C709" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="D709" t="s">
-        <v>20</v>
+        <v>143</v>
       </c>
       <c r="E709" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F709"/>
       <c r="G709"/>
     </row>
     <row r="710" spans="1:7">
       <c r="A710" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
       <c r="B710" t="s">
-        <v>1090</v>
+        <v>1051</v>
       </c>
       <c r="C710" t="s">
         <v>1091</v>
       </c>
       <c r="D710" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E710" t="s">
-        <v>21</v>
+        <v>385</v>
       </c>
       <c r="F710"/>
       <c r="G710"/>
     </row>
     <row r="711" spans="1:7">
       <c r="A711" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="B711" t="s">
-        <v>614</v>
+        <v>1093</v>
       </c>
       <c r="C711" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="D711" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="E711" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F711"/>
       <c r="G711"/>
     </row>
     <row r="712" spans="1:7">
       <c r="A712" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="B712" t="s">
-        <v>1053</v>
+        <v>1093</v>
       </c>
       <c r="C712" t="s">
-        <v>1093</v>
+        <v>221</v>
       </c>
       <c r="D712" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E712" t="s">
-        <v>386</v>
+        <v>21</v>
       </c>
       <c r="F712"/>
       <c r="G712"/>
     </row>
     <row r="713" spans="1:7">
       <c r="A713" t="s">
-        <v>1094</v>
+        <v>1092</v>
       </c>
       <c r="B713" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C713" t="s">
         <v>1095</v>
-      </c>
-[...1 lines deleted...]
-        <v>1096</v>
       </c>
       <c r="D713" t="s">
         <v>20</v>
       </c>
       <c r="E713" t="s">
         <v>21</v>
       </c>
       <c r="F713"/>
       <c r="G713"/>
     </row>
     <row r="714" spans="1:7">
       <c r="A714" t="s">
-        <v>1094</v>
+        <v>1092</v>
       </c>
       <c r="B714" t="s">
-        <v>1095</v>
+        <v>1093</v>
       </c>
       <c r="C714" t="s">
-        <v>222</v>
+        <v>1038</v>
       </c>
       <c r="D714" t="s">
         <v>20</v>
       </c>
       <c r="E714" t="s">
         <v>21</v>
       </c>
       <c r="F714"/>
       <c r="G714"/>
     </row>
     <row r="715" spans="1:7">
       <c r="A715" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="B715" t="s">
-        <v>1095</v>
+        <v>338</v>
       </c>
       <c r="C715" t="s">
         <v>1097</v>
       </c>
       <c r="D715" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="E715" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="F715"/>
       <c r="G715"/>
     </row>
     <row r="716" spans="1:7">
       <c r="A716" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="B716" t="s">
-        <v>1095</v>
+        <v>1021</v>
       </c>
       <c r="C716" t="s">
-        <v>1040</v>
+        <v>1099</v>
       </c>
       <c r="D716" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E716" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F716"/>
       <c r="G716"/>
     </row>
     <row r="717" spans="1:7">
       <c r="A717" t="s">
         <v>1098</v>
       </c>
       <c r="B717" t="s">
-        <v>339</v>
+        <v>1081</v>
       </c>
       <c r="C717" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="D717" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E717" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="F717"/>
       <c r="G717"/>
     </row>
     <row r="718" spans="1:7">
       <c r="A718" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
       <c r="B718" t="s">
-        <v>1023</v>
+        <v>1101</v>
       </c>
       <c r="C718" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D718" t="s">
         <v>10</v>
       </c>
       <c r="E718" t="s">
         <v>14</v>
       </c>
       <c r="F718"/>
       <c r="G718"/>
     </row>
     <row r="719" spans="1:7">
       <c r="A719" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
       <c r="B719" t="s">
-        <v>1083</v>
+        <v>1103</v>
       </c>
       <c r="C719" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="D719" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E719" t="s">
-        <v>21</v>
+        <v>471</v>
       </c>
       <c r="F719"/>
       <c r="G719"/>
     </row>
     <row r="720" spans="1:7">
       <c r="A720" t="s">
-        <v>1100</v>
+        <v>919</v>
       </c>
       <c r="B720" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="C720" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="D720" t="s">
         <v>10</v>
       </c>
       <c r="E720" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F720"/>
       <c r="G720"/>
     </row>
     <row r="721" spans="1:7">
       <c r="A721" t="s">
-        <v>1100</v>
+        <v>919</v>
       </c>
       <c r="B721" t="s">
-        <v>1105</v>
+        <v>557</v>
       </c>
       <c r="C721" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="D721" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="E721" t="s">
-        <v>472</v>
+        <v>344</v>
       </c>
       <c r="F721"/>
       <c r="G721"/>
     </row>
     <row r="722" spans="1:7">
       <c r="A722" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B722" t="s">
-        <v>1107</v>
+        <v>1015</v>
       </c>
       <c r="C722" t="s">
         <v>1108</v>
       </c>
       <c r="D722" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="E722" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
       <c r="F722"/>
       <c r="G722"/>
     </row>
     <row r="723" spans="1:7">
       <c r="A723" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B723" t="s">
-        <v>559</v>
+        <v>1109</v>
       </c>
       <c r="C723" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="D723" t="s">
-        <v>145</v>
+        <v>20</v>
       </c>
       <c r="E723" t="s">
-        <v>345</v>
+        <v>21</v>
       </c>
       <c r="F723"/>
       <c r="G723"/>
     </row>
     <row r="724" spans="1:7">
       <c r="A724" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B724" t="s">
-        <v>1017</v>
+        <v>1111</v>
       </c>
       <c r="C724" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="D724" t="s">
         <v>145</v>
       </c>
       <c r="E724" t="s">
-        <v>101</v>
+        <v>1113</v>
       </c>
       <c r="F724"/>
       <c r="G724"/>
     </row>
     <row r="725" spans="1:7">
       <c r="A725" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B725" t="s">
-        <v>1111</v>
+        <v>1105</v>
       </c>
       <c r="C725" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="D725" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="E725" t="s">
-        <v>1113</v>
+        <v>11</v>
       </c>
       <c r="F725"/>
       <c r="G725"/>
     </row>
     <row r="726" spans="1:7">
       <c r="A726" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B726" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="C726" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="D726" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E726" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F726"/>
       <c r="G726"/>
     </row>
     <row r="727" spans="1:7">
       <c r="A727" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B727" t="s">
-        <v>1116</v>
+        <v>993</v>
       </c>
       <c r="C727" t="s">
         <v>1117</v>
       </c>
       <c r="D727" t="s">
-        <v>145</v>
+        <v>491</v>
       </c>
       <c r="E727" t="s">
         <v>1118</v>
       </c>
       <c r="F727"/>
-      <c r="G727"/>
+      <c r="G727" t="s">
+        <v>919</v>
+      </c>
     </row>
     <row r="728" spans="1:7">
       <c r="A728" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B728" t="s">
-        <v>1107</v>
+        <v>1119</v>
       </c>
       <c r="C728" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="D728" t="s">
         <v>10</v>
       </c>
       <c r="E728" t="s">
         <v>11</v>
       </c>
       <c r="F728"/>
       <c r="G728"/>
     </row>
     <row r="729" spans="1:7">
       <c r="A729" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B729" t="s">
-        <v>1120</v>
+        <v>911</v>
       </c>
       <c r="C729" t="s">
-        <v>1121</v>
+        <v>766</v>
       </c>
       <c r="D729" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E729" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F729"/>
       <c r="G729"/>
     </row>
     <row r="730" spans="1:7">
       <c r="A730" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B730" t="s">
-        <v>995</v>
+        <v>911</v>
       </c>
       <c r="C730" t="s">
-        <v>1122</v>
+        <v>1121</v>
       </c>
       <c r="D730" t="s">
-        <v>492</v>
+        <v>20</v>
       </c>
       <c r="E730" t="s">
-        <v>1123</v>
+        <v>21</v>
       </c>
       <c r="F730"/>
-      <c r="G730" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G730"/>
     </row>
     <row r="731" spans="1:7">
       <c r="A731" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B731" t="s">
-        <v>1124</v>
+        <v>891</v>
       </c>
       <c r="C731" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="D731" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="E731" t="s">
-        <v>11</v>
+        <v>1113</v>
       </c>
       <c r="F731"/>
       <c r="G731"/>
     </row>
     <row r="732" spans="1:7">
       <c r="A732" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B732" t="s">
-        <v>913</v>
+        <v>1015</v>
       </c>
       <c r="C732" t="s">
-        <v>768</v>
+        <v>1123</v>
       </c>
       <c r="D732" t="s">
-        <v>20</v>
+        <v>145</v>
       </c>
       <c r="E732" t="s">
-        <v>21</v>
+        <v>160</v>
       </c>
       <c r="F732"/>
       <c r="G732"/>
     </row>
     <row r="733" spans="1:7">
       <c r="A733" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B733" t="s">
-        <v>913</v>
+        <v>1065</v>
       </c>
       <c r="C733" t="s">
-        <v>1126</v>
+        <v>1124</v>
       </c>
       <c r="D733" t="s">
-        <v>20</v>
+        <v>145</v>
       </c>
       <c r="E733" t="s">
-        <v>21</v>
+        <v>152</v>
       </c>
       <c r="F733"/>
       <c r="G733"/>
     </row>
     <row r="734" spans="1:7">
       <c r="A734" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B734" t="s">
-        <v>893</v>
+        <v>624</v>
       </c>
       <c r="C734" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D734" t="s">
         <v>145</v>
       </c>
       <c r="E734" t="s">
-        <v>1118</v>
+        <v>1126</v>
       </c>
       <c r="F734"/>
       <c r="G734"/>
     </row>
     <row r="735" spans="1:7">
       <c r="A735" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B735" t="s">
-        <v>1017</v>
+        <v>1103</v>
       </c>
       <c r="C735" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="D735" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="E735" t="s">
-        <v>160</v>
+        <v>11</v>
       </c>
       <c r="F735"/>
       <c r="G735"/>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B736" t="s">
-        <v>1067</v>
+        <v>1128</v>
       </c>
       <c r="C736" t="s">
         <v>1129</v>
       </c>
       <c r="D736" t="s">
         <v>145</v>
       </c>
       <c r="E736" t="s">
-        <v>152</v>
+        <v>1113</v>
       </c>
       <c r="F736"/>
       <c r="G736"/>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B737" t="s">
-        <v>626</v>
+        <v>1087</v>
       </c>
       <c r="C737" t="s">
         <v>1130</v>
       </c>
       <c r="D737" t="s">
-        <v>145</v>
+        <v>105</v>
       </c>
       <c r="E737" t="s">
-        <v>1131</v>
+        <v>176</v>
       </c>
       <c r="F737"/>
       <c r="G737"/>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B738" t="s">
-        <v>1105</v>
+        <v>1131</v>
       </c>
       <c r="C738" t="s">
         <v>1132</v>
       </c>
       <c r="D738" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E738" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F738"/>
       <c r="G738"/>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B739" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C739" t="s">
         <v>1133</v>
       </c>
-      <c r="C739" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D739" t="s">
-        <v>145</v>
+        <v>20</v>
       </c>
       <c r="E739" t="s">
-        <v>1118</v>
+        <v>21</v>
       </c>
       <c r="F739"/>
       <c r="G739"/>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" t="s">
-        <v>921</v>
+        <v>1134</v>
       </c>
       <c r="B740" t="s">
-        <v>1089</v>
+        <v>1135</v>
       </c>
       <c r="C740" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="D740" t="s">
-        <v>105</v>
+        <v>340</v>
       </c>
       <c r="E740" t="s">
-        <v>177</v>
+        <v>160</v>
       </c>
       <c r="F740"/>
       <c r="G740"/>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" t="s">
-        <v>921</v>
+        <v>1137</v>
       </c>
       <c r="B741" t="s">
-        <v>1136</v>
+        <v>356</v>
       </c>
       <c r="C741" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="D741" t="s">
-        <v>20</v>
+        <v>340</v>
       </c>
       <c r="E741" t="s">
-        <v>21</v>
+        <v>358</v>
       </c>
       <c r="F741"/>
       <c r="G741"/>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" t="s">
-        <v>921</v>
+        <v>881</v>
       </c>
       <c r="B742" t="s">
-        <v>1136</v>
+        <v>881</v>
       </c>
       <c r="C742" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="D742" t="s">
         <v>20</v>
       </c>
       <c r="E742" t="s">
         <v>21</v>
       </c>
       <c r="F742"/>
       <c r="G742"/>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" t="s">
-        <v>1139</v>
+        <v>881</v>
       </c>
       <c r="B743" t="s">
+        <v>881</v>
+      </c>
+      <c r="C743" t="s">
         <v>1140</v>
       </c>
-      <c r="C743" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D743" t="s">
-        <v>341</v>
+        <v>20</v>
       </c>
       <c r="E743" t="s">
-        <v>160</v>
+        <v>21</v>
       </c>
       <c r="F743"/>
       <c r="G743"/>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B744" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C744" t="s">
         <v>1142</v>
       </c>
-      <c r="B744" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D744" t="s">
-        <v>341</v>
+        <v>10</v>
       </c>
       <c r="E744" t="s">
-        <v>359</v>
+        <v>101</v>
       </c>
       <c r="F744"/>
       <c r="G744"/>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" t="s">
-        <v>883</v>
+        <v>1141</v>
       </c>
       <c r="B745" t="s">
-        <v>883</v>
+        <v>911</v>
       </c>
       <c r="C745" t="s">
-        <v>1144</v>
+        <v>1143</v>
       </c>
       <c r="D745" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E745" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F745"/>
       <c r="G745"/>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" t="s">
-        <v>883</v>
+        <v>1141</v>
       </c>
       <c r="B746" t="s">
-        <v>883</v>
+        <v>911</v>
       </c>
       <c r="C746" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D746" t="s">
         <v>1145</v>
       </c>
-      <c r="D746" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E746" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="F746"/>
       <c r="G746"/>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B747" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C747" t="s">
         <v>1146</v>
       </c>
-      <c r="B747" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D747" t="s">
         <v>10</v>
       </c>
       <c r="E747" t="s">
-        <v>101</v>
+        <v>327</v>
       </c>
       <c r="F747"/>
       <c r="G747"/>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" t="s">
-        <v>1146</v>
+        <v>1141</v>
       </c>
       <c r="B748" t="s">
-        <v>913</v>
+        <v>1147</v>
       </c>
       <c r="C748" t="s">
         <v>1148</v>
       </c>
       <c r="D748" t="s">
-        <v>10</v>
+        <v>140</v>
       </c>
       <c r="E748" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="F748"/>
       <c r="G748"/>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" t="s">
-        <v>1146</v>
+        <v>1141</v>
       </c>
       <c r="B749" t="s">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="C749" t="s">
         <v>1149</v>
       </c>
       <c r="D749" t="s">
-        <v>1150</v>
+        <v>10</v>
       </c>
       <c r="E749" t="s">
-        <v>73</v>
+        <v>11</v>
       </c>
       <c r="F749"/>
       <c r="G749"/>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" t="s">
-        <v>1146</v>
+        <v>1141</v>
       </c>
       <c r="B750" t="s">
-        <v>1105</v>
+        <v>1150</v>
       </c>
       <c r="C750" t="s">
         <v>1151</v>
       </c>
       <c r="D750" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E750" t="s">
-        <v>328</v>
+        <v>21</v>
       </c>
       <c r="F750"/>
       <c r="G750"/>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" t="s">
-        <v>1146</v>
+        <v>769</v>
       </c>
       <c r="B751" t="s">
+        <v>905</v>
+      </c>
+      <c r="C751" t="s">
         <v>1152</v>
       </c>
-      <c r="C751" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D751" t="s">
-        <v>140</v>
+        <v>20</v>
       </c>
       <c r="E751" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F751"/>
       <c r="G751"/>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" t="s">
-        <v>1146</v>
+        <v>769</v>
       </c>
       <c r="B752" t="s">
-        <v>913</v>
+        <v>905</v>
       </c>
       <c r="C752" t="s">
-        <v>1154</v>
+        <v>1153</v>
       </c>
       <c r="D752" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E752" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F752"/>
       <c r="G752"/>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" t="s">
-        <v>1146</v>
+        <v>1154</v>
       </c>
       <c r="B753" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C753" t="s">
         <v>1155</v>
       </c>
-      <c r="C753" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D753" t="s">
-        <v>20</v>
+        <v>340</v>
       </c>
       <c r="E753" t="s">
-        <v>21</v>
+        <v>358</v>
       </c>
       <c r="F753"/>
       <c r="G753"/>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" t="s">
-        <v>771</v>
+        <v>702</v>
       </c>
       <c r="B754" t="s">
-        <v>907</v>
+        <v>1156</v>
       </c>
       <c r="C754" t="s">
         <v>1157</v>
       </c>
       <c r="D754" t="s">
-        <v>20</v>
+        <v>340</v>
       </c>
       <c r="E754" t="s">
-        <v>21</v>
+        <v>347</v>
       </c>
       <c r="F754"/>
       <c r="G754"/>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" t="s">
-        <v>771</v>
+        <v>702</v>
       </c>
       <c r="B755" t="s">
-        <v>907</v>
+        <v>1156</v>
       </c>
       <c r="C755" t="s">
         <v>1158</v>
       </c>
       <c r="D755" t="s">
-        <v>20</v>
+        <v>340</v>
       </c>
       <c r="E755" t="s">
-        <v>21</v>
+        <v>1159</v>
       </c>
       <c r="F755"/>
       <c r="G755"/>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="B756" t="s">
-        <v>1140</v>
+        <v>1161</v>
       </c>
       <c r="C756" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="D756" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="E756" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="F756"/>
       <c r="G756"/>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" t="s">
-        <v>704</v>
+        <v>1163</v>
       </c>
       <c r="B757" t="s">
-        <v>1161</v>
+        <v>622</v>
       </c>
       <c r="C757" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="D757" t="s">
-        <v>341</v>
+        <v>380</v>
       </c>
       <c r="E757" t="s">
-        <v>348</v>
+        <v>152</v>
       </c>
       <c r="F757"/>
       <c r="G757"/>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" t="s">
-        <v>704</v>
+        <v>1165</v>
       </c>
       <c r="B758" t="s">
         <v>1161</v>
       </c>
       <c r="C758" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="D758" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="E758" t="s">
-        <v>1164</v>
+        <v>358</v>
       </c>
       <c r="F758"/>
       <c r="G758"/>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" t="s">
-        <v>1165</v>
+        <v>561</v>
       </c>
       <c r="B759" t="s">
-        <v>1166</v>
+        <v>562</v>
       </c>
       <c r="C759" t="s">
         <v>1167</v>
       </c>
       <c r="D759" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="E759" t="s">
-        <v>359</v>
+        <v>1159</v>
       </c>
       <c r="F759"/>
       <c r="G759"/>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" t="s">
+        <v>561</v>
+      </c>
+      <c r="B760" t="s">
+        <v>562</v>
+      </c>
+      <c r="C760" t="s">
         <v>1168</v>
       </c>
-      <c r="B760" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D760" t="s">
-        <v>381</v>
+        <v>340</v>
       </c>
       <c r="E760" t="s">
-        <v>152</v>
+        <v>1159</v>
       </c>
       <c r="F760"/>
       <c r="G760"/>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B761" t="s">
         <v>1170</v>
-      </c>
-[...1 lines deleted...]
-        <v>1166</v>
       </c>
       <c r="C761" t="s">
         <v>1171</v>
       </c>
       <c r="D761" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="E761" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="F761"/>
       <c r="G761"/>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" t="s">
-        <v>563</v>
+        <v>1096</v>
       </c>
       <c r="B762" t="s">
-        <v>564</v>
+        <v>338</v>
       </c>
       <c r="C762" t="s">
         <v>1172</v>
       </c>
       <c r="D762" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="E762" t="s">
-        <v>1164</v>
+        <v>358</v>
       </c>
       <c r="F762"/>
       <c r="G762"/>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" t="s">
-        <v>563</v>
+        <v>1169</v>
       </c>
       <c r="B763" t="s">
-        <v>564</v>
+        <v>345</v>
       </c>
       <c r="C763" t="s">
-        <v>1173</v>
+        <v>346</v>
       </c>
       <c r="D763" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="E763" t="s">
-        <v>1164</v>
+        <v>358</v>
       </c>
       <c r="F763"/>
       <c r="G763"/>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" t="s">
-        <v>1174</v>
+        <v>437</v>
       </c>
       <c r="B764" t="s">
-        <v>1175</v>
+        <v>464</v>
       </c>
       <c r="C764" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
       <c r="D764" t="s">
-        <v>341</v>
+        <v>145</v>
       </c>
       <c r="E764" t="s">
-        <v>359</v>
+        <v>160</v>
       </c>
       <c r="F764"/>
       <c r="G764"/>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" t="s">
-        <v>1098</v>
+        <v>872</v>
       </c>
       <c r="B765" t="s">
-        <v>339</v>
+        <v>1150</v>
       </c>
       <c r="C765" t="s">
-        <v>1177</v>
+        <v>1174</v>
       </c>
       <c r="D765" t="s">
-        <v>341</v>
+        <v>20</v>
       </c>
       <c r="E765" t="s">
-        <v>359</v>
+        <v>21</v>
       </c>
       <c r="F765"/>
       <c r="G765"/>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" t="s">
-        <v>1174</v>
+        <v>872</v>
       </c>
       <c r="B766" t="s">
-        <v>346</v>
+        <v>1131</v>
       </c>
       <c r="C766" t="s">
-        <v>347</v>
+        <v>1175</v>
       </c>
       <c r="D766" t="s">
-        <v>341</v>
+        <v>1176</v>
       </c>
       <c r="E766" t="s">
-        <v>359</v>
+        <v>169</v>
       </c>
       <c r="F766"/>
       <c r="G766"/>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" t="s">
-        <v>438</v>
+        <v>872</v>
       </c>
       <c r="B767" t="s">
-        <v>465</v>
+        <v>1150</v>
       </c>
       <c r="C767" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D767" t="s">
         <v>1178</v>
       </c>
-      <c r="D767" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E767" t="s">
-        <v>160</v>
+        <v>11</v>
       </c>
       <c r="F767"/>
       <c r="G767"/>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="B768" t="s">
-        <v>1155</v>
+        <v>1150</v>
       </c>
       <c r="C768" t="s">
         <v>1179</v>
       </c>
       <c r="D768" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E768" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F768"/>
       <c r="G768"/>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="B769" t="s">
-        <v>1136</v>
+        <v>905</v>
       </c>
       <c r="C769" t="s">
         <v>1180</v>
       </c>
       <c r="D769" t="s">
-        <v>1181</v>
+        <v>10</v>
       </c>
       <c r="E769" t="s">
-        <v>170</v>
+        <v>11</v>
       </c>
       <c r="F769"/>
       <c r="G769"/>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="B770" t="s">
-        <v>1155</v>
+        <v>879</v>
       </c>
       <c r="C770" t="s">
-        <v>1182</v>
+        <v>1181</v>
       </c>
       <c r="D770" t="s">
-        <v>1183</v>
+        <v>10</v>
       </c>
       <c r="E770" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="F770"/>
       <c r="G770"/>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="B771" t="s">
-        <v>1155</v>
+        <v>1141</v>
       </c>
       <c r="C771" t="s">
-        <v>1184</v>
+        <v>1182</v>
       </c>
       <c r="D771" t="s">
         <v>10</v>
       </c>
       <c r="E771" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="F771"/>
       <c r="G771"/>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="B772" t="s">
-        <v>907</v>
+        <v>919</v>
       </c>
       <c r="C772" t="s">
-        <v>1185</v>
+        <v>1183</v>
       </c>
       <c r="D772" t="s">
-        <v>10</v>
+        <v>238</v>
       </c>
       <c r="E772" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="F772"/>
       <c r="G772"/>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="B773" t="s">
-        <v>881</v>
+        <v>1150</v>
       </c>
       <c r="C773" t="s">
-        <v>1186</v>
+        <v>1184</v>
       </c>
       <c r="D773" t="s">
-        <v>10</v>
+        <v>143</v>
       </c>
       <c r="E773" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="F773"/>
       <c r="G773"/>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="B774" t="s">
-        <v>1146</v>
+        <v>805</v>
       </c>
       <c r="C774" t="s">
-        <v>1187</v>
+        <v>1185</v>
       </c>
       <c r="D774" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E774" t="s">
-        <v>30</v>
+        <v>176</v>
       </c>
       <c r="F774"/>
       <c r="G774"/>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="B775" t="s">
-        <v>921</v>
+        <v>769</v>
       </c>
       <c r="C775" t="s">
-        <v>1188</v>
+        <v>1186</v>
       </c>
       <c r="D775" t="s">
-        <v>239</v>
+        <v>20</v>
       </c>
       <c r="E775" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F775"/>
       <c r="G775"/>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="B776" t="s">
-        <v>1155</v>
+        <v>1101</v>
       </c>
       <c r="C776" t="s">
-        <v>1189</v>
+        <v>1187</v>
       </c>
       <c r="D776" t="s">
-        <v>143</v>
+        <v>10</v>
       </c>
       <c r="E776" t="s">
-        <v>141</v>
+        <v>115</v>
       </c>
       <c r="F776"/>
       <c r="G776"/>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" t="s">
-        <v>874</v>
+        <v>1098</v>
       </c>
       <c r="B777" t="s">
-        <v>807</v>
+        <v>1027</v>
       </c>
       <c r="C777" t="s">
-        <v>1190</v>
+        <v>1188</v>
       </c>
       <c r="D777" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E777" t="s">
-        <v>177</v>
+        <v>11</v>
       </c>
       <c r="F777"/>
       <c r="G777"/>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" t="s">
-        <v>874</v>
+        <v>1098</v>
       </c>
       <c r="B778" t="s">
-        <v>771</v>
+        <v>1189</v>
       </c>
       <c r="C778" t="s">
-        <v>1191</v>
+        <v>1190</v>
       </c>
       <c r="D778" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E778" t="s">
-        <v>21</v>
+        <v>260</v>
       </c>
       <c r="F778"/>
       <c r="G778"/>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" t="s">
-        <v>874</v>
+        <v>1098</v>
       </c>
       <c r="B779" t="s">
-        <v>1103</v>
+        <v>993</v>
       </c>
       <c r="C779" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
       <c r="D779" t="s">
         <v>10</v>
       </c>
       <c r="E779" t="s">
-        <v>115</v>
+        <v>11</v>
       </c>
       <c r="F779"/>
       <c r="G779"/>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
       <c r="B780" t="s">
-        <v>1029</v>
+        <v>1192</v>
       </c>
       <c r="C780" t="s">
         <v>1193</v>
       </c>
       <c r="D780" t="s">
         <v>10</v>
       </c>
       <c r="E780" t="s">
         <v>11</v>
       </c>
       <c r="F780"/>
       <c r="G780"/>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
       <c r="B781" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C781" t="s">
         <v>1194</v>
       </c>
-      <c r="C781" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D781" t="s">
         <v>10</v>
       </c>
       <c r="E781" t="s">
-        <v>261</v>
+        <v>11</v>
       </c>
       <c r="F781"/>
       <c r="G781"/>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" t="s">
-        <v>1100</v>
+        <v>1195</v>
       </c>
       <c r="B782" t="s">
-        <v>995</v>
+        <v>1196</v>
       </c>
       <c r="C782" t="s">
-        <v>1196</v>
+        <v>92</v>
       </c>
       <c r="D782" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E782" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F782"/>
       <c r="G782"/>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" t="s">
-        <v>1100</v>
+        <v>1195</v>
       </c>
       <c r="B783" t="s">
-        <v>1197</v>
+        <v>1196</v>
       </c>
       <c r="C783" t="s">
-        <v>1198</v>
+        <v>92</v>
       </c>
       <c r="D783" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E783" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F783"/>
       <c r="G783"/>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" t="s">
-        <v>1100</v>
+        <v>1195</v>
       </c>
       <c r="B784" t="s">
-        <v>1046</v>
+        <v>1196</v>
       </c>
       <c r="C784" t="s">
-        <v>1199</v>
+        <v>1197</v>
       </c>
       <c r="D784" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E784" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F784"/>
       <c r="G784"/>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" t="s">
-        <v>1200</v>
+        <v>1195</v>
       </c>
       <c r="B785" t="s">
-        <v>1201</v>
+        <v>1196</v>
       </c>
       <c r="C785" t="s">
-        <v>92</v>
+        <v>1198</v>
       </c>
       <c r="D785" t="s">
         <v>20</v>
       </c>
       <c r="E785" t="s">
         <v>21</v>
       </c>
       <c r="F785"/>
       <c r="G785"/>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" t="s">
-        <v>1200</v>
+        <v>1195</v>
       </c>
       <c r="B786" t="s">
-        <v>1201</v>
+        <v>1196</v>
       </c>
       <c r="C786" t="s">
-        <v>92</v>
+        <v>1199</v>
       </c>
       <c r="D786" t="s">
         <v>20</v>
       </c>
       <c r="E786" t="s">
         <v>21</v>
       </c>
       <c r="F786"/>
       <c r="G786"/>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B787" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C787" t="s">
         <v>1200</v>
       </c>
-      <c r="B787" t="s">
+      <c r="D787" t="s">
+        <v>136</v>
+      </c>
+      <c r="E787" t="s">
         <v>1201</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F787"/>
       <c r="G787"/>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" t="s">
-        <v>1200</v>
+        <v>1128</v>
       </c>
       <c r="B788" t="s">
-        <v>1201</v>
+        <v>879</v>
       </c>
       <c r="C788" t="s">
-        <v>1203</v>
+        <v>1202</v>
       </c>
       <c r="D788" t="s">
-        <v>20</v>
+        <v>491</v>
       </c>
       <c r="E788" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="F788"/>
       <c r="G788"/>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" t="s">
-        <v>1200</v>
+        <v>1128</v>
       </c>
       <c r="B789" t="s">
-        <v>1201</v>
+        <v>1011</v>
       </c>
       <c r="C789" t="s">
-        <v>1204</v>
+        <v>1203</v>
       </c>
       <c r="D789" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E789" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F789"/>
       <c r="G789"/>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="B790" t="s">
-        <v>1095</v>
+        <v>1092</v>
       </c>
       <c r="C790" t="s">
-        <v>1205</v>
+        <v>1204</v>
       </c>
       <c r="D790" t="s">
-        <v>136</v>
+        <v>20</v>
       </c>
       <c r="E790" t="s">
-        <v>1206</v>
+        <v>21</v>
       </c>
       <c r="F790"/>
       <c r="G790"/>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="B791" t="s">
-        <v>881</v>
+        <v>1092</v>
       </c>
       <c r="C791" t="s">
-        <v>1207</v>
+        <v>1205</v>
       </c>
       <c r="D791" t="s">
-        <v>492</v>
+        <v>20</v>
       </c>
       <c r="E791" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="F791"/>
       <c r="G791"/>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="B792" t="s">
-        <v>1013</v>
+        <v>1027</v>
       </c>
       <c r="C792" t="s">
-        <v>1208</v>
+        <v>1206</v>
       </c>
       <c r="D792" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="E792" t="s">
-        <v>11</v>
+        <v>1207</v>
       </c>
       <c r="F792"/>
       <c r="G792"/>
     </row>
     <row r="793" spans="1:7">
       <c r="A793" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="B793" t="s">
-        <v>1094</v>
+        <v>334</v>
       </c>
       <c r="C793" t="s">
-        <v>1209</v>
+        <v>1208</v>
       </c>
       <c r="D793" t="s">
-        <v>20</v>
+        <v>145</v>
       </c>
       <c r="E793" t="s">
-        <v>21</v>
+        <v>358</v>
       </c>
       <c r="F793"/>
       <c r="G793"/>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="B794" t="s">
-        <v>1094</v>
+        <v>742</v>
       </c>
       <c r="C794" t="s">
-        <v>1210</v>
+        <v>1209</v>
       </c>
       <c r="D794" t="s">
-        <v>20</v>
+        <v>145</v>
       </c>
       <c r="E794" t="s">
-        <v>21</v>
+        <v>358</v>
       </c>
       <c r="F794"/>
-      <c r="G794"/>
+      <c r="G794" t="s">
+        <v>875</v>
+      </c>
     </row>
     <row r="795" spans="1:7">
       <c r="A795" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="B795" t="s">
-        <v>1029</v>
+        <v>687</v>
       </c>
       <c r="C795" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="D795" t="s">
         <v>145</v>
       </c>
       <c r="E795" t="s">
-        <v>1212</v>
+        <v>344</v>
       </c>
       <c r="F795"/>
       <c r="G795"/>
     </row>
     <row r="796" spans="1:7">
       <c r="A796" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="B796" t="s">
-        <v>326</v>
+        <v>397</v>
       </c>
       <c r="C796" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
       <c r="D796" t="s">
         <v>145</v>
       </c>
       <c r="E796" t="s">
-        <v>359</v>
+        <v>344</v>
       </c>
       <c r="F796"/>
       <c r="G796"/>
     </row>
     <row r="797" spans="1:7">
       <c r="A797" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="B797" t="s">
-        <v>335</v>
+        <v>1115</v>
       </c>
       <c r="C797" t="s">
-        <v>1214</v>
+        <v>1212</v>
       </c>
       <c r="D797" t="s">
-        <v>145</v>
+        <v>105</v>
       </c>
       <c r="E797" t="s">
-        <v>359</v>
+        <v>1213</v>
       </c>
       <c r="F797"/>
       <c r="G797"/>
     </row>
     <row r="798" spans="1:7">
       <c r="A798" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="B798" t="s">
-        <v>744</v>
+        <v>1093</v>
       </c>
       <c r="C798" t="s">
-        <v>1215</v>
+        <v>1214</v>
       </c>
       <c r="D798" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="E798" t="s">
-        <v>359</v>
+        <v>11</v>
       </c>
       <c r="F798"/>
-      <c r="G798" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G798"/>
     </row>
     <row r="799" spans="1:7">
       <c r="A799" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="B799" t="s">
-        <v>689</v>
+        <v>1025</v>
       </c>
       <c r="C799" t="s">
-        <v>1216</v>
+        <v>1215</v>
       </c>
       <c r="D799" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="E799" t="s">
-        <v>345</v>
+        <v>11</v>
       </c>
       <c r="F799"/>
       <c r="G799"/>
     </row>
     <row r="800" spans="1:7">
       <c r="A800" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="B800" t="s">
-        <v>398</v>
+        <v>1092</v>
       </c>
       <c r="C800" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="D800" t="s">
-        <v>145</v>
+        <v>105</v>
       </c>
       <c r="E800" t="s">
-        <v>345</v>
+        <v>176</v>
       </c>
       <c r="F800"/>
       <c r="G800"/>
     </row>
     <row r="801" spans="1:7">
       <c r="A801" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="B801" t="s">
-        <v>1120</v>
+        <v>1093</v>
       </c>
       <c r="C801" t="s">
-        <v>1218</v>
+        <v>1217</v>
       </c>
       <c r="D801" t="s">
         <v>105</v>
       </c>
       <c r="E801" t="s">
-        <v>1219</v>
+        <v>176</v>
       </c>
       <c r="F801"/>
       <c r="G801"/>
     </row>
     <row r="802" spans="1:7">
       <c r="A802" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="B802" t="s">
-        <v>1095</v>
+        <v>443</v>
       </c>
       <c r="C802" t="s">
-        <v>1220</v>
+        <v>1218</v>
       </c>
       <c r="D802" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="E802" t="s">
-        <v>11</v>
+        <v>110</v>
       </c>
       <c r="F802"/>
       <c r="G802"/>
     </row>
     <row r="803" spans="1:7">
       <c r="A803" t="s">
-        <v>1133</v>
+        <v>885</v>
       </c>
       <c r="B803" t="s">
-        <v>1027</v>
+        <v>1092</v>
       </c>
       <c r="C803" t="s">
-        <v>1221</v>
+        <v>1219</v>
       </c>
       <c r="D803" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E803" t="s">
-        <v>11</v>
+        <v>176</v>
       </c>
       <c r="F803"/>
       <c r="G803"/>
     </row>
     <row r="804" spans="1:7">
       <c r="A804" t="s">
-        <v>1133</v>
+        <v>885</v>
       </c>
       <c r="B804" t="s">
-        <v>1094</v>
+        <v>1111</v>
       </c>
       <c r="C804" t="s">
-        <v>1222</v>
+        <v>1220</v>
       </c>
       <c r="D804" t="s">
-        <v>105</v>
+        <v>145</v>
       </c>
       <c r="E804" t="s">
-        <v>177</v>
+        <v>344</v>
       </c>
       <c r="F804"/>
       <c r="G804"/>
     </row>
     <row r="805" spans="1:7">
       <c r="A805" t="s">
-        <v>1133</v>
+        <v>1221</v>
       </c>
       <c r="B805" t="s">
-        <v>1095</v>
+        <v>1087</v>
       </c>
       <c r="C805" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D805" t="s">
+        <v>10</v>
+      </c>
+      <c r="E805" t="s">
         <v>1223</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="F805"/>
       <c r="G805"/>
     </row>
     <row r="806" spans="1:7">
       <c r="A806" t="s">
-        <v>1133</v>
+        <v>1221</v>
       </c>
       <c r="B806" t="s">
-        <v>444</v>
+        <v>1195</v>
       </c>
       <c r="C806" t="s">
         <v>1224</v>
       </c>
       <c r="D806" t="s">
-        <v>109</v>
+        <v>20</v>
       </c>
       <c r="E806" t="s">
-        <v>110</v>
+        <v>21</v>
       </c>
       <c r="F806"/>
       <c r="G806"/>
     </row>
     <row r="807" spans="1:7">
       <c r="A807" t="s">
-        <v>887</v>
+        <v>1221</v>
       </c>
       <c r="B807" t="s">
-        <v>1094</v>
+        <v>1196</v>
       </c>
       <c r="C807" t="s">
         <v>1225</v>
       </c>
       <c r="D807" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E807" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="F807"/>
       <c r="G807"/>
     </row>
     <row r="808" spans="1:7">
       <c r="A808" t="s">
-        <v>887</v>
+        <v>1221</v>
       </c>
       <c r="B808" t="s">
-        <v>1116</v>
+        <v>1098</v>
       </c>
       <c r="C808" t="s">
         <v>1226</v>
       </c>
       <c r="D808" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="E808" t="s">
-        <v>345</v>
+        <v>11</v>
       </c>
       <c r="F808"/>
       <c r="G808"/>
     </row>
     <row r="809" spans="1:7">
       <c r="A809" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B809" t="s">
+        <v>879</v>
+      </c>
+      <c r="C809" t="s">
         <v>1227</v>
       </c>
-      <c r="B809" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D809" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E809" t="s">
-        <v>1229</v>
+        <v>176</v>
       </c>
       <c r="F809"/>
       <c r="G809"/>
     </row>
     <row r="810" spans="1:7">
       <c r="A810" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="B810" t="s">
-        <v>1200</v>
+        <v>1111</v>
       </c>
       <c r="C810" t="s">
-        <v>1230</v>
+        <v>1228</v>
       </c>
       <c r="D810" t="s">
-        <v>20</v>
+        <v>145</v>
       </c>
       <c r="E810" t="s">
-        <v>21</v>
+        <v>341</v>
       </c>
       <c r="F810"/>
       <c r="G810"/>
     </row>
     <row r="811" spans="1:7">
       <c r="A811" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="B811" t="s">
-        <v>1201</v>
+        <v>424</v>
       </c>
       <c r="C811" t="s">
-        <v>1231</v>
+        <v>1229</v>
       </c>
       <c r="D811" t="s">
-        <v>20</v>
+        <v>145</v>
       </c>
       <c r="E811" t="s">
-        <v>21</v>
+        <v>1113</v>
       </c>
       <c r="F811"/>
       <c r="G811"/>
     </row>
     <row r="812" spans="1:7">
       <c r="A812" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="B812" t="s">
-        <v>1100</v>
+        <v>1087</v>
       </c>
       <c r="C812" t="s">
-        <v>1232</v>
+        <v>1230</v>
       </c>
       <c r="D812" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="E812" t="s">
-        <v>11</v>
+        <v>160</v>
       </c>
       <c r="F812"/>
       <c r="G812"/>
     </row>
     <row r="813" spans="1:7">
       <c r="A813" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="B813" t="s">
-        <v>881</v>
+        <v>1231</v>
       </c>
       <c r="C813" t="s">
-        <v>1233</v>
+        <v>1232</v>
       </c>
       <c r="D813" t="s">
         <v>105</v>
       </c>
       <c r="E813" t="s">
-        <v>177</v>
+        <v>211</v>
       </c>
       <c r="F813"/>
       <c r="G813"/>
     </row>
     <row r="814" spans="1:7">
       <c r="A814" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="B814" t="s">
-        <v>1116</v>
+        <v>464</v>
       </c>
       <c r="C814" t="s">
-        <v>1234</v>
+        <v>1233</v>
       </c>
       <c r="D814" t="s">
         <v>145</v>
       </c>
       <c r="E814" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="F814"/>
       <c r="G814"/>
     </row>
     <row r="815" spans="1:7">
       <c r="A815" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="B815" t="s">
-        <v>425</v>
+        <v>1081</v>
       </c>
       <c r="C815" t="s">
-        <v>1235</v>
+        <v>1234</v>
       </c>
       <c r="D815" t="s">
-        <v>145</v>
+        <v>498</v>
       </c>
       <c r="E815" t="s">
-        <v>1118</v>
+        <v>141</v>
       </c>
       <c r="F815"/>
       <c r="G815"/>
     </row>
     <row r="816" spans="1:7">
       <c r="A816" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="B816" t="s">
-        <v>1089</v>
+        <v>1195</v>
       </c>
       <c r="C816" t="s">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="D816" t="s">
-        <v>145</v>
+        <v>20</v>
       </c>
       <c r="E816" t="s">
-        <v>160</v>
+        <v>21</v>
       </c>
       <c r="F816"/>
       <c r="G816"/>
     </row>
     <row r="817" spans="1:7">
       <c r="A817" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="B817" t="s">
-        <v>1237</v>
+        <v>1065</v>
       </c>
       <c r="C817" t="s">
-        <v>1238</v>
+        <v>92</v>
       </c>
       <c r="D817" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E817" t="s">
-        <v>212</v>
+        <v>21</v>
       </c>
       <c r="F817"/>
       <c r="G817"/>
     </row>
     <row r="818" spans="1:7">
       <c r="A818" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="B818" t="s">
-        <v>465</v>
+        <v>1065</v>
       </c>
       <c r="C818" t="s">
-        <v>1239</v>
+        <v>766</v>
       </c>
       <c r="D818" t="s">
-        <v>145</v>
+        <v>20</v>
       </c>
       <c r="E818" t="s">
-        <v>342</v>
+        <v>21</v>
       </c>
       <c r="F818"/>
       <c r="G818"/>
     </row>
     <row r="819" spans="1:7">
       <c r="A819" t="s">
-        <v>1227</v>
+        <v>1236</v>
       </c>
       <c r="B819" t="s">
-        <v>1083</v>
+        <v>1237</v>
       </c>
       <c r="C819" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
       <c r="D819" t="s">
-        <v>499</v>
+        <v>340</v>
       </c>
       <c r="E819" t="s">
-        <v>141</v>
+        <v>1239</v>
       </c>
       <c r="F819"/>
-      <c r="G819"/>
+      <c r="G819" t="s">
+        <v>919</v>
+      </c>
     </row>
     <row r="820" spans="1:7">
       <c r="A820" t="s">
-        <v>1227</v>
+        <v>919</v>
       </c>
       <c r="B820" t="s">
-        <v>1200</v>
+        <v>993</v>
       </c>
       <c r="C820" t="s">
-        <v>1241</v>
+        <v>1240</v>
       </c>
       <c r="D820" t="s">
-        <v>20</v>
+        <v>145</v>
       </c>
       <c r="E820" t="s">
-        <v>21</v>
+        <v>146</v>
       </c>
       <c r="F820"/>
       <c r="G820"/>
     </row>
     <row r="821" spans="1:7">
       <c r="A821" t="s">
-        <v>1227</v>
+        <v>919</v>
       </c>
       <c r="B821" t="s">
-        <v>1067</v>
+        <v>1008</v>
       </c>
       <c r="C821" t="s">
-        <v>92</v>
+        <v>1241</v>
       </c>
       <c r="D821" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E821" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F821"/>
       <c r="G821"/>
     </row>
     <row r="822" spans="1:7">
       <c r="A822" t="s">
-        <v>1227</v>
+        <v>919</v>
       </c>
       <c r="B822" t="s">
-        <v>1067</v>
+        <v>1195</v>
       </c>
       <c r="C822" t="s">
-        <v>768</v>
+        <v>1242</v>
       </c>
       <c r="D822" t="s">
         <v>20</v>
       </c>
       <c r="E822" t="s">
         <v>21</v>
       </c>
       <c r="F822"/>
       <c r="G822"/>
     </row>
     <row r="823" spans="1:7">
       <c r="A823" t="s">
-        <v>1242</v>
+        <v>919</v>
       </c>
       <c r="B823" t="s">
         <v>1243</v>
       </c>
       <c r="C823" t="s">
         <v>1244</v>
       </c>
       <c r="D823" t="s">
-        <v>341</v>
+        <v>20</v>
       </c>
       <c r="E823" t="s">
-        <v>1245</v>
+        <v>141</v>
       </c>
       <c r="F823"/>
-      <c r="G823" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G823"/>
     </row>
     <row r="824" spans="1:7">
       <c r="A824" t="s">
-        <v>921</v>
+        <v>734</v>
       </c>
       <c r="B824" t="s">
-        <v>995</v>
+        <v>1245</v>
       </c>
       <c r="C824" t="s">
         <v>1246</v>
       </c>
       <c r="D824" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="E824" t="s">
-        <v>146</v>
+        <v>1247</v>
       </c>
       <c r="F824"/>
       <c r="G824"/>
     </row>
     <row r="825" spans="1:7">
       <c r="A825" t="s">
-        <v>921</v>
+        <v>734</v>
       </c>
       <c r="B825" t="s">
-        <v>1010</v>
+        <v>345</v>
       </c>
       <c r="C825" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="D825" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E825" t="s">
-        <v>11</v>
+        <v>176</v>
       </c>
       <c r="F825"/>
       <c r="G825"/>
     </row>
     <row r="826" spans="1:7">
       <c r="A826" t="s">
-        <v>921</v>
+        <v>734</v>
       </c>
       <c r="B826" t="s">
-        <v>1200</v>
+        <v>1249</v>
       </c>
       <c r="C826" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="D826" t="s">
         <v>20</v>
       </c>
       <c r="E826" t="s">
         <v>21</v>
       </c>
       <c r="F826"/>
       <c r="G826"/>
     </row>
     <row r="827" spans="1:7">
       <c r="A827" t="s">
-        <v>921</v>
+        <v>734</v>
       </c>
       <c r="B827" t="s">
-        <v>1249</v>
+        <v>338</v>
       </c>
       <c r="C827" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="D827" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E827" t="s">
-        <v>141</v>
+        <v>101</v>
       </c>
       <c r="F827"/>
       <c r="G827"/>
     </row>
     <row r="828" spans="1:7">
       <c r="A828" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="B828" t="s">
-        <v>1251</v>
+        <v>1096</v>
       </c>
       <c r="C828" t="s">
         <v>1252</v>
       </c>
       <c r="D828" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="E828" t="s">
-        <v>1253</v>
+        <v>11</v>
       </c>
       <c r="F828"/>
       <c r="G828"/>
     </row>
     <row r="829" spans="1:7">
       <c r="A829" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="B829" t="s">
-        <v>346</v>
+        <v>1253</v>
       </c>
       <c r="C829" t="s">
         <v>1254</v>
       </c>
       <c r="D829" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E829" t="s">
-        <v>177</v>
+        <v>11</v>
       </c>
       <c r="F829"/>
       <c r="G829"/>
     </row>
     <row r="830" spans="1:7">
       <c r="A830" t="s">
-        <v>736</v>
+        <v>641</v>
       </c>
       <c r="B830" t="s">
+        <v>734</v>
+      </c>
+      <c r="C830" t="s">
         <v>1255</v>
       </c>
-      <c r="C830" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D830" t="s">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="E830" t="s">
-        <v>21</v>
+        <v>697</v>
       </c>
       <c r="F830"/>
       <c r="G830"/>
     </row>
     <row r="831" spans="1:7">
       <c r="A831" t="s">
-        <v>736</v>
+        <v>641</v>
       </c>
       <c r="B831" t="s">
-        <v>339</v>
+        <v>734</v>
       </c>
       <c r="C831" t="s">
-        <v>1257</v>
+        <v>1256</v>
       </c>
       <c r="D831" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E831" t="s">
-        <v>101</v>
+        <v>697</v>
       </c>
       <c r="F831"/>
       <c r="G831"/>
     </row>
     <row r="832" spans="1:7">
       <c r="A832" t="s">
-        <v>736</v>
+        <v>659</v>
       </c>
       <c r="B832" t="s">
-        <v>1098</v>
+        <v>627</v>
       </c>
       <c r="C832" t="s">
-        <v>1258</v>
+        <v>1257</v>
       </c>
       <c r="D832" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E832" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F832"/>
       <c r="G832"/>
     </row>
     <row r="833" spans="1:7">
       <c r="A833" t="s">
-        <v>736</v>
+        <v>659</v>
       </c>
       <c r="B833" t="s">
-        <v>1259</v>
+        <v>627</v>
       </c>
       <c r="C833" t="s">
-        <v>1260</v>
+        <v>1258</v>
       </c>
       <c r="D833" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E833" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F833"/>
       <c r="G833"/>
     </row>
     <row r="834" spans="1:7">
       <c r="A834" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B834" t="s">
-        <v>736</v>
+        <v>627</v>
       </c>
       <c r="C834" t="s">
-        <v>1261</v>
+        <v>1259</v>
       </c>
       <c r="D834" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E834" t="s">
-        <v>699</v>
+        <v>21</v>
       </c>
       <c r="F834"/>
       <c r="G834"/>
     </row>
     <row r="835" spans="1:7">
       <c r="A835" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B835" t="s">
-        <v>736</v>
+        <v>627</v>
       </c>
       <c r="C835" t="s">
-        <v>1262</v>
+        <v>1260</v>
       </c>
       <c r="D835" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E835" t="s">
-        <v>699</v>
+        <v>21</v>
       </c>
       <c r="F835"/>
       <c r="G835"/>
     </row>
     <row r="836" spans="1:7">
       <c r="A836" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B836" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C836" t="s">
-        <v>1263</v>
+        <v>1261</v>
       </c>
       <c r="D836" t="s">
         <v>20</v>
       </c>
       <c r="E836" t="s">
         <v>21</v>
       </c>
       <c r="F836"/>
       <c r="G836"/>
     </row>
     <row r="837" spans="1:7">
       <c r="A837" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B837" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C837" t="s">
-        <v>1264</v>
+        <v>1262</v>
       </c>
       <c r="D837" t="s">
         <v>20</v>
       </c>
       <c r="E837" t="s">
         <v>21</v>
       </c>
       <c r="F837"/>
       <c r="G837"/>
     </row>
     <row r="838" spans="1:7">
       <c r="A838" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B838" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C838" t="s">
-        <v>1265</v>
+        <v>1263</v>
       </c>
       <c r="D838" t="s">
         <v>20</v>
       </c>
       <c r="E838" t="s">
         <v>21</v>
       </c>
       <c r="F838"/>
       <c r="G838"/>
     </row>
     <row r="839" spans="1:7">
       <c r="A839" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B839" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C839" t="s">
-        <v>1266</v>
+        <v>1264</v>
       </c>
       <c r="D839" t="s">
         <v>20</v>
       </c>
       <c r="E839" t="s">
         <v>21</v>
       </c>
       <c r="F839"/>
       <c r="G839"/>
     </row>
     <row r="840" spans="1:7">
       <c r="A840" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B840" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C840" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="D840" t="s">
         <v>20</v>
       </c>
       <c r="E840" t="s">
         <v>21</v>
       </c>
       <c r="F840"/>
       <c r="G840"/>
     </row>
     <row r="841" spans="1:7">
       <c r="A841" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B841" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C841" t="s">
-        <v>1268</v>
+        <v>1266</v>
       </c>
       <c r="D841" t="s">
         <v>20</v>
       </c>
       <c r="E841" t="s">
         <v>21</v>
       </c>
       <c r="F841"/>
       <c r="G841"/>
     </row>
     <row r="842" spans="1:7">
       <c r="A842" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B842" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C842" t="s">
-        <v>1269</v>
+        <v>1267</v>
       </c>
       <c r="D842" t="s">
         <v>20</v>
       </c>
       <c r="E842" t="s">
         <v>21</v>
       </c>
       <c r="F842"/>
       <c r="G842"/>
     </row>
     <row r="843" spans="1:7">
       <c r="A843" t="s">
-        <v>661</v>
+        <v>1268</v>
       </c>
       <c r="B843" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C843" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="D843" t="s">
         <v>20</v>
       </c>
       <c r="E843" t="s">
         <v>21</v>
       </c>
       <c r="F843"/>
       <c r="G843"/>
     </row>
     <row r="844" spans="1:7">
       <c r="A844" t="s">
-        <v>661</v>
+        <v>652</v>
       </c>
       <c r="B844" t="s">
-        <v>629</v>
+        <v>1270</v>
       </c>
       <c r="C844" t="s">
         <v>1271</v>
       </c>
       <c r="D844" t="s">
-        <v>20</v>
+        <v>1272</v>
       </c>
       <c r="E844" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F844"/>
       <c r="G844"/>
     </row>
     <row r="845" spans="1:7">
       <c r="A845" t="s">
-        <v>661</v>
+        <v>652</v>
       </c>
       <c r="B845" t="s">
-        <v>629</v>
+        <v>1273</v>
       </c>
       <c r="C845" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="D845" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E845" t="s">
-        <v>21</v>
+        <v>377</v>
       </c>
       <c r="F845"/>
       <c r="G845"/>
     </row>
     <row r="846" spans="1:7">
       <c r="A846" t="s">
-        <v>661</v>
+        <v>652</v>
       </c>
       <c r="B846" t="s">
-        <v>629</v>
+        <v>1275</v>
       </c>
       <c r="C846" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="D846" t="s">
-        <v>20</v>
+        <v>1277</v>
       </c>
       <c r="E846" t="s">
-        <v>21</v>
+        <v>1278</v>
       </c>
       <c r="F846"/>
       <c r="G846"/>
     </row>
     <row r="847" spans="1:7">
       <c r="A847" t="s">
-        <v>1274</v>
+        <v>652</v>
       </c>
       <c r="B847" t="s">
-        <v>629</v>
+        <v>1279</v>
       </c>
       <c r="C847" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="D847" t="s">
-        <v>20</v>
+        <v>621</v>
       </c>
       <c r="E847" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F847"/>
       <c r="G847"/>
     </row>
     <row r="848" spans="1:7">
       <c r="A848" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="B848" t="s">
-        <v>1276</v>
+        <v>734</v>
       </c>
       <c r="C848" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="D848" t="s">
-        <v>1278</v>
+        <v>10</v>
       </c>
       <c r="E848" t="s">
-        <v>11</v>
+        <v>377</v>
       </c>
       <c r="F848"/>
       <c r="G848"/>
     </row>
     <row r="849" spans="1:7">
       <c r="A849" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="B849" t="s">
-        <v>1279</v>
+        <v>641</v>
       </c>
       <c r="C849" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="D849" t="s">
         <v>10</v>
       </c>
       <c r="E849" t="s">
-        <v>378</v>
+        <v>169</v>
       </c>
       <c r="F849"/>
       <c r="G849"/>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" t="s">
-        <v>654</v>
+        <v>1283</v>
       </c>
       <c r="B850" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="C850" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="D850" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="E850" t="s">
-        <v>1113</v>
+        <v>381</v>
       </c>
       <c r="F850"/>
-      <c r="G850"/>
+      <c r="G850" t="s">
+        <v>403</v>
+      </c>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" t="s">
-        <v>654</v>
+        <v>1287</v>
       </c>
       <c r="B851" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="C851" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="D851" t="s">
-        <v>623</v>
+        <v>105</v>
       </c>
       <c r="E851" t="s">
-        <v>11</v>
+        <v>211</v>
       </c>
       <c r="F851"/>
-      <c r="G851"/>
+      <c r="G851" t="s">
+        <v>732</v>
+      </c>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" t="s">
+        <v>618</v>
+      </c>
+      <c r="B852" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C852" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D852" t="s">
         <v>654</v>
       </c>
-      <c r="B852" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E852" t="s">
-        <v>378</v>
+        <v>11</v>
       </c>
       <c r="F852"/>
       <c r="G852"/>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" t="s">
-        <v>654</v>
+        <v>618</v>
       </c>
       <c r="B853" t="s">
-        <v>643</v>
+        <v>345</v>
       </c>
       <c r="C853" t="s">
-        <v>1287</v>
+        <v>1292</v>
       </c>
       <c r="D853" t="s">
-        <v>10</v>
+        <v>681</v>
       </c>
       <c r="E853" t="s">
-        <v>170</v>
+        <v>478</v>
       </c>
       <c r="F853"/>
       <c r="G853"/>
     </row>
     <row r="854" spans="1:7">
       <c r="A854" t="s">
-        <v>1288</v>
+        <v>1293</v>
       </c>
       <c r="B854" t="s">
-        <v>1289</v>
+        <v>1294</v>
       </c>
       <c r="C854" t="s">
-        <v>1290</v>
+        <v>1295</v>
       </c>
       <c r="D854" t="s">
-        <v>1291</v>
+        <v>1296</v>
       </c>
       <c r="E854" t="s">
-        <v>382</v>
+        <v>1297</v>
       </c>
       <c r="F854"/>
-      <c r="G854" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G854"/>
     </row>
     <row r="855" spans="1:7">
       <c r="A855" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="B855" t="s">
         <v>1293</v>
       </c>
       <c r="C855" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="D855" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E855" t="s">
-        <v>212</v>
+        <v>21</v>
       </c>
       <c r="F855"/>
-      <c r="G855" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G855"/>
     </row>
     <row r="856" spans="1:7">
       <c r="A856" t="s">
-        <v>620</v>
+        <v>1293</v>
       </c>
       <c r="B856" t="s">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="C856" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="D856" t="s">
-        <v>656</v>
+        <v>20</v>
       </c>
       <c r="E856" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F856"/>
       <c r="G856"/>
     </row>
     <row r="857" spans="1:7">
       <c r="A857" t="s">
-        <v>620</v>
+        <v>1300</v>
       </c>
       <c r="B857" t="s">
-        <v>346</v>
+        <v>1301</v>
       </c>
       <c r="C857" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="D857" t="s">
-        <v>683</v>
+        <v>105</v>
       </c>
       <c r="E857" t="s">
-        <v>479</v>
+        <v>211</v>
       </c>
       <c r="F857"/>
       <c r="G857"/>
     </row>
     <row r="858" spans="1:7">
       <c r="A858" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="B858" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="C858" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="D858" t="s">
-        <v>1301</v>
+        <v>621</v>
       </c>
       <c r="E858" t="s">
-        <v>1302</v>
+        <v>11</v>
       </c>
       <c r="F858"/>
       <c r="G858"/>
     </row>
     <row r="859" spans="1:7">
       <c r="A859" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="B859" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="C859" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="D859" t="s">
         <v>20</v>
       </c>
       <c r="E859" t="s">
         <v>21</v>
       </c>
       <c r="F859"/>
       <c r="G859"/>
     </row>
     <row r="860" spans="1:7">
       <c r="A860" t="s">
-        <v>1298</v>
+        <v>1306</v>
       </c>
       <c r="B860" t="s">
-        <v>1298</v>
+        <v>1306</v>
       </c>
       <c r="C860" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="D860" t="s">
         <v>20</v>
       </c>
       <c r="E860" t="s">
         <v>21</v>
       </c>
       <c r="F860"/>
       <c r="G860"/>
     </row>
     <row r="861" spans="1:7">
       <c r="A861" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="B861" t="s">
         <v>1306</v>
       </c>
       <c r="C861" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="D861" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="E861" t="s">
-        <v>212</v>
+        <v>21</v>
       </c>
       <c r="F861"/>
       <c r="G861"/>
     </row>
     <row r="862" spans="1:7">
       <c r="A862" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="B862" t="s">
-        <v>1308</v>
+        <v>1306</v>
       </c>
       <c r="C862" t="s">
         <v>1309</v>
       </c>
       <c r="D862" t="s">
-        <v>623</v>
+        <v>20</v>
       </c>
       <c r="E862" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F862"/>
       <c r="G862"/>
     </row>
     <row r="863" spans="1:7">
       <c r="A863" t="s">
-        <v>1305</v>
+        <v>1310</v>
       </c>
       <c r="B863" t="s">
-        <v>1305</v>
+        <v>1293</v>
       </c>
       <c r="C863" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="D863" t="s">
         <v>20</v>
       </c>
       <c r="E863" t="s">
         <v>21</v>
       </c>
       <c r="F863"/>
       <c r="G863"/>
     </row>
     <row r="864" spans="1:7">
       <c r="A864" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="B864" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="C864" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="D864" t="s">
-        <v>20</v>
+        <v>621</v>
       </c>
       <c r="E864" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F864"/>
-      <c r="G864"/>
+      <c r="G864" t="s">
+        <v>1314</v>
+      </c>
     </row>
     <row r="865" spans="1:7">
       <c r="A865" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="B865" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="C865" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="D865" t="s">
-        <v>20</v>
+        <v>238</v>
       </c>
       <c r="E865" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F865"/>
       <c r="G865"/>
     </row>
     <row r="866" spans="1:7">
       <c r="A866" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="B866" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="C866" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="D866" t="s">
-        <v>20</v>
+        <v>1296</v>
       </c>
       <c r="E866" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F866"/>
       <c r="G866"/>
     </row>
     <row r="867" spans="1:7">
       <c r="A867" t="s">
-        <v>1315</v>
+        <v>1310</v>
       </c>
       <c r="B867" t="s">
-        <v>1298</v>
+        <v>1319</v>
       </c>
       <c r="C867" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="D867" t="s">
-        <v>20</v>
+        <v>143</v>
       </c>
       <c r="E867" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F867"/>
       <c r="G867"/>
     </row>
     <row r="868" spans="1:7">
       <c r="A868" t="s">
-        <v>1315</v>
+        <v>1310</v>
       </c>
       <c r="B868" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="C868" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="D868" t="s">
-        <v>623</v>
+        <v>143</v>
       </c>
       <c r="E868" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="F868"/>
-      <c r="G868" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G868"/>
     </row>
     <row r="869" spans="1:7">
       <c r="A869" t="s">
-        <v>1315</v>
+        <v>1323</v>
       </c>
       <c r="B869" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="C869" t="s">
-        <v>1321</v>
+        <v>1308</v>
       </c>
       <c r="D869" t="s">
-        <v>239</v>
+        <v>20</v>
       </c>
       <c r="E869" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F869"/>
       <c r="G869"/>
     </row>
     <row r="870" spans="1:7">
       <c r="A870" t="s">
-        <v>1315</v>
+        <v>1323</v>
       </c>
       <c r="B870" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="C870" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="D870" t="s">
-        <v>1301</v>
+        <v>20</v>
       </c>
       <c r="E870" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F870"/>
-      <c r="G870"/>
+      <c r="G870" t="s">
+        <v>659</v>
+      </c>
     </row>
     <row r="871" spans="1:7">
       <c r="A871" t="s">
-        <v>1315</v>
+        <v>1325</v>
       </c>
       <c r="B871" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="C871" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="D871" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="E871" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F871"/>
       <c r="G871"/>
     </row>
     <row r="872" spans="1:7">
       <c r="A872" t="s">
-        <v>1315</v>
+        <v>1327</v>
       </c>
       <c r="B872" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="C872" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="D872" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="E872" t="s">
-        <v>141</v>
+        <v>1330</v>
       </c>
       <c r="F872"/>
       <c r="G872"/>
     </row>
     <row r="873" spans="1:7">
       <c r="A873" t="s">
-        <v>1328</v>
+        <v>1327</v>
       </c>
       <c r="B873" t="s">
-        <v>1328</v>
+        <v>1317</v>
       </c>
       <c r="C873" t="s">
-        <v>1313</v>
+        <v>1331</v>
       </c>
       <c r="D873" t="s">
-        <v>20</v>
+        <v>1296</v>
       </c>
       <c r="E873" t="s">
-        <v>21</v>
+        <v>377</v>
       </c>
       <c r="F873"/>
       <c r="G873"/>
     </row>
     <row r="874" spans="1:7">
       <c r="A874" t="s">
-        <v>1328</v>
+        <v>1327</v>
       </c>
       <c r="B874" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="C874" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="D874" t="s">
         <v>20</v>
       </c>
       <c r="E874" t="s">
         <v>21</v>
       </c>
       <c r="F874"/>
-      <c r="G874" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G874"/>
     </row>
     <row r="875" spans="1:7">
       <c r="A875" t="s">
-        <v>1330</v>
+        <v>1327</v>
       </c>
       <c r="B875" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="C875" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="D875" t="s">
-        <v>20</v>
+        <v>626</v>
       </c>
       <c r="E875" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F875"/>
       <c r="G875"/>
     </row>
     <row r="876" spans="1:7">
       <c r="A876" t="s">
-        <v>1332</v>
+        <v>1327</v>
       </c>
       <c r="B876" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="C876" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
       <c r="D876" t="s">
-        <v>136</v>
+        <v>340</v>
       </c>
       <c r="E876" t="s">
-        <v>1335</v>
+        <v>341</v>
       </c>
       <c r="F876"/>
-      <c r="G876"/>
+      <c r="G876" t="s">
+        <v>1327</v>
+      </c>
     </row>
     <row r="877" spans="1:7">
       <c r="A877" t="s">
-        <v>1332</v>
+        <v>1327</v>
       </c>
       <c r="B877" t="s">
-        <v>1322</v>
+        <v>1338</v>
       </c>
       <c r="C877" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="D877" t="s">
-        <v>1301</v>
+        <v>1340</v>
       </c>
       <c r="E877" t="s">
-        <v>378</v>
+        <v>176</v>
       </c>
       <c r="F877"/>
-      <c r="G877"/>
+      <c r="G877" t="s">
+        <v>1341</v>
+      </c>
     </row>
     <row r="878" spans="1:7">
       <c r="A878" t="s">
-        <v>1332</v>
+        <v>1342</v>
       </c>
       <c r="B878" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="C878" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="D878" t="s">
         <v>20</v>
       </c>
       <c r="E878" t="s">
         <v>21</v>
       </c>
       <c r="F878"/>
       <c r="G878"/>
     </row>
     <row r="879" spans="1:7">
       <c r="A879" t="s">
-        <v>1332</v>
+        <v>1342</v>
       </c>
       <c r="B879" t="s">
-        <v>1339</v>
+        <v>1342</v>
       </c>
       <c r="C879" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="D879" t="s">
-        <v>628</v>
+        <v>20</v>
       </c>
       <c r="E879" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F879"/>
       <c r="G879"/>
     </row>
     <row r="880" spans="1:7">
       <c r="A880" t="s">
-        <v>1332</v>
+        <v>1345</v>
       </c>
       <c r="B880" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="C880" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="D880" t="s">
-        <v>341</v>
+        <v>1296</v>
       </c>
       <c r="E880" t="s">
-        <v>342</v>
+        <v>1348</v>
       </c>
       <c r="F880"/>
       <c r="G880" t="s">
-        <v>1332</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="881" spans="1:7">
       <c r="A881" t="s">
-        <v>1332</v>
+        <v>1345</v>
       </c>
       <c r="B881" t="s">
-        <v>1343</v>
+        <v>1321</v>
       </c>
       <c r="C881" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="D881" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="E881" t="s">
-        <v>177</v>
+        <v>631</v>
       </c>
       <c r="F881"/>
-      <c r="G881" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G881"/>
     </row>
     <row r="882" spans="1:7">
       <c r="A882" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="B882" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="C882" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="D882" t="s">
         <v>20</v>
       </c>
       <c r="E882" t="s">
         <v>21</v>
       </c>
       <c r="F882"/>
-      <c r="G882"/>
+      <c r="G882" t="s">
+        <v>1268</v>
+      </c>
     </row>
     <row r="883" spans="1:7">
       <c r="A883" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="B883" t="s">
-        <v>1347</v>
+        <v>1342</v>
       </c>
       <c r="C883" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D883" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E883" t="s">
+        <v>124</v>
+      </c>
+      <c r="F883"/>
+      <c r="G883" t="s">
         <v>1349</v>
       </c>
-      <c r="D883" t="s">
-[...6 lines deleted...]
-      <c r="G883"/>
     </row>
     <row r="884" spans="1:7">
       <c r="A884" t="s">
-        <v>1350</v>
+        <v>1345</v>
       </c>
       <c r="B884" t="s">
-        <v>1351</v>
+        <v>1342</v>
       </c>
       <c r="C884" t="s">
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="D884" t="s">
-        <v>1301</v>
+        <v>20</v>
       </c>
       <c r="E884" t="s">
-        <v>1353</v>
+        <v>21</v>
       </c>
       <c r="F884"/>
-      <c r="G884" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G884"/>
     </row>
     <row r="885" spans="1:7">
       <c r="A885" t="s">
-        <v>1350</v>
+        <v>1345</v>
       </c>
       <c r="B885" t="s">
-        <v>1326</v>
+        <v>1310</v>
       </c>
       <c r="C885" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="D885" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="E885" t="s">
-        <v>633</v>
+        <v>11</v>
       </c>
       <c r="F885"/>
       <c r="G885"/>
     </row>
     <row r="886" spans="1:7">
       <c r="A886" t="s">
-        <v>1350</v>
+        <v>1345</v>
       </c>
       <c r="B886" t="s">
-        <v>1357</v>
+        <v>1332</v>
       </c>
       <c r="C886" t="s">
         <v>1358</v>
       </c>
       <c r="D886" t="s">
-        <v>20</v>
+        <v>1286</v>
       </c>
       <c r="E886" t="s">
-        <v>21</v>
+        <v>358</v>
       </c>
       <c r="F886"/>
-      <c r="G886" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G886"/>
     </row>
     <row r="887" spans="1:7">
       <c r="A887" t="s">
-        <v>1350</v>
+        <v>1345</v>
       </c>
       <c r="B887" t="s">
-        <v>1347</v>
+        <v>1359</v>
       </c>
       <c r="C887" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="D887" t="s">
-        <v>1301</v>
+        <v>1296</v>
       </c>
       <c r="E887" t="s">
-        <v>124</v>
+        <v>1297</v>
       </c>
       <c r="F887"/>
-      <c r="G887" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G887"/>
     </row>
     <row r="888" spans="1:7">
       <c r="A888" t="s">
-        <v>1350</v>
+        <v>1361</v>
       </c>
       <c r="B888" t="s">
-        <v>1347</v>
+        <v>1361</v>
       </c>
       <c r="C888" t="s">
-        <v>1360</v>
+        <v>1324</v>
       </c>
       <c r="D888" t="s">
         <v>20</v>
       </c>
       <c r="E888" t="s">
         <v>21</v>
       </c>
       <c r="F888"/>
       <c r="G888"/>
     </row>
     <row r="889" spans="1:7">
       <c r="A889" t="s">
-        <v>1350</v>
+        <v>1361</v>
       </c>
       <c r="B889" t="s">
-        <v>1315</v>
+        <v>1361</v>
       </c>
       <c r="C889" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="D889" t="s">
-        <v>1362</v>
+        <v>20</v>
       </c>
       <c r="E889" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F889"/>
       <c r="G889"/>
     </row>
     <row r="890" spans="1:7">
       <c r="A890" t="s">
-        <v>1350</v>
+        <v>1361</v>
       </c>
       <c r="B890" t="s">
-        <v>1337</v>
+        <v>1361</v>
       </c>
       <c r="C890" t="s">
         <v>1363</v>
       </c>
       <c r="D890" t="s">
-        <v>1291</v>
+        <v>20</v>
       </c>
       <c r="E890" t="s">
-        <v>359</v>
+        <v>21</v>
       </c>
       <c r="F890"/>
       <c r="G890"/>
     </row>
     <row r="891" spans="1:7">
       <c r="A891" t="s">
-        <v>1350</v>
+        <v>1364</v>
       </c>
       <c r="B891" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="C891" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="D891" t="s">
-        <v>1301</v>
+        <v>1367</v>
       </c>
       <c r="E891" t="s">
-        <v>1302</v>
+        <v>294</v>
       </c>
       <c r="F891"/>
-      <c r="G891"/>
+      <c r="G891" t="s">
+        <v>1154</v>
+      </c>
     </row>
     <row r="892" spans="1:7">
       <c r="A892" t="s">
-        <v>1366</v>
+        <v>1364</v>
       </c>
       <c r="B892" t="s">
-        <v>1366</v>
+        <v>1327</v>
       </c>
       <c r="C892" t="s">
-        <v>1329</v>
+        <v>1368</v>
       </c>
       <c r="D892" t="s">
-        <v>20</v>
+        <v>143</v>
       </c>
       <c r="E892" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F892"/>
       <c r="G892"/>
     </row>
     <row r="893" spans="1:7">
       <c r="A893" t="s">
-        <v>1366</v>
+        <v>1364</v>
       </c>
       <c r="B893" t="s">
-        <v>1366</v>
+        <v>1317</v>
       </c>
       <c r="C893" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="D893" t="s">
-        <v>20</v>
+        <v>1357</v>
       </c>
       <c r="E893" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F893"/>
       <c r="G893"/>
     </row>
     <row r="894" spans="1:7">
       <c r="A894" t="s">
-        <v>1366</v>
+        <v>1364</v>
       </c>
       <c r="B894" t="s">
-        <v>1366</v>
+        <v>1327</v>
       </c>
       <c r="C894" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="D894" t="s">
-        <v>20</v>
+        <v>1351</v>
       </c>
       <c r="E894" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F894"/>
       <c r="G894"/>
     </row>
     <row r="895" spans="1:7">
       <c r="A895" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
       <c r="B895" t="s">
-        <v>1370</v>
+        <v>1338</v>
       </c>
       <c r="C895" t="s">
         <v>1371</v>
       </c>
       <c r="D895" t="s">
-        <v>1372</v>
+        <v>466</v>
       </c>
       <c r="E895" t="s">
-        <v>295</v>
+        <v>141</v>
       </c>
       <c r="F895"/>
-      <c r="G895" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G895"/>
     </row>
     <row r="896" spans="1:7">
       <c r="A896" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
       <c r="B896" t="s">
-        <v>1332</v>
+        <v>1372</v>
       </c>
       <c r="C896" t="s">
         <v>1373</v>
       </c>
       <c r="D896" t="s">
-        <v>143</v>
+        <v>1357</v>
       </c>
       <c r="E896" t="s">
-        <v>141</v>
+        <v>14</v>
       </c>
       <c r="F896"/>
       <c r="G896"/>
     </row>
     <row r="897" spans="1:7">
       <c r="A897" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
       <c r="B897" t="s">
-        <v>1322</v>
+        <v>780</v>
       </c>
       <c r="C897" t="s">
         <v>1374</v>
       </c>
       <c r="D897" t="s">
-        <v>1362</v>
+        <v>140</v>
       </c>
       <c r="E897" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="F897"/>
       <c r="G897"/>
     </row>
     <row r="898" spans="1:7">
       <c r="A898" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
       <c r="B898" t="s">
-        <v>1332</v>
+        <v>1375</v>
       </c>
       <c r="C898" t="s">
-        <v>1375</v>
+        <v>576</v>
       </c>
       <c r="D898" t="s">
-        <v>1356</v>
+        <v>1296</v>
       </c>
       <c r="E898" t="s">
-        <v>11</v>
+        <v>1376</v>
       </c>
       <c r="F898"/>
       <c r="G898"/>
     </row>
     <row r="899" spans="1:7">
       <c r="A899" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
       <c r="B899" t="s">
-        <v>1343</v>
+        <v>1375</v>
       </c>
       <c r="C899" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D899" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E899" t="s">
         <v>1376</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F899"/>
       <c r="G899"/>
     </row>
     <row r="900" spans="1:7">
       <c r="A900" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
       <c r="B900" t="s">
-        <v>1377</v>
+        <v>1375</v>
       </c>
       <c r="C900" t="s">
         <v>1378</v>
       </c>
       <c r="D900" t="s">
-        <v>1362</v>
+        <v>1296</v>
       </c>
       <c r="E900" t="s">
-        <v>14</v>
+        <v>1376</v>
       </c>
       <c r="F900"/>
       <c r="G900"/>
     </row>
     <row r="901" spans="1:7">
       <c r="A901" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
       <c r="B901" t="s">
-        <v>782</v>
+        <v>1303</v>
       </c>
       <c r="C901" t="s">
         <v>1379</v>
       </c>
       <c r="D901" t="s">
-        <v>140</v>
+        <v>1296</v>
       </c>
       <c r="E901" t="s">
-        <v>141</v>
+        <v>260</v>
       </c>
       <c r="F901"/>
       <c r="G901"/>
     </row>
     <row r="902" spans="1:7">
       <c r="A902" t="s">
-        <v>1369</v>
+        <v>1380</v>
       </c>
       <c r="B902" t="s">
-        <v>1380</v>
+        <v>1364</v>
       </c>
       <c r="C902" t="s">
-        <v>578</v>
+        <v>1381</v>
       </c>
       <c r="D902" t="s">
-        <v>1301</v>
+        <v>1296</v>
       </c>
       <c r="E902" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="F902"/>
       <c r="G902"/>
     </row>
     <row r="903" spans="1:7">
       <c r="A903" t="s">
-        <v>1369</v>
+        <v>1383</v>
       </c>
       <c r="B903" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="C903" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="D903" t="s">
-        <v>1301</v>
+        <v>20</v>
       </c>
       <c r="E903" t="s">
-        <v>1381</v>
+        <v>21</v>
       </c>
       <c r="F903"/>
       <c r="G903"/>
     </row>
     <row r="904" spans="1:7">
       <c r="A904" t="s">
-        <v>1369</v>
+        <v>1383</v>
       </c>
       <c r="B904" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="C904" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="D904" t="s">
-        <v>1301</v>
+        <v>20</v>
       </c>
       <c r="E904" t="s">
-        <v>1381</v>
+        <v>21</v>
       </c>
       <c r="F904"/>
       <c r="G904"/>
     </row>
     <row r="905" spans="1:7">
       <c r="A905" t="s">
-        <v>1369</v>
+        <v>1383</v>
       </c>
       <c r="B905" t="s">
-        <v>1308</v>
+        <v>1383</v>
       </c>
       <c r="C905" t="s">
-        <v>1384</v>
+        <v>1362</v>
       </c>
       <c r="D905" t="s">
-        <v>1301</v>
+        <v>20</v>
       </c>
       <c r="E905" t="s">
-        <v>261</v>
+        <v>21</v>
       </c>
       <c r="F905"/>
       <c r="G905"/>
     </row>
     <row r="906" spans="1:7">
       <c r="A906" t="s">
-        <v>1385</v>
+        <v>1383</v>
       </c>
       <c r="B906" t="s">
-        <v>1369</v>
+        <v>1383</v>
       </c>
       <c r="C906" t="s">
         <v>1386</v>
       </c>
       <c r="D906" t="s">
-        <v>1301</v>
+        <v>20</v>
       </c>
       <c r="E906" t="s">
-        <v>1387</v>
+        <v>21</v>
       </c>
       <c r="F906"/>
-      <c r="G906"/>
+      <c r="G906" t="s">
+        <v>1273</v>
+      </c>
     </row>
     <row r="907" spans="1:7">
       <c r="A907" t="s">
-        <v>1388</v>
+        <v>1387</v>
       </c>
       <c r="B907" t="s">
         <v>1388</v>
       </c>
       <c r="C907" t="s">
         <v>1389</v>
       </c>
       <c r="D907" t="s">
-        <v>20</v>
+        <v>1296</v>
       </c>
       <c r="E907" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F907"/>
-      <c r="G907"/>
+      <c r="G907" t="s">
+        <v>1390</v>
+      </c>
     </row>
     <row r="908" spans="1:7">
       <c r="A908" t="s">
-        <v>1388</v>
+        <v>1387</v>
       </c>
       <c r="B908" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="C908" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="D908" t="s">
-        <v>20</v>
+        <v>654</v>
       </c>
       <c r="E908" t="s">
-        <v>21</v>
+        <v>478</v>
       </c>
       <c r="F908"/>
-      <c r="G908"/>
+      <c r="G908" t="s">
+        <v>1393</v>
+      </c>
     </row>
     <row r="909" spans="1:7">
       <c r="A909" t="s">
-        <v>1388</v>
+        <v>1387</v>
       </c>
       <c r="B909" t="s">
-        <v>1388</v>
+        <v>1375</v>
       </c>
       <c r="C909" t="s">
-        <v>1367</v>
+        <v>1394</v>
       </c>
       <c r="D909" t="s">
         <v>20</v>
       </c>
       <c r="E909" t="s">
         <v>21</v>
       </c>
       <c r="F909"/>
       <c r="G909"/>
     </row>
     <row r="910" spans="1:7">
       <c r="A910" t="s">
-        <v>1388</v>
+        <v>1387</v>
       </c>
       <c r="B910" t="s">
-        <v>1388</v>
+        <v>1383</v>
       </c>
       <c r="C910" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="D910" t="s">
-        <v>20</v>
+        <v>1296</v>
       </c>
       <c r="E910" t="s">
-        <v>21</v>
+        <v>527</v>
       </c>
       <c r="F910"/>
-      <c r="G910" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G910"/>
     </row>
     <row r="911" spans="1:7">
       <c r="A911" t="s">
-        <v>1392</v>
+        <v>1387</v>
       </c>
       <c r="B911" t="s">
-        <v>1393</v>
+        <v>1334</v>
       </c>
       <c r="C911" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="D911" t="s">
-        <v>1301</v>
+        <v>1397</v>
       </c>
       <c r="E911" t="s">
-        <v>11</v>
+        <v>381</v>
       </c>
       <c r="F911"/>
       <c r="G911" t="s">
-        <v>1395</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="912" spans="1:7">
       <c r="A912" t="s">
-        <v>1392</v>
+        <v>1387</v>
       </c>
       <c r="B912" t="s">
-        <v>1396</v>
+        <v>1380</v>
       </c>
       <c r="C912" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="D912" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="E912" t="s">
-        <v>479</v>
+        <v>11</v>
       </c>
       <c r="F912"/>
-      <c r="G912" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G912"/>
     </row>
     <row r="913" spans="1:7">
       <c r="A913" t="s">
-        <v>1392</v>
+        <v>1400</v>
       </c>
       <c r="B913" t="s">
-        <v>1380</v>
+        <v>1400</v>
       </c>
       <c r="C913" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="D913" t="s">
         <v>20</v>
       </c>
       <c r="E913" t="s">
         <v>21</v>
       </c>
       <c r="F913"/>
       <c r="G913"/>
     </row>
     <row r="914" spans="1:7">
       <c r="A914" t="s">
-        <v>1392</v>
+        <v>1402</v>
       </c>
       <c r="B914" t="s">
-        <v>1388</v>
+        <v>1402</v>
       </c>
       <c r="C914" t="s">
-        <v>1400</v>
+        <v>1403</v>
       </c>
       <c r="D914" t="s">
-        <v>1301</v>
+        <v>20</v>
       </c>
       <c r="E914" t="s">
-        <v>528</v>
+        <v>21</v>
       </c>
       <c r="F914"/>
       <c r="G914"/>
     </row>
     <row r="915" spans="1:7">
       <c r="A915" t="s">
-        <v>1392</v>
+        <v>1402</v>
       </c>
       <c r="B915" t="s">
-        <v>1339</v>
+        <v>1402</v>
       </c>
       <c r="C915" t="s">
-        <v>1401</v>
+        <v>1404</v>
       </c>
       <c r="D915" t="s">
-        <v>1402</v>
+        <v>20</v>
       </c>
       <c r="E915" t="s">
-        <v>382</v>
+        <v>21</v>
       </c>
       <c r="F915"/>
-      <c r="G915" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G915"/>
     </row>
     <row r="916" spans="1:7">
       <c r="A916" t="s">
-        <v>1392</v>
+        <v>1405</v>
       </c>
       <c r="B916" t="s">
-        <v>1385</v>
+        <v>1405</v>
       </c>
       <c r="C916" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="D916" t="s">
-        <v>656</v>
+        <v>20</v>
       </c>
       <c r="E916" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F916"/>
       <c r="G916"/>
     </row>
     <row r="917" spans="1:7">
       <c r="A917" t="s">
-        <v>1405</v>
+        <v>367</v>
       </c>
       <c r="B917" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="C917" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="D917" t="s">
         <v>20</v>
       </c>
       <c r="E917" t="s">
         <v>21</v>
       </c>
       <c r="F917"/>
       <c r="G917"/>
     </row>
     <row r="918" spans="1:7">
       <c r="A918" t="s">
-        <v>1407</v>
+        <v>367</v>
       </c>
       <c r="B918" t="s">
-        <v>1407</v>
+        <v>1327</v>
       </c>
       <c r="C918" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="D918" t="s">
-        <v>20</v>
+        <v>304</v>
       </c>
       <c r="E918" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F918"/>
       <c r="G918"/>
     </row>
     <row r="919" spans="1:7">
       <c r="A919" t="s">
-        <v>1407</v>
+        <v>367</v>
       </c>
       <c r="B919" t="s">
-        <v>1407</v>
+        <v>1402</v>
       </c>
       <c r="C919" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="D919" t="s">
         <v>20</v>
       </c>
       <c r="E919" t="s">
         <v>21</v>
       </c>
       <c r="F919"/>
       <c r="G919"/>
     </row>
     <row r="920" spans="1:7">
       <c r="A920" t="s">
-        <v>1410</v>
+        <v>367</v>
       </c>
       <c r="B920" t="s">
-        <v>1410</v>
+        <v>1361</v>
       </c>
       <c r="C920" t="s">
         <v>1411</v>
       </c>
       <c r="D920" t="s">
-        <v>20</v>
+        <v>143</v>
       </c>
       <c r="E920" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F920"/>
       <c r="G920"/>
     </row>
     <row r="921" spans="1:7">
       <c r="A921" t="s">
-        <v>368</v>
+        <v>1412</v>
       </c>
       <c r="B921" t="s">
         <v>1412</v>
       </c>
       <c r="C921" t="s">
         <v>1413</v>
       </c>
       <c r="D921" t="s">
         <v>20</v>
       </c>
       <c r="E921" t="s">
         <v>21</v>
       </c>
       <c r="F921"/>
       <c r="G921"/>
     </row>
     <row r="922" spans="1:7">
       <c r="A922" t="s">
-        <v>368</v>
+        <v>1412</v>
       </c>
       <c r="B922" t="s">
-        <v>1332</v>
+        <v>1412</v>
       </c>
       <c r="C922" t="s">
         <v>1414</v>
       </c>
       <c r="D922" t="s">
-        <v>305</v>
+        <v>20</v>
       </c>
       <c r="E922" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F922"/>
       <c r="G922"/>
     </row>
     <row r="923" spans="1:7">
       <c r="A923" t="s">
-        <v>368</v>
+        <v>1412</v>
       </c>
       <c r="B923" t="s">
-        <v>1407</v>
+        <v>1412</v>
       </c>
       <c r="C923" t="s">
         <v>1415</v>
       </c>
       <c r="D923" t="s">
         <v>20</v>
       </c>
       <c r="E923" t="s">
         <v>21</v>
       </c>
       <c r="F923"/>
       <c r="G923"/>
     </row>
     <row r="924" spans="1:7">
       <c r="A924" t="s">
-        <v>368</v>
+        <v>1412</v>
       </c>
       <c r="B924" t="s">
-        <v>1366</v>
+        <v>1412</v>
       </c>
       <c r="C924" t="s">
         <v>1416</v>
       </c>
       <c r="D924" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="E924" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F924"/>
       <c r="G924"/>
     </row>
     <row r="925" spans="1:7">
       <c r="A925" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B925" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C925" t="s">
         <v>1417</v>
-      </c>
-[...4 lines deleted...]
-        <v>1418</v>
       </c>
       <c r="D925" t="s">
         <v>20</v>
       </c>
       <c r="E925" t="s">
         <v>21</v>
       </c>
       <c r="F925"/>
       <c r="G925"/>
     </row>
     <row r="926" spans="1:7">
       <c r="A926" t="s">
-        <v>1417</v>
+        <v>1412</v>
       </c>
       <c r="B926" t="s">
-        <v>1417</v>
+        <v>1412</v>
       </c>
       <c r="C926" t="s">
-        <v>1419</v>
+        <v>1418</v>
       </c>
       <c r="D926" t="s">
         <v>20</v>
       </c>
       <c r="E926" t="s">
         <v>21</v>
       </c>
       <c r="F926"/>
       <c r="G926"/>
     </row>
     <row r="927" spans="1:7">
       <c r="A927" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="B927" t="s">
-        <v>1417</v>
+        <v>1405</v>
       </c>
       <c r="C927" t="s">
         <v>1420</v>
       </c>
       <c r="D927" t="s">
-        <v>20</v>
+        <v>740</v>
       </c>
       <c r="E927" t="s">
-        <v>21</v>
+        <v>370</v>
       </c>
       <c r="F927"/>
       <c r="G927"/>
     </row>
     <row r="928" spans="1:7">
       <c r="A928" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="B928" t="s">
-        <v>1417</v>
+        <v>1405</v>
       </c>
       <c r="C928" t="s">
         <v>1421</v>
       </c>
       <c r="D928" t="s">
-        <v>20</v>
+        <v>740</v>
       </c>
       <c r="E928" t="s">
-        <v>21</v>
+        <v>370</v>
       </c>
       <c r="F928"/>
       <c r="G928"/>
     </row>
     <row r="929" spans="1:7">
       <c r="A929" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="B929" t="s">
-        <v>1417</v>
+        <v>1405</v>
       </c>
       <c r="C929" t="s">
         <v>1422</v>
       </c>
       <c r="D929" t="s">
-        <v>20</v>
+        <v>740</v>
       </c>
       <c r="E929" t="s">
-        <v>21</v>
+        <v>370</v>
       </c>
       <c r="F929"/>
       <c r="G929"/>
     </row>
     <row r="930" spans="1:7">
       <c r="A930" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="B930" t="s">
-        <v>1417</v>
+        <v>1405</v>
       </c>
       <c r="C930" t="s">
         <v>1423</v>
       </c>
       <c r="D930" t="s">
-        <v>20</v>
+        <v>740</v>
       </c>
       <c r="E930" t="s">
-        <v>21</v>
+        <v>370</v>
       </c>
       <c r="F930"/>
       <c r="G930"/>
     </row>
     <row r="931" spans="1:7">
       <c r="A931" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B931" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C931" t="s">
         <v>1424</v>
       </c>
-      <c r="B931" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D931" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="E931" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="F931"/>
       <c r="G931"/>
     </row>
     <row r="932" spans="1:7">
       <c r="A932" t="s">
-        <v>1424</v>
+        <v>1419</v>
       </c>
       <c r="B932" t="s">
-        <v>1410</v>
+        <v>1405</v>
       </c>
       <c r="C932" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D932" t="s">
+        <v>740</v>
+      </c>
+      <c r="E932" t="s">
+        <v>370</v>
+      </c>
+      <c r="F932"/>
+      <c r="G932" t="s">
         <v>1426</v>
       </c>
-      <c r="D932" t="s">
-[...6 lines deleted...]
-      <c r="G932"/>
     </row>
     <row r="933" spans="1:7">
       <c r="A933" t="s">
-        <v>1424</v>
+        <v>1419</v>
       </c>
       <c r="B933" t="s">
-        <v>1410</v>
+        <v>1405</v>
       </c>
       <c r="C933" t="s">
         <v>1427</v>
       </c>
       <c r="D933" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="E933" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="F933"/>
       <c r="G933"/>
     </row>
     <row r="934" spans="1:7">
       <c r="A934" t="s">
-        <v>1424</v>
+        <v>1419</v>
       </c>
       <c r="B934" t="s">
-        <v>1410</v>
+        <v>1419</v>
       </c>
       <c r="C934" t="s">
         <v>1428</v>
       </c>
       <c r="D934" t="s">
-        <v>742</v>
+        <v>20</v>
       </c>
       <c r="E934" t="s">
-        <v>371</v>
+        <v>21</v>
       </c>
       <c r="F934"/>
       <c r="G934"/>
     </row>
     <row r="935" spans="1:7">
       <c r="A935" t="s">
-        <v>1424</v>
+        <v>1429</v>
       </c>
       <c r="B935" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="C935" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="D935" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="E935" t="s">
-        <v>371</v>
+        <v>1431</v>
       </c>
       <c r="F935"/>
       <c r="G935"/>
     </row>
     <row r="936" spans="1:7">
       <c r="A936" t="s">
-        <v>1424</v>
+        <v>1429</v>
       </c>
       <c r="B936" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="C936" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="D936" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="E936" t="s">
-        <v>371</v>
+        <v>1431</v>
       </c>
       <c r="F936"/>
-      <c r="G936" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G936"/>
     </row>
     <row r="937" spans="1:7">
       <c r="A937" t="s">
-        <v>1424</v>
+        <v>1429</v>
       </c>
       <c r="B937" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="C937" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="D937" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="E937" t="s">
-        <v>371</v>
+        <v>1431</v>
       </c>
       <c r="F937"/>
       <c r="G937"/>
     </row>
     <row r="938" spans="1:7">
       <c r="A938" t="s">
-        <v>1424</v>
+        <v>1429</v>
       </c>
       <c r="B938" t="s">
-        <v>1424</v>
+        <v>1412</v>
       </c>
       <c r="C938" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="D938" t="s">
-        <v>20</v>
+        <v>740</v>
       </c>
       <c r="E938" t="s">
-        <v>21</v>
+        <v>1431</v>
       </c>
       <c r="F938"/>
       <c r="G938"/>
     </row>
     <row r="939" spans="1:7">
       <c r="A939" t="s">
-        <v>1434</v>
+        <v>1429</v>
       </c>
       <c r="B939" t="s">
-        <v>1417</v>
+        <v>1412</v>
       </c>
       <c r="C939" t="s">
         <v>1435</v>
       </c>
       <c r="D939" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="E939" t="s">
-        <v>1436</v>
+        <v>1431</v>
       </c>
       <c r="F939"/>
       <c r="G939"/>
     </row>
     <row r="940" spans="1:7">
       <c r="A940" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="B940" t="s">
-        <v>1417</v>
+        <v>1436</v>
       </c>
       <c r="C940" t="s">
         <v>1437</v>
       </c>
       <c r="D940" t="s">
-        <v>742</v>
+        <v>1296</v>
       </c>
       <c r="E940" t="s">
-        <v>1436</v>
+        <v>1431</v>
       </c>
       <c r="F940"/>
       <c r="G940"/>
     </row>
     <row r="941" spans="1:7">
       <c r="A941" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="B941" t="s">
-        <v>1417</v>
+        <v>1436</v>
       </c>
       <c r="C941" t="s">
         <v>1438</v>
       </c>
       <c r="D941" t="s">
-        <v>742</v>
+        <v>1296</v>
       </c>
       <c r="E941" t="s">
-        <v>1436</v>
+        <v>1431</v>
       </c>
       <c r="F941"/>
       <c r="G941"/>
     </row>
     <row r="942" spans="1:7">
       <c r="A942" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="B942" t="s">
-        <v>1417</v>
+        <v>1436</v>
       </c>
       <c r="C942" t="s">
         <v>1439</v>
       </c>
       <c r="D942" t="s">
-        <v>742</v>
+        <v>1296</v>
       </c>
       <c r="E942" t="s">
-        <v>1436</v>
+        <v>1431</v>
       </c>
       <c r="F942"/>
       <c r="G942"/>
     </row>
     <row r="943" spans="1:7">
       <c r="A943" t="s">
-        <v>1434</v>
+        <v>1440</v>
       </c>
       <c r="B943" t="s">
-        <v>1417</v>
+        <v>1441</v>
       </c>
       <c r="C943" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="D943" t="s">
-        <v>742</v>
+        <v>1443</v>
       </c>
       <c r="E943" t="s">
-        <v>1436</v>
+        <v>1444</v>
       </c>
       <c r="F943"/>
-      <c r="G943"/>
+      <c r="G943" t="s">
+        <v>1445</v>
+      </c>
     </row>
     <row r="944" spans="1:7">
       <c r="A944" t="s">
-        <v>1441</v>
+        <v>1446</v>
       </c>
       <c r="B944" t="s">
-        <v>1441</v>
+        <v>1446</v>
       </c>
       <c r="C944" t="s">
-        <v>1442</v>
+        <v>1447</v>
       </c>
       <c r="D944" t="s">
-        <v>1301</v>
+        <v>20</v>
       </c>
       <c r="E944" t="s">
-        <v>1436</v>
+        <v>21</v>
       </c>
       <c r="F944"/>
       <c r="G944"/>
     </row>
     <row r="945" spans="1:7">
       <c r="A945" t="s">
-        <v>1441</v>
+        <v>1448</v>
       </c>
       <c r="B945" t="s">
-        <v>1441</v>
+        <v>1436</v>
       </c>
       <c r="C945" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
       <c r="D945" t="s">
-        <v>1301</v>
+        <v>740</v>
       </c>
       <c r="E945" t="s">
-        <v>1436</v>
+        <v>946</v>
       </c>
       <c r="F945"/>
       <c r="G945"/>
     </row>
     <row r="946" spans="1:7">
       <c r="A946" t="s">
-        <v>1441</v>
+        <v>1448</v>
       </c>
       <c r="B946" t="s">
-        <v>1441</v>
+        <v>1436</v>
       </c>
       <c r="C946" t="s">
-        <v>1444</v>
+        <v>1450</v>
       </c>
       <c r="D946" t="s">
-        <v>1301</v>
+        <v>740</v>
       </c>
       <c r="E946" t="s">
-        <v>1436</v>
+        <v>946</v>
       </c>
       <c r="F946"/>
       <c r="G946"/>
     </row>
     <row r="947" spans="1:7">
       <c r="A947" t="s">
-        <v>1445</v>
+        <v>1448</v>
       </c>
       <c r="B947" t="s">
-        <v>1446</v>
+        <v>1436</v>
       </c>
       <c r="C947" t="s">
-        <v>1447</v>
+        <v>1451</v>
       </c>
       <c r="D947" t="s">
-        <v>1448</v>
+        <v>740</v>
       </c>
       <c r="E947" t="s">
-        <v>1449</v>
+        <v>946</v>
       </c>
       <c r="F947"/>
-      <c r="G947" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G947"/>
     </row>
     <row r="948" spans="1:7">
       <c r="A948" t="s">
-        <v>1451</v>
+        <v>1448</v>
       </c>
       <c r="B948" t="s">
-        <v>1451</v>
+        <v>1436</v>
       </c>
       <c r="C948" t="s">
         <v>1452</v>
       </c>
       <c r="D948" t="s">
-        <v>20</v>
+        <v>740</v>
       </c>
       <c r="E948" t="s">
-        <v>21</v>
+        <v>946</v>
       </c>
       <c r="F948"/>
       <c r="G948"/>
     </row>
     <row r="949" spans="1:7">
       <c r="A949" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B949" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C949" t="s">
         <v>1453</v>
       </c>
-      <c r="B949" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D949" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="E949" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="F949"/>
       <c r="G949"/>
     </row>
     <row r="950" spans="1:7">
       <c r="A950" t="s">
-        <v>1453</v>
+        <v>1448</v>
       </c>
       <c r="B950" t="s">
-        <v>1441</v>
+        <v>1436</v>
       </c>
       <c r="C950" t="s">
-        <v>1455</v>
+        <v>1454</v>
       </c>
       <c r="D950" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="E950" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="F950"/>
       <c r="G950"/>
     </row>
     <row r="951" spans="1:7">
       <c r="A951" t="s">
-        <v>1453</v>
+        <v>1448</v>
       </c>
       <c r="B951" t="s">
-        <v>1441</v>
+        <v>1436</v>
       </c>
       <c r="C951" t="s">
-        <v>1456</v>
+        <v>1455</v>
       </c>
       <c r="D951" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="E951" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="F951"/>
       <c r="G951"/>
     </row>
     <row r="952" spans="1:7">
       <c r="A952" t="s">
-        <v>1453</v>
+        <v>1448</v>
       </c>
       <c r="B952" t="s">
-        <v>1441</v>
+        <v>1436</v>
       </c>
       <c r="C952" t="s">
-        <v>1457</v>
+        <v>1456</v>
       </c>
       <c r="D952" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="E952" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="F952"/>
       <c r="G952"/>
     </row>
     <row r="953" spans="1:7">
       <c r="A953" t="s">
-        <v>1453</v>
+        <v>1448</v>
       </c>
       <c r="B953" t="s">
-        <v>1441</v>
+        <v>1436</v>
       </c>
       <c r="C953" t="s">
-        <v>1458</v>
+        <v>1457</v>
       </c>
       <c r="D953" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="E953" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="F953"/>
       <c r="G953"/>
     </row>
     <row r="954" spans="1:7">
       <c r="A954" t="s">
-        <v>1453</v>
+        <v>1448</v>
       </c>
       <c r="B954" t="s">
-        <v>1441</v>
+        <v>1436</v>
       </c>
       <c r="C954" t="s">
-        <v>1459</v>
+        <v>1458</v>
       </c>
       <c r="D954" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="E954" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="F954"/>
       <c r="G954"/>
     </row>
     <row r="955" spans="1:7">
       <c r="A955" t="s">
-        <v>1453</v>
+        <v>1459</v>
       </c>
       <c r="B955" t="s">
-        <v>1441</v>
+        <v>1460</v>
       </c>
       <c r="C955" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="D955" t="s">
-        <v>742</v>
+        <v>1296</v>
       </c>
       <c r="E955" t="s">
-        <v>948</v>
+        <v>428</v>
       </c>
       <c r="F955"/>
       <c r="G955"/>
     </row>
     <row r="956" spans="1:7">
       <c r="A956" t="s">
-        <v>1453</v>
+        <v>1459</v>
       </c>
       <c r="B956" t="s">
-        <v>1441</v>
+        <v>1462</v>
       </c>
       <c r="C956" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="D956" t="s">
-        <v>742</v>
+        <v>1464</v>
       </c>
       <c r="E956" t="s">
-        <v>948</v>
+        <v>1465</v>
       </c>
       <c r="F956"/>
-      <c r="G956"/>
+      <c r="G956" t="s">
+        <v>1466</v>
+      </c>
     </row>
     <row r="957" spans="1:7">
       <c r="A957" t="s">
-        <v>1453</v>
+        <v>1459</v>
       </c>
       <c r="B957" t="s">
-        <v>1441</v>
+        <v>1467</v>
       </c>
       <c r="C957" t="s">
-        <v>1462</v>
+        <v>1468</v>
       </c>
       <c r="D957" t="s">
-        <v>742</v>
+        <v>1286</v>
       </c>
       <c r="E957" t="s">
-        <v>948</v>
+        <v>478</v>
       </c>
       <c r="F957"/>
       <c r="G957"/>
     </row>
     <row r="958" spans="1:7">
       <c r="A958" t="s">
-        <v>1453</v>
+        <v>1459</v>
       </c>
       <c r="B958" t="s">
-        <v>1441</v>
+        <v>1469</v>
       </c>
       <c r="C958" t="s">
-        <v>1463</v>
+        <v>1470</v>
       </c>
       <c r="D958" t="s">
-        <v>742</v>
+        <v>1286</v>
       </c>
       <c r="E958" t="s">
-        <v>948</v>
+        <v>395</v>
       </c>
       <c r="F958"/>
-      <c r="G958"/>
+      <c r="G958" t="s">
+        <v>1328</v>
+      </c>
     </row>
     <row r="959" spans="1:7">
       <c r="A959" t="s">
-        <v>1464</v>
+        <v>1459</v>
       </c>
       <c r="B959" t="s">
-        <v>1465</v>
+        <v>1436</v>
       </c>
       <c r="C959" t="s">
-        <v>1466</v>
+        <v>1471</v>
       </c>
       <c r="D959" t="s">
-        <v>1301</v>
+        <v>1296</v>
       </c>
       <c r="E959" t="s">
-        <v>429</v>
+        <v>115</v>
       </c>
       <c r="F959"/>
       <c r="G959"/>
     </row>
     <row r="960" spans="1:7">
       <c r="A960" t="s">
-        <v>1464</v>
+        <v>1459</v>
       </c>
       <c r="B960" t="s">
-        <v>1467</v>
+        <v>1472</v>
       </c>
       <c r="C960" t="s">
-        <v>1468</v>
+        <v>1473</v>
       </c>
       <c r="D960" t="s">
-        <v>1469</v>
+        <v>20</v>
       </c>
       <c r="E960" t="s">
-        <v>1470</v>
+        <v>21</v>
       </c>
       <c r="F960"/>
-      <c r="G960" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G960"/>
     </row>
     <row r="961" spans="1:7">
       <c r="A961" t="s">
-        <v>1464</v>
+        <v>1474</v>
       </c>
       <c r="B961" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="C961" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="D961" t="s">
-        <v>1291</v>
+        <v>20</v>
       </c>
       <c r="E961" t="s">
-        <v>479</v>
+        <v>21</v>
       </c>
       <c r="F961"/>
       <c r="G961"/>
     </row>
     <row r="962" spans="1:7">
       <c r="A962" t="s">
-        <v>1464</v>
+        <v>1476</v>
       </c>
       <c r="B962" t="s">
-        <v>1474</v>
+        <v>1477</v>
       </c>
       <c r="C962" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="D962" t="s">
-        <v>1291</v>
+        <v>20</v>
       </c>
       <c r="E962" t="s">
-        <v>396</v>
+        <v>21</v>
       </c>
       <c r="F962"/>
-      <c r="G962" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G962"/>
     </row>
     <row r="963" spans="1:7">
       <c r="A963" t="s">
-        <v>1464</v>
+        <v>1479</v>
       </c>
       <c r="B963" t="s">
-        <v>1441</v>
+        <v>1480</v>
       </c>
       <c r="C963" t="s">
-        <v>1476</v>
+        <v>1481</v>
       </c>
       <c r="D963" t="s">
-        <v>1301</v>
+        <v>140</v>
       </c>
       <c r="E963" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="F963"/>
       <c r="G963"/>
     </row>
     <row r="964" spans="1:7">
       <c r="A964" t="s">
-        <v>1464</v>
+        <v>1479</v>
       </c>
       <c r="B964" t="s">
-        <v>1477</v>
+        <v>1482</v>
       </c>
       <c r="C964" t="s">
-        <v>1478</v>
+        <v>1483</v>
       </c>
       <c r="D964" t="s">
-        <v>20</v>
+        <v>238</v>
       </c>
       <c r="E964" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F964"/>
       <c r="G964"/>
     </row>
     <row r="965" spans="1:7">
       <c r="A965" t="s">
         <v>1479</v>
       </c>
       <c r="B965" t="s">
-        <v>1479</v>
+        <v>1440</v>
       </c>
       <c r="C965" t="s">
-        <v>1480</v>
+        <v>1484</v>
       </c>
       <c r="D965" t="s">
-        <v>20</v>
+        <v>143</v>
       </c>
       <c r="E965" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F965"/>
       <c r="G965"/>
     </row>
     <row r="966" spans="1:7">
       <c r="A966" t="s">
-        <v>1481</v>
+        <v>1479</v>
       </c>
       <c r="B966" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
       <c r="C966" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="D966" t="s">
         <v>20</v>
       </c>
       <c r="E966" t="s">
         <v>21</v>
       </c>
       <c r="F966"/>
       <c r="G966"/>
     </row>
     <row r="967" spans="1:7">
       <c r="A967" t="s">
-        <v>1484</v>
+        <v>1479</v>
       </c>
       <c r="B967" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="C967" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="D967" t="s">
-        <v>140</v>
+        <v>1351</v>
       </c>
       <c r="E967" t="s">
-        <v>141</v>
+        <v>260</v>
       </c>
       <c r="F967"/>
       <c r="G967"/>
     </row>
     <row r="968" spans="1:7">
       <c r="A968" t="s">
-        <v>1484</v>
+        <v>1479</v>
       </c>
       <c r="B968" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="C968" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="D968" t="s">
-        <v>239</v>
+        <v>304</v>
       </c>
       <c r="E968" t="s">
         <v>141</v>
       </c>
       <c r="F968"/>
       <c r="G968"/>
     </row>
     <row r="969" spans="1:7">
       <c r="A969" t="s">
-        <v>1484</v>
+        <v>1479</v>
       </c>
       <c r="B969" t="s">
-        <v>1445</v>
+        <v>1491</v>
       </c>
       <c r="C969" t="s">
-        <v>1489</v>
+        <v>1492</v>
       </c>
       <c r="D969" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="E969" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F969"/>
       <c r="G969"/>
     </row>
     <row r="970" spans="1:7">
       <c r="A970" t="s">
-        <v>1484</v>
+        <v>1479</v>
       </c>
       <c r="B970" t="s">
-        <v>1490</v>
+        <v>1459</v>
       </c>
       <c r="C970" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="D970" t="s">
-        <v>20</v>
+        <v>1351</v>
       </c>
       <c r="E970" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F970"/>
       <c r="G970"/>
     </row>
     <row r="971" spans="1:7">
       <c r="A971" t="s">
-        <v>1484</v>
+        <v>1479</v>
       </c>
       <c r="B971" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="C971" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="D971" t="s">
-        <v>1356</v>
+        <v>140</v>
       </c>
       <c r="E971" t="s">
-        <v>261</v>
+        <v>141</v>
       </c>
       <c r="F971"/>
       <c r="G971"/>
     </row>
     <row r="972" spans="1:7">
       <c r="A972" t="s">
-        <v>1484</v>
+        <v>1479</v>
       </c>
       <c r="B972" t="s">
-        <v>1494</v>
+        <v>1467</v>
       </c>
       <c r="C972" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="D972" t="s">
-        <v>305</v>
+        <v>1286</v>
       </c>
       <c r="E972" t="s">
-        <v>141</v>
+        <v>395</v>
       </c>
       <c r="F972"/>
       <c r="G972"/>
     </row>
     <row r="973" spans="1:7">
       <c r="A973" t="s">
-        <v>1484</v>
+        <v>1497</v>
       </c>
       <c r="B973" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="C973" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="D973" t="s">
         <v>20</v>
       </c>
       <c r="E973" t="s">
         <v>21</v>
       </c>
       <c r="F973"/>
-      <c r="G973"/>
+      <c r="G973" t="s">
+        <v>1268</v>
+      </c>
     </row>
     <row r="974" spans="1:7">
       <c r="A974" t="s">
-        <v>1484</v>
+        <v>1497</v>
       </c>
       <c r="B974" t="s">
-        <v>1464</v>
+        <v>1497</v>
       </c>
       <c r="C974" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="D974" t="s">
-        <v>1356</v>
+        <v>20</v>
       </c>
       <c r="E974" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F974"/>
-      <c r="G974"/>
+      <c r="G974" t="s">
+        <v>659</v>
+      </c>
     </row>
     <row r="975" spans="1:7">
       <c r="A975" t="s">
-        <v>1484</v>
+        <v>1500</v>
       </c>
       <c r="B975" t="s">
-        <v>1499</v>
+        <v>1460</v>
       </c>
       <c r="C975" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="D975" t="s">
         <v>140</v>
       </c>
       <c r="E975" t="s">
         <v>141</v>
       </c>
       <c r="F975"/>
       <c r="G975"/>
     </row>
     <row r="976" spans="1:7">
       <c r="A976" t="s">
-        <v>1484</v>
+        <v>1500</v>
       </c>
       <c r="B976" t="s">
-        <v>1472</v>
+        <v>1460</v>
       </c>
       <c r="C976" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="D976" t="s">
-        <v>1291</v>
+        <v>238</v>
       </c>
       <c r="E976" t="s">
-        <v>396</v>
+        <v>141</v>
       </c>
       <c r="F976"/>
       <c r="G976"/>
     </row>
     <row r="977" spans="1:7">
       <c r="A977" t="s">
-        <v>1502</v>
+        <v>1500</v>
       </c>
       <c r="B977" t="s">
-        <v>1502</v>
+        <v>1476</v>
       </c>
       <c r="C977" t="s">
         <v>1503</v>
       </c>
       <c r="D977" t="s">
         <v>20</v>
       </c>
       <c r="E977" t="s">
         <v>21</v>
       </c>
       <c r="F977"/>
-      <c r="G977" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G977"/>
     </row>
     <row r="978" spans="1:7">
       <c r="A978" t="s">
-        <v>1502</v>
+        <v>1500</v>
       </c>
       <c r="B978" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="C978" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="D978" t="s">
-        <v>20</v>
+        <v>1506</v>
       </c>
       <c r="E978" t="s">
-        <v>21</v>
+        <v>160</v>
       </c>
       <c r="F978"/>
       <c r="G978" t="s">
-        <v>661</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="979" spans="1:7">
       <c r="A979" t="s">
-        <v>1505</v>
+        <v>1500</v>
       </c>
       <c r="B979" t="s">
-        <v>1465</v>
+        <v>1474</v>
       </c>
       <c r="C979" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="D979" t="s">
-        <v>140</v>
+        <v>238</v>
       </c>
       <c r="E979" t="s">
         <v>141</v>
       </c>
       <c r="F979"/>
       <c r="G979"/>
     </row>
     <row r="980" spans="1:7">
       <c r="A980" t="s">
-        <v>1505</v>
+        <v>1500</v>
       </c>
       <c r="B980" t="s">
-        <v>1465</v>
+        <v>1509</v>
       </c>
       <c r="C980" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="D980" t="s">
-        <v>239</v>
+        <v>1296</v>
       </c>
       <c r="E980" t="s">
-        <v>141</v>
+        <v>169</v>
       </c>
       <c r="F980"/>
       <c r="G980"/>
     </row>
     <row r="981" spans="1:7">
       <c r="A981" t="s">
-        <v>1505</v>
+        <v>1500</v>
       </c>
       <c r="B981" t="s">
-        <v>1481</v>
+        <v>1511</v>
       </c>
       <c r="C981" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
       <c r="D981" t="s">
         <v>20</v>
       </c>
       <c r="E981" t="s">
         <v>21</v>
       </c>
       <c r="F981"/>
       <c r="G981"/>
     </row>
     <row r="982" spans="1:7">
       <c r="A982" t="s">
-        <v>1505</v>
+        <v>1500</v>
       </c>
       <c r="B982" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="C982" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
       <c r="D982" t="s">
-        <v>1511</v>
+        <v>20</v>
       </c>
       <c r="E982" t="s">
-        <v>160</v>
+        <v>21</v>
       </c>
       <c r="F982"/>
-      <c r="G982" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G982"/>
     </row>
     <row r="983" spans="1:7">
       <c r="A983" t="s">
-        <v>1505</v>
+        <v>1500</v>
       </c>
       <c r="B983" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="C983" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="D983" t="s">
-        <v>239</v>
+        <v>20</v>
       </c>
       <c r="E983" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="F983"/>
       <c r="G983"/>
     </row>
     <row r="984" spans="1:7">
       <c r="A984" t="s">
-        <v>1505</v>
+        <v>1500</v>
       </c>
       <c r="B984" t="s">
-        <v>1514</v>
+        <v>1509</v>
       </c>
       <c r="C984" t="s">
         <v>1515</v>
       </c>
       <c r="D984" t="s">
-        <v>1301</v>
+        <v>1296</v>
       </c>
       <c r="E984" t="s">
-        <v>170</v>
+        <v>1516</v>
       </c>
       <c r="F984"/>
       <c r="G984"/>
     </row>
     <row r="985" spans="1:7">
       <c r="A985" t="s">
-        <v>1505</v>
+        <v>1500</v>
       </c>
       <c r="B985" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="C985" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="D985" t="s">
-        <v>20</v>
+        <v>143</v>
       </c>
       <c r="E985" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F985"/>
-      <c r="G985"/>
+      <c r="G985" t="s">
+        <v>458</v>
+      </c>
     </row>
     <row r="986" spans="1:7">
       <c r="A986" t="s">
-        <v>1505</v>
+        <v>1500</v>
       </c>
       <c r="B986" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
       <c r="C986" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="D986" t="s">
-        <v>20</v>
+        <v>140</v>
       </c>
       <c r="E986" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="F986"/>
       <c r="G986"/>
     </row>
     <row r="987" spans="1:7">
       <c r="A987" t="s">
-        <v>1505</v>
+        <v>1521</v>
       </c>
       <c r="B987" t="s">
-        <v>1485</v>
+        <v>1521</v>
       </c>
       <c r="C987" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
       <c r="D987" t="s">
         <v>20</v>
       </c>
       <c r="E987" t="s">
         <v>21</v>
       </c>
       <c r="F987"/>
-      <c r="G987"/>
+      <c r="G987" t="s">
+        <v>659</v>
+      </c>
     </row>
     <row r="988" spans="1:7">
       <c r="A988" t="s">
-        <v>1505</v>
+        <v>1523</v>
       </c>
       <c r="B988" t="s">
-        <v>1514</v>
+        <v>1523</v>
       </c>
       <c r="C988" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="D988" t="s">
-        <v>1301</v>
+        <v>136</v>
       </c>
       <c r="E988" t="s">
-        <v>1521</v>
+        <v>1431</v>
       </c>
       <c r="F988"/>
       <c r="G988"/>
     </row>
     <row r="989" spans="1:7">
       <c r="A989" t="s">
-        <v>1505</v>
+        <v>1523</v>
       </c>
       <c r="B989" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="C989" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="D989" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="E989" t="s">
-        <v>141</v>
+        <v>1431</v>
       </c>
       <c r="F989"/>
-      <c r="G989" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G989"/>
     </row>
     <row r="990" spans="1:7">
       <c r="A990" t="s">
-        <v>1505</v>
+        <v>1523</v>
       </c>
       <c r="B990" t="s">
-        <v>1524</v>
+        <v>1523</v>
       </c>
       <c r="C990" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="D990" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="E990" t="s">
-        <v>141</v>
+        <v>1431</v>
       </c>
       <c r="F990"/>
       <c r="G990"/>
     </row>
     <row r="991" spans="1:7">
       <c r="A991" t="s">
-        <v>1526</v>
+        <v>1523</v>
       </c>
       <c r="B991" t="s">
-        <v>1526</v>
+        <v>1523</v>
       </c>
       <c r="C991" t="s">
         <v>1527</v>
       </c>
       <c r="D991" t="s">
         <v>20</v>
       </c>
       <c r="E991" t="s">
         <v>21</v>
       </c>
       <c r="F991"/>
-      <c r="G991" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G991"/>
     </row>
     <row r="992" spans="1:7">
       <c r="A992" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B992" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C992" t="s">
         <v>1528</v>
       </c>
-      <c r="B992" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D992" t="s">
-        <v>136</v>
+        <v>20</v>
       </c>
       <c r="E992" t="s">
-        <v>1436</v>
+        <v>21</v>
       </c>
       <c r="F992"/>
       <c r="G992"/>
     </row>
     <row r="993" spans="1:7">
       <c r="A993" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="B993" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="C993" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="D993" t="s">
-        <v>136</v>
+        <v>1296</v>
       </c>
       <c r="E993" t="s">
-        <v>1436</v>
+        <v>1532</v>
       </c>
       <c r="F993"/>
-      <c r="G993"/>
+      <c r="G993" t="s">
+        <v>1533</v>
+      </c>
     </row>
     <row r="994" spans="1:7">
       <c r="A994" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="B994" t="s">
-        <v>1528</v>
+        <v>1446</v>
       </c>
       <c r="C994" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
       <c r="D994" t="s">
-        <v>136</v>
+        <v>564</v>
       </c>
       <c r="E994" t="s">
-        <v>1436</v>
+        <v>1535</v>
       </c>
       <c r="F994"/>
-      <c r="G994"/>
+      <c r="G994" t="s">
+        <v>1536</v>
+      </c>
     </row>
     <row r="995" spans="1:7">
       <c r="A995" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="B995" t="s">
-        <v>1528</v>
+        <v>1537</v>
       </c>
       <c r="C995" t="s">
-        <v>1532</v>
+        <v>1538</v>
       </c>
       <c r="D995" t="s">
-        <v>20</v>
+        <v>1539</v>
       </c>
       <c r="E995" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="F995"/>
       <c r="G995"/>
     </row>
     <row r="996" spans="1:7">
       <c r="A996" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="B996" t="s">
-        <v>1528</v>
+        <v>1497</v>
       </c>
       <c r="C996" t="s">
-        <v>1533</v>
+        <v>1540</v>
       </c>
       <c r="D996" t="s">
-        <v>20</v>
+        <v>621</v>
       </c>
       <c r="E996" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F996"/>
       <c r="G996"/>
     </row>
     <row r="997" spans="1:7">
       <c r="A997" t="s">
-        <v>1534</v>
+        <v>1529</v>
       </c>
       <c r="B997" t="s">
-        <v>1535</v>
+        <v>1541</v>
       </c>
       <c r="C997" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="D997" t="s">
-        <v>1301</v>
+        <v>1543</v>
       </c>
       <c r="E997" t="s">
-        <v>1537</v>
+        <v>370</v>
       </c>
       <c r="F997"/>
       <c r="G997" t="s">
-        <v>1538</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="998" spans="1:7">
       <c r="A998" t="s">
-        <v>1534</v>
+        <v>1529</v>
       </c>
       <c r="B998" t="s">
-        <v>1451</v>
+        <v>1544</v>
       </c>
       <c r="C998" t="s">
-        <v>1539</v>
+        <v>1545</v>
       </c>
       <c r="D998" t="s">
-        <v>566</v>
+        <v>1546</v>
       </c>
       <c r="E998" t="s">
-        <v>1540</v>
+        <v>1159</v>
       </c>
       <c r="F998"/>
       <c r="G998" t="s">
-        <v>1541</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="999" spans="1:7">
       <c r="A999" t="s">
-        <v>1534</v>
+        <v>1547</v>
       </c>
       <c r="B999" t="s">
-        <v>1542</v>
+        <v>1547</v>
       </c>
       <c r="C999" t="s">
-        <v>1543</v>
+        <v>1548</v>
       </c>
       <c r="D999" t="s">
-        <v>1544</v>
+        <v>20</v>
       </c>
       <c r="E999" t="s">
-        <v>110</v>
+        <v>21</v>
       </c>
       <c r="F999"/>
       <c r="G999"/>
     </row>
     <row r="1000" spans="1:7">
       <c r="A1000" t="s">
-        <v>1534</v>
+        <v>1549</v>
       </c>
       <c r="B1000" t="s">
-        <v>1502</v>
+        <v>1550</v>
       </c>
       <c r="C1000" t="s">
-        <v>1545</v>
+        <v>1551</v>
       </c>
       <c r="D1000" t="s">
-        <v>623</v>
+        <v>20</v>
       </c>
       <c r="E1000" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F1000"/>
       <c r="G1000"/>
     </row>
     <row r="1001" spans="1:7">
       <c r="A1001" t="s">
-        <v>1534</v>
+        <v>1549</v>
       </c>
       <c r="B1001" t="s">
-        <v>1546</v>
+        <v>1552</v>
       </c>
       <c r="C1001" t="s">
-        <v>1547</v>
+        <v>1553</v>
       </c>
       <c r="D1001" t="s">
-        <v>1548</v>
+        <v>20</v>
       </c>
       <c r="E1001" t="s">
-        <v>371</v>
+        <v>21</v>
       </c>
       <c r="F1001"/>
-      <c r="G1001" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G1001"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>