--- v0 (2026-02-07)
+++ v1 (2026-02-27)
@@ -12,178 +12,328 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="cder recall solr index" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="653">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="662">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Brand-Names</t>
   </si>
   <si>
     <t>Product-Description</t>
   </si>
   <si>
     <t>Recall-Reason-Description</t>
   </si>
   <si>
     <t>Company-Name</t>
   </si>
   <si>
     <t>Terminated-Recall</t>
   </si>
   <si>
+    <t>03/13/2025</t>
+  </si>
+  <si>
+    <t>Dr. Reddy’s</t>
+  </si>
+  <si>
+    <t>Levetiracetam in Sodium Chloride Injection</t>
+  </si>
+  <si>
+    <t>Mislabeling of infusion bag</t>
+  </si>
+  <si>
+    <t>Dr. Reddy’s Laboratories Ltd.</t>
+  </si>
+  <si>
     <t>07/07/2023</t>
   </si>
   <si>
     <t>Cipla</t>
   </si>
   <si>
     <t>Albuterol Sulfate Inhalation Aerosol, 90 mcg (200 Metered Inhalation)</t>
   </si>
   <si>
     <t>Failure to deliver the recommended dose</t>
   </si>
   <si>
     <t>Terminated</t>
   </si>
   <si>
+    <t>05/06/2025</t>
+  </si>
+  <si>
+    <t>Endurance Boost</t>
+  </si>
+  <si>
+    <t>Dietary supplement for male performance and energy</t>
+  </si>
+  <si>
+    <t>Undeclared Propoxyphenylsildenafil, Sildenafil</t>
+  </si>
+  <si>
+    <t>EnShiShiXiangNiShangMaoYouXianGongSi</t>
+  </si>
+  <si>
+    <t>04/18/2025</t>
+  </si>
+  <si>
+    <t>Amneal Pharmaceuticals LLC.</t>
+  </si>
+  <si>
+    <t>Ropivacaine Hydrochloride Injection, USP, 500mg/100mL IV bag</t>
+  </si>
+  <si>
+    <t>Product may contain an inert fiber identified as polypropylene fibers from the IV bag</t>
+  </si>
+  <si>
+    <t>11/01/2023</t>
+  </si>
+  <si>
+    <t>Rugby</t>
+  </si>
+  <si>
+    <t>OTC Ophthalmic Sterile Drops</t>
+  </si>
+  <si>
+    <t>Insanitary manufacturing conditions</t>
+  </si>
+  <si>
+    <t>The Harvard Drug Group, LLC dba Major Pharmaceutical and Rugby Laboratories</t>
+  </si>
+  <si>
+    <t>05/22/2025</t>
+  </si>
+  <si>
+    <t>UNAVY &amp; UMOVY</t>
+  </si>
+  <si>
+    <t>Unavy Acidio Hialuronico (30 caplets/850 mg) and Umovy Acidio Hialuronico (30 caplets/850 mg)</t>
+  </si>
+  <si>
+    <t>The product contains undeclared Dexamethasone, Diclofenac and Omeprazole</t>
+  </si>
+  <si>
+    <t>UMARY USA</t>
+  </si>
+  <si>
+    <t>09/29/2022</t>
+  </si>
+  <si>
+    <t>Golden State Medical Supply, Incorporated</t>
+  </si>
+  <si>
+    <t>Clopidogrel 75mg Tablets, Atenolol 25mg Tablets</t>
+  </si>
+  <si>
+    <t>Due to Label Mix-up</t>
+  </si>
+  <si>
+    <t>06/06/2025</t>
+  </si>
+  <si>
+    <t>Zicam® and Orajel™</t>
+  </si>
+  <si>
+    <t>Cold Remedy Nasal Swabs, Nasal AllClear Swabs, Baby Teething Swabs</t>
+  </si>
+  <si>
+    <t>Microbial contamination</t>
+  </si>
+  <si>
+    <t>Church &amp; Dwight Co., Inc.</t>
+  </si>
+  <si>
+    <t>06/04/2025</t>
+  </si>
+  <si>
+    <t>Amneal</t>
+  </si>
+  <si>
+    <t>Sulfamethoxazole/Trimethoprim Tablets, USP, 400 mg/80 mg</t>
+  </si>
+  <si>
+    <t>Amneal Pharmaceutical LLC</t>
+  </si>
+  <si>
+    <t>03/28/2023</t>
+  </si>
+  <si>
+    <t>Midwest Cleaning Solutions, Clean Pro Supply, SOFT HANDS</t>
+  </si>
+  <si>
+    <t>Alcohol Antiseptic 80% Topical Solution Hand Sanitizer Non-sterile Solution; Isopropyl Alcohol Antiseptic 75% Topical Solution Hand Sanitizer Non-sterile Solution</t>
+  </si>
+  <si>
+    <t>Due to Presence of Methanol</t>
+  </si>
+  <si>
+    <t>Jarman’s Midwest Cleaning Systems, Inc.</t>
+  </si>
+  <si>
+    <t>01/24/2025</t>
+  </si>
+  <si>
+    <t>Provepharm Inc.</t>
+  </si>
+  <si>
+    <t>Phenylephrine hydrochloride Injection, USP, 10 mg/ mL</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety – Potential Foreign Material</t>
+  </si>
+  <si>
+    <t>02/25/2025</t>
+  </si>
+  <si>
+    <t>CAPS</t>
+  </si>
+  <si>
+    <t>Phenylephrine 40 mg added to 0.9% Sodium Chloride 250 mL in 250 mL Excel Bag</t>
+  </si>
+  <si>
+    <t>Due to visible black particulate matter</t>
+  </si>
+  <si>
+    <t>11/15/2023</t>
+  </si>
+  <si>
+    <t>Multiple brands</t>
+  </si>
+  <si>
+    <t>Lubricant Eye Drops &amp; Multi-Symptom Eye Drops</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety Potential Safety Concerns</t>
+  </si>
+  <si>
+    <t>Kilitch Healthcare India Limited</t>
+  </si>
+  <si>
+    <t>01/22/2024</t>
+  </si>
+  <si>
+    <t>01/24/2024</t>
+  </si>
+  <si>
+    <t>Robitussin</t>
+  </si>
+  <si>
+    <t>Cough syrups</t>
+  </si>
+  <si>
+    <t>Microbial Contamination</t>
+  </si>
+  <si>
+    <t>Haleon</t>
+  </si>
+  <si>
+    <t>01/29/2024</t>
+  </si>
+  <si>
+    <t>Neptune’s Fix</t>
+  </si>
+  <si>
+    <t>Neptune's Fix Elixir, Neptune's Fix Extra Strength Elixir, and Neptune's Fix Tablets</t>
+  </si>
+  <si>
+    <t>Undeclared Tianeptine</t>
+  </si>
+  <si>
+    <t>Neptune Resources, LLC</t>
+  </si>
+  <si>
+    <t>01/19/2022</t>
+  </si>
+  <si>
+    <t>Semglee</t>
+  </si>
+  <si>
+    <t>Insulin glargine injection), 100 units/ml (U-100), 3mL prefilled pens</t>
+  </si>
+  <si>
+    <t>Missing Label</t>
+  </si>
+  <si>
+    <t>Mylan Pharmaceutical Inc.</t>
+  </si>
+  <si>
+    <t>10/25/2022</t>
+  </si>
+  <si>
+    <t>Mylan Institutional LLC</t>
+  </si>
+  <si>
+    <t>Octreotide Acetate Injection, 500 mcg/mL</t>
+  </si>
+  <si>
+    <t>Due to glass particulates</t>
+  </si>
+  <si>
+    <t>Mylan Institutional LLC, a Viatris company</t>
+  </si>
+  <si>
     <t>01/08/2024</t>
   </si>
   <si>
     <t>Leiters, Compounding Health</t>
   </si>
   <si>
     <t>Vancomycin IV Bags, Phenylephrine IV Bags, and Fentanyl IV Bags</t>
   </si>
   <si>
     <t>Potential for superpotent drug</t>
   </si>
   <si>
     <t>Leiters Health</t>
   </si>
   <si>
-    <t>01/19/2022</t>
-[...76 lines deleted...]
-  <si>
     <t>02/02/2024</t>
   </si>
   <si>
     <t>TING®</t>
   </si>
   <si>
     <t>1% Tolnaftate Athlete’s Foot Spray Antifungal Spray Liquid</t>
   </si>
   <si>
     <t>Presence of benzene</t>
   </si>
   <si>
     <t>Insight Pharmaceuticals</t>
   </si>
   <si>
     <t>02/05/2024</t>
   </si>
   <si>
     <t>Sustain, Schwinnng</t>
   </si>
   <si>
     <t>Sustain and Schwinnng brand male enhancement capsules</t>
   </si>
   <si>
     <t>Products contain undeclared Tadalafil and Nortadalafil</t>
@@ -224,1058 +374,1052 @@
   <si>
     <t>Metformin Hydrochloride for Extended-Release Tablets, USP 500 mg and 750 mg</t>
   </si>
   <si>
     <t>Due to the Detection of N-Nitrosodimethylamine (NDMA) Impurity</t>
   </si>
   <si>
     <t>Marksans Pharma Limited</t>
   </si>
   <si>
     <t>10/02/2020</t>
   </si>
   <si>
     <t>Smart Care</t>
   </si>
   <si>
     <t>Hand sanitizer packaged in 0.84 oz. pouches</t>
   </si>
   <si>
     <t>Product is packaged in containers resembling a food and drink pouch</t>
   </si>
   <si>
     <t>Ashtel Studios</t>
   </si>
   <si>
+    <t>02/26/2024</t>
+  </si>
+  <si>
+    <t>Eye ointment products</t>
+  </si>
+  <si>
+    <t>Due to Potential Lack of Sterility Assurance.</t>
+  </si>
+  <si>
+    <t>Brassica Pharma Pvt. Ltd.</t>
+  </si>
+  <si>
     <t>03/12/2024</t>
   </si>
   <si>
     <t>Par Pharmaceutical</t>
   </si>
   <si>
     <t>Treprostinil 20mg/20mL Injection</t>
   </si>
   <si>
     <t>Potential Presence of Silicone Particulate Matter</t>
   </si>
   <si>
     <t>Endo International, Par Pharmaceutical</t>
   </si>
   <si>
-    <t>02/26/2024</t>
-[...8 lines deleted...]
-    <t>Brassica Pharma Pvt. Ltd.</t>
+    <t>03/28/2024</t>
+  </si>
+  <si>
+    <t>Eugia US LLC</t>
+  </si>
+  <si>
+    <t>Methocarbamol Injection, USP 1000 mg/10 mL (100mg/mL) (Single Dose Vial)</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety – Presence of Particulate Matter</t>
+  </si>
+  <si>
+    <t>03/20/2024</t>
+  </si>
+  <si>
+    <t>Various</t>
+  </si>
+  <si>
+    <t>Dietary supplements for sexual enhancement</t>
+  </si>
+  <si>
+    <t>Undeclared Sildenafil and/or Tadalafil</t>
+  </si>
+  <si>
+    <t>Pyramid Wholesale</t>
+  </si>
+  <si>
+    <t>07/02/2020</t>
+  </si>
+  <si>
+    <t>Mystic Shield</t>
+  </si>
+  <si>
+    <t>Mystic Shield Protection Topical Solution</t>
+  </si>
+  <si>
+    <t>Undeclared methanol</t>
+  </si>
+  <si>
+    <t>Transliquid Technologies LLC</t>
+  </si>
+  <si>
+    <t>04/05/2024</t>
+  </si>
+  <si>
+    <t>Fendall 2000</t>
+  </si>
+  <si>
+    <t>Non-Sterile Eyewash Cartridge</t>
+  </si>
+  <si>
+    <t>Non-compliance with current good manufacturing practice (cGMP) requirements.</t>
+  </si>
+  <si>
+    <t>Honeywell Safety Products USA</t>
+  </si>
+  <si>
+    <t>Aruba Aloe</t>
+  </si>
+  <si>
+    <t>Hand Sanitizer Gel and Alcoholada Gel</t>
+  </si>
+  <si>
+    <t>Product contains methanol</t>
+  </si>
+  <si>
+    <t>Aruba Aloe Balm N.V.</t>
   </si>
   <si>
     <t>04/01/2024</t>
   </si>
   <si>
     <t>AVpak</t>
   </si>
   <si>
     <t>Atovaquone Oral Suspension, USP 750mg/5mL</t>
   </si>
   <si>
     <t>Potential Bacillus cereus contamination</t>
   </si>
   <si>
     <t>AvKARE, LLC</t>
   </si>
   <si>
     <t>06/29/2022</t>
   </si>
   <si>
     <t>Bryant Ranch Prepack Inc.</t>
   </si>
   <si>
     <t>Morphine Sulfate 30 mg Extended-Release tablets</t>
   </si>
   <si>
     <t>Incorrect labeling</t>
   </si>
   <si>
-    <t>04/05/2024</t>
-[...67 lines deleted...]
-  <si>
     <t>08/31/2023</t>
   </si>
   <si>
     <t>Marlex Pharmaceuticals, Inc.</t>
   </si>
   <si>
     <t>Digoxin Tablets USP, 0.125mg and 0.25mg</t>
   </si>
   <si>
     <t>Label Mix-Up</t>
   </si>
   <si>
     <t>04/23/2024</t>
   </si>
   <si>
     <t>Schwinnng</t>
   </si>
   <si>
     <t>Herbal Dietary Supplement</t>
   </si>
   <si>
     <t>Product is tainted with Nortadalafil</t>
   </si>
   <si>
     <t>STOP CLOPEZ CORP</t>
   </si>
   <si>
-    <t>Dr. Reddy’s</t>
-[...1 lines deleted...]
-  <si>
     <t>Sapropterin Dihydrochloride Powder for Oral Solution 100 mg</t>
   </si>
   <si>
     <t>Decreased Potency</t>
   </si>
   <si>
     <t>Dr. Reddy’s Laboratories Inc</t>
   </si>
   <si>
     <t>09/22/2023</t>
   </si>
   <si>
     <t>VistaPharm</t>
   </si>
   <si>
     <t>Sucralfate Oral Suspension 1g/10mL</t>
   </si>
   <si>
     <t>Potential contamination with Bacillus cereus</t>
   </si>
   <si>
     <t>06/05/2024</t>
   </si>
   <si>
     <t>StellaLife Inc.</t>
   </si>
   <si>
     <t>Homeopathic StellaLife Oral Care Products</t>
   </si>
   <si>
-    <t>Microbial contamination</t>
-[...1 lines deleted...]
-  <si>
     <t>HomeoCare Laboratories Inc.</t>
   </si>
   <si>
+    <t>04/02/2024</t>
+  </si>
+  <si>
+    <t>ForeverMen</t>
+  </si>
+  <si>
+    <t>Natural Energy Boost</t>
+  </si>
+  <si>
+    <t>Product is tainted with sildenafil and tadalafil</t>
+  </si>
+  <si>
+    <t>FAonline Inc</t>
+  </si>
+  <si>
     <t>06/26/2024</t>
   </si>
   <si>
     <t>Blue Point Laboratories</t>
   </si>
   <si>
     <t>Potassium Chloride Extended Release 750mg Capsules, 100 count and 500 count</t>
   </si>
   <si>
     <t>Failed dissolution</t>
   </si>
   <si>
     <t>American Health Packaging</t>
   </si>
   <si>
+    <t>06/11/2024</t>
+  </si>
+  <si>
+    <t>Ram It, To The Moon</t>
+  </si>
+  <si>
+    <t>Dietary Supplements for Male Sexual Enhancement</t>
+  </si>
+  <si>
+    <t>Integrity Products</t>
+  </si>
+  <si>
+    <t>05/22/2024</t>
+  </si>
+  <si>
+    <t>Hospira</t>
+  </si>
+  <si>
+    <t>Buprenorphine Hydrochloride Injection Carpuject Units and Labetalol Hydrochloride Injection, USP Carpuject Units</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety – Potential Packaging Defect</t>
+  </si>
+  <si>
+    <t>Hospira Inc.</t>
+  </si>
+  <si>
+    <t>05/29/2024</t>
+  </si>
+  <si>
+    <t>Sagent</t>
+  </si>
+  <si>
+    <t>Docetaxel Injection, USP</t>
+  </si>
+  <si>
+    <t>Potential presence of particulate matter</t>
+  </si>
+  <si>
+    <t>Sagent Pharmaceuticals</t>
+  </si>
+  <si>
     <t>08/07/2020</t>
   </si>
   <si>
     <t>Gelbac T</t>
   </si>
   <si>
     <t>Antibacterial Handgel</t>
   </si>
   <si>
     <t>Methanol Contamination</t>
   </si>
   <si>
     <t>Incredible Products Sa de Cv</t>
   </si>
   <si>
+    <t>06/14/2023</t>
+  </si>
+  <si>
+    <t>Major Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>Dronabinol Capsules 2.5mg and Ziprasidone Hydrochloride Capsules 20mg</t>
+  </si>
+  <si>
+    <t>Packaging may contain incorrect product due to labeling mix-up</t>
+  </si>
+  <si>
+    <t>The Harvard Drug Group, LLC d/b/a Major Pharmaceutical and Rugby Laboratories</t>
+  </si>
+  <si>
     <t>06/12/2024</t>
   </si>
   <si>
     <t>Suntegrity</t>
   </si>
   <si>
     <t>Sunscreen foundation</t>
   </si>
   <si>
     <t>Higher than acceptable microbiological mold count</t>
   </si>
   <si>
     <t>Suntegrity Skincare</t>
   </si>
   <si>
-    <t>04/02/2024</t>
-[...70 lines deleted...]
-  <si>
     <t>07/15/2024</t>
   </si>
   <si>
     <t>Umary</t>
   </si>
   <si>
     <t>Umary Acido Hialuronica, Suplemento Alimenticio – 30 Capletas de 850mg</t>
   </si>
   <si>
     <t>Tainted with the drug ingredients, diclofenac and omeprazole</t>
   </si>
   <si>
     <t>SoloVital.com</t>
   </si>
   <si>
     <t>07/12/2024</t>
   </si>
   <si>
     <t>Supercore Products Group</t>
   </si>
   <si>
     <t>Dietary Supplements for Male Sexual Enhancement.</t>
   </si>
   <si>
     <t>Tainted with Sildenafil and Acetaminophen.</t>
   </si>
   <si>
     <t>07/16/2024</t>
   </si>
   <si>
     <t>Infla-650</t>
   </si>
   <si>
     <t>Infla-650 Herbal Dietary Supplement Capsules</t>
   </si>
   <si>
     <t>Tainted with the drug ingredients:   acetaminophen, diclofenac and phenylbutazone</t>
   </si>
   <si>
     <t>Guru Inc.</t>
   </si>
   <si>
     <t>07/22/2024</t>
   </si>
   <si>
+    <t>Hikma</t>
+  </si>
+  <si>
+    <t>Acetaminophen Injection 1,000 mg per 100 mL (10 mg/mL) 100 mL</t>
+  </si>
+  <si>
+    <t>Potential presence of Dexmedetomidine HCL Injection (400mcg/100mL) inside the overwrap that is labelled Acetaminophen Injection, 1000mg/100mL, (10mg/mL).</t>
+  </si>
+  <si>
+    <t>Hikma Pharmaceuticals PLC</t>
+  </si>
+  <si>
     <t>Umary Acido Hialuronico, Suplemento Alimenticio</t>
   </si>
   <si>
     <t>Undeclared Drug Ingredients: Diclofenac and Omeprazole</t>
   </si>
   <si>
     <t>Main Products, Inc.</t>
   </si>
   <si>
     <t>07/24/2024</t>
   </si>
   <si>
     <t>Healthy Living</t>
   </si>
   <si>
     <t>Migraine Relief Acetaminophen 250mg, Aspirin (NSAID) 250mg &amp; Caffeine 65mg tablets</t>
   </si>
   <si>
     <t>Device &amp; Drug Safety - Mislabeling</t>
   </si>
   <si>
     <t>Aurobindo Pharma USA, Inc.</t>
   </si>
   <si>
-    <t>Hikma</t>
-[...10 lines deleted...]
-  <si>
     <t>08/06/2024</t>
   </si>
   <si>
     <t>Baxter</t>
   </si>
   <si>
     <t>Heparin Sodium in 0.9% Sodium Chloride Injection</t>
   </si>
   <si>
     <t>Elevated endotoxin levels</t>
   </si>
   <si>
     <t>Baxter International Inc</t>
   </si>
   <si>
+    <t>10/19/2017</t>
+  </si>
+  <si>
+    <t>A1</t>
+  </si>
+  <si>
+    <t>Dietary Supplement A1 Slim</t>
+  </si>
+  <si>
+    <t>Unapproved new drug; tainted with sibutramine, phenolphthalein and N-Desmethyl sibutramine</t>
+  </si>
+  <si>
+    <t>Kiriko, LLC</t>
+  </si>
+  <si>
+    <t>12/17/2018</t>
+  </si>
+  <si>
+    <t>Envoachem Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>Dyural-40 and Dyural-80</t>
+  </si>
+  <si>
+    <t>Due to Latex Hazard</t>
+  </si>
+  <si>
+    <t>Asclemed USA Inc dba Envoachem Pharmeceuticals</t>
+  </si>
+  <si>
+    <t>05/03/2019</t>
+  </si>
+  <si>
+    <t>Heritage</t>
+  </si>
+  <si>
+    <t>Losartan Potassium Tablets USP</t>
+  </si>
+  <si>
+    <t>Due to the detection of N-Nitroso-N-methyl-4-aminobutyric acid (NMBA)</t>
+  </si>
+  <si>
+    <t>Vivimed</t>
+  </si>
+  <si>
+    <t>09/30/2020</t>
+  </si>
+  <si>
+    <t>Cleaner</t>
+  </si>
+  <si>
+    <t>Cleaner Hand Sanitizer</t>
+  </si>
+  <si>
+    <t>Potential Presence of Methanol (Wood Alcohol)</t>
+  </si>
+  <si>
+    <t>Estado de México, México, DMM VISSION, S.A. de C.V</t>
+  </si>
+  <si>
+    <t>07/19/2021</t>
+  </si>
+  <si>
+    <t>CHANTIX</t>
+  </si>
+  <si>
+    <t>Smoking cessation treatment</t>
+  </si>
+  <si>
+    <t>N-Nitroso Varenicline content above ADI level</t>
+  </si>
+  <si>
+    <t>Pfizer</t>
+  </si>
+  <si>
+    <t>09/16/2021</t>
+  </si>
+  <si>
+    <t>Varenicline tablets</t>
+  </si>
+  <si>
+    <t>N-nitroso-varenicline above acceptable daily intake level</t>
+  </si>
+  <si>
+    <t>09/26/2021</t>
+  </si>
+  <si>
+    <t>Lilly</t>
+  </si>
+  <si>
+    <t>Glucagon Emergency Kit</t>
+  </si>
+  <si>
+    <t>Loss of potency</t>
+  </si>
+  <si>
+    <t>Eli Lilly and Company</t>
+  </si>
+  <si>
+    <t>03/25/2021</t>
+  </si>
+  <si>
+    <t>Imperial</t>
+  </si>
+  <si>
+    <t>Dietary Supplement for Male Enhancement</t>
+  </si>
+  <si>
+    <t>Undeclared Sildenafil &amp; Tadalafil</t>
+  </si>
+  <si>
+    <t>S&amp;B Shopper LLC</t>
+  </si>
+  <si>
+    <t>09/23/2020</t>
+  </si>
+  <si>
+    <t>Riomet ER</t>
+  </si>
+  <si>
+    <t>Metformin Hydrochloride for Extended-Release Oral Suspension</t>
+  </si>
+  <si>
+    <t>Sun Pharmaceutical Industries</t>
+  </si>
+  <si>
+    <t>07/08/2020</t>
+  </si>
+  <si>
+    <t>Lupin</t>
+  </si>
+  <si>
+    <t>Metformin Hydrochloride Extended-Release Tablets, 500mg and 1000mg</t>
+  </si>
+  <si>
+    <t>N-Nitrosodimethylamine (NDMA) Impurity</t>
+  </si>
+  <si>
+    <t>Lupin Pharmaceuticals, Inc.</t>
+  </si>
+  <si>
+    <t>08/04/2020</t>
+  </si>
+  <si>
+    <t>Command Brands</t>
+  </si>
+  <si>
+    <t>Hand Sanitizer</t>
+  </si>
+  <si>
+    <t>Roque Plast S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>07/14/2020</t>
+  </si>
+  <si>
+    <t>Bersih</t>
+  </si>
+  <si>
+    <t>Hand Sanitizer Gel</t>
+  </si>
+  <si>
+    <t>Potential Methanol Contamination</t>
+  </si>
+  <si>
+    <t>Soluciones Cosmeticas</t>
+  </si>
+  <si>
+    <t>04/22/2022</t>
+  </si>
+  <si>
+    <t>Accupril (Quinapril HCl) tablets 10mg, 20mg, 40 mg</t>
+  </si>
+  <si>
+    <t>Due to N-Nitroso-Quinapril Content</t>
+  </si>
+  <si>
+    <t>06/29/2020</t>
+  </si>
+  <si>
+    <t>Saniderm</t>
+  </si>
+  <si>
+    <t>Advanced Hand Sanitizer, 70% alcohol content</t>
+  </si>
+  <si>
+    <t>Potential presence of methanol (wood alcohol)</t>
+  </si>
+  <si>
+    <t>UVT, INC.</t>
+  </si>
+  <si>
+    <t>bio aaa</t>
+  </si>
+  <si>
+    <t>Potential Undeclared Methanol Contamination</t>
+  </si>
+  <si>
+    <t>AAA Cosmetica, S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>07/06/2020</t>
+  </si>
+  <si>
+    <t>All Clean</t>
+  </si>
+  <si>
+    <t>Hand sanitizer</t>
+  </si>
+  <si>
+    <t>Potential presence of methanol (wood alcohol).</t>
+  </si>
+  <si>
+    <t>ITECH 361</t>
+  </si>
+  <si>
+    <t>07/20/2020</t>
+  </si>
+  <si>
+    <t>Optimus</t>
+  </si>
+  <si>
+    <t>LIQ-E S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>12/31/2020</t>
+  </si>
+  <si>
+    <t>GUM Paroex</t>
+  </si>
+  <si>
+    <t>Paroex Chlorhexidine Gluconate Oral Rinse, 15 mL unit dose cups</t>
+  </si>
+  <si>
+    <t>Potential contamination with Burkholderia lata</t>
+  </si>
+  <si>
+    <t>Precision Dose Inc.</t>
+  </si>
+  <si>
+    <t>12/21/2022</t>
+  </si>
+  <si>
+    <t>Quinapril 20 and 40 mg tablets</t>
+  </si>
+  <si>
+    <t>Presence of nitrosamine impurity, N-Nitroso-Quinapril</t>
+  </si>
+  <si>
+    <t>Lupin Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t>07/28/2020</t>
+  </si>
+  <si>
+    <t>Herbacil</t>
+  </si>
+  <si>
+    <t>Undeclared Methanol</t>
+  </si>
+  <si>
+    <t>Broncolin S.A. de C.V</t>
+  </si>
+  <si>
+    <t>02/08/2018</t>
+  </si>
+  <si>
+    <t>Super Panther 7K</t>
+  </si>
+  <si>
+    <t>Dietary Supplement</t>
+  </si>
+  <si>
+    <t>Unapproved new drug</t>
+  </si>
+  <si>
+    <t>Ultra Shop Supplement</t>
+  </si>
+  <si>
+    <t>06/05/2020</t>
+  </si>
+  <si>
+    <t>Actavis</t>
+  </si>
+  <si>
+    <t>Metformin Hydrochloride Extended-Release Tablets, USP 500mg and 750mg</t>
+  </si>
+  <si>
+    <t>Due to detection of N-Nitrosodimethylamine (NDMA)</t>
+  </si>
+  <si>
+    <t>Teva Pharmaceuticals USA Inc.</t>
+  </si>
+  <si>
     <t>06/11/2019</t>
   </si>
   <si>
     <t>GSMS Inc.</t>
   </si>
   <si>
     <t>Losartan potassium tablets</t>
   </si>
   <si>
     <t>Detection of an impurity – N-Nitroso-N-methyl-4-aminobutyric acid (NMBA)</t>
   </si>
   <si>
     <t>Teva Pharmaceuticals USA, Inc.</t>
   </si>
   <si>
-    <t>06/05/2020</t>
-[...11 lines deleted...]
-    <t>Teva Pharmaceuticals USA Inc.</t>
+    <t>03/22/2018</t>
+  </si>
+  <si>
+    <t>BD</t>
+  </si>
+  <si>
+    <t>Vacutainer tubes</t>
+  </si>
+  <si>
+    <t>Inaccurate lead test results</t>
+  </si>
+  <si>
+    <t>06/27/2020</t>
+  </si>
+  <si>
+    <t>Advanced Hand Sanitizer</t>
+  </si>
+  <si>
+    <t>May contain methanol (wood alcohol)</t>
+  </si>
+  <si>
+    <t>Saniderm Products</t>
+  </si>
+  <si>
+    <t>07/27/2020</t>
+  </si>
+  <si>
+    <t>Resource Recover &amp; Trading, LLC</t>
+  </si>
+  <si>
+    <t>Undeclared Methanol subpotency ethyl alcohol</t>
+  </si>
+  <si>
+    <t>Resource Recovery &amp; Trading, LLC</t>
+  </si>
+  <si>
+    <t>Assured, Blumen, Modesa</t>
+  </si>
+  <si>
+    <t>4e Brands North America</t>
+  </si>
+  <si>
+    <t>08/09/2020</t>
+  </si>
+  <si>
+    <t>07/13/2020</t>
+  </si>
+  <si>
+    <t>Blumen</t>
+  </si>
+  <si>
+    <t>08/20/2020</t>
+  </si>
+  <si>
+    <t>FLORANCE MORRIS</t>
+  </si>
+  <si>
+    <t>Antiseptic Hand Sanitizer, 70% Alcohol</t>
+  </si>
+  <si>
+    <t>Grupo Asimex de Mexico SA de CV</t>
+  </si>
+  <si>
+    <t>08/18/2020</t>
+  </si>
+  <si>
+    <t>Nuuxsan, Modesa, more</t>
+  </si>
+  <si>
+    <t>ALBEK de Mexico S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>08/28/2020</t>
+  </si>
+  <si>
+    <t>Harmonic Nature</t>
+  </si>
+  <si>
+    <t>Product contains 1 propanol</t>
+  </si>
+  <si>
+    <t>HARMONIC NATURE S. DE R.L. Mi</t>
   </si>
   <si>
     <t>08/31/2020</t>
   </si>
   <si>
     <t>Always Be Clean, Just</t>
   </si>
   <si>
-    <t>Hand Sanitizer</t>
-[...1 lines deleted...]
-  <si>
     <t>Products labeled to contain methanol</t>
   </si>
   <si>
     <t>Open Book Extracts</t>
   </si>
   <si>
-    <t>08/28/2020</t>
-[...38 lines deleted...]
-    <t>Sun Pharmaceutical Industries</t>
+    <t>Bayshore Pharmaceuticals, LLC</t>
+  </si>
+  <si>
+    <t>Metformin Hydrochloride Extended-Release Tablets USP, 500 mg &amp; 750 mg</t>
+  </si>
+  <si>
+    <t>08/01/2020</t>
+  </si>
+  <si>
+    <t>Jaloma</t>
+  </si>
+  <si>
+    <t>Laboratorios Jaloma S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>07/24/2020</t>
+  </si>
+  <si>
+    <t>Born Basic, Scent Theory and more</t>
+  </si>
+  <si>
+    <t>Real Clean Distribuciones SA de CV</t>
+  </si>
+  <si>
+    <t>09/16/2022</t>
+  </si>
+  <si>
+    <t>Colgate</t>
+  </si>
+  <si>
+    <t>Toothpaste</t>
+  </si>
+  <si>
+    <t>Product was stored outside of labeled temperature requirements</t>
+  </si>
+  <si>
+    <t>Family Dollar</t>
+  </si>
+  <si>
+    <t>Yacana</t>
+  </si>
+  <si>
+    <t>Yacana Hand Sanitizer, 70% Alcohol</t>
+  </si>
+  <si>
+    <t>Potential Presence of Methanol (Wood Alcohol) and sub-potent ethanol</t>
+  </si>
+  <si>
+    <t>Grupo Yacana México S.A.S de C.V.</t>
+  </si>
+  <si>
+    <t>08/25/2020</t>
+  </si>
+  <si>
+    <t>V-Klean, Medical Minded, Protz</t>
+  </si>
+  <si>
+    <t>Potential presence of methanol (wood alcohol) and subpotent ethanol levels</t>
+  </si>
+  <si>
+    <t>Asiaticon SA de CV</t>
+  </si>
+  <si>
+    <t>08/15/2020</t>
+  </si>
+  <si>
+    <t>SkinGuard24</t>
+  </si>
+  <si>
+    <t>All Day Hand Sanitizer</t>
+  </si>
+  <si>
+    <t>Contains Methanol</t>
+  </si>
+  <si>
+    <t>SG24 LLC</t>
   </si>
   <si>
     <t>08/08/2024</t>
   </si>
   <si>
     <t>B Braun</t>
   </si>
   <si>
     <t>0.9% Sodium Chloride for Injection USP 1000 mL in E3 containers</t>
   </si>
   <si>
     <t>Potential for particulate matter and fluid leakage of the containers</t>
   </si>
   <si>
     <t>B. Braun Medical Inc.</t>
   </si>
   <si>
-    <t>08/04/2020</t>
-[...209 lines deleted...]
-    <t>07/24/2020</t>
+    <t>08/26/2020</t>
+  </si>
+  <si>
+    <t>Zanilast+</t>
+  </si>
+  <si>
+    <t>Product contains 1-propanol.</t>
+  </si>
+  <si>
+    <t>Nanomateriales, SA de CV</t>
   </si>
   <si>
     <t>Shine &amp; Clean</t>
   </si>
   <si>
-    <t>Potential presence of methanol (wood alcohol)</t>
-[...1 lines deleted...]
-  <si>
     <t>Maquiladora Miniara, S.A. de C.V.</t>
   </si>
   <si>
-    <t>08/01/2020</t>
-[...152 lines deleted...]
-    <t>Kiriko, LLC</t>
+    <t>01/28/2022</t>
+  </si>
+  <si>
+    <t>Auromedics</t>
+  </si>
+  <si>
+    <t>Polymyxin B for Injection USP, 500,000 Units/Vial</t>
+  </si>
+  <si>
+    <t>Presence of Particulate Matter</t>
+  </si>
+  <si>
+    <t>AuroMedics Pharma LLC</t>
+  </si>
+  <si>
+    <t>02/13/2023</t>
+  </si>
+  <si>
+    <t>PrimeZEN</t>
+  </si>
+  <si>
+    <t>PrimeZEN Black 6000 male enhancement capsules</t>
+  </si>
+  <si>
+    <t>Product contains undeclared tadalafil and sildenafil</t>
+  </si>
+  <si>
+    <t>Volt Candy</t>
+  </si>
+  <si>
+    <t>09/19/2022</t>
+  </si>
+  <si>
+    <t>Antica Farmacista</t>
+  </si>
+  <si>
+    <t>Ocean Citron Hand Sanitizer</t>
+  </si>
+  <si>
+    <t>Product contains benzene</t>
+  </si>
+  <si>
+    <t>Salon Technologies International Inc.</t>
+  </si>
+  <si>
+    <t>08/24/2024</t>
+  </si>
+  <si>
+    <t>Bloodline</t>
+  </si>
+  <si>
+    <t>Water Based Tattoo Pigments</t>
+  </si>
+  <si>
+    <t>Contaminated with high concentrations of microorganisms</t>
+  </si>
+  <si>
+    <t>Sierra Stain LLC</t>
+  </si>
+  <si>
+    <t>09/20/2024</t>
+  </si>
+  <si>
+    <t>Vail-Bon</t>
+  </si>
+  <si>
+    <t>Vail-Bon Jie Yang Wan</t>
+  </si>
+  <si>
+    <t>Product is tainted with dexamethasone and chlorpheniramine</t>
+  </si>
+  <si>
+    <t>123herbals</t>
   </si>
   <si>
     <t>11/23/2021</t>
   </si>
   <si>
     <t>Old Spice, Secret</t>
   </si>
   <si>
     <t>Old Spice and Secret Aerosol Sprays</t>
   </si>
   <si>
     <t>Due to the presence of benzene</t>
   </si>
   <si>
     <t>The Proctor &amp; Gamble Company</t>
   </si>
   <si>
-    <t>12/21/2022</t>
-[...109 lines deleted...]
-  <si>
     <t>01/25/2024</t>
   </si>
   <si>
     <t>Zendedi</t>
   </si>
   <si>
     <t>dextroamphetamine sulfate tablets, 30 mg</t>
   </si>
   <si>
     <t>Mislabeled package</t>
   </si>
   <si>
     <t>Azurity Pharmaceuticals, Inc.</t>
   </si>
   <si>
     <t>09/18/2024</t>
   </si>
   <si>
     <t>BionPharma</t>
   </si>
   <si>
     <t>Atovaquone Oral Suspension, 750 mg/mL</t>
   </si>
   <si>
     <t>Product found to be contaminated with Cohnella bacteria</t>
@@ -1304,717 +1448,600 @@
   <si>
     <t>AK Forte</t>
   </si>
   <si>
     <t>AK Forte Dietary Supplement</t>
   </si>
   <si>
     <t>Device &amp; Drug Safety – Unapproved Drug</t>
   </si>
   <si>
     <t>C&amp;A Naturistics</t>
   </si>
   <si>
     <t>STASKA Pharmaceuticals</t>
   </si>
   <si>
     <t>Ascorbic Acid Solution for Injection</t>
   </si>
   <si>
     <t>Device &amp; Drug Safety – Presence of glass particulates</t>
   </si>
   <si>
     <t>STASKA Pharmaceuticals Inc.</t>
   </si>
   <si>
+    <t>11/21/2024</t>
+  </si>
+  <si>
+    <t>UMARY Hyaluronic Acid tablets</t>
+  </si>
+  <si>
+    <t>The product contains undeclared diclofenac and omeprazole</t>
+  </si>
+  <si>
+    <t>MXBBB</t>
+  </si>
+  <si>
+    <t>11/05/2024</t>
+  </si>
+  <si>
+    <t>Boulla LLC</t>
+  </si>
+  <si>
+    <t>Marketed as Dietary Supplement</t>
+  </si>
+  <si>
+    <t>Undeclared Sildenafil and Diclofenac</t>
+  </si>
+  <si>
+    <t>11/06/2024</t>
+  </si>
+  <si>
+    <t>VitalityVita</t>
+  </si>
+  <si>
+    <t>12/13/2024</t>
+  </si>
+  <si>
+    <t>Buy-herbal.com</t>
+  </si>
+  <si>
+    <t>Nhan Sam Tuyet Lien Truy Phong Hoan dietary supplement capsules</t>
+  </si>
+  <si>
+    <t>12/20/2024</t>
+  </si>
+  <si>
+    <t>Adrenalin® Chloride Solution (EPINEPHrine nasal solution, USP)</t>
+  </si>
+  <si>
+    <t>Product is an unapproved drug.</t>
+  </si>
+  <si>
+    <t>Endo, Inc.</t>
+  </si>
+  <si>
+    <t>12/23/2024</t>
+  </si>
+  <si>
+    <t>Systane</t>
+  </si>
+  <si>
+    <t>Lubricant Eye Drugs</t>
+  </si>
+  <si>
+    <t>Due to Fungal Contamination</t>
+  </si>
+  <si>
+    <t>Alcon Laboratories</t>
+  </si>
+  <si>
+    <t>12/16/2024</t>
+  </si>
+  <si>
+    <t>Force Forever</t>
+  </si>
+  <si>
+    <t>Product contains undeclared diclofenac and dexamethasone</t>
+  </si>
+  <si>
+    <t>GNMART Inc</t>
+  </si>
+  <si>
+    <t>12/24/2024</t>
+  </si>
+  <si>
+    <t>Astellas</t>
+  </si>
+  <si>
+    <t>Tacrolimus and Tacrolimus Extended-Release capsules</t>
+  </si>
+  <si>
+    <t>Bottles may contain empty capsules.</t>
+  </si>
+  <si>
+    <t>Astellas Pharma US, Inc.</t>
+  </si>
+  <si>
+    <t>12/18/2024</t>
+  </si>
+  <si>
+    <t>Fouzee</t>
+  </si>
+  <si>
+    <t>SugarLin Herbal Formula Herbal Dietary Supplement</t>
+  </si>
+  <si>
+    <t>Product contains undeclared Metformin and Glyburide</t>
+  </si>
+  <si>
+    <t>Shoppers-Plaza</t>
+  </si>
+  <si>
     <t>07/17/2024</t>
   </si>
   <si>
     <t>Clonazepam Orally Disintegrating Tablets, USP (C-IV) 0.25 mg tablets</t>
   </si>
   <si>
     <t>Mislabeled with the incorrect strength on the carton</t>
   </si>
   <si>
     <t>Endo USA, Inc</t>
   </si>
   <si>
-    <t>11/06/2024</t>
-[...116 lines deleted...]
-    <t>Device &amp; Drug Safety – Potential Foreign Material</t>
+    <t>10/02/2023</t>
+  </si>
+  <si>
+    <t>4.2% Sodium Bicarbonate Injection, USP, 1% Lidocaine HCl Injection, USP, and 2% Lidocaine HCl Injection, USP</t>
+  </si>
+  <si>
+    <t>Potential Presence of Glass Particulates</t>
+  </si>
+  <si>
+    <t>Hospira, Inc.</t>
+  </si>
+  <si>
+    <t>SinuCleanse</t>
+  </si>
+  <si>
+    <t>Soft Tip Squeeze Bottle Nasal Wash System</t>
+  </si>
+  <si>
+    <t>Microbial contamination of the product with Staphylococcus aureus (S. aureus)</t>
+  </si>
+  <si>
+    <t>Ascent Consumer Products Inc.</t>
+  </si>
+  <si>
+    <t>02/20/2025</t>
+  </si>
+  <si>
+    <t>Vitality</t>
+  </si>
+  <si>
+    <t>Vitality male enhancement dietary supplement capsules</t>
+  </si>
+  <si>
+    <t>Undeclared Sildenafil and Tadalafil</t>
+  </si>
+  <si>
+    <t>One Source Nutrition</t>
+  </si>
+  <si>
+    <t>03/03/2025</t>
+  </si>
+  <si>
+    <t>02/14/2025</t>
+  </si>
+  <si>
+    <t>ICU Medical</t>
+  </si>
+  <si>
+    <t>POTASSIUM CHLORIDE Inj. 20 mEq and 10 mEq</t>
+  </si>
+  <si>
+    <t>Bags of POTASSIUM CHLORIDE Inj. 20 mEq have incorrect overwrap labels which state POTASSIUM CHLORIDE Inj. 10 mEq.</t>
+  </si>
+  <si>
+    <t>02/26/2025</t>
+  </si>
+  <si>
+    <t>Natural Dior LLC</t>
+  </si>
+  <si>
+    <t>Undeclared Tadalafil</t>
   </si>
   <si>
     <t>01/31/2025</t>
   </si>
   <si>
     <t>Alvogen</t>
   </si>
   <si>
     <t>Fentanyl Transdermal System 25 mcg/h transdermal patches</t>
   </si>
   <si>
     <t>There is potential that patches could be multi-stacked, adhered one on top of the other, in a single product pouch</t>
   </si>
   <si>
     <t>Alvogen, Inc.</t>
   </si>
   <si>
-    <t>10/02/2023</t>
-[...85 lines deleted...]
-  <si>
     <t>02/18/2025</t>
   </si>
   <si>
     <t>ChloraPrep Clear 1 mL applicator skin preparation product</t>
   </si>
   <si>
     <t>Potential for fungal contamination under certain environmental conditions allowing the growth of Aspergillus penicillioides</t>
   </si>
   <si>
     <t>07/31/2023</t>
   </si>
   <si>
     <t>Tydemy oral contraceptive</t>
   </si>
   <si>
     <t>Out of Specification Results</t>
   </si>
   <si>
-    <t>02/20/2025</t>
-[...82 lines deleted...]
-  <si>
     <t>06/27/2025</t>
   </si>
   <si>
     <t>Sandoz</t>
   </si>
   <si>
     <t>Cefazolin for Injection, USP, 1 gm vial</t>
   </si>
   <si>
     <t>Potential Presence of Penicillin G Potassium Injection Vial</t>
   </si>
   <si>
     <t>Sandoz Inc.</t>
   </si>
   <si>
     <t>07/14/2025</t>
   </si>
   <si>
     <t>Nostrum Laboratories</t>
   </si>
   <si>
     <t>Sucralfate Tablets USP 1 gram</t>
   </si>
   <si>
     <t>Company closure and discontinuation of quality activities.</t>
   </si>
   <si>
     <t>Nostrum Laboratories, Inc.</t>
   </si>
   <si>
+    <t>06/08/2022</t>
+  </si>
+  <si>
+    <t>Major</t>
+  </si>
+  <si>
+    <t>Milk of Magnesia, Magnisium Hydroxide/Aluminum Hydroxide/Simethicone Oral Suspension</t>
+  </si>
+  <si>
+    <t>Due to microbial contamination</t>
+  </si>
+  <si>
+    <t>Plastikon Healthcare, LLC</t>
+  </si>
+  <si>
     <t>08/22/2022</t>
   </si>
   <si>
     <t>Propofol Injection Emulsion, USP</t>
   </si>
   <si>
     <t>Potential presence of visible particulate</t>
   </si>
   <si>
     <t>Hospira, Inc., a Pfizer Company</t>
   </si>
   <si>
-    <t>06/08/2022</t>
-[...11 lines deleted...]
-    <t>Plastikon Healthcare, LLC</t>
+    <t>08/28/2025</t>
+  </si>
+  <si>
+    <t>DermaRite</t>
+  </si>
+  <si>
+    <t>Hand Sanitizers, Cleansers, Skin Protectants, Deodorant</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety - Potential Burkholderia cepacian contamination</t>
+  </si>
+  <si>
+    <t>DermaRite Industries</t>
+  </si>
+  <si>
+    <t>08/09/2025</t>
+  </si>
+  <si>
+    <t>DermaKleen, Dermasarra, Kleenfoam, and Perigiene</t>
+  </si>
+  <si>
+    <t>OTC antiseptic lotion soaps, external analgesics, antimicrobial foam soaps, and antiseptic cleansers</t>
+  </si>
+  <si>
+    <t>Contamination with Burkholderia cepacia</t>
+  </si>
+  <si>
+    <t>DermaRite Industries, LL</t>
   </si>
   <si>
     <t>03/27/2024</t>
   </si>
   <si>
     <t>Vancomycin Hydrochloride for Oral Solution, USP, 250 mg/5mL</t>
   </si>
   <si>
     <t>Super potent due to bottles being overfilled</t>
   </si>
   <si>
     <t>Amneal Pharmaceuticals, LLC.</t>
   </si>
   <si>
     <t>12/27/2022</t>
   </si>
   <si>
     <t>Multiple brand names</t>
   </si>
   <si>
     <t>After Burn® Cream and First Aid Kits containing After Burn Cream</t>
   </si>
   <si>
     <t>Product is contaminated with Bacillus licheniformis and Bacillus sonorensis.</t>
   </si>
   <si>
     <t>GFA Production</t>
   </si>
   <si>
+    <t>06/25/2024</t>
+  </si>
+  <si>
+    <t>Glenmark</t>
+  </si>
+  <si>
+    <t>Glenmark Pharmaceuticals, Inc.</t>
+  </si>
+  <si>
+    <t>08/19/2025</t>
+  </si>
+  <si>
+    <t>B. Braun</t>
+  </si>
+  <si>
+    <t>Lactated Ringer’s Injection USP 1000 mL/0.9% Sodium Chloride Injection USP 1000 mL</t>
+  </si>
+  <si>
+    <t>Due to the presence of particulate matter.</t>
+  </si>
+  <si>
+    <t>B. Braun Medical, Inc.</t>
+  </si>
+  <si>
     <t>08/27/2025</t>
   </si>
   <si>
     <t>Unichem Pharmaceuticals</t>
   </si>
   <si>
     <t>Cyclobenzaprine Hydrochloride Tablets USP 10 mg</t>
   </si>
   <si>
     <t>Device &amp; Drug Safety – Mislabel</t>
   </si>
   <si>
-    <t>08/19/2025</t>
-[...41 lines deleted...]
-    <t>DermaRite Industries, LL</t>
+    <t>10/03/2023</t>
+  </si>
+  <si>
+    <t>KVK Tech</t>
+  </si>
+  <si>
+    <t>Betaxolol Tablets, USP</t>
+  </si>
+  <si>
+    <t>Potential Presence of Oxycodone HCl tablet</t>
+  </si>
+  <si>
+    <t>KVK-Tech, Inc.</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>Spectrum</t>
+  </si>
+  <si>
+    <t>Epinephrine bulk API</t>
+  </si>
+  <si>
+    <t>Product discoloration</t>
+  </si>
+  <si>
+    <t>Spectrum Laboratory Products Inc.</t>
+  </si>
+  <si>
+    <t>11/19/2024</t>
+  </si>
+  <si>
+    <t>Clonazepam Orally Disintegrating Tablets, USP (C-IV)</t>
+  </si>
+  <si>
+    <t>11/03/2025</t>
+  </si>
+  <si>
+    <t>20 mEq Potassium Chloride Injection</t>
+  </si>
+  <si>
+    <t>Potential for Potassium chloride overdose: 20 mEq Potassium Chloride Injection is Mislabeled As 10 mEq Potassium Chloride Injection</t>
+  </si>
+  <si>
+    <t>Otsuka ICU Medical LLC</t>
+  </si>
+  <si>
+    <t>11/07/2025</t>
+  </si>
+  <si>
+    <t>Fresenius Kabi</t>
+  </si>
+  <si>
+    <t>Famotidine Injection, USP 20 mg per 2 mL</t>
+  </si>
+  <si>
+    <t>Out-of-specification endotoxin results</t>
+  </si>
+  <si>
+    <t>Fresenius Kabi USA, LLC</t>
+  </si>
+  <si>
+    <t>02/18/2022</t>
+  </si>
+  <si>
+    <t>Numerous brand names</t>
+  </si>
+  <si>
+    <t>Numerous human food, animal (pet) food, medical devices, and drug products</t>
+  </si>
+  <si>
+    <t>Potential Salmonella contamination and presence of rodent activity at the distribution center</t>
+  </si>
+  <si>
+    <t>Family Dollar, Inc.</t>
+  </si>
+  <si>
+    <t>09/23/2024</t>
+  </si>
+  <si>
+    <t>Gilead</t>
+  </si>
+  <si>
+    <t>Veklury (remdesivir) for Injection</t>
+  </si>
+  <si>
+    <t>Due to Presence of Glass Particle</t>
+  </si>
+  <si>
+    <t>Gilead Sciences, Inc.</t>
+  </si>
+  <si>
+    <t>01/09/2026</t>
+  </si>
+  <si>
+    <t>Silintan</t>
+  </si>
+  <si>
+    <t>Dietary supplement capsules marketed for relief of joint and body aches</t>
+  </si>
+  <si>
+    <t>Unapproved new drug found to contain undeclared meloxicam</t>
+  </si>
+  <si>
+    <t>Anthony Trinh, 123Herbals LLC</t>
+  </si>
+  <si>
+    <t>12/22/2025</t>
+  </si>
+  <si>
+    <t>Virgo</t>
+  </si>
+  <si>
+    <t>Rheumacare Capsules</t>
+  </si>
+  <si>
+    <t>Elevated levels of lead</t>
+  </si>
+  <si>
+    <t>Handelnine Global Limited d/b/a Navafresh</t>
+  </si>
+  <si>
+    <t>12/10/2025</t>
+  </si>
+  <si>
+    <t>ReBoost</t>
+  </si>
+  <si>
+    <t>Nasal spray, 0.68 fl oz</t>
+  </si>
+  <si>
+    <t>Product has been found to contain yeast/mold and microbial contamination with one species identified as Achromobacter, at levels above specifications.</t>
+  </si>
+  <si>
+    <t>MediNatura New Mexico Inc.</t>
+  </si>
+  <si>
+    <t>12/26/2025</t>
+  </si>
+  <si>
+    <t>All FDA-regulated products held at facility including drugs, medical devices, cosmetics, dietary supplements, human food, and pet food</t>
+  </si>
+  <si>
+    <t>Potential Salmonella contamination, presence of rodent and avian contamination and insanitary conditions during the storage process.</t>
+  </si>
+  <si>
+    <t>Gold Star Distribution, Inc.</t>
+  </si>
+  <si>
+    <t>Modern Warrior</t>
+  </si>
+  <si>
+    <t>Dietary supplement capsules marketed for metabolism moosting, improving brain function, and reducing cravings</t>
+  </si>
+  <si>
+    <t>Unapproved new drug found to contain undeclared 1,4-DMAA and aniracetam, and tianeptine</t>
+  </si>
+  <si>
+    <t>12/16/2025</t>
+  </si>
+  <si>
+    <t>MR7 Super 700000</t>
+  </si>
+  <si>
+    <t>Dietary supplement for male enhancement</t>
+  </si>
+  <si>
+    <t>StuffbyNainax LLC</t>
+  </si>
+  <si>
+    <t>ReBoost, ClearLife</t>
   </si>
   <si>
     <t>08/29/2025</t>
   </si>
   <si>
     <t>Undeclared prescription drug-Tadalafil</t>
   </si>
   <si>
     <t>Green Lumber Holding, LLC.</t>
   </si>
   <si>
-    <t>11/19/2024</t>
-[...179 lines deleted...]
-    <t>Anthony Trinh, 123Herbals LLC</t>
+    <t>02/13/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2318,2891 +2345,2963 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F151"/>
+  <dimension ref="A1:F155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="181.527" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="F2" t="s">
         <v>10</v>
       </c>
+      <c r="F2"/>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
         <v>15</v>
       </c>
-      <c r="F3"/>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="F4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F4"/>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="F5"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
         <v>26</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>28</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>29</v>
       </c>
-      <c r="E6" t="s">
-[...2 lines deleted...]
-      <c r="F6"/>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
         <v>31</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>33</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="F7"/>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" t="s">
         <v>36</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E8" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="F8"/>
+        <v>36</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F9"/>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" t="s">
         <v>42</v>
       </c>
-      <c r="B10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F10"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E11" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="F11"/>
+        <v>52</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B12" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C12" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D12" t="s">
+        <v>56</v>
+      </c>
+      <c r="E12" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F12"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B13" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C13" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D13" t="s">
+        <v>60</v>
+      </c>
+      <c r="E13" t="s">
         <v>58</v>
       </c>
-      <c r="E13" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F13"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C14" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E14" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="F14"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D15" t="s">
+        <v>64</v>
+      </c>
+      <c r="E15" t="s">
         <v>65</v>
       </c>
-      <c r="B15" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F15"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" t="s">
         <v>70</v>
       </c>
-      <c r="B16" t="s">
+      <c r="E16" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
       <c r="F16"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" t="s">
+        <v>73</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
         <v>75</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="E17" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="F17"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" t="s">
+        <v>78</v>
+      </c>
+      <c r="C18" t="s">
         <v>79</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
         <v>80</v>
       </c>
-      <c r="C18" t="s">
+      <c r="E18" t="s">
         <v>81</v>
       </c>
-      <c r="D18" t="s">
-[...5 lines deleted...]
-      <c r="F18"/>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
+        <v>83</v>
+      </c>
+      <c r="C19" t="s">
         <v>84</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
         <v>85</v>
       </c>
-      <c r="C19" t="s">
+      <c r="E19" t="s">
         <v>86</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
+        <v>87</v>
+      </c>
+      <c r="B20" t="s">
         <v>88</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>89</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>90</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F20"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B21" t="s">
         <v>93</v>
       </c>
       <c r="C21" t="s">
         <v>94</v>
       </c>
       <c r="D21" t="s">
         <v>95</v>
       </c>
       <c r="E21" t="s">
         <v>96</v>
       </c>
       <c r="F21"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>97</v>
       </c>
       <c r="B22" t="s">
         <v>98</v>
       </c>
       <c r="C22" t="s">
         <v>99</v>
       </c>
       <c r="D22" t="s">
         <v>100</v>
       </c>
       <c r="E22" t="s">
         <v>101</v>
       </c>
-      <c r="F22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F22"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" t="s">
         <v>102</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>103</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>104</v>
       </c>
-      <c r="D23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="F23"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
+        <v>105</v>
+      </c>
+      <c r="B24" t="s">
+        <v>106</v>
+      </c>
+      <c r="C24" t="s">
         <v>107</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
         <v>108</v>
       </c>
-      <c r="C24" t="s">
+      <c r="E24" t="s">
         <v>109</v>
       </c>
-      <c r="D24" t="s">
-[...5 lines deleted...]
-      <c r="F24"/>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
+        <v>110</v>
+      </c>
+      <c r="B25" t="s">
         <v>111</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>112</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>113</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>114</v>
       </c>
-      <c r="E25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>115</v>
       </c>
       <c r="B26" t="s">
         <v>116</v>
       </c>
       <c r="C26" t="s">
         <v>117</v>
       </c>
       <c r="D26" t="s">
         <v>118</v>
       </c>
       <c r="E26" t="s">
         <v>119</v>
       </c>
-      <c r="F26"/>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B27" t="s">
-        <v>120</v>
+        <v>62</v>
       </c>
       <c r="C27" t="s">
         <v>121</v>
       </c>
       <c r="D27" t="s">
         <v>122</v>
       </c>
       <c r="E27" t="s">
         <v>123</v>
       </c>
       <c r="F27"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>124</v>
       </c>
       <c r="B28" t="s">
         <v>125</v>
       </c>
       <c r="C28" t="s">
         <v>126</v>
       </c>
       <c r="D28" t="s">
         <v>127</v>
       </c>
       <c r="E28" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="F28"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B29" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C29" t="s">
+        <v>131</v>
+      </c>
+      <c r="D29" t="s">
+        <v>132</v>
+      </c>
+      <c r="E29" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
       <c r="F29"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>133</v>
       </c>
       <c r="B30" t="s">
         <v>134</v>
       </c>
       <c r="C30" t="s">
         <v>135</v>
       </c>
       <c r="D30" t="s">
         <v>136</v>
       </c>
       <c r="E30" t="s">
         <v>137</v>
       </c>
       <c r="F30"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>138</v>
       </c>
       <c r="B31" t="s">
         <v>139</v>
       </c>
       <c r="C31" t="s">
         <v>140</v>
       </c>
       <c r="D31" t="s">
         <v>141</v>
       </c>
       <c r="E31" t="s">
         <v>142</v>
       </c>
       <c r="F31" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>143</v>
       </c>
       <c r="B32" t="s">
         <v>144</v>
       </c>
       <c r="C32" t="s">
         <v>145</v>
       </c>
       <c r="D32" t="s">
         <v>146</v>
       </c>
       <c r="E32" t="s">
         <v>147</v>
       </c>
       <c r="F32"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
+        <v>143</v>
+      </c>
+      <c r="B33" t="s">
         <v>148</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>149</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>150</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>151</v>
       </c>
-      <c r="E33" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F33"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
+        <v>152</v>
+      </c>
+      <c r="B34" t="s">
         <v>153</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>154</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>155</v>
       </c>
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>156</v>
       </c>
-      <c r="E34" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F34"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
+        <v>157</v>
+      </c>
+      <c r="B35" t="s">
         <v>158</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>159</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>160</v>
       </c>
-      <c r="D35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="F35"/>
+        <v>158</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
+        <v>161</v>
+      </c>
+      <c r="B36" t="s">
         <v>162</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>163</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>164</v>
       </c>
-      <c r="D36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="F36"/>
+        <v>162</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
+        <v>165</v>
+      </c>
+      <c r="B37" t="s">
+        <v>166</v>
+      </c>
+      <c r="C37" t="s">
         <v>167</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
         <v>168</v>
       </c>
-      <c r="C37" t="s">
+      <c r="E37" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="F37"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B38" t="s">
+        <v>7</v>
+      </c>
+      <c r="C38" t="s">
+        <v>170</v>
+      </c>
+      <c r="D38" t="s">
+        <v>171</v>
+      </c>
+      <c r="E38" t="s">
         <v>172</v>
-      </c>
-[...10 lines deleted...]
-        <v>176</v>
       </c>
       <c r="F38"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="B39" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C39" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D39" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="E39" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="F39"/>
+        <v>176</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B40" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="C40" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="D40" t="s">
-        <v>184</v>
+        <v>42</v>
       </c>
       <c r="E40" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="F40"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="B41" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="C41" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D41" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="E41" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="F41"/>
+        <v>185</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
+        <v>186</v>
+      </c>
+      <c r="B42" t="s">
+        <v>187</v>
+      </c>
+      <c r="C42" t="s">
+        <v>188</v>
+      </c>
+      <c r="D42" t="s">
+        <v>189</v>
+      </c>
+      <c r="E42" t="s">
         <v>190</v>
-      </c>
-[...10 lines deleted...]
-        <v>194</v>
       </c>
       <c r="F42"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="B43" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C43" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D43" t="s">
-        <v>197</v>
+        <v>184</v>
       </c>
       <c r="E43" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="F43"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
+        <v>195</v>
+      </c>
+      <c r="B44" t="s">
+        <v>196</v>
+      </c>
+      <c r="C44" t="s">
+        <v>197</v>
+      </c>
+      <c r="D44" t="s">
+        <v>198</v>
+      </c>
+      <c r="E44" t="s">
         <v>199</v>
-      </c>
-[...10 lines deleted...]
-        <v>203</v>
       </c>
       <c r="F44"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
+        <v>200</v>
+      </c>
+      <c r="B45" t="s">
+        <v>201</v>
+      </c>
+      <c r="C45" t="s">
+        <v>202</v>
+      </c>
+      <c r="D45" t="s">
+        <v>203</v>
+      </c>
+      <c r="E45" t="s">
         <v>204</v>
       </c>
-      <c r="B45" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F45"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
+        <v>205</v>
+      </c>
+      <c r="B46" t="s">
+        <v>206</v>
+      </c>
+      <c r="C46" t="s">
+        <v>207</v>
+      </c>
+      <c r="D46" t="s">
+        <v>208</v>
+      </c>
+      <c r="E46" t="s">
         <v>209</v>
       </c>
-      <c r="B46" t="s">
-[...11 lines deleted...]
-      <c r="F46"/>
+      <c r="F46" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
+        <v>210</v>
+      </c>
+      <c r="B47" t="s">
+        <v>211</v>
+      </c>
+      <c r="C47" t="s">
+        <v>212</v>
+      </c>
+      <c r="D47" t="s">
+        <v>213</v>
+      </c>
+      <c r="E47" t="s">
         <v>214</v>
       </c>
-      <c r="B47" t="s">
-[...11 lines deleted...]
-      <c r="F47"/>
+      <c r="F47" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
+        <v>215</v>
+      </c>
+      <c r="B48" t="s">
+        <v>216</v>
+      </c>
+      <c r="C48" t="s">
+        <v>217</v>
+      </c>
+      <c r="D48" t="s">
+        <v>218</v>
+      </c>
+      <c r="E48" t="s">
         <v>219</v>
-      </c>
-[...10 lines deleted...]
-        <v>223</v>
       </c>
       <c r="F48"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
+        <v>220</v>
+      </c>
+      <c r="B49" t="s">
+        <v>221</v>
+      </c>
+      <c r="C49" t="s">
+        <v>222</v>
+      </c>
+      <c r="D49" t="s">
+        <v>223</v>
+      </c>
+      <c r="E49" t="s">
         <v>224</v>
       </c>
-      <c r="B49" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F49"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="B50" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="C50" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D50" t="s">
-        <v>63</v>
+        <v>228</v>
       </c>
       <c r="E50" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>226</v>
+      </c>
+      <c r="F50"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
+        <v>229</v>
+      </c>
+      <c r="B51" t="s">
+        <v>230</v>
+      </c>
+      <c r="C51" t="s">
+        <v>231</v>
+      </c>
+      <c r="D51" t="s">
+        <v>232</v>
+      </c>
+      <c r="E51" t="s">
         <v>233</v>
-      </c>
-[...10 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F51"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
+        <v>234</v>
+      </c>
+      <c r="B52" t="s">
+        <v>235</v>
+      </c>
+      <c r="C52" t="s">
+        <v>236</v>
+      </c>
+      <c r="D52" t="s">
+        <v>237</v>
+      </c>
+      <c r="E52" t="s">
         <v>238</v>
       </c>
-      <c r="B52" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F52"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
+        <v>234</v>
+      </c>
+      <c r="B53" t="s">
+        <v>221</v>
+      </c>
+      <c r="C53" t="s">
+        <v>239</v>
+      </c>
+      <c r="D53" t="s">
+        <v>240</v>
+      </c>
+      <c r="E53" t="s">
         <v>241</v>
       </c>
-      <c r="B53" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F53"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
+        <v>242</v>
+      </c>
+      <c r="B54" t="s">
+        <v>243</v>
+      </c>
+      <c r="C54" t="s">
+        <v>244</v>
+      </c>
+      <c r="D54" t="s">
+        <v>245</v>
+      </c>
+      <c r="E54" t="s">
         <v>246</v>
-      </c>
-[...10 lines deleted...]
-        <v>250</v>
       </c>
       <c r="F54"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
+        <v>247</v>
+      </c>
+      <c r="B55" t="s">
+        <v>248</v>
+      </c>
+      <c r="C55" t="s">
+        <v>249</v>
+      </c>
+      <c r="D55" t="s">
+        <v>250</v>
+      </c>
+      <c r="E55" t="s">
         <v>251</v>
-      </c>
-[...10 lines deleted...]
-        <v>252</v>
       </c>
       <c r="F55"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
+        <v>252</v>
+      </c>
+      <c r="B56" t="s">
+        <v>253</v>
+      </c>
+      <c r="C56" t="s">
         <v>254</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
         <v>255</v>
       </c>
-      <c r="C56" t="s">
-[...2 lines deleted...]
-      <c r="D56" t="s">
+      <c r="E56" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="F56"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="B57" t="s">
         <v>258</v>
       </c>
       <c r="C57" t="s">
         <v>259</v>
       </c>
       <c r="D57" t="s">
-        <v>244</v>
+        <v>260</v>
       </c>
       <c r="E57" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F57"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B58" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C58" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D58" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E58" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F58"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B59" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C59" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D59" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E59" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F59"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B60" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C60" t="s">
-        <v>216</v>
+        <v>274</v>
       </c>
       <c r="D60" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="E60" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="F60"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="B61" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="C61" t="s">
-        <v>216</v>
+        <v>278</v>
       </c>
       <c r="D61" t="s">
-        <v>256</v>
+        <v>279</v>
       </c>
       <c r="E61" t="s">
         <v>276</v>
       </c>
       <c r="F61"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B62" t="s">
-        <v>242</v>
+        <v>281</v>
       </c>
       <c r="C62" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="D62" t="s">
-        <v>244</v>
+        <v>283</v>
       </c>
       <c r="E62" t="s">
-        <v>245</v>
+        <v>284</v>
       </c>
       <c r="F62"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="B63" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="C63" t="s">
-        <v>216</v>
+        <v>287</v>
       </c>
       <c r="D63" t="s">
-        <v>256</v>
+        <v>288</v>
       </c>
       <c r="E63" t="s">
-        <v>276</v>
+        <v>289</v>
       </c>
       <c r="F63"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B64" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C64" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="D64" t="s">
-        <v>283</v>
+        <v>113</v>
       </c>
       <c r="E64" t="s">
-        <v>284</v>
+        <v>293</v>
       </c>
       <c r="F64" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="B65" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="C65" t="s">
-        <v>287</v>
+        <v>296</v>
       </c>
       <c r="D65" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
       <c r="E65" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="F65"/>
+        <v>298</v>
+      </c>
+      <c r="F65" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="B66" t="s">
-        <v>286</v>
+        <v>300</v>
       </c>
       <c r="C66" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="D66" t="s">
-        <v>292</v>
+        <v>208</v>
       </c>
       <c r="E66" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="F66"/>
+        <v>302</v>
+      </c>
+      <c r="F66" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="B67" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="C67" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="D67" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="E67" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="F67"/>
+        <v>307</v>
+      </c>
+      <c r="F67" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="B68" t="s">
-        <v>299</v>
+        <v>276</v>
       </c>
       <c r="C68" t="s">
-        <v>216</v>
+        <v>309</v>
       </c>
       <c r="D68" t="s">
-        <v>244</v>
+        <v>310</v>
       </c>
       <c r="E68" t="s">
-        <v>300</v>
+        <v>276</v>
       </c>
       <c r="F68" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>241</v>
+        <v>311</v>
       </c>
       <c r="B69" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="C69" t="s">
-        <v>216</v>
+        <v>313</v>
       </c>
       <c r="D69" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="E69" t="s">
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="F69" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B70" t="s">
-        <v>305</v>
+        <v>316</v>
       </c>
       <c r="C70" t="s">
-        <v>221</v>
+        <v>301</v>
       </c>
       <c r="D70" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="E70" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
       <c r="F70" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>308</v>
+        <v>319</v>
       </c>
       <c r="B71" t="s">
-        <v>309</v>
+        <v>320</v>
       </c>
       <c r="C71" t="s">
-        <v>243</v>
+        <v>321</v>
       </c>
       <c r="D71" t="s">
-        <v>310</v>
+        <v>322</v>
       </c>
       <c r="E71" t="s">
-        <v>311</v>
+        <v>323</v>
       </c>
       <c r="F71" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>312</v>
+        <v>324</v>
       </c>
       <c r="B72" t="s">
-        <v>313</v>
+        <v>325</v>
       </c>
       <c r="C72" t="s">
-        <v>216</v>
+        <v>301</v>
       </c>
       <c r="D72" t="s">
-        <v>256</v>
+        <v>306</v>
       </c>
       <c r="E72" t="s">
-        <v>314</v>
+        <v>326</v>
       </c>
       <c r="F72" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>308</v>
+        <v>327</v>
       </c>
       <c r="B73" t="s">
-        <v>315</v>
+        <v>328</v>
       </c>
       <c r="C73" t="s">
-        <v>216</v>
+        <v>329</v>
       </c>
       <c r="D73" t="s">
-        <v>100</v>
+        <v>330</v>
       </c>
       <c r="E73" t="s">
-        <v>316</v>
+        <v>331</v>
       </c>
       <c r="F73" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>317</v>
+        <v>332</v>
       </c>
       <c r="B74" t="s">
-        <v>318</v>
+        <v>295</v>
       </c>
       <c r="C74" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="D74" t="s">
-        <v>320</v>
+        <v>334</v>
       </c>
       <c r="E74" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="F74"/>
+        <v>335</v>
+      </c>
+      <c r="F74" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="B75" t="s">
-        <v>323</v>
+        <v>337</v>
       </c>
       <c r="C75" t="s">
-        <v>324</v>
+        <v>301</v>
       </c>
       <c r="D75" t="s">
-        <v>325</v>
+        <v>338</v>
       </c>
       <c r="E75" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="F75"/>
+        <v>339</v>
+      </c>
+      <c r="F75" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>254</v>
+        <v>340</v>
       </c>
       <c r="B76" t="s">
-        <v>327</v>
+        <v>341</v>
       </c>
       <c r="C76" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="D76" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E76" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F76" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>331</v>
+        <v>345</v>
       </c>
       <c r="B77" t="s">
-        <v>332</v>
+        <v>346</v>
       </c>
       <c r="C77" t="s">
-        <v>216</v>
+        <v>347</v>
       </c>
       <c r="D77" t="s">
-        <v>333</v>
+        <v>348</v>
       </c>
       <c r="E77" t="s">
-        <v>334</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="F77"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="B78" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="C78" t="s">
-        <v>337</v>
+        <v>352</v>
       </c>
       <c r="D78" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E78" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F78" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>340</v>
+        <v>355</v>
       </c>
       <c r="B79" t="s">
-        <v>267</v>
+        <v>356</v>
       </c>
       <c r="C79" t="s">
-        <v>341</v>
+        <v>357</v>
       </c>
       <c r="D79" t="s">
-        <v>310</v>
+        <v>358</v>
       </c>
       <c r="E79" t="s">
-        <v>342</v>
-[...3 lines deleted...]
-      </c>
+        <v>356</v>
+      </c>
+      <c r="F79"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>343</v>
+        <v>359</v>
       </c>
       <c r="B80" t="s">
-        <v>289</v>
+        <v>312</v>
       </c>
       <c r="C80" t="s">
-        <v>344</v>
+        <v>360</v>
       </c>
       <c r="D80" t="s">
-        <v>345</v>
+        <v>361</v>
       </c>
       <c r="E80" t="s">
-        <v>289</v>
-[...3 lines deleted...]
-      </c>
+        <v>362</v>
+      </c>
+      <c r="F80"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>346</v>
+        <v>363</v>
       </c>
       <c r="B81" t="s">
-        <v>347</v>
+        <v>364</v>
       </c>
       <c r="C81" t="s">
-        <v>221</v>
+        <v>301</v>
       </c>
       <c r="D81" t="s">
-        <v>348</v>
+        <v>365</v>
       </c>
       <c r="E81" t="s">
-        <v>349</v>
-[...3 lines deleted...]
-      </c>
+        <v>366</v>
+      </c>
+      <c r="F81"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>350</v>
+        <v>363</v>
       </c>
       <c r="B82" t="s">
-        <v>351</v>
+        <v>367</v>
       </c>
       <c r="C82" t="s">
-        <v>352</v>
+        <v>301</v>
       </c>
       <c r="D82" t="s">
-        <v>353</v>
+        <v>338</v>
       </c>
       <c r="E82" t="s">
-        <v>354</v>
+        <v>368</v>
       </c>
       <c r="F82"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>355</v>
+        <v>369</v>
       </c>
       <c r="B83" t="s">
-        <v>356</v>
+        <v>304</v>
       </c>
       <c r="C83" t="s">
-        <v>357</v>
+        <v>305</v>
       </c>
       <c r="D83" t="s">
-        <v>358</v>
+        <v>306</v>
       </c>
       <c r="E83" t="s">
-        <v>356</v>
+        <v>307</v>
       </c>
       <c r="F83"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>359</v>
+        <v>370</v>
       </c>
       <c r="B84" t="s">
-        <v>360</v>
+        <v>371</v>
       </c>
       <c r="C84" t="s">
-        <v>361</v>
+        <v>301</v>
       </c>
       <c r="D84" t="s">
-        <v>362</v>
+        <v>338</v>
       </c>
       <c r="E84" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="F84"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="B85" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="C85" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="D85" t="s">
-        <v>367</v>
+        <v>306</v>
       </c>
       <c r="E85" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-      </c>
+        <v>375</v>
+      </c>
+      <c r="F85"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="B86" t="s">
-        <v>225</v>
+        <v>377</v>
       </c>
       <c r="C86" t="s">
-        <v>370</v>
+        <v>301</v>
       </c>
       <c r="D86" t="s">
-        <v>371</v>
+        <v>338</v>
       </c>
       <c r="E86" t="s">
-        <v>372</v>
-[...3 lines deleted...]
-      </c>
+        <v>378</v>
+      </c>
+      <c r="F86"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="B87" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="C87" t="s">
-        <v>375</v>
+        <v>321</v>
       </c>
       <c r="D87" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="E87" t="s">
-        <v>377</v>
-[...3 lines deleted...]
-      </c>
+        <v>382</v>
+      </c>
+      <c r="F87"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="B88" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="C88" t="s">
-        <v>216</v>
+        <v>301</v>
       </c>
       <c r="D88" t="s">
-        <v>256</v>
+        <v>385</v>
       </c>
       <c r="E88" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>386</v>
+      </c>
+      <c r="F88"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>381</v>
+        <v>372</v>
       </c>
       <c r="B89" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="C89" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="D89" t="s">
-        <v>384</v>
+        <v>113</v>
       </c>
       <c r="E89" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="F89"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="B90" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C90" t="s">
-        <v>388</v>
+        <v>301</v>
       </c>
       <c r="D90" t="s">
-        <v>389</v>
+        <v>338</v>
       </c>
       <c r="E90" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="F90"/>
+        <v>391</v>
+      </c>
+      <c r="F90" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B91" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C91" t="s">
-        <v>393</v>
+        <v>301</v>
       </c>
       <c r="D91" t="s">
+        <v>141</v>
+      </c>
+      <c r="E91" t="s">
         <v>394</v>
       </c>
-      <c r="E91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F91" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
+        <v>395</v>
+      </c>
+      <c r="B92" t="s">
         <v>396</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92" t="s">
         <v>397</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
         <v>398</v>
       </c>
-      <c r="D92" t="s">
+      <c r="E92" t="s">
         <v>399</v>
       </c>
-      <c r="E92" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F92"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
+        <v>376</v>
+      </c>
+      <c r="B93" t="s">
+        <v>400</v>
+      </c>
+      <c r="C93" t="s">
         <v>401</v>
       </c>
-      <c r="B93" t="s">
+      <c r="D93" t="s">
         <v>402</v>
       </c>
-      <c r="C93" t="s">
+      <c r="E93" t="s">
         <v>403</v>
       </c>
-      <c r="D93" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F93" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
+        <v>404</v>
+      </c>
+      <c r="B94" t="s">
+        <v>405</v>
+      </c>
+      <c r="C94" t="s">
+        <v>301</v>
+      </c>
+      <c r="D94" t="s">
         <v>406</v>
       </c>
-      <c r="B94" t="s">
+      <c r="E94" t="s">
         <v>407</v>
       </c>
-      <c r="C94" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F94" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
+        <v>408</v>
+      </c>
+      <c r="B95" t="s">
+        <v>409</v>
+      </c>
+      <c r="C95" t="s">
+        <v>410</v>
+      </c>
+      <c r="D95" t="s">
         <v>411</v>
       </c>
-      <c r="B95" t="s">
+      <c r="E95" t="s">
         <v>412</v>
       </c>
-      <c r="C95" t="s">
-[...8 lines deleted...]
-      <c r="F95"/>
+      <c r="F95" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
+        <v>413</v>
+      </c>
+      <c r="B96" t="s">
+        <v>414</v>
+      </c>
+      <c r="C96" t="s">
+        <v>415</v>
+      </c>
+      <c r="D96" t="s">
         <v>416</v>
       </c>
-      <c r="B96" t="s">
+      <c r="E96" t="s">
         <v>417</v>
       </c>
-      <c r="C96" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F96"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
+        <v>418</v>
+      </c>
+      <c r="B97" t="s">
+        <v>419</v>
+      </c>
+      <c r="C97" t="s">
+        <v>321</v>
+      </c>
+      <c r="D97" t="s">
+        <v>420</v>
+      </c>
+      <c r="E97" t="s">
         <v>421</v>
       </c>
-      <c r="B97" t="s">
-[...11 lines deleted...]
-      <c r="F97"/>
+      <c r="F97" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>421</v>
+        <v>392</v>
       </c>
       <c r="B98" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="C98" t="s">
-        <v>427</v>
+        <v>305</v>
       </c>
       <c r="D98" t="s">
-        <v>428</v>
+        <v>314</v>
       </c>
       <c r="E98" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="F98"/>
+        <v>423</v>
+      </c>
+      <c r="F98" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="B99" t="s">
-        <v>71</v>
+        <v>425</v>
       </c>
       <c r="C99" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="D99" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="E99" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="F99"/>
+        <v>428</v>
+      </c>
+      <c r="F99" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="B100" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="C100" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="D100" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="E100" t="s">
-        <v>435</v>
-[...1 lines deleted...]
-      <c r="F100"/>
+        <v>433</v>
+      </c>
+      <c r="F100" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="B101" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="C101" t="s">
         <v>436</v>
       </c>
       <c r="D101" t="s">
         <v>437</v>
       </c>
       <c r="E101" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="F101"/>
+        <v>438</v>
+      </c>
+      <c r="F101" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
+        <v>439</v>
+      </c>
+      <c r="B102" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="C102" t="s">
         <v>441</v>
       </c>
       <c r="D102" t="s">
         <v>442</v>
       </c>
       <c r="E102" t="s">
         <v>443</v>
       </c>
       <c r="F102"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>444</v>
       </c>
       <c r="B103" t="s">
         <v>445</v>
       </c>
       <c r="C103" t="s">
-        <v>282</v>
+        <v>446</v>
       </c>
       <c r="D103" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="E103" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="F103"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B104" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C104" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D104" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="E104" t="s">
-        <v>452</v>
-[...1 lines deleted...]
-      <c r="F104"/>
+        <v>453</v>
+      </c>
+      <c r="F104" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B105" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C105" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D105" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E105" t="s">
-        <v>457</v>
-[...1 lines deleted...]
-      <c r="F105"/>
+        <v>458</v>
+      </c>
+      <c r="F105" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B106" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C106" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D106" t="s">
-        <v>424</v>
+        <v>462</v>
       </c>
       <c r="E106" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="F106"/>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B107" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="C107" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="D107" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="E107" t="s">
-        <v>465</v>
-[...1 lines deleted...]
-      <c r="F107"/>
+        <v>468</v>
+      </c>
+      <c r="F107" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B108" t="s">
-        <v>71</v>
+        <v>470</v>
       </c>
       <c r="C108" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="D108" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="E108" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="F108"/>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B109" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C109" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="D109" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="E109" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="F109"/>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="B110" t="s">
-        <v>475</v>
+        <v>221</v>
       </c>
       <c r="C110" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="D110" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="E110" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="F110"/>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B111" t="s">
-        <v>163</v>
+        <v>483</v>
       </c>
       <c r="C111" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="D111" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="E111" t="s">
-        <v>482</v>
-[...3 lines deleted...]
-      </c>
+        <v>483</v>
+      </c>
+      <c r="F111"/>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="B112" t="s">
+        <v>487</v>
+      </c>
+      <c r="C112" t="s">
         <v>484</v>
       </c>
-      <c r="C112" t="s">
+      <c r="D112" t="s">
         <v>485</v>
       </c>
-      <c r="D112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E112" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F112"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B113" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C113" t="s">
+        <v>490</v>
+      </c>
+      <c r="D113" t="s">
+        <v>472</v>
+      </c>
+      <c r="E113" t="s">
         <v>489</v>
-      </c>
-[...4 lines deleted...]
-        <v>490</v>
       </c>
       <c r="F113"/>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
         <v>491</v>
       </c>
       <c r="B114" t="s">
+        <v>125</v>
+      </c>
+      <c r="C114" t="s">
         <v>492</v>
       </c>
-      <c r="C114" t="s">
+      <c r="D114" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="E114" t="s">
         <v>494</v>
       </c>
       <c r="F114"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
         <v>495</v>
       </c>
       <c r="B115" t="s">
         <v>496</v>
       </c>
       <c r="C115" t="s">
         <v>497</v>
       </c>
       <c r="D115" t="s">
         <v>498</v>
       </c>
       <c r="E115" t="s">
         <v>499</v>
       </c>
-      <c r="F115" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F115"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>483</v>
+        <v>500</v>
       </c>
       <c r="B116" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C116" t="s">
-        <v>501</v>
+        <v>342</v>
       </c>
       <c r="D116" t="s">
         <v>502</v>
       </c>
       <c r="E116" t="s">
         <v>503</v>
       </c>
       <c r="F116"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
         <v>504</v>
       </c>
       <c r="B117" t="s">
         <v>505</v>
       </c>
       <c r="C117" t="s">
         <v>506</v>
       </c>
       <c r="D117" t="s">
         <v>507</v>
       </c>
       <c r="E117" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F117"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B118" t="s">
-        <v>356</v>
+        <v>510</v>
       </c>
       <c r="C118" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="D118" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="E118" t="s">
-        <v>356</v>
+        <v>513</v>
       </c>
       <c r="F118"/>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="B119" t="s">
-        <v>228</v>
+        <v>125</v>
       </c>
       <c r="C119" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="D119" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="E119" t="s">
-        <v>228</v>
-[...3 lines deleted...]
-      </c>
+        <v>517</v>
+      </c>
+      <c r="F119"/>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="B120" t="s">
-        <v>515</v>
+        <v>196</v>
       </c>
       <c r="C120" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="D120" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="E120" t="s">
-        <v>518</v>
-[...1 lines deleted...]
-      <c r="F120"/>
+        <v>521</v>
+      </c>
+      <c r="F120" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>519</v>
+        <v>57</v>
       </c>
       <c r="B121" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C121" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="D121" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="E121" t="s">
-        <v>523</v>
-[...3 lines deleted...]
-      </c>
+        <v>525</v>
+      </c>
+      <c r="F121"/>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B122" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="C122" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="D122" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E122" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="F122"/>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
+        <v>531</v>
+      </c>
+      <c r="B123" t="s">
+        <v>527</v>
+      </c>
+      <c r="C123" t="s">
         <v>528</v>
       </c>
-      <c r="B123" t="s">
+      <c r="D123" t="s">
         <v>529</v>
       </c>
-      <c r="C123" t="s">
+      <c r="E123" t="s">
         <v>530</v>
-      </c>
-[...4 lines deleted...]
-        <v>532</v>
       </c>
       <c r="F123"/>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
+        <v>532</v>
+      </c>
+      <c r="B124" t="s">
         <v>533</v>
       </c>
-      <c r="B124" t="s">
+      <c r="C124" t="s">
         <v>534</v>
       </c>
-      <c r="C124" t="s">
+      <c r="D124" t="s">
         <v>535</v>
       </c>
-      <c r="D124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E124" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="F124"/>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
+        <v>536</v>
+      </c>
+      <c r="B125" t="s">
+        <v>537</v>
+      </c>
+      <c r="C125" t="s">
+        <v>342</v>
+      </c>
+      <c r="D125" t="s">
         <v>538</v>
       </c>
-      <c r="B125" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E125" t="s">
-        <v>539</v>
-[...3 lines deleted...]
-      </c>
+        <v>537</v>
+      </c>
+      <c r="F125"/>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
+        <v>539</v>
+      </c>
+      <c r="B126" t="s">
+        <v>540</v>
+      </c>
+      <c r="C126" t="s">
+        <v>541</v>
+      </c>
+      <c r="D126" t="s">
         <v>542</v>
       </c>
-      <c r="B126" t="s">
+      <c r="E126" t="s">
         <v>543</v>
-      </c>
-[...7 lines deleted...]
-        <v>546</v>
       </c>
       <c r="F126"/>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="B127" t="s">
-        <v>548</v>
+        <v>356</v>
       </c>
       <c r="C127" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="D127" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="E127" t="s">
-        <v>551</v>
+        <v>356</v>
       </c>
       <c r="F127"/>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B128" t="s">
-        <v>163</v>
+        <v>298</v>
       </c>
       <c r="C128" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="D128" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="E128" t="s">
-        <v>555</v>
+        <v>298</v>
       </c>
       <c r="F128" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="B129" t="s">
-        <v>557</v>
+        <v>551</v>
       </c>
       <c r="C129" t="s">
-        <v>558</v>
+        <v>552</v>
       </c>
       <c r="D129" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="E129" t="s">
-        <v>560</v>
-[...3 lines deleted...]
-      </c>
+        <v>554</v>
+      </c>
+      <c r="F129"/>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>561</v>
+        <v>555</v>
       </c>
       <c r="B130" t="s">
-        <v>488</v>
+        <v>556</v>
       </c>
       <c r="C130" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="D130" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="E130" t="s">
-        <v>564</v>
-[...3 lines deleted...]
-      </c>
+        <v>559</v>
+      </c>
+      <c r="F130"/>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="B131" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="C131" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="D131" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="E131" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="F131" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="B132" t="s">
-        <v>571</v>
+        <v>196</v>
       </c>
       <c r="C132" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="D132" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="E132" t="s">
-        <v>571</v>
-[...1 lines deleted...]
-      <c r="F132"/>
+        <v>568</v>
+      </c>
+      <c r="F132" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>574</v>
+        <v>569</v>
       </c>
       <c r="B133" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
       <c r="C133" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="D133" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
       <c r="E133" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
       <c r="F133"/>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>579</v>
+        <v>574</v>
       </c>
       <c r="B134" t="s">
-        <v>580</v>
+        <v>575</v>
       </c>
       <c r="C134" t="s">
-        <v>581</v>
+        <v>576</v>
       </c>
       <c r="D134" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c r="E134" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="F134"/>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="B135" t="s">
-        <v>585</v>
+        <v>45</v>
       </c>
       <c r="C135" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="D135" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="E135" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="F135"/>
+        <v>582</v>
+      </c>
+      <c r="F135" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>589</v>
+        <v>583</v>
       </c>
       <c r="B136" t="s">
-        <v>417</v>
+        <v>584</v>
       </c>
       <c r="C136" t="s">
-        <v>282</v>
+        <v>585</v>
       </c>
       <c r="D136" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="E136" t="s">
-        <v>591</v>
-[...1 lines deleted...]
-      <c r="F136"/>
+        <v>587</v>
+      </c>
+      <c r="F136" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="B137" t="s">
-        <v>71</v>
+        <v>589</v>
       </c>
       <c r="C137" t="s">
-        <v>593</v>
+        <v>188</v>
       </c>
       <c r="D137" t="s">
-        <v>432</v>
+        <v>189</v>
       </c>
       <c r="E137" t="s">
-        <v>469</v>
-[...3 lines deleted...]
-      </c>
+        <v>590</v>
+      </c>
+      <c r="F137"/>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
+        <v>591</v>
+      </c>
+      <c r="B138" t="s">
+        <v>592</v>
+      </c>
+      <c r="C138" t="s">
+        <v>593</v>
+      </c>
+      <c r="D138" t="s">
         <v>594</v>
       </c>
-      <c r="B138" t="s">
+      <c r="E138" t="s">
         <v>595</v>
-      </c>
-[...7 lines deleted...]
-        <v>598</v>
       </c>
       <c r="F138"/>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
+        <v>596</v>
+      </c>
+      <c r="B139" t="s">
+        <v>597</v>
+      </c>
+      <c r="C139" t="s">
+        <v>598</v>
+      </c>
+      <c r="D139" t="s">
         <v>599</v>
       </c>
-      <c r="B139" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E139" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="F139"/>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
+        <v>600</v>
+      </c>
+      <c r="B140" t="s">
+        <v>601</v>
+      </c>
+      <c r="C140" t="s">
+        <v>602</v>
+      </c>
+      <c r="D140" t="s">
         <v>603</v>
       </c>
-      <c r="B140" t="s">
+      <c r="E140" t="s">
         <v>604</v>
       </c>
-      <c r="C140" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F140" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
+        <v>605</v>
+      </c>
+      <c r="B141" t="s">
+        <v>606</v>
+      </c>
+      <c r="C141" t="s">
+        <v>607</v>
+      </c>
+      <c r="D141" t="s">
         <v>608</v>
       </c>
-      <c r="B141" t="s">
+      <c r="E141" t="s">
         <v>609</v>
       </c>
-      <c r="C141" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F141" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="B142" t="s">
-        <v>614</v>
+        <v>125</v>
       </c>
       <c r="C142" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="D142" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E142" t="s">
-        <v>617</v>
-[...1 lines deleted...]
-      <c r="F142"/>
+        <v>494</v>
+      </c>
+      <c r="F142" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>618</v>
+        <v>612</v>
       </c>
       <c r="B143" t="s">
-        <v>619</v>
+        <v>533</v>
       </c>
       <c r="C143" t="s">
-        <v>135</v>
+        <v>613</v>
       </c>
       <c r="D143" t="s">
-        <v>136</v>
+        <v>614</v>
       </c>
       <c r="E143" t="s">
-        <v>620</v>
+        <v>615</v>
       </c>
       <c r="F143"/>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>621</v>
+        <v>616</v>
       </c>
       <c r="B144" t="s">
-        <v>566</v>
+        <v>617</v>
       </c>
       <c r="C144" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="D144" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="E144" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="F144"/>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
+        <v>621</v>
+      </c>
+      <c r="B145" t="s">
+        <v>622</v>
+      </c>
+      <c r="C145" t="s">
+        <v>623</v>
+      </c>
+      <c r="D145" t="s">
+        <v>624</v>
+      </c>
+      <c r="E145" t="s">
         <v>625</v>
-      </c>
-[...10 lines deleted...]
-        <v>626</v>
       </c>
       <c r="F145"/>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
+        <v>626</v>
+      </c>
+      <c r="B146" t="s">
+        <v>627</v>
+      </c>
+      <c r="C146" t="s">
+        <v>628</v>
+      </c>
+      <c r="D146" t="s">
         <v>629</v>
       </c>
-      <c r="B146" t="s">
+      <c r="E146" t="s">
         <v>630</v>
       </c>
-      <c r="C146" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F146" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
+        <v>631</v>
+      </c>
+      <c r="B147" t="s">
+        <v>632</v>
+      </c>
+      <c r="C147" t="s">
+        <v>633</v>
+      </c>
+      <c r="D147" t="s">
         <v>634</v>
       </c>
-      <c r="B147" t="s">
+      <c r="E147" t="s">
         <v>635</v>
-      </c>
-[...7 lines deleted...]
-        <v>637</v>
       </c>
       <c r="F147"/>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="B148" t="s">
+        <v>637</v>
+      </c>
+      <c r="C148" t="s">
         <v>638</v>
       </c>
-      <c r="C148" t="s">
+      <c r="D148" t="s">
         <v>639</v>
       </c>
-      <c r="D148" t="s">
+      <c r="E148" t="s">
         <v>640</v>
-      </c>
-[...1 lines deleted...]
-        <v>641</v>
       </c>
       <c r="F148"/>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
+        <v>641</v>
+      </c>
+      <c r="B149" t="s">
         <v>642</v>
       </c>
-      <c r="B149" t="s">
+      <c r="C149" t="s">
         <v>643</v>
       </c>
-      <c r="C149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D149" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="E149" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="F149"/>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="B150" t="s">
-        <v>645</v>
+        <v>584</v>
       </c>
       <c r="C150" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D150" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="E150" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F150"/>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="B151" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C151" t="s">
+        <v>651</v>
+      </c>
+      <c r="D151" t="s">
+        <v>652</v>
+      </c>
+      <c r="E151" t="s">
         <v>650</v>
       </c>
-      <c r="D151" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F151"/>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152" t="s">
+        <v>653</v>
+      </c>
+      <c r="B152" t="s">
+        <v>654</v>
+      </c>
+      <c r="C152" t="s">
+        <v>655</v>
+      </c>
+      <c r="D152" t="s">
+        <v>529</v>
+      </c>
+      <c r="E152" t="s">
+        <v>656</v>
+      </c>
+      <c r="F152"/>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153" t="s">
+        <v>653</v>
+      </c>
+      <c r="B153" t="s">
+        <v>657</v>
+      </c>
+      <c r="C153" t="s">
+        <v>643</v>
+      </c>
+      <c r="D153" t="s">
+        <v>644</v>
+      </c>
+      <c r="E153" t="s">
+        <v>645</v>
+      </c>
+      <c r="F153"/>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154" t="s">
+        <v>658</v>
+      </c>
+      <c r="B154" t="s">
+        <v>465</v>
+      </c>
+      <c r="C154" t="s">
+        <v>342</v>
+      </c>
+      <c r="D154" t="s">
+        <v>659</v>
+      </c>
+      <c r="E154" t="s">
+        <v>660</v>
+      </c>
+      <c r="F154"/>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155" t="s">
+        <v>661</v>
+      </c>
+      <c r="B155" t="s">
+        <v>465</v>
+      </c>
+      <c r="C155" t="s">
+        <v>342</v>
+      </c>
+      <c r="D155" t="s">
+        <v>659</v>
+      </c>
+      <c r="E155" t="s">
+        <v>660</v>
+      </c>
+      <c r="F155"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>