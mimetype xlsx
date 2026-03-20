--- v1 (2026-02-27)
+++ v2 (2026-03-20)
@@ -12,2036 +12,2012 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="cder recall solr index" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="662">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="654">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Brand-Names</t>
   </si>
   <si>
     <t>Product-Description</t>
   </si>
   <si>
     <t>Recall-Reason-Description</t>
   </si>
   <si>
     <t>Company-Name</t>
   </si>
   <si>
     <t>Terminated-Recall</t>
   </si>
   <si>
-    <t>03/13/2025</t>
+    <t>07/07/2023</t>
+  </si>
+  <si>
+    <t>Cipla</t>
+  </si>
+  <si>
+    <t>Albuterol Sulfate Inhalation Aerosol, 90 mcg (200 Metered Inhalation)</t>
+  </si>
+  <si>
+    <t>Failure to deliver the recommended dose</t>
+  </si>
+  <si>
+    <t>Terminated</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
+    <t>Leiters, Compounding Health</t>
+  </si>
+  <si>
+    <t>Vancomycin IV Bags, Phenylephrine IV Bags, and Fentanyl IV Bags</t>
+  </si>
+  <si>
+    <t>Potential for superpotent drug</t>
+  </si>
+  <si>
+    <t>Leiters Health</t>
+  </si>
+  <si>
+    <t>01/19/2022</t>
+  </si>
+  <si>
+    <t>Semglee</t>
+  </si>
+  <si>
+    <t>Insulin glargine injection), 100 units/ml (U-100), 3mL prefilled pens</t>
+  </si>
+  <si>
+    <t>Missing Label</t>
+  </si>
+  <si>
+    <t>Mylan Pharmaceutical Inc.</t>
+  </si>
+  <si>
+    <t>10/25/2022</t>
+  </si>
+  <si>
+    <t>Mylan Institutional LLC</t>
+  </si>
+  <si>
+    <t>Octreotide Acetate Injection, 500 mcg/mL</t>
+  </si>
+  <si>
+    <t>Due to glass particulates</t>
+  </si>
+  <si>
+    <t>Mylan Institutional LLC, a Viatris company</t>
+  </si>
+  <si>
+    <t>01/24/2024</t>
+  </si>
+  <si>
+    <t>Robitussin</t>
+  </si>
+  <si>
+    <t>Cough syrups</t>
+  </si>
+  <si>
+    <t>Microbial Contamination</t>
+  </si>
+  <si>
+    <t>Haleon</t>
+  </si>
+  <si>
+    <t>11/15/2023</t>
+  </si>
+  <si>
+    <t>Multiple brands</t>
+  </si>
+  <si>
+    <t>Lubricant Eye Drops &amp; Multi-Symptom Eye Drops</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety Potential Safety Concerns</t>
+  </si>
+  <si>
+    <t>Kilitch Healthcare India Limited</t>
+  </si>
+  <si>
+    <t>01/22/2024</t>
+  </si>
+  <si>
+    <t>01/29/2024</t>
+  </si>
+  <si>
+    <t>Neptune’s Fix</t>
+  </si>
+  <si>
+    <t>Neptune's Fix Elixir, Neptune's Fix Extra Strength Elixir, and Neptune's Fix Tablets</t>
+  </si>
+  <si>
+    <t>Undeclared Tianeptine</t>
+  </si>
+  <si>
+    <t>Neptune Resources, LLC</t>
+  </si>
+  <si>
+    <t>02/02/2024</t>
+  </si>
+  <si>
+    <t>TING®</t>
+  </si>
+  <si>
+    <t>1% Tolnaftate Athlete’s Foot Spray Antifungal Spray Liquid</t>
+  </si>
+  <si>
+    <t>Presence of benzene</t>
+  </si>
+  <si>
+    <t>Insight Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>02/05/2024</t>
+  </si>
+  <si>
+    <t>Sustain, Schwinnng</t>
+  </si>
+  <si>
+    <t>Sustain and Schwinnng brand male enhancement capsules</t>
+  </si>
+  <si>
+    <t>Products contain undeclared Tadalafil and Nortadalafil</t>
+  </si>
+  <si>
+    <t>Today the World</t>
+  </si>
+  <si>
+    <t>Arize</t>
+  </si>
+  <si>
+    <t>Arize brand male enhancement capsules</t>
+  </si>
+  <si>
+    <t>Products contain undeclared Nortadalafil</t>
+  </si>
+  <si>
+    <t>01/30/2023</t>
+  </si>
+  <si>
+    <t>Banana Boat</t>
+  </si>
+  <si>
+    <t>Hair &amp; Scalp Spray SPF 30</t>
+  </si>
+  <si>
+    <t>Due to presence of benzene</t>
+  </si>
+  <si>
+    <t>Edgewell Personal Care</t>
+  </si>
+  <si>
+    <t>10/05/2020</t>
+  </si>
+  <si>
+    <t>Time-Cap Labs Inc.</t>
+  </si>
+  <si>
+    <t>Metformin Hydrochloride for Extended-Release Tablets, USP 500 mg and 750 mg</t>
+  </si>
+  <si>
+    <t>Due to the Detection of N-Nitrosodimethylamine (NDMA) Impurity</t>
+  </si>
+  <si>
+    <t>Marksans Pharma Limited</t>
+  </si>
+  <si>
+    <t>10/02/2020</t>
+  </si>
+  <si>
+    <t>Smart Care</t>
+  </si>
+  <si>
+    <t>Hand sanitizer packaged in 0.84 oz. pouches</t>
+  </si>
+  <si>
+    <t>Product is packaged in containers resembling a food and drink pouch</t>
+  </si>
+  <si>
+    <t>Ashtel Studios</t>
+  </si>
+  <si>
+    <t>03/12/2024</t>
+  </si>
+  <si>
+    <t>Par Pharmaceutical</t>
+  </si>
+  <si>
+    <t>Treprostinil 20mg/20mL Injection</t>
+  </si>
+  <si>
+    <t>Potential Presence of Silicone Particulate Matter</t>
+  </si>
+  <si>
+    <t>Endo International, Par Pharmaceutical</t>
+  </si>
+  <si>
+    <t>02/26/2024</t>
+  </si>
+  <si>
+    <t>Eye ointment products</t>
+  </si>
+  <si>
+    <t>Due to Potential Lack of Sterility Assurance.</t>
+  </si>
+  <si>
+    <t>Brassica Pharma Pvt. Ltd.</t>
+  </si>
+  <si>
+    <t>04/01/2024</t>
+  </si>
+  <si>
+    <t>AVpak</t>
+  </si>
+  <si>
+    <t>Atovaquone Oral Suspension, USP 750mg/5mL</t>
+  </si>
+  <si>
+    <t>Potential Bacillus cereus contamination</t>
+  </si>
+  <si>
+    <t>AvKARE, LLC</t>
+  </si>
+  <si>
+    <t>06/29/2022</t>
+  </si>
+  <si>
+    <t>Bryant Ranch Prepack Inc.</t>
+  </si>
+  <si>
+    <t>Morphine Sulfate 30 mg Extended-Release tablets</t>
+  </si>
+  <si>
+    <t>Incorrect labeling</t>
+  </si>
+  <si>
+    <t>04/05/2024</t>
+  </si>
+  <si>
+    <t>Aruba Aloe</t>
+  </si>
+  <si>
+    <t>Hand Sanitizer Gel and Alcoholada Gel</t>
+  </si>
+  <si>
+    <t>Product contains methanol</t>
+  </si>
+  <si>
+    <t>Aruba Aloe Balm N.V.</t>
+  </si>
+  <si>
+    <t>Fendall 2000</t>
+  </si>
+  <si>
+    <t>Non-Sterile Eyewash Cartridge</t>
+  </si>
+  <si>
+    <t>Non-compliance with current good manufacturing practice (cGMP) requirements.</t>
+  </si>
+  <si>
+    <t>Honeywell Safety Products USA</t>
+  </si>
+  <si>
+    <t>07/02/2020</t>
+  </si>
+  <si>
+    <t>Mystic Shield</t>
+  </si>
+  <si>
+    <t>Mystic Shield Protection Topical Solution</t>
+  </si>
+  <si>
+    <t>Undeclared methanol</t>
+  </si>
+  <si>
+    <t>Transliquid Technologies LLC</t>
+  </si>
+  <si>
+    <t>03/20/2024</t>
+  </si>
+  <si>
+    <t>Various</t>
+  </si>
+  <si>
+    <t>Dietary supplements for sexual enhancement</t>
+  </si>
+  <si>
+    <t>Undeclared Sildenafil and/or Tadalafil</t>
+  </si>
+  <si>
+    <t>Pyramid Wholesale</t>
+  </si>
+  <si>
+    <t>03/28/2024</t>
+  </si>
+  <si>
+    <t>Eugia US LLC</t>
+  </si>
+  <si>
+    <t>Methocarbamol Injection, USP 1000 mg/10 mL (100mg/mL) (Single Dose Vial)</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety – Presence of Particulate Matter</t>
+  </si>
+  <si>
+    <t>08/31/2023</t>
+  </si>
+  <si>
+    <t>Marlex Pharmaceuticals, Inc.</t>
+  </si>
+  <si>
+    <t>Digoxin Tablets USP, 0.125mg and 0.25mg</t>
+  </si>
+  <si>
+    <t>Label Mix-Up</t>
+  </si>
+  <si>
+    <t>04/23/2024</t>
+  </si>
+  <si>
+    <t>Schwinnng</t>
+  </si>
+  <si>
+    <t>Herbal Dietary Supplement</t>
+  </si>
+  <si>
+    <t>Product is tainted with Nortadalafil</t>
+  </si>
+  <si>
+    <t>STOP CLOPEZ CORP</t>
   </si>
   <si>
     <t>Dr. Reddy’s</t>
   </si>
   <si>
-    <t>Levetiracetam in Sodium Chloride Injection</t>
-[...20 lines deleted...]
-    <t>Terminated</t>
+    <t>Sapropterin Dihydrochloride Powder for Oral Solution 100 mg</t>
+  </si>
+  <si>
+    <t>Decreased Potency</t>
+  </si>
+  <si>
+    <t>Dr. Reddy’s Laboratories Inc</t>
+  </si>
+  <si>
+    <t>09/22/2023</t>
+  </si>
+  <si>
+    <t>VistaPharm</t>
+  </si>
+  <si>
+    <t>Sucralfate Oral Suspension 1g/10mL</t>
+  </si>
+  <si>
+    <t>Potential contamination with Bacillus cereus</t>
+  </si>
+  <si>
+    <t>06/05/2024</t>
+  </si>
+  <si>
+    <t>StellaLife Inc.</t>
+  </si>
+  <si>
+    <t>Homeopathic StellaLife Oral Care Products</t>
+  </si>
+  <si>
+    <t>Microbial contamination</t>
+  </si>
+  <si>
+    <t>HomeoCare Laboratories Inc.</t>
+  </si>
+  <si>
+    <t>06/26/2024</t>
+  </si>
+  <si>
+    <t>Blue Point Laboratories</t>
+  </si>
+  <si>
+    <t>Potassium Chloride Extended Release 750mg Capsules, 100 count and 500 count</t>
+  </si>
+  <si>
+    <t>Failed dissolution</t>
+  </si>
+  <si>
+    <t>American Health Packaging</t>
+  </si>
+  <si>
+    <t>08/07/2020</t>
+  </si>
+  <si>
+    <t>Gelbac T</t>
+  </si>
+  <si>
+    <t>Antibacterial Handgel</t>
+  </si>
+  <si>
+    <t>Methanol Contamination</t>
+  </si>
+  <si>
+    <t>Incredible Products Sa de Cv</t>
+  </si>
+  <si>
+    <t>06/12/2024</t>
+  </si>
+  <si>
+    <t>Suntegrity</t>
+  </si>
+  <si>
+    <t>Sunscreen foundation</t>
+  </si>
+  <si>
+    <t>Higher than acceptable microbiological mold count</t>
+  </si>
+  <si>
+    <t>Suntegrity Skincare</t>
+  </si>
+  <si>
+    <t>04/02/2024</t>
+  </si>
+  <si>
+    <t>ForeverMen</t>
+  </si>
+  <si>
+    <t>Natural Energy Boost</t>
+  </si>
+  <si>
+    <t>Product is tainted with sildenafil and tadalafil</t>
+  </si>
+  <si>
+    <t>FAonline Inc</t>
+  </si>
+  <si>
+    <t>06/14/2023</t>
+  </si>
+  <si>
+    <t>Major Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>Dronabinol Capsules 2.5mg and Ziprasidone Hydrochloride Capsules 20mg</t>
+  </si>
+  <si>
+    <t>Packaging may contain incorrect product due to labeling mix-up</t>
+  </si>
+  <si>
+    <t>The Harvard Drug Group, LLC d/b/a Major Pharmaceutical and Rugby Laboratories</t>
+  </si>
+  <si>
+    <t>06/11/2024</t>
+  </si>
+  <si>
+    <t>Ram It, To The Moon</t>
+  </si>
+  <si>
+    <t>Dietary Supplements for Male Sexual Enhancement</t>
+  </si>
+  <si>
+    <t>Integrity Products</t>
+  </si>
+  <si>
+    <t>05/22/2024</t>
+  </si>
+  <si>
+    <t>Hospira</t>
+  </si>
+  <si>
+    <t>Buprenorphine Hydrochloride Injection Carpuject Units and Labetalol Hydrochloride Injection, USP Carpuject Units</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety – Potential Packaging Defect</t>
+  </si>
+  <si>
+    <t>Hospira Inc.</t>
+  </si>
+  <si>
+    <t>05/29/2024</t>
+  </si>
+  <si>
+    <t>Sagent</t>
+  </si>
+  <si>
+    <t>Docetaxel Injection, USP</t>
+  </si>
+  <si>
+    <t>Potential presence of particulate matter</t>
+  </si>
+  <si>
+    <t>Sagent Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>07/15/2024</t>
+  </si>
+  <si>
+    <t>Umary</t>
+  </si>
+  <si>
+    <t>Umary Acido Hialuronica, Suplemento Alimenticio – 30 Capletas de 850mg</t>
+  </si>
+  <si>
+    <t>Tainted with the drug ingredients, diclofenac and omeprazole</t>
+  </si>
+  <si>
+    <t>SoloVital.com</t>
+  </si>
+  <si>
+    <t>07/12/2024</t>
+  </si>
+  <si>
+    <t>Supercore Products Group</t>
+  </si>
+  <si>
+    <t>Dietary Supplements for Male Sexual Enhancement.</t>
+  </si>
+  <si>
+    <t>Tainted with Sildenafil and Acetaminophen.</t>
+  </si>
+  <si>
+    <t>07/16/2024</t>
+  </si>
+  <si>
+    <t>Infla-650</t>
+  </si>
+  <si>
+    <t>Infla-650 Herbal Dietary Supplement Capsules</t>
+  </si>
+  <si>
+    <t>Tainted with the drug ingredients:   acetaminophen, diclofenac and phenylbutazone</t>
+  </si>
+  <si>
+    <t>Guru Inc.</t>
+  </si>
+  <si>
+    <t>07/22/2024</t>
+  </si>
+  <si>
+    <t>Umary Acido Hialuronico, Suplemento Alimenticio</t>
+  </si>
+  <si>
+    <t>Undeclared Drug Ingredients: Diclofenac and Omeprazole</t>
+  </si>
+  <si>
+    <t>Main Products, Inc.</t>
+  </si>
+  <si>
+    <t>07/24/2024</t>
+  </si>
+  <si>
+    <t>Healthy Living</t>
+  </si>
+  <si>
+    <t>Migraine Relief Acetaminophen 250mg, Aspirin (NSAID) 250mg &amp; Caffeine 65mg tablets</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety - Mislabeling</t>
+  </si>
+  <si>
+    <t>Aurobindo Pharma USA, Inc.</t>
+  </si>
+  <si>
+    <t>Hikma</t>
+  </si>
+  <si>
+    <t>Acetaminophen Injection 1,000 mg per 100 mL (10 mg/mL) 100 mL</t>
+  </si>
+  <si>
+    <t>Potential presence of Dexmedetomidine HCL Injection (400mcg/100mL) inside the overwrap that is labelled Acetaminophen Injection, 1000mg/100mL, (10mg/mL).</t>
+  </si>
+  <si>
+    <t>Hikma Pharmaceuticals PLC</t>
+  </si>
+  <si>
+    <t>08/06/2024</t>
+  </si>
+  <si>
+    <t>Baxter</t>
+  </si>
+  <si>
+    <t>Heparin Sodium in 0.9% Sodium Chloride Injection</t>
+  </si>
+  <si>
+    <t>Elevated endotoxin levels</t>
+  </si>
+  <si>
+    <t>Baxter International Inc</t>
+  </si>
+  <si>
+    <t>06/11/2019</t>
+  </si>
+  <si>
+    <t>GSMS Inc.</t>
+  </si>
+  <si>
+    <t>Losartan potassium tablets</t>
+  </si>
+  <si>
+    <t>Detection of an impurity – N-Nitroso-N-methyl-4-aminobutyric acid (NMBA)</t>
+  </si>
+  <si>
+    <t>Teva Pharmaceuticals USA, Inc.</t>
+  </si>
+  <si>
+    <t>06/05/2020</t>
+  </si>
+  <si>
+    <t>Actavis</t>
+  </si>
+  <si>
+    <t>Metformin Hydrochloride Extended-Release Tablets, USP 500mg and 750mg</t>
+  </si>
+  <si>
+    <t>Due to detection of N-Nitrosodimethylamine (NDMA)</t>
+  </si>
+  <si>
+    <t>Teva Pharmaceuticals USA Inc.</t>
+  </si>
+  <si>
+    <t>08/31/2020</t>
+  </si>
+  <si>
+    <t>Always Be Clean, Just</t>
+  </si>
+  <si>
+    <t>Hand Sanitizer</t>
+  </si>
+  <si>
+    <t>Products labeled to contain methanol</t>
+  </si>
+  <si>
+    <t>Open Book Extracts</t>
+  </si>
+  <si>
+    <t>08/28/2020</t>
+  </si>
+  <si>
+    <t>Harmonic Nature</t>
+  </si>
+  <si>
+    <t>Hand sanitizer</t>
+  </si>
+  <si>
+    <t>Product contains 1 propanol</t>
+  </si>
+  <si>
+    <t>HARMONIC NATURE S. DE R.L. Mi</t>
+  </si>
+  <si>
+    <t>07/08/2020</t>
+  </si>
+  <si>
+    <t>Lupin</t>
+  </si>
+  <si>
+    <t>Metformin Hydrochloride Extended-Release Tablets, 500mg and 1000mg</t>
+  </si>
+  <si>
+    <t>N-Nitrosodimethylamine (NDMA) Impurity</t>
+  </si>
+  <si>
+    <t>Lupin Pharmaceuticals, Inc.</t>
+  </si>
+  <si>
+    <t>09/23/2020</t>
+  </si>
+  <si>
+    <t>Riomet ER</t>
+  </si>
+  <si>
+    <t>Metformin Hydrochloride for Extended-Release Oral Suspension</t>
+  </si>
+  <si>
+    <t>Sun Pharmaceutical Industries</t>
+  </si>
+  <si>
+    <t>08/08/2024</t>
+  </si>
+  <si>
+    <t>B Braun</t>
+  </si>
+  <si>
+    <t>0.9% Sodium Chloride for Injection USP 1000 mL in E3 containers</t>
+  </si>
+  <si>
+    <t>Potential for particulate matter and fluid leakage of the containers</t>
+  </si>
+  <si>
+    <t>B. Braun Medical Inc.</t>
+  </si>
+  <si>
+    <t>08/04/2020</t>
+  </si>
+  <si>
+    <t>Command Brands</t>
+  </si>
+  <si>
+    <t>Roque Plast S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>07/14/2020</t>
+  </si>
+  <si>
+    <t>Bersih</t>
+  </si>
+  <si>
+    <t>Hand Sanitizer Gel</t>
+  </si>
+  <si>
+    <t>Potential Methanol Contamination</t>
+  </si>
+  <si>
+    <t>Soluciones Cosmeticas</t>
+  </si>
+  <si>
+    <t>09/16/2022</t>
+  </si>
+  <si>
+    <t>Colgate</t>
+  </si>
+  <si>
+    <t>Toothpaste</t>
+  </si>
+  <si>
+    <t>Product was stored outside of labeled temperature requirements</t>
+  </si>
+  <si>
+    <t>Family Dollar</t>
+  </si>
+  <si>
+    <t>08/20/2020</t>
+  </si>
+  <si>
+    <t>Bayshore Pharmaceuticals, LLC</t>
+  </si>
+  <si>
+    <t>Metformin Hydrochloride Extended-Release Tablets USP, 500 mg &amp; 750 mg</t>
+  </si>
+  <si>
+    <t>08/18/2020</t>
+  </si>
+  <si>
+    <t>Nuuxsan, Modesa, more</t>
+  </si>
+  <si>
+    <t>Undeclared Methanol</t>
+  </si>
+  <si>
+    <t>ALBEK de Mexico S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>FLORANCE MORRIS</t>
+  </si>
+  <si>
+    <t>Antiseptic Hand Sanitizer, 70% Alcohol</t>
+  </si>
+  <si>
+    <t>Grupo Asimex de Mexico SA de CV</t>
+  </si>
+  <si>
+    <t>05/03/2019</t>
+  </si>
+  <si>
+    <t>Heritage</t>
+  </si>
+  <si>
+    <t>Losartan Potassium Tablets USP</t>
+  </si>
+  <si>
+    <t>Due to the detection of N-Nitroso-N-methyl-4-aminobutyric acid (NMBA)</t>
+  </si>
+  <si>
+    <t>Vivimed</t>
+  </si>
+  <si>
+    <t>06/27/2020</t>
+  </si>
+  <si>
+    <t>Saniderm</t>
+  </si>
+  <si>
+    <t>Advanced Hand Sanitizer</t>
+  </si>
+  <si>
+    <t>May contain methanol (wood alcohol)</t>
+  </si>
+  <si>
+    <t>Saniderm Products</t>
+  </si>
+  <si>
+    <t>07/27/2020</t>
+  </si>
+  <si>
+    <t>Resource Recover &amp; Trading, LLC</t>
+  </si>
+  <si>
+    <t>Undeclared Methanol subpotency ethyl alcohol</t>
+  </si>
+  <si>
+    <t>Resource Recovery &amp; Trading, LLC</t>
+  </si>
+  <si>
+    <t>Assured, Blumen, Modesa</t>
+  </si>
+  <si>
+    <t>4e Brands North America</t>
+  </si>
+  <si>
+    <t>08/09/2020</t>
+  </si>
+  <si>
+    <t>07/13/2020</t>
+  </si>
+  <si>
+    <t>Blumen</t>
+  </si>
+  <si>
+    <t>02/08/2018</t>
+  </si>
+  <si>
+    <t>Super Panther 7K</t>
+  </si>
+  <si>
+    <t>Dietary Supplement</t>
+  </si>
+  <si>
+    <t>Unapproved new drug</t>
+  </si>
+  <si>
+    <t>Ultra Shop Supplement</t>
+  </si>
+  <si>
+    <t>07/19/2021</t>
+  </si>
+  <si>
+    <t>CHANTIX</t>
+  </si>
+  <si>
+    <t>Smoking cessation treatment</t>
+  </si>
+  <si>
+    <t>N-Nitroso Varenicline content above ADI level</t>
+  </si>
+  <si>
+    <t>Pfizer</t>
+  </si>
+  <si>
+    <t>09/16/2021</t>
+  </si>
+  <si>
+    <t>Varenicline tablets</t>
+  </si>
+  <si>
+    <t>N-nitroso-varenicline above acceptable daily intake level</t>
+  </si>
+  <si>
+    <t>09/26/2021</t>
+  </si>
+  <si>
+    <t>Lilly</t>
+  </si>
+  <si>
+    <t>Glucagon Emergency Kit</t>
+  </si>
+  <si>
+    <t>Loss of potency</t>
+  </si>
+  <si>
+    <t>Eli Lilly and Company</t>
+  </si>
+  <si>
+    <t>07/20/2020</t>
+  </si>
+  <si>
+    <t>Optimus</t>
+  </si>
+  <si>
+    <t>LIQ-E S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>bio aaa</t>
+  </si>
+  <si>
+    <t>Potential Undeclared Methanol Contamination</t>
+  </si>
+  <si>
+    <t>AAA Cosmetica, S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>07/06/2020</t>
+  </si>
+  <si>
+    <t>All Clean</t>
+  </si>
+  <si>
+    <t>Potential presence of methanol (wood alcohol).</t>
+  </si>
+  <si>
+    <t>ITECH 361</t>
+  </si>
+  <si>
+    <t>07/24/2020</t>
+  </si>
+  <si>
+    <t>Shine &amp; Clean</t>
+  </si>
+  <si>
+    <t>Potential presence of methanol (wood alcohol)</t>
+  </si>
+  <si>
+    <t>Maquiladora Miniara, S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>08/01/2020</t>
+  </si>
+  <si>
+    <t>Jaloma</t>
+  </si>
+  <si>
+    <t>Laboratorios Jaloma S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>Born Basic, Scent Theory and more</t>
+  </si>
+  <si>
+    <t>Real Clean Distribuciones SA de CV</t>
+  </si>
+  <si>
+    <t>03/25/2021</t>
+  </si>
+  <si>
+    <t>Imperial</t>
+  </si>
+  <si>
+    <t>Dietary Supplement for Male Enhancement</t>
+  </si>
+  <si>
+    <t>Undeclared Sildenafil &amp; Tadalafil</t>
+  </si>
+  <si>
+    <t>S&amp;B Shopper LLC</t>
+  </si>
+  <si>
+    <t>09/30/2020</t>
+  </si>
+  <si>
+    <t>Cleaner</t>
+  </si>
+  <si>
+    <t>Cleaner Hand Sanitizer</t>
+  </si>
+  <si>
+    <t>Potential Presence of Methanol (Wood Alcohol)</t>
+  </si>
+  <si>
+    <t>Estado de México, México, DMM VISSION, S.A. de C.V</t>
+  </si>
+  <si>
+    <t>Yacana</t>
+  </si>
+  <si>
+    <t>Yacana Hand Sanitizer, 70% Alcohol</t>
+  </si>
+  <si>
+    <t>Potential Presence of Methanol (Wood Alcohol) and sub-potent ethanol</t>
+  </si>
+  <si>
+    <t>Grupo Yacana México S.A.S de C.V.</t>
+  </si>
+  <si>
+    <t>08/25/2020</t>
+  </si>
+  <si>
+    <t>V-Klean, Medical Minded, Protz</t>
+  </si>
+  <si>
+    <t>Potential presence of methanol (wood alcohol) and subpotent ethanol levels</t>
+  </si>
+  <si>
+    <t>Asiaticon SA de CV</t>
+  </si>
+  <si>
+    <t>08/15/2020</t>
+  </si>
+  <si>
+    <t>SkinGuard24</t>
+  </si>
+  <si>
+    <t>All Day Hand Sanitizer</t>
+  </si>
+  <si>
+    <t>Contains Methanol</t>
+  </si>
+  <si>
+    <t>SG24 LLC</t>
+  </si>
+  <si>
+    <t>06/29/2020</t>
+  </si>
+  <si>
+    <t>Advanced Hand Sanitizer, 70% alcohol content</t>
+  </si>
+  <si>
+    <t>UVT, INC.</t>
+  </si>
+  <si>
+    <t>04/22/2022</t>
+  </si>
+  <si>
+    <t>Accupril (Quinapril HCl) tablets 10mg, 20mg, 40 mg</t>
+  </si>
+  <si>
+    <t>Due to N-Nitroso-Quinapril Content</t>
+  </si>
+  <si>
+    <t>08/26/2020</t>
+  </si>
+  <si>
+    <t>Zanilast+</t>
+  </si>
+  <si>
+    <t>Product contains 1-propanol.</t>
+  </si>
+  <si>
+    <t>Nanomateriales, SA de CV</t>
+  </si>
+  <si>
+    <t>12/17/2018</t>
+  </si>
+  <si>
+    <t>Envoachem Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>Dyural-40 and Dyural-80</t>
+  </si>
+  <si>
+    <t>Due to Latex Hazard</t>
+  </si>
+  <si>
+    <t>Asclemed USA Inc dba Envoachem Pharmeceuticals</t>
+  </si>
+  <si>
+    <t>03/22/2018</t>
+  </si>
+  <si>
+    <t>BD</t>
+  </si>
+  <si>
+    <t>Vacutainer tubes</t>
+  </si>
+  <si>
+    <t>Inaccurate lead test results</t>
+  </si>
+  <si>
+    <t>10/19/2017</t>
+  </si>
+  <si>
+    <t>A1</t>
+  </si>
+  <si>
+    <t>Dietary Supplement A1 Slim</t>
+  </si>
+  <si>
+    <t>Unapproved new drug; tainted with sibutramine, phenolphthalein and N-Desmethyl sibutramine</t>
+  </si>
+  <si>
+    <t>Kiriko, LLC</t>
+  </si>
+  <si>
+    <t>11/23/2021</t>
+  </si>
+  <si>
+    <t>Old Spice, Secret</t>
+  </si>
+  <si>
+    <t>Old Spice and Secret Aerosol Sprays</t>
+  </si>
+  <si>
+    <t>Due to the presence of benzene</t>
+  </si>
+  <si>
+    <t>The Proctor &amp; Gamble Company</t>
+  </si>
+  <si>
+    <t>12/21/2022</t>
+  </si>
+  <si>
+    <t>Quinapril 20 and 40 mg tablets</t>
+  </si>
+  <si>
+    <t>Presence of nitrosamine impurity, N-Nitroso-Quinapril</t>
+  </si>
+  <si>
+    <t>Lupin Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t>12/31/2020</t>
+  </si>
+  <si>
+    <t>GUM Paroex</t>
+  </si>
+  <si>
+    <t>Paroex Chlorhexidine Gluconate Oral Rinse, 15 mL unit dose cups</t>
+  </si>
+  <si>
+    <t>Potential contamination with Burkholderia lata</t>
+  </si>
+  <si>
+    <t>Precision Dose Inc.</t>
+  </si>
+  <si>
+    <t>07/28/2020</t>
+  </si>
+  <si>
+    <t>Herbacil</t>
+  </si>
+  <si>
+    <t>Broncolin S.A. de C.V</t>
+  </si>
+  <si>
+    <t>09/20/2024</t>
+  </si>
+  <si>
+    <t>Vail-Bon</t>
+  </si>
+  <si>
+    <t>Vail-Bon Jie Yang Wan</t>
+  </si>
+  <si>
+    <t>Product is tainted with dexamethasone and chlorpheniramine</t>
+  </si>
+  <si>
+    <t>123herbals</t>
+  </si>
+  <si>
+    <t>08/24/2024</t>
+  </si>
+  <si>
+    <t>Bloodline</t>
+  </si>
+  <si>
+    <t>Water Based Tattoo Pigments</t>
+  </si>
+  <si>
+    <t>Contaminated with high concentrations of microorganisms</t>
+  </si>
+  <si>
+    <t>Sierra Stain LLC</t>
+  </si>
+  <si>
+    <t>09/19/2022</t>
+  </si>
+  <si>
+    <t>Antica Farmacista</t>
+  </si>
+  <si>
+    <t>Ocean Citron Hand Sanitizer</t>
+  </si>
+  <si>
+    <t>Product contains benzene</t>
+  </si>
+  <si>
+    <t>Salon Technologies International Inc.</t>
+  </si>
+  <si>
+    <t>01/28/2022</t>
+  </si>
+  <si>
+    <t>Auromedics</t>
+  </si>
+  <si>
+    <t>Polymyxin B for Injection USP, 500,000 Units/Vial</t>
+  </si>
+  <si>
+    <t>Presence of Particulate Matter</t>
+  </si>
+  <si>
+    <t>AuroMedics Pharma LLC</t>
+  </si>
+  <si>
+    <t>02/13/2023</t>
+  </si>
+  <si>
+    <t>PrimeZEN</t>
+  </si>
+  <si>
+    <t>PrimeZEN Black 6000 male enhancement capsules</t>
+  </si>
+  <si>
+    <t>Product contains undeclared tadalafil and sildenafil</t>
+  </si>
+  <si>
+    <t>Volt Candy</t>
+  </si>
+  <si>
+    <t>01/25/2024</t>
+  </si>
+  <si>
+    <t>Zendedi</t>
+  </si>
+  <si>
+    <t>dextroamphetamine sulfate tablets, 30 mg</t>
+  </si>
+  <si>
+    <t>Mislabeled package</t>
+  </si>
+  <si>
+    <t>Azurity Pharmaceuticals, Inc.</t>
+  </si>
+  <si>
+    <t>09/18/2024</t>
+  </si>
+  <si>
+    <t>BionPharma</t>
+  </si>
+  <si>
+    <t>Atovaquone Oral Suspension, 750 mg/mL</t>
+  </si>
+  <si>
+    <t>Product found to be contaminated with Cohnella bacteria</t>
+  </si>
+  <si>
+    <t>Bionpharma Inc.</t>
+  </si>
+  <si>
+    <t>10/22/2019</t>
+  </si>
+  <si>
+    <t>Green Lumber</t>
+  </si>
+  <si>
+    <t>Dietary supplements for male sexual enhancement</t>
+  </si>
+  <si>
+    <t>Contains Tadalafil</t>
+  </si>
+  <si>
+    <t>GL Holdings</t>
+  </si>
+  <si>
+    <t>10/16/2024</t>
+  </si>
+  <si>
+    <t>AK Forte</t>
+  </si>
+  <si>
+    <t>AK Forte Dietary Supplement</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety – Unapproved Drug</t>
+  </si>
+  <si>
+    <t>C&amp;A Naturistics</t>
+  </si>
+  <si>
+    <t>STASKA Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>Ascorbic Acid Solution for Injection</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety – Presence of glass particulates</t>
+  </si>
+  <si>
+    <t>STASKA Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t>07/17/2024</t>
+  </si>
+  <si>
+    <t>Clonazepam Orally Disintegrating Tablets, USP (C-IV) 0.25 mg tablets</t>
+  </si>
+  <si>
+    <t>Mislabeled with the incorrect strength on the carton</t>
+  </si>
+  <si>
+    <t>Endo USA, Inc</t>
+  </si>
+  <si>
+    <t>11/06/2024</t>
+  </si>
+  <si>
+    <t>VitalityVita</t>
+  </si>
+  <si>
+    <t>Marketed as Dietary Supplement</t>
+  </si>
+  <si>
+    <t>Undeclared Sildenafil and Diclofenac</t>
+  </si>
+  <si>
+    <t>11/05/2024</t>
+  </si>
+  <si>
+    <t>Boulla LLC</t>
+  </si>
+  <si>
+    <t>11/21/2024</t>
+  </si>
+  <si>
+    <t>UMARY Hyaluronic Acid tablets</t>
+  </si>
+  <si>
+    <t>The product contains undeclared diclofenac and omeprazole</t>
+  </si>
+  <si>
+    <t>MXBBB</t>
+  </si>
+  <si>
+    <t>12/16/2024</t>
+  </si>
+  <si>
+    <t>Force Forever</t>
+  </si>
+  <si>
+    <t>Product contains undeclared diclofenac and dexamethasone</t>
+  </si>
+  <si>
+    <t>GNMART Inc</t>
+  </si>
+  <si>
+    <t>12/24/2024</t>
+  </si>
+  <si>
+    <t>Astellas</t>
+  </si>
+  <si>
+    <t>Tacrolimus and Tacrolimus Extended-Release capsules</t>
+  </si>
+  <si>
+    <t>Bottles may contain empty capsules.</t>
+  </si>
+  <si>
+    <t>Astellas Pharma US, Inc.</t>
+  </si>
+  <si>
+    <t>12/23/2024</t>
+  </si>
+  <si>
+    <t>Systane</t>
+  </si>
+  <si>
+    <t>Lubricant Eye Drugs</t>
+  </si>
+  <si>
+    <t>Due to Fungal Contamination</t>
+  </si>
+  <si>
+    <t>Alcon Laboratories</t>
+  </si>
+  <si>
+    <t>12/13/2024</t>
+  </si>
+  <si>
+    <t>Buy-herbal.com</t>
+  </si>
+  <si>
+    <t>Nhan Sam Tuyet Lien Truy Phong Hoan dietary supplement capsules</t>
+  </si>
+  <si>
+    <t>12/18/2024</t>
+  </si>
+  <si>
+    <t>Fouzee</t>
+  </si>
+  <si>
+    <t>SugarLin Herbal Formula Herbal Dietary Supplement</t>
+  </si>
+  <si>
+    <t>Product contains undeclared Metformin and Glyburide</t>
+  </si>
+  <si>
+    <t>Shoppers-Plaza</t>
+  </si>
+  <si>
+    <t>12/20/2024</t>
+  </si>
+  <si>
+    <t>Adrenalin® Chloride Solution (EPINEPHrine nasal solution, USP)</t>
+  </si>
+  <si>
+    <t>Product is an unapproved drug.</t>
+  </si>
+  <si>
+    <t>Endo, Inc.</t>
+  </si>
+  <si>
+    <t>01/24/2025</t>
+  </si>
+  <si>
+    <t>Provepharm Inc.</t>
+  </si>
+  <si>
+    <t>Phenylephrine hydrochloride Injection, USP, 10 mg/ mL</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety – Potential Foreign Material</t>
+  </si>
+  <si>
+    <t>01/31/2025</t>
+  </si>
+  <si>
+    <t>Alvogen</t>
+  </si>
+  <si>
+    <t>Fentanyl Transdermal System 25 mcg/h transdermal patches</t>
+  </si>
+  <si>
+    <t>There is potential that patches could be multi-stacked, adhered one on top of the other, in a single product pouch</t>
+  </si>
+  <si>
+    <t>Alvogen, Inc.</t>
+  </si>
+  <si>
+    <t>10/02/2023</t>
+  </si>
+  <si>
+    <t>4.2% Sodium Bicarbonate Injection, USP, 1% Lidocaine HCl Injection, USP, and 2% Lidocaine HCl Injection, USP</t>
+  </si>
+  <si>
+    <t>Potential Presence of Glass Particulates</t>
+  </si>
+  <si>
+    <t>Hospira, Inc.</t>
+  </si>
+  <si>
+    <t>02/25/2025</t>
+  </si>
+  <si>
+    <t>CAPS</t>
+  </si>
+  <si>
+    <t>Phenylephrine 40 mg added to 0.9% Sodium Chloride 250 mL in 250 mL Excel Bag</t>
+  </si>
+  <si>
+    <t>Due to visible black particulate matter</t>
+  </si>
+  <si>
+    <t>03/28/2023</t>
+  </si>
+  <si>
+    <t>Midwest Cleaning Solutions, Clean Pro Supply, SOFT HANDS</t>
+  </si>
+  <si>
+    <t>Alcohol Antiseptic 80% Topical Solution Hand Sanitizer Non-sterile Solution; Isopropyl Alcohol Antiseptic 75% Topical Solution Hand Sanitizer Non-sterile Solution</t>
+  </si>
+  <si>
+    <t>Due to Presence of Methanol</t>
+  </si>
+  <si>
+    <t>Jarman’s Midwest Cleaning Systems, Inc.</t>
+  </si>
+  <si>
+    <t>06/04/2025</t>
+  </si>
+  <si>
+    <t>Amneal</t>
+  </si>
+  <si>
+    <t>Sulfamethoxazole/Trimethoprim Tablets, USP, 400 mg/80 mg</t>
+  </si>
+  <si>
+    <t>Amneal Pharmaceutical LLC</t>
+  </si>
+  <si>
+    <t>06/06/2025</t>
+  </si>
+  <si>
+    <t>Zicam® and Orajel™</t>
+  </si>
+  <si>
+    <t>Cold Remedy Nasal Swabs, Nasal AllClear Swabs, Baby Teething Swabs</t>
+  </si>
+  <si>
+    <t>Church &amp; Dwight Co., Inc.</t>
+  </si>
+  <si>
+    <t>SinuCleanse</t>
+  </si>
+  <si>
+    <t>Soft Tip Squeeze Bottle Nasal Wash System</t>
+  </si>
+  <si>
+    <t>Microbial contamination of the product with Staphylococcus aureus (S. aureus)</t>
+  </si>
+  <si>
+    <t>Ascent Consumer Products Inc.</t>
+  </si>
+  <si>
+    <t>02/14/2025</t>
+  </si>
+  <si>
+    <t>ICU Medical</t>
+  </si>
+  <si>
+    <t>POTASSIUM CHLORIDE Inj. 20 mEq and 10 mEq</t>
+  </si>
+  <si>
+    <t>Bags of POTASSIUM CHLORIDE Inj. 20 mEq have incorrect overwrap labels which state POTASSIUM CHLORIDE Inj. 10 mEq.</t>
+  </si>
+  <si>
+    <t>02/18/2025</t>
+  </si>
+  <si>
+    <t>ChloraPrep Clear 1 mL applicator skin preparation product</t>
+  </si>
+  <si>
+    <t>Potential for fungal contamination under certain environmental conditions allowing the growth of Aspergillus penicillioides</t>
+  </si>
+  <si>
+    <t>07/31/2023</t>
+  </si>
+  <si>
+    <t>Tydemy oral contraceptive</t>
+  </si>
+  <si>
+    <t>Out of Specification Results</t>
+  </si>
+  <si>
+    <t>02/20/2025</t>
+  </si>
+  <si>
+    <t>Vitality</t>
+  </si>
+  <si>
+    <t>Vitality male enhancement dietary supplement capsules</t>
+  </si>
+  <si>
+    <t>Undeclared Sildenafil and Tadalafil</t>
+  </si>
+  <si>
+    <t>One Source Nutrition</t>
+  </si>
+  <si>
+    <t>05/22/2025</t>
+  </si>
+  <si>
+    <t>UNAVY &amp; UMOVY</t>
+  </si>
+  <si>
+    <t>Unavy Acidio Hialuronico (30 caplets/850 mg) and Umovy Acidio Hialuronico (30 caplets/850 mg)</t>
+  </si>
+  <si>
+    <t>The product contains undeclared Dexamethasone, Diclofenac and Omeprazole</t>
+  </si>
+  <si>
+    <t>UMARY USA</t>
+  </si>
+  <si>
+    <t>11/01/2023</t>
+  </si>
+  <si>
+    <t>Rugby</t>
+  </si>
+  <si>
+    <t>OTC Ophthalmic Sterile Drops</t>
+  </si>
+  <si>
+    <t>Insanitary manufacturing conditions</t>
+  </si>
+  <si>
+    <t>The Harvard Drug Group, LLC dba Major Pharmaceutical and Rugby Laboratories</t>
+  </si>
+  <si>
+    <t>04/18/2025</t>
+  </si>
+  <si>
+    <t>Amneal Pharmaceuticals LLC.</t>
+  </si>
+  <si>
+    <t>Ropivacaine Hydrochloride Injection, USP, 500mg/100mL IV bag</t>
+  </si>
+  <si>
+    <t>Product may contain an inert fiber identified as polypropylene fibers from the IV bag</t>
   </si>
   <si>
     <t>05/06/2025</t>
   </si>
   <si>
     <t>Endurance Boost</t>
   </si>
   <si>
     <t>Dietary supplement for male performance and energy</t>
   </si>
   <si>
     <t>Undeclared Propoxyphenylsildenafil, Sildenafil</t>
   </si>
   <si>
     <t>EnShiShiXiangNiShangMaoYouXianGongSi</t>
   </si>
   <si>
-    <t>04/18/2025</t>
-[...40 lines deleted...]
-  <si>
     <t>09/29/2022</t>
   </si>
   <si>
     <t>Golden State Medical Supply, Incorporated</t>
   </si>
   <si>
     <t>Clopidogrel 75mg Tablets, Atenolol 25mg Tablets</t>
   </si>
   <si>
     <t>Due to Label Mix-up</t>
   </si>
   <si>
-    <t>06/06/2025</t>
-[...1529 lines deleted...]
-    <t>Out of Specification Results</t>
+    <t>08/27/2025</t>
+  </si>
+  <si>
+    <t>Unichem Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>Cyclobenzaprine Hydrochloride Tablets USP 10 mg</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety – Mislabel</t>
+  </si>
+  <si>
+    <t>08/28/2025</t>
+  </si>
+  <si>
+    <t>DermaRite</t>
+  </si>
+  <si>
+    <t>Hand Sanitizers, Cleansers, Skin Protectants, Deodorant</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety - Potential Burkholderia cepacian contamination</t>
+  </si>
+  <si>
+    <t>DermaRite Industries</t>
+  </si>
+  <si>
+    <t>08/09/2025</t>
+  </si>
+  <si>
+    <t>DermaKleen, Dermasarra, Kleenfoam, and Perigiene</t>
+  </si>
+  <si>
+    <t>OTC antiseptic lotion soaps, external analgesics, antimicrobial foam soaps, and antiseptic cleansers</t>
+  </si>
+  <si>
+    <t>Contamination with Burkholderia cepacia</t>
+  </si>
+  <si>
+    <t>DermaRite Industries, LL</t>
   </si>
   <si>
     <t>06/27/2025</t>
   </si>
   <si>
     <t>Sandoz</t>
   </si>
   <si>
     <t>Cefazolin for Injection, USP, 1 gm vial</t>
   </si>
   <si>
     <t>Potential Presence of Penicillin G Potassium Injection Vial</t>
   </si>
   <si>
     <t>Sandoz Inc.</t>
   </si>
   <si>
     <t>07/14/2025</t>
   </si>
   <si>
     <t>Nostrum Laboratories</t>
   </si>
   <si>
     <t>Sucralfate Tablets USP 1 gram</t>
   </si>
   <si>
     <t>Company closure and discontinuation of quality activities.</t>
   </si>
   <si>
     <t>Nostrum Laboratories, Inc.</t>
   </si>
   <si>
+    <t>03/27/2024</t>
+  </si>
+  <si>
+    <t>Vancomycin Hydrochloride for Oral Solution, USP, 250 mg/5mL</t>
+  </si>
+  <si>
+    <t>Super potent due to bottles being overfilled</t>
+  </si>
+  <si>
+    <t>Amneal Pharmaceuticals, LLC.</t>
+  </si>
+  <si>
+    <t>12/27/2022</t>
+  </si>
+  <si>
+    <t>Multiple brand names</t>
+  </si>
+  <si>
+    <t>After Burn® Cream and First Aid Kits containing After Burn Cream</t>
+  </si>
+  <si>
+    <t>Product is contaminated with Bacillus licheniformis and Bacillus sonorensis.</t>
+  </si>
+  <si>
+    <t>GFA Production</t>
+  </si>
+  <si>
     <t>06/08/2022</t>
   </si>
   <si>
     <t>Major</t>
   </si>
   <si>
     <t>Milk of Magnesia, Magnisium Hydroxide/Aluminum Hydroxide/Simethicone Oral Suspension</t>
   </si>
   <si>
     <t>Due to microbial contamination</t>
   </si>
   <si>
     <t>Plastikon Healthcare, LLC</t>
   </si>
   <si>
     <t>08/22/2022</t>
   </si>
   <si>
     <t>Propofol Injection Emulsion, USP</t>
   </si>
   <si>
     <t>Potential presence of visible particulate</t>
   </si>
   <si>
     <t>Hospira, Inc., a Pfizer Company</t>
   </si>
   <si>
-    <t>08/28/2025</t>
-[...53 lines deleted...]
-    <t>GFA Production</t>
+    <t>08/19/2025</t>
+  </si>
+  <si>
+    <t>B. Braun</t>
+  </si>
+  <si>
+    <t>Lactated Ringer’s Injection USP 1000 mL/0.9% Sodium Chloride Injection USP 1000 mL</t>
+  </si>
+  <si>
+    <t>Due to the presence of particulate matter.</t>
+  </si>
+  <si>
+    <t>B. Braun Medical, Inc.</t>
+  </si>
+  <si>
+    <t>10/03/2023</t>
+  </si>
+  <si>
+    <t>KVK Tech</t>
+  </si>
+  <si>
+    <t>Betaxolol Tablets, USP</t>
+  </si>
+  <si>
+    <t>Potential Presence of Oxycodone HCl tablet</t>
+  </si>
+  <si>
+    <t>KVK-Tech, Inc.</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>Spectrum</t>
+  </si>
+  <si>
+    <t>Epinephrine bulk API</t>
+  </si>
+  <si>
+    <t>Product discoloration</t>
+  </si>
+  <si>
+    <t>Spectrum Laboratory Products Inc.</t>
+  </si>
+  <si>
+    <t>11/19/2024</t>
+  </si>
+  <si>
+    <t>Clonazepam Orally Disintegrating Tablets, USP (C-IV)</t>
+  </si>
+  <si>
+    <t>11/07/2025</t>
+  </si>
+  <si>
+    <t>Fresenius Kabi</t>
+  </si>
+  <si>
+    <t>Famotidine Injection, USP 20 mg per 2 mL</t>
+  </si>
+  <si>
+    <t>Out-of-specification endotoxin results</t>
+  </si>
+  <si>
+    <t>Fresenius Kabi USA, LLC</t>
+  </si>
+  <si>
+    <t>11/03/2025</t>
+  </si>
+  <si>
+    <t>20 mEq Potassium Chloride Injection</t>
+  </si>
+  <si>
+    <t>Potential for Potassium chloride overdose: 20 mEq Potassium Chloride Injection is Mislabeled As 10 mEq Potassium Chloride Injection</t>
+  </si>
+  <si>
+    <t>Otsuka ICU Medical LLC</t>
+  </si>
+  <si>
+    <t>12/22/2025</t>
+  </si>
+  <si>
+    <t>Virgo</t>
+  </si>
+  <si>
+    <t>Rheumacare Capsules</t>
+  </si>
+  <si>
+    <t>Elevated levels of lead</t>
+  </si>
+  <si>
+    <t>Handelnine Global Limited d/b/a Navafresh</t>
+  </si>
+  <si>
+    <t>12/10/2025</t>
+  </si>
+  <si>
+    <t>ReBoost</t>
+  </si>
+  <si>
+    <t>Nasal spray, 0.68 fl oz</t>
+  </si>
+  <si>
+    <t>Product has been found to contain yeast/mold and microbial contamination with one species identified as Achromobacter, at levels above specifications.</t>
+  </si>
+  <si>
+    <t>MediNatura New Mexico Inc.</t>
+  </si>
+  <si>
+    <t>01/09/2026</t>
+  </si>
+  <si>
+    <t>Silintan</t>
+  </si>
+  <si>
+    <t>Dietary supplement capsules marketed for relief of joint and body aches</t>
+  </si>
+  <si>
+    <t>Unapproved new drug found to contain undeclared meloxicam</t>
+  </si>
+  <si>
+    <t>Anthony Trinh, 123Herbals LLC</t>
+  </si>
+  <si>
+    <t>Modern Warrior</t>
+  </si>
+  <si>
+    <t>Dietary supplement capsules marketed for metabolism moosting, improving brain function, and reducing cravings</t>
+  </si>
+  <si>
+    <t>Unapproved new drug found to contain undeclared 1,4-DMAA and aniracetam, and tianeptine</t>
+  </si>
+  <si>
+    <t>12/16/2025</t>
+  </si>
+  <si>
+    <t>MR7 Super 700000</t>
+  </si>
+  <si>
+    <t>Dietary supplement for male enhancement</t>
+  </si>
+  <si>
+    <t>StuffbyNainax LLC</t>
+  </si>
+  <si>
+    <t>ReBoost, ClearLife</t>
+  </si>
+  <si>
+    <t>09/23/2024</t>
+  </si>
+  <si>
+    <t>Gilead</t>
+  </si>
+  <si>
+    <t>Veklury (remdesivir) for Injection</t>
+  </si>
+  <si>
+    <t>Due to Presence of Glass Particle</t>
+  </si>
+  <si>
+    <t>Gilead Sciences, Inc.</t>
+  </si>
+  <si>
+    <t>02/18/2022</t>
+  </si>
+  <si>
+    <t>Numerous brand names</t>
+  </si>
+  <si>
+    <t>Numerous human food, animal (pet) food, medical devices, and drug products</t>
+  </si>
+  <si>
+    <t>Potential Salmonella contamination and presence of rodent activity at the distribution center</t>
+  </si>
+  <si>
+    <t>Family Dollar, Inc.</t>
+  </si>
+  <si>
+    <t>02/13/2026</t>
+  </si>
+  <si>
+    <t>Undeclared prescription drug-Tadalafil</t>
+  </si>
+  <si>
+    <t>Green Lumber Holding, LLC.</t>
+  </si>
+  <si>
+    <t>08/29/2025</t>
+  </si>
+  <si>
+    <t>12/26/2025</t>
+  </si>
+  <si>
+    <t>All FDA-regulated products held at facility including drugs, medical devices, cosmetics, dietary supplements, human food, and pet food</t>
+  </si>
+  <si>
+    <t>Potential Salmonella contamination, presence of rodent and avian contamination and insanitary conditions during the storage process.</t>
+  </si>
+  <si>
+    <t>Gold Star Distribution, Inc.</t>
   </si>
   <si>
     <t>06/25/2024</t>
   </si>
   <si>
     <t>Glenmark</t>
   </si>
   <si>
     <t>Glenmark Pharmaceuticals, Inc.</t>
-  </si>
-[...211 lines deleted...]
-    <t>02/13/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2345,2963 +2321,2909 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F155"/>
+  <dimension ref="A1:F152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="181.527" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
+        <v>7</v>
+      </c>
+      <c r="F2" t="s">
         <v>10</v>
       </c>
-      <c r="F2"/>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="F3" t="s">
         <v>15</v>
       </c>
+      <c r="F3"/>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="F4"/>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="F5"/>
+        <v>25</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="F6"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F7"/>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E8" t="s">
         <v>35</v>
       </c>
-      <c r="B8" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F8"/>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" t="s">
         <v>39</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
         <v>40</v>
       </c>
-      <c r="C9" t="s">
+      <c r="E9" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F9"/>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" t="s">
         <v>44</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
         <v>45</v>
       </c>
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F10"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" t="s">
         <v>48</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>49</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>50</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>51</v>
       </c>
-      <c r="E11" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F11"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" t="s">
         <v>53</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
         <v>54</v>
       </c>
-      <c r="C12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F12"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" t="s">
         <v>57</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
         <v>58</v>
       </c>
-      <c r="C13" t="s">
+      <c r="E13" t="s">
         <v>59</v>
       </c>
-      <c r="D13" t="s">
-[...5 lines deleted...]
-      <c r="F13"/>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" t="s">
         <v>61</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>62</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>63</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>64</v>
       </c>
-      <c r="E14" t="s">
-[...2 lines deleted...]
-      <c r="F14"/>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
         <v>66</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="D15" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="E15" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="F15"/>
+        <v>69</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="E16" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F16"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B17" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="C17" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D17" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E17" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F17"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B18" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C18" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D18" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E18" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="F18"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B19" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D19" t="s">
+        <v>87</v>
+      </c>
+      <c r="E19" t="s">
         <v>85</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B20" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C20" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D20" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E20" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F20"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B21" t="s">
         <v>93</v>
       </c>
       <c r="C21" t="s">
         <v>94</v>
       </c>
       <c r="D21" t="s">
         <v>95</v>
       </c>
       <c r="E21" t="s">
         <v>96</v>
       </c>
       <c r="F21"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>97</v>
       </c>
       <c r="B22" t="s">
         <v>98</v>
       </c>
       <c r="C22" t="s">
         <v>99</v>
       </c>
       <c r="D22" t="s">
         <v>100</v>
       </c>
       <c r="E22" t="s">
         <v>101</v>
       </c>
-      <c r="F22"/>
+      <c r="F22" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B23" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C23" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D23" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E23" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F23"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B24" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C24" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D24" t="s">
+        <v>110</v>
+      </c>
+      <c r="E24" t="s">
         <v>108</v>
       </c>
-      <c r="E24" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F24"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B25" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C25" t="s">
+        <v>113</v>
+      </c>
+      <c r="D25" t="s">
+        <v>114</v>
+      </c>
+      <c r="E25" t="s">
         <v>112</v>
       </c>
-      <c r="D25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F25" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>115</v>
       </c>
       <c r="B26" t="s">
         <v>116</v>
       </c>
       <c r="C26" t="s">
         <v>117</v>
       </c>
       <c r="D26" t="s">
         <v>118</v>
       </c>
       <c r="E26" t="s">
         <v>119</v>
       </c>
-      <c r="F26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F26"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
+        <v>115</v>
+      </c>
+      <c r="B27" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="C27" t="s">
         <v>121</v>
       </c>
       <c r="D27" t="s">
         <v>122</v>
       </c>
       <c r="E27" t="s">
         <v>123</v>
       </c>
       <c r="F27"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>124</v>
       </c>
       <c r="B28" t="s">
         <v>125</v>
       </c>
       <c r="C28" t="s">
         <v>126</v>
       </c>
       <c r="D28" t="s">
         <v>127</v>
       </c>
       <c r="E28" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="F28"/>
+        <v>127</v>
+      </c>
+      <c r="F28" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
+        <v>128</v>
+      </c>
+      <c r="B29" t="s">
         <v>129</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>130</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>131</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="F29"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>133</v>
       </c>
       <c r="B30" t="s">
         <v>134</v>
       </c>
       <c r="C30" t="s">
         <v>135</v>
       </c>
       <c r="D30" t="s">
         <v>136</v>
       </c>
       <c r="E30" t="s">
         <v>137</v>
       </c>
       <c r="F30"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>138</v>
       </c>
       <c r="B31" t="s">
         <v>139</v>
       </c>
       <c r="C31" t="s">
         <v>140</v>
       </c>
       <c r="D31" t="s">
         <v>141</v>
       </c>
       <c r="E31" t="s">
         <v>142</v>
       </c>
       <c r="F31" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>143</v>
       </c>
       <c r="B32" t="s">
         <v>144</v>
       </c>
       <c r="C32" t="s">
         <v>145</v>
       </c>
       <c r="D32" t="s">
         <v>146</v>
       </c>
       <c r="E32" t="s">
         <v>147</v>
       </c>
       <c r="F32"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="B33" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C33" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D33" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E33" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="F33"/>
+        <v>152</v>
+      </c>
+      <c r="F33" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B34" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C34" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D34" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E34" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="F34"/>
+        <v>157</v>
+      </c>
+      <c r="F34" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B35" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C35" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D35" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="E35" t="s">
-        <v>158</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="F35"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B36" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C36" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D36" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E36" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-      </c>
+        <v>166</v>
+      </c>
+      <c r="F36"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B37" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C37" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D37" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E37" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="F37"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="B38" t="s">
-        <v>7</v>
+        <v>173</v>
       </c>
       <c r="C38" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="D38" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="E38" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="F38"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="B39" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="C39" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="D39" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="E39" t="s">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="F39"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B40" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C40" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D40" t="s">
-        <v>42</v>
+        <v>184</v>
       </c>
       <c r="E40" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="F40"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B41" t="s">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="C41" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="D41" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="E41" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="F41"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B42" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C42" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D42" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="E42" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="F42"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="B43" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C43" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D43" t="s">
-        <v>184</v>
+        <v>197</v>
       </c>
       <c r="E43" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="F43"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B44" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C44" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="D44" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="E44" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="F44"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B45" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C45" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="D45" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="E45" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="F45"/>
+        <v>208</v>
+      </c>
+      <c r="F45" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B46" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C46" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D46" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="E46" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>213</v>
+      </c>
+      <c r="F46"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B47" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C47" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D47" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="E47" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="F47"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B48" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C48" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D48" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="E48" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="F48"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B49" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C49" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="D49" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E49" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="F49"/>
+        <v>228</v>
+      </c>
+      <c r="F49" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B50" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C50" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="D50" t="s">
-        <v>228</v>
+        <v>63</v>
       </c>
       <c r="E50" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="F50"/>
+        <v>232</v>
+      </c>
+      <c r="F50" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="B51" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C51" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="D51" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="E51" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="F51"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B52" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="C52" t="s">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="D52" t="s">
-        <v>237</v>
+        <v>141</v>
       </c>
       <c r="E52" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="F52"/>
+        <v>240</v>
+      </c>
+      <c r="F52" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="B53" t="s">
-        <v>221</v>
+        <v>242</v>
       </c>
       <c r="C53" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="D53" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="E53" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="F53"/>
+        <v>245</v>
+      </c>
+      <c r="F53" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B54" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C54" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="D54" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="E54" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F54"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="B55" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C55" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="D55" t="s">
-        <v>250</v>
+        <v>63</v>
       </c>
       <c r="E55" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F55"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B56" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C56" t="s">
-        <v>254</v>
+        <v>216</v>
       </c>
       <c r="D56" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E56" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F56"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="B57" t="s">
         <v>258</v>
       </c>
       <c r="C57" t="s">
         <v>259</v>
       </c>
       <c r="D57" t="s">
+        <v>244</v>
+      </c>
+      <c r="E57" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="F57"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
+        <v>261</v>
+      </c>
+      <c r="B58" t="s">
         <v>262</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>263</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>264</v>
       </c>
-      <c r="D58" t="s">
+      <c r="E58" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="F58"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
+        <v>266</v>
+      </c>
+      <c r="B59" t="s">
         <v>267</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>268</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>269</v>
       </c>
-      <c r="D59" t="s">
+      <c r="E59" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="F59"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
+        <v>271</v>
+      </c>
+      <c r="B60" t="s">
         <v>272</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
+        <v>216</v>
+      </c>
+      <c r="D60" t="s">
         <v>273</v>
       </c>
-      <c r="C60" t="s">
+      <c r="E60" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
       <c r="F60"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="B61" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C61" t="s">
-        <v>278</v>
+        <v>216</v>
       </c>
       <c r="D61" t="s">
-        <v>279</v>
+        <v>256</v>
       </c>
       <c r="E61" t="s">
         <v>276</v>
       </c>
       <c r="F61"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B62" t="s">
-        <v>281</v>
+        <v>242</v>
       </c>
       <c r="C62" t="s">
-        <v>282</v>
+        <v>243</v>
       </c>
       <c r="D62" t="s">
-        <v>283</v>
+        <v>244</v>
       </c>
       <c r="E62" t="s">
-        <v>284</v>
+        <v>245</v>
       </c>
       <c r="F62"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="B63" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="C63" t="s">
-        <v>287</v>
+        <v>216</v>
       </c>
       <c r="D63" t="s">
-        <v>288</v>
+        <v>256</v>
       </c>
       <c r="E63" t="s">
-        <v>289</v>
+        <v>276</v>
       </c>
       <c r="F63"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="B64" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="C64" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="D64" t="s">
-        <v>113</v>
+        <v>283</v>
       </c>
       <c r="E64" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="F64" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="B65" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="C65" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="D65" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="E65" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-      </c>
+        <v>289</v>
+      </c>
+      <c r="F65"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="B66" t="s">
-        <v>300</v>
+        <v>286</v>
       </c>
       <c r="C66" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="D66" t="s">
-        <v>208</v>
+        <v>292</v>
       </c>
       <c r="E66" t="s">
-        <v>302</v>
-[...3 lines deleted...]
-      </c>
+        <v>289</v>
+      </c>
+      <c r="F66"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="B67" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="C67" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
       <c r="D67" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="E67" t="s">
-        <v>307</v>
-[...3 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="F67"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="B68" t="s">
-        <v>276</v>
+        <v>299</v>
       </c>
       <c r="C68" t="s">
-        <v>309</v>
+        <v>216</v>
       </c>
       <c r="D68" t="s">
-        <v>310</v>
+        <v>244</v>
       </c>
       <c r="E68" t="s">
-        <v>276</v>
+        <v>300</v>
       </c>
       <c r="F68" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>311</v>
+        <v>241</v>
       </c>
       <c r="B69" t="s">
-        <v>312</v>
+        <v>301</v>
       </c>
       <c r="C69" t="s">
-        <v>313</v>
+        <v>216</v>
       </c>
       <c r="D69" t="s">
-        <v>314</v>
+        <v>302</v>
       </c>
       <c r="E69" t="s">
-        <v>315</v>
+        <v>303</v>
       </c>
       <c r="F69" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B70" t="s">
-        <v>316</v>
+        <v>305</v>
       </c>
       <c r="C70" t="s">
-        <v>301</v>
+        <v>221</v>
       </c>
       <c r="D70" t="s">
-        <v>317</v>
+        <v>306</v>
       </c>
       <c r="E70" t="s">
-        <v>318</v>
+        <v>307</v>
       </c>
       <c r="F70" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>319</v>
+        <v>308</v>
       </c>
       <c r="B71" t="s">
-        <v>320</v>
+        <v>309</v>
       </c>
       <c r="C71" t="s">
-        <v>321</v>
+        <v>243</v>
       </c>
       <c r="D71" t="s">
-        <v>322</v>
+        <v>310</v>
       </c>
       <c r="E71" t="s">
-        <v>323</v>
+        <v>311</v>
       </c>
       <c r="F71" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>324</v>
+        <v>312</v>
       </c>
       <c r="B72" t="s">
-        <v>325</v>
+        <v>313</v>
       </c>
       <c r="C72" t="s">
-        <v>301</v>
+        <v>216</v>
       </c>
       <c r="D72" t="s">
-        <v>306</v>
+        <v>256</v>
       </c>
       <c r="E72" t="s">
-        <v>326</v>
+        <v>314</v>
       </c>
       <c r="F72" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>327</v>
+        <v>308</v>
       </c>
       <c r="B73" t="s">
-        <v>328</v>
+        <v>315</v>
       </c>
       <c r="C73" t="s">
-        <v>329</v>
+        <v>216</v>
       </c>
       <c r="D73" t="s">
-        <v>330</v>
+        <v>100</v>
       </c>
       <c r="E73" t="s">
-        <v>331</v>
+        <v>316</v>
       </c>
       <c r="F73" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>332</v>
+        <v>317</v>
       </c>
       <c r="B74" t="s">
-        <v>295</v>
+        <v>318</v>
       </c>
       <c r="C74" t="s">
-        <v>333</v>
+        <v>319</v>
       </c>
       <c r="D74" t="s">
-        <v>334</v>
+        <v>320</v>
       </c>
       <c r="E74" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="F74"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>336</v>
+        <v>322</v>
       </c>
       <c r="B75" t="s">
-        <v>337</v>
+        <v>323</v>
       </c>
       <c r="C75" t="s">
-        <v>301</v>
+        <v>324</v>
       </c>
       <c r="D75" t="s">
-        <v>338</v>
+        <v>325</v>
       </c>
       <c r="E75" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>326</v>
+      </c>
+      <c r="F75"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>340</v>
+        <v>254</v>
       </c>
       <c r="B76" t="s">
-        <v>341</v>
+        <v>327</v>
       </c>
       <c r="C76" t="s">
-        <v>342</v>
+        <v>328</v>
       </c>
       <c r="D76" t="s">
-        <v>343</v>
+        <v>329</v>
       </c>
       <c r="E76" t="s">
-        <v>344</v>
+        <v>330</v>
       </c>
       <c r="F76" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>345</v>
+        <v>331</v>
       </c>
       <c r="B77" t="s">
-        <v>346</v>
+        <v>332</v>
       </c>
       <c r="C77" t="s">
-        <v>347</v>
+        <v>216</v>
       </c>
       <c r="D77" t="s">
-        <v>348</v>
+        <v>333</v>
       </c>
       <c r="E77" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="F77"/>
+        <v>334</v>
+      </c>
+      <c r="F77" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>350</v>
+        <v>335</v>
       </c>
       <c r="B78" t="s">
-        <v>351</v>
+        <v>336</v>
       </c>
       <c r="C78" t="s">
-        <v>352</v>
+        <v>337</v>
       </c>
       <c r="D78" t="s">
-        <v>353</v>
+        <v>338</v>
       </c>
       <c r="E78" t="s">
-        <v>354</v>
+        <v>339</v>
       </c>
       <c r="F78" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>355</v>
+        <v>340</v>
       </c>
       <c r="B79" t="s">
-        <v>356</v>
+        <v>267</v>
       </c>
       <c r="C79" t="s">
-        <v>357</v>
+        <v>341</v>
       </c>
       <c r="D79" t="s">
-        <v>358</v>
+        <v>310</v>
       </c>
       <c r="E79" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="F79"/>
+        <v>342</v>
+      </c>
+      <c r="F79" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>359</v>
+        <v>343</v>
       </c>
       <c r="B80" t="s">
-        <v>312</v>
+        <v>289</v>
       </c>
       <c r="C80" t="s">
-        <v>360</v>
+        <v>344</v>
       </c>
       <c r="D80" t="s">
-        <v>361</v>
+        <v>345</v>
       </c>
       <c r="E80" t="s">
-        <v>362</v>
-[...1 lines deleted...]
-      <c r="F80"/>
+        <v>289</v>
+      </c>
+      <c r="F80" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>363</v>
+        <v>346</v>
       </c>
       <c r="B81" t="s">
-        <v>364</v>
+        <v>347</v>
       </c>
       <c r="C81" t="s">
-        <v>301</v>
+        <v>221</v>
       </c>
       <c r="D81" t="s">
-        <v>365</v>
+        <v>348</v>
       </c>
       <c r="E81" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="F81"/>
+        <v>349</v>
+      </c>
+      <c r="F81" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="B82" t="s">
-        <v>367</v>
+        <v>351</v>
       </c>
       <c r="C82" t="s">
-        <v>301</v>
+        <v>352</v>
       </c>
       <c r="D82" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E82" t="s">
-        <v>368</v>
+        <v>354</v>
       </c>
       <c r="F82"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>369</v>
+        <v>355</v>
       </c>
       <c r="B83" t="s">
-        <v>304</v>
+        <v>356</v>
       </c>
       <c r="C83" t="s">
-        <v>305</v>
+        <v>357</v>
       </c>
       <c r="D83" t="s">
-        <v>306</v>
+        <v>358</v>
       </c>
       <c r="E83" t="s">
-        <v>307</v>
+        <v>356</v>
       </c>
       <c r="F83"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>370</v>
+        <v>359</v>
       </c>
       <c r="B84" t="s">
-        <v>371</v>
+        <v>360</v>
       </c>
       <c r="C84" t="s">
-        <v>301</v>
+        <v>361</v>
       </c>
       <c r="D84" t="s">
-        <v>338</v>
+        <v>362</v>
       </c>
       <c r="E84" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="F84"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="B85" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="C85" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D85" t="s">
-        <v>306</v>
+        <v>367</v>
       </c>
       <c r="E85" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="F85"/>
+        <v>368</v>
+      </c>
+      <c r="F85" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="B86" t="s">
-        <v>377</v>
+        <v>225</v>
       </c>
       <c r="C86" t="s">
-        <v>301</v>
+        <v>370</v>
       </c>
       <c r="D86" t="s">
-        <v>338</v>
+        <v>371</v>
       </c>
       <c r="E86" t="s">
-        <v>378</v>
-[...1 lines deleted...]
-      <c r="F86"/>
+        <v>372</v>
+      </c>
+      <c r="F86" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="B87" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="C87" t="s">
-        <v>321</v>
+        <v>375</v>
       </c>
       <c r="D87" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="E87" t="s">
-        <v>382</v>
-[...1 lines deleted...]
-      <c r="F87"/>
+        <v>377</v>
+      </c>
+      <c r="F87" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="B88" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="C88" t="s">
-        <v>301</v>
+        <v>216</v>
       </c>
       <c r="D88" t="s">
-        <v>385</v>
+        <v>256</v>
       </c>
       <c r="E88" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="F88"/>
+        <v>380</v>
+      </c>
+      <c r="F88" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="B89" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C89" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="D89" t="s">
-        <v>113</v>
+        <v>384</v>
       </c>
       <c r="E89" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="F89"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
+        <v>386</v>
+      </c>
+      <c r="B90" t="s">
+        <v>387</v>
+      </c>
+      <c r="C90" t="s">
+        <v>388</v>
+      </c>
+      <c r="D90" t="s">
         <v>389</v>
       </c>
-      <c r="B90" t="s">
+      <c r="E90" t="s">
         <v>390</v>
       </c>
-      <c r="C90" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F90"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
+        <v>391</v>
+      </c>
+      <c r="B91" t="s">
         <v>392</v>
       </c>
-      <c r="B91" t="s">
+      <c r="C91" t="s">
         <v>393</v>
       </c>
-      <c r="C91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D91" t="s">
-        <v>141</v>
+        <v>394</v>
       </c>
       <c r="E91" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F91" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B92" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C92" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D92" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E92" t="s">
-        <v>399</v>
-[...1 lines deleted...]
-      <c r="F92"/>
+        <v>400</v>
+      </c>
+      <c r="F92" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>376</v>
+        <v>401</v>
       </c>
       <c r="B93" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C93" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D93" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="E93" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="F93" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B94" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C94" t="s">
-        <v>301</v>
+        <v>408</v>
       </c>
       <c r="D94" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="E94" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="F94" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B95" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="C95" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="D95" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="E95" t="s">
-        <v>412</v>
-[...3 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="F95"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B96" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C96" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="D96" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="E96" t="s">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="F96"/>
+        <v>420</v>
+      </c>
+      <c r="F96" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B97" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C97" t="s">
-        <v>321</v>
+        <v>423</v>
       </c>
       <c r="D97" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="E97" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>425</v>
+      </c>
+      <c r="F97"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>392</v>
+        <v>421</v>
       </c>
       <c r="B98" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="C98" t="s">
-        <v>305</v>
+        <v>427</v>
       </c>
       <c r="D98" t="s">
-        <v>314</v>
+        <v>428</v>
       </c>
       <c r="E98" t="s">
-        <v>423</v>
-[...3 lines deleted...]
-      </c>
+        <v>429</v>
+      </c>
+      <c r="F98"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="B99" t="s">
-        <v>425</v>
+        <v>71</v>
       </c>
       <c r="C99" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="D99" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="E99" t="s">
-        <v>428</v>
-[...3 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="F99"/>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="B100" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="C100" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="D100" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="E100" t="s">
-        <v>433</v>
-[...3 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="F100"/>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="B101" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="C101" t="s">
         <v>436</v>
       </c>
       <c r="D101" t="s">
         <v>437</v>
       </c>
       <c r="E101" t="s">
-        <v>438</v>
-[...3 lines deleted...]
-      </c>
+        <v>439</v>
+      </c>
+      <c r="F101"/>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B102" t="s">
-        <v>440</v>
+        <v>173</v>
       </c>
       <c r="C102" t="s">
         <v>441</v>
       </c>
       <c r="D102" t="s">
         <v>442</v>
       </c>
       <c r="E102" t="s">
         <v>443</v>
       </c>
       <c r="F102"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>444</v>
       </c>
       <c r="B103" t="s">
         <v>445</v>
       </c>
       <c r="C103" t="s">
+        <v>282</v>
+      </c>
+      <c r="D103" t="s">
         <v>446</v>
       </c>
-      <c r="D103" t="s">
+      <c r="E103" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="F103"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
+        <v>448</v>
+      </c>
+      <c r="B104" t="s">
         <v>449</v>
       </c>
-      <c r="B104" t="s">
+      <c r="C104" t="s">
         <v>450</v>
       </c>
-      <c r="C104" t="s">
+      <c r="D104" t="s">
         <v>451</v>
       </c>
-      <c r="D104" t="s">
+      <c r="E104" t="s">
         <v>452</v>
       </c>
-      <c r="E104" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F104"/>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
+        <v>453</v>
+      </c>
+      <c r="B105" t="s">
         <v>454</v>
       </c>
-      <c r="B105" t="s">
+      <c r="C105" t="s">
         <v>455</v>
       </c>
-      <c r="C105" t="s">
+      <c r="D105" t="s">
         <v>456</v>
       </c>
-      <c r="D105" t="s">
+      <c r="E105" t="s">
         <v>457</v>
       </c>
-      <c r="E105" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F105"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
+        <v>458</v>
+      </c>
+      <c r="B106" t="s">
         <v>459</v>
       </c>
-      <c r="B106" t="s">
+      <c r="C106" t="s">
         <v>460</v>
       </c>
-      <c r="C106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D106" t="s">
-        <v>462</v>
+        <v>424</v>
       </c>
       <c r="E106" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="F106"/>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
+        <v>461</v>
+      </c>
+      <c r="B107" t="s">
+        <v>462</v>
+      </c>
+      <c r="C107" t="s">
+        <v>463</v>
+      </c>
+      <c r="D107" t="s">
         <v>464</v>
       </c>
-      <c r="B107" t="s">
+      <c r="E107" t="s">
         <v>465</v>
       </c>
-      <c r="C107" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F107"/>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
+        <v>466</v>
+      </c>
+      <c r="B108" t="s">
+        <v>71</v>
+      </c>
+      <c r="C108" t="s">
+        <v>467</v>
+      </c>
+      <c r="D108" t="s">
+        <v>468</v>
+      </c>
+      <c r="E108" t="s">
         <v>469</v>
-      </c>
-[...10 lines deleted...]
-        <v>473</v>
       </c>
       <c r="F108"/>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B109" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="C109" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="D109" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="E109" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="F109"/>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
+        <v>474</v>
+      </c>
+      <c r="B110" t="s">
+        <v>475</v>
+      </c>
+      <c r="C110" t="s">
+        <v>476</v>
+      </c>
+      <c r="D110" t="s">
+        <v>477</v>
+      </c>
+      <c r="E110" t="s">
         <v>478</v>
-      </c>
-[...10 lines deleted...]
-        <v>481</v>
       </c>
       <c r="F110"/>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
+        <v>479</v>
+      </c>
+      <c r="B111" t="s">
+        <v>163</v>
+      </c>
+      <c r="C111" t="s">
+        <v>480</v>
+      </c>
+      <c r="D111" t="s">
+        <v>481</v>
+      </c>
+      <c r="E111" t="s">
         <v>482</v>
       </c>
-      <c r="B111" t="s">
-[...11 lines deleted...]
-      <c r="F111"/>
+      <c r="F111" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
+        <v>483</v>
+      </c>
+      <c r="B112" t="s">
+        <v>484</v>
+      </c>
+      <c r="C112" t="s">
+        <v>485</v>
+      </c>
+      <c r="D112" t="s">
         <v>486</v>
       </c>
-      <c r="B112" t="s">
-[...2 lines deleted...]
-      <c r="C112" t="s">
+      <c r="E112" t="s">
         <v>484</v>
-      </c>
-[...4 lines deleted...]
-        <v>487</v>
       </c>
       <c r="F112"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
+        <v>487</v>
+      </c>
+      <c r="B113" t="s">
         <v>488</v>
       </c>
-      <c r="B113" t="s">
+      <c r="C113" t="s">
         <v>489</v>
       </c>
-      <c r="C113" t="s">
+      <c r="D113" t="s">
         <v>490</v>
       </c>
-      <c r="D113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E113" t="s">
-        <v>489</v>
-[...1 lines deleted...]
-      <c r="F113"/>
+        <v>491</v>
+      </c>
+      <c r="F113" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B114" t="s">
-        <v>125</v>
+        <v>493</v>
       </c>
       <c r="C114" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D114" t="s">
-        <v>493</v>
+        <v>131</v>
       </c>
       <c r="E114" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F114"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B115" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C115" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D115" t="s">
-        <v>498</v>
+        <v>131</v>
       </c>
       <c r="E115" t="s">
         <v>499</v>
       </c>
       <c r="F115"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
+        <v>483</v>
+      </c>
+      <c r="B116" t="s">
         <v>500</v>
       </c>
-      <c r="B116" t="s">
+      <c r="C116" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="D116" t="s">
         <v>502</v>
       </c>
       <c r="E116" t="s">
         <v>503</v>
       </c>
       <c r="F116"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
         <v>504</v>
       </c>
       <c r="B117" t="s">
         <v>505</v>
       </c>
       <c r="C117" t="s">
         <v>506</v>
       </c>
       <c r="D117" t="s">
         <v>507</v>
       </c>
       <c r="E117" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="F117"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
+        <v>508</v>
+      </c>
+      <c r="B118" t="s">
+        <v>356</v>
+      </c>
+      <c r="C118" t="s">
         <v>509</v>
       </c>
-      <c r="B118" t="s">
+      <c r="D118" t="s">
         <v>510</v>
       </c>
-      <c r="C118" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E118" t="s">
-        <v>513</v>
+        <v>356</v>
       </c>
       <c r="F118"/>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="B119" t="s">
-        <v>125</v>
+        <v>228</v>
       </c>
       <c r="C119" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="D119" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="E119" t="s">
-        <v>517</v>
-[...1 lines deleted...]
-      <c r="F119"/>
+        <v>228</v>
+      </c>
+      <c r="F119" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
+        <v>514</v>
+      </c>
+      <c r="B120" t="s">
+        <v>515</v>
+      </c>
+      <c r="C120" t="s">
+        <v>516</v>
+      </c>
+      <c r="D120" t="s">
+        <v>517</v>
+      </c>
+      <c r="E120" t="s">
         <v>518</v>
       </c>
-      <c r="B120" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F120"/>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>57</v>
+        <v>519</v>
       </c>
       <c r="B121" t="s">
+        <v>520</v>
+      </c>
+      <c r="C121" t="s">
+        <v>521</v>
+      </c>
+      <c r="D121" t="s">
         <v>522</v>
       </c>
-      <c r="C121" t="s">
+      <c r="E121" t="s">
         <v>523</v>
-      </c>
-[...4 lines deleted...]
-        <v>525</v>
       </c>
       <c r="F121"/>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
+        <v>524</v>
+      </c>
+      <c r="B122" t="s">
+        <v>525</v>
+      </c>
+      <c r="C122" t="s">
         <v>526</v>
       </c>
-      <c r="B122" t="s">
+      <c r="D122" t="s">
         <v>527</v>
       </c>
-      <c r="C122" t="s">
+      <c r="E122" t="s">
         <v>528</v>
       </c>
-      <c r="D122" t="s">
-[...5 lines deleted...]
-      <c r="F122"/>
+      <c r="F122" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
+        <v>529</v>
+      </c>
+      <c r="B123" t="s">
+        <v>530</v>
+      </c>
+      <c r="C123" t="s">
         <v>531</v>
       </c>
-      <c r="B123" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D123" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="E123" t="s">
         <v>530</v>
       </c>
       <c r="F123"/>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B124" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C124" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D124" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="E124" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="F124"/>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B125" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C125" t="s">
-        <v>342</v>
+        <v>540</v>
       </c>
       <c r="D125" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="E125" t="s">
-        <v>537</v>
-[...1 lines deleted...]
-      <c r="F125"/>
+        <v>539</v>
+      </c>
+      <c r="F125" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="B126" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="C126" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="D126" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E126" t="s">
         <v>543</v>
       </c>
       <c r="F126"/>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B127" t="s">
-        <v>356</v>
+        <v>547</v>
       </c>
       <c r="C127" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="D127" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="E127" t="s">
-        <v>356</v>
+        <v>550</v>
       </c>
       <c r="F127"/>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="B128" t="s">
-        <v>298</v>
+        <v>552</v>
       </c>
       <c r="C128" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="D128" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="E128" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-      </c>
+        <v>555</v>
+      </c>
+      <c r="F128"/>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="B129" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="C129" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="D129" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="E129" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="F129"/>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="B130" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="C130" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="D130" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="E130" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="F130"/>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B131" t="s">
-        <v>561</v>
+        <v>493</v>
       </c>
       <c r="C131" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="D131" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="E131" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="F131" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="B132" t="s">
-        <v>196</v>
+        <v>571</v>
       </c>
       <c r="C132" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="D132" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="E132" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="F132" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="B133" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="C133" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="D133" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="E133" t="s">
-        <v>573</v>
-[...1 lines deleted...]
-      <c r="F133"/>
+        <v>579</v>
+      </c>
+      <c r="F133" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="B134" t="s">
-        <v>575</v>
+        <v>163</v>
       </c>
       <c r="C134" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="D134" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="E134" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="F134"/>
+        <v>583</v>
+      </c>
+      <c r="F134" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="B135" t="s">
-        <v>45</v>
+        <v>585</v>
       </c>
       <c r="C135" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="D135" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="E135" t="s">
-        <v>582</v>
-[...3 lines deleted...]
-      </c>
+        <v>588</v>
+      </c>
+      <c r="F135"/>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="B136" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="C136" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="D136" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="E136" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="F136" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="B137" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="C137" t="s">
-        <v>188</v>
+        <v>596</v>
       </c>
       <c r="D137" t="s">
-        <v>189</v>
+        <v>597</v>
       </c>
       <c r="E137" t="s">
-        <v>590</v>
-[...1 lines deleted...]
-      <c r="F137"/>
+        <v>598</v>
+      </c>
+      <c r="F137" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="B138" t="s">
-        <v>592</v>
+        <v>71</v>
       </c>
       <c r="C138" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="D138" t="s">
-        <v>594</v>
+        <v>432</v>
       </c>
       <c r="E138" t="s">
-        <v>595</v>
-[...1 lines deleted...]
-      <c r="F138"/>
+        <v>469</v>
+      </c>
+      <c r="F138" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="B139" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="C139" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="D139" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="E139" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="F139"/>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="B140" t="s">
-        <v>601</v>
+        <v>505</v>
       </c>
       <c r="C140" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="D140" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="E140" t="s">
-        <v>604</v>
-[...3 lines deleted...]
-      </c>
+        <v>609</v>
+      </c>
+      <c r="F140"/>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="B141" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="C141" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="D141" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="E141" t="s">
-        <v>609</v>
-[...3 lines deleted...]
-      </c>
+        <v>614</v>
+      </c>
+      <c r="F141"/>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="B142" t="s">
-        <v>125</v>
+        <v>616</v>
       </c>
       <c r="C142" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="D142" t="s">
-        <v>516</v>
+        <v>618</v>
       </c>
       <c r="E142" t="s">
-        <v>494</v>
-[...3 lines deleted...]
-      </c>
+        <v>619</v>
+      </c>
+      <c r="F142"/>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B143" t="s">
-        <v>533</v>
+        <v>621</v>
       </c>
       <c r="C143" t="s">
-        <v>613</v>
+        <v>622</v>
       </c>
       <c r="D143" t="s">
-        <v>614</v>
+        <v>623</v>
       </c>
       <c r="E143" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
       <c r="F143"/>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B144" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
       <c r="C144" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="D144" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
       <c r="E144" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="F144"/>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="B145" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="C145" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="D145" t="s">
-        <v>624</v>
+        <v>517</v>
       </c>
       <c r="E145" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="F145"/>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="B146" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="C146" t="s">
-        <v>628</v>
+        <v>617</v>
       </c>
       <c r="D146" t="s">
-        <v>629</v>
+        <v>618</v>
       </c>
       <c r="E146" t="s">
-        <v>630</v>
-[...3 lines deleted...]
-      </c>
+        <v>619</v>
+      </c>
+      <c r="F146"/>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="B147" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C147" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="D147" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="E147" t="s">
-        <v>635</v>
-[...1 lines deleted...]
-      <c r="F147"/>
+        <v>637</v>
+      </c>
+      <c r="F147" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="B148" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="C148" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="D148" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="E148" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="F148"/>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="B149" t="s">
-        <v>642</v>
+        <v>417</v>
       </c>
       <c r="C149" t="s">
-        <v>643</v>
+        <v>282</v>
       </c>
       <c r="D149" t="s">
         <v>644</v>
       </c>
       <c r="E149" t="s">
         <v>645</v>
       </c>
       <c r="F149"/>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
         <v>646</v>
       </c>
       <c r="B150" t="s">
-        <v>584</v>
+        <v>417</v>
       </c>
       <c r="C150" t="s">
-        <v>647</v>
+        <v>282</v>
       </c>
       <c r="D150" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="E150" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="F150"/>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>631</v>
+        <v>647</v>
       </c>
       <c r="B151" t="s">
-        <v>650</v>
+        <v>571</v>
       </c>
       <c r="C151" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="D151" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="E151" t="s">
         <v>650</v>
       </c>
       <c r="F151"/>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
+        <v>651</v>
+      </c>
+      <c r="B152" t="s">
+        <v>652</v>
+      </c>
+      <c r="C152" t="s">
+        <v>135</v>
+      </c>
+      <c r="D152" t="s">
+        <v>136</v>
+      </c>
+      <c r="E152" t="s">
         <v>653</v>
       </c>
-      <c r="B152" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F152"/>
-    </row>
-[...52 lines deleted...]
-      <c r="F155"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>