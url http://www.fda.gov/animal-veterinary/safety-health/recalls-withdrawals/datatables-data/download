--- v0 (2026-02-07)
+++ v1 (2026-02-27)
@@ -12,680 +12,686 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="cvm recall solr index" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Brand-Names</t>
   </si>
   <si>
     <t>Product-Description</t>
   </si>
   <si>
     <t>Recall-Reason-Description</t>
   </si>
   <si>
     <t>Company-Name</t>
   </si>
   <si>
     <t>Terminated-Recall</t>
   </si>
   <si>
     <t>03/20/2023</t>
   </si>
   <si>
     <t>Kaytee</t>
   </si>
   <si>
     <t>Wild Bird Food Birders’ Blend</t>
   </si>
   <si>
     <t>Potential Elevated Levels of Aflatoxin</t>
   </si>
   <si>
     <t>Kaytee Products Inc.</t>
   </si>
   <si>
     <t>Terminated</t>
   </si>
   <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>Blue Ridge Beef</t>
+  </si>
+  <si>
+    <t>Kitten Grind, Kitten Mix, and Puppy Mix</t>
+  </si>
+  <si>
+    <t>Potential contamination of Salmonella and Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>01/05/2024</t>
+  </si>
+  <si>
+    <t>3-D Pet Products</t>
+  </si>
+  <si>
+    <t>Parrot Food</t>
+  </si>
+  <si>
+    <t>Due to potential Salmonella contamination</t>
+  </si>
+  <si>
+    <t>D&amp;D Commodities, Ltd.</t>
+  </si>
+  <si>
+    <t>08/01/2023</t>
+  </si>
+  <si>
+    <t>Ozona, Go Healthy</t>
+  </si>
+  <si>
+    <t>Liquid Probiotics for adults and toddlers; Probiotics for cats, dogs, swine, and equine</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness</t>
+  </si>
+  <si>
+    <t>Ozona Organics, LLC</t>
+  </si>
+  <si>
+    <t>04/01/2024</t>
+  </si>
+  <si>
+    <t>Multiple Brand Names</t>
+  </si>
+  <si>
+    <t>Chicken Feed, Swine Feed, Cattle Feed, Horse Feed</t>
+  </si>
+  <si>
+    <t>Specific lots may contain elevated levels of calcium, phosphorus, magnesium, sodium and/or chloride and may harm chickens, swine, beef cattle and equine.</t>
+  </si>
+  <si>
+    <t>ADM Animal Nutrition</t>
+  </si>
+  <si>
+    <t>04/11/2024</t>
+  </si>
+  <si>
+    <t>Pen Pals, MaxLean, ShowTec,  MoorMan's</t>
+  </si>
+  <si>
+    <t>Chicken, Swine and Rabbit Feed Products</t>
+  </si>
+  <si>
+    <t>Specific lots may contain elevated levels of magnesium, sodium, calcium and/or phosphorus</t>
+  </si>
+  <si>
+    <t>07/01/2024</t>
+  </si>
+  <si>
+    <t>Sunseed Vita Prima</t>
+  </si>
+  <si>
+    <t>Hedgehog Food</t>
+  </si>
+  <si>
+    <t>Vitakraft Sun Seed Inc.</t>
+  </si>
+  <si>
+    <t>06/22/2024</t>
+  </si>
+  <si>
+    <t>Viva</t>
+  </si>
+  <si>
+    <t>Raw dog and cat food</t>
+  </si>
+  <si>
+    <t>Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>Viva Raw, LLC</t>
+  </si>
+  <si>
+    <t>05/22/2024</t>
+  </si>
+  <si>
+    <t>Hospira</t>
+  </si>
+  <si>
+    <t>Buprenorphine Hydrochloride Injection Carpuject Units and Labetalol Hydrochloride Injection, USP Carpuject Units</t>
+  </si>
+  <si>
+    <t>Device &amp; Drug Safety – Potential Packaging Defect</t>
+  </si>
+  <si>
+    <t>Hospira Inc.</t>
+  </si>
+  <si>
+    <t>05/29/2024</t>
+  </si>
+  <si>
+    <t>Sagent</t>
+  </si>
+  <si>
+    <t>Docetaxel Injection, USP</t>
+  </si>
+  <si>
+    <t>Potential presence of particulate matter</t>
+  </si>
+  <si>
+    <t>Sagent Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>07/03/2019</t>
+  </si>
+  <si>
+    <t>PSP</t>
+  </si>
+  <si>
+    <t>Pig ears</t>
+  </si>
+  <si>
+    <t>Potential Salmonella contamination</t>
+  </si>
+  <si>
+    <t>Pet Supplies Plus</t>
+  </si>
+  <si>
+    <t>01/31/2019</t>
+  </si>
+  <si>
+    <t>Hill's Science Diet</t>
+  </si>
+  <si>
+    <t>Canned Dog Food</t>
+  </si>
+  <si>
+    <t>Potentially Elevated Levels of Vitamin D</t>
+  </si>
+  <si>
+    <t>Hill's Pet Nutrition</t>
+  </si>
+  <si>
+    <t>08/15/2019</t>
+  </si>
+  <si>
+    <t>Texas Tripe</t>
+  </si>
+  <si>
+    <t>Raw frozen pet food</t>
+  </si>
+  <si>
+    <t>Potential to be contaminated with Salmonella and Listeria monocytogenes</t>
+  </si>
+  <si>
+    <t>Texas Tripe Inc.</t>
+  </si>
+  <si>
+    <t>09/01/2023</t>
+  </si>
+  <si>
+    <t>Merck Animal Health</t>
+  </si>
+  <si>
+    <t>Banamine; Banamine-S</t>
+  </si>
+  <si>
+    <t>05/21/2019</t>
+  </si>
+  <si>
+    <t>Hill’s</t>
+  </si>
+  <si>
+    <t>Hill’s Pet Nutrition</t>
+  </si>
+  <si>
+    <t>08/16/2019</t>
+  </si>
+  <si>
+    <t>Chef Toby</t>
+  </si>
+  <si>
+    <t>Potential to be contaminated with Salmonella</t>
+  </si>
+  <si>
+    <t>Dog Goods USA LLC</t>
+  </si>
+  <si>
+    <t>09/23/2024</t>
+  </si>
+  <si>
+    <t>ANSWERS</t>
+  </si>
+  <si>
+    <t>Beef and Chicken Dog Foods</t>
+  </si>
+  <si>
+    <t>Due to Potential Salmonella and Listeria</t>
+  </si>
+  <si>
+    <t>Lystn, LLC. d.b.a. ANSWERS</t>
+  </si>
+  <si>
+    <t>04/13/2024</t>
+  </si>
+  <si>
+    <t>Nutrena Country Feeds</t>
+  </si>
+  <si>
+    <t>Meat bird 22% Crumble (RV)</t>
+  </si>
+  <si>
+    <t>Non-inclusion of Vitamin D</t>
+  </si>
+  <si>
+    <t>Cargill</t>
+  </si>
+  <si>
+    <t>11/23/2024</t>
+  </si>
+  <si>
+    <t>Hollywood Feed</t>
+  </si>
+  <si>
+    <t>Carolina Made Chicken Chips Dog Treats</t>
+  </si>
+  <si>
+    <t>Potentially contaminated with Salmonella</t>
+  </si>
+  <si>
+    <t>Carolina Prime Pet</t>
+  </si>
+  <si>
+    <t>11/22/2024</t>
+  </si>
+  <si>
+    <t>Gaines Family Farmstead</t>
+  </si>
+  <si>
+    <t>Chicken Chips Dog Treats</t>
+  </si>
+  <si>
+    <t>Potential Salmonella Contamination</t>
+  </si>
+  <si>
+    <t>Gaines Pet Treats LLC</t>
+  </si>
+  <si>
+    <t>12/04/2024</t>
+  </si>
+  <si>
+    <t>Puppy Mix</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness - Salmonella</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>Kitten mix pet food</t>
+  </si>
+  <si>
+    <t>02/23/2023</t>
+  </si>
+  <si>
+    <t>Bindle Bottle LLC</t>
+  </si>
+  <si>
+    <t>Bottles</t>
+  </si>
+  <si>
+    <t>Adulterated by lead</t>
+  </si>
+  <si>
+    <t>06/21/2024</t>
+  </si>
+  <si>
+    <t>BARKWORTHIES and BEST BULLY STICKS</t>
+  </si>
+  <si>
+    <t>Green Tripe Dog Treats</t>
+  </si>
+  <si>
+    <t>May Contain Metal Objects</t>
+  </si>
+  <si>
+    <t>TDBBS LLC</t>
+  </si>
+  <si>
+    <t>05/18/2024</t>
+  </si>
+  <si>
+    <t>Pedigree</t>
+  </si>
+  <si>
+    <t>Adult Complete Nutrition Grilled Steak &amp; Vegetable Flavor Dry Dog Food</t>
+  </si>
+  <si>
+    <t>Potential Presence of Loose Metal Pieces</t>
+  </si>
+  <si>
+    <t>Mars Petcare US, Inc.</t>
+  </si>
+  <si>
+    <t>01/31/2025</t>
+  </si>
+  <si>
+    <t>Natural Mix</t>
+  </si>
+  <si>
+    <t>Salmonella contamination</t>
+  </si>
+  <si>
+    <t>05/23/2025</t>
+  </si>
+  <si>
+    <t>Tetra</t>
+  </si>
+  <si>
+    <t>ReptoMin 3-In-1 SELECT-A-FOOD reptile food</t>
+  </si>
+  <si>
+    <t>Spectrum Brands Pet LLC</t>
+  </si>
+  <si>
+    <t>03/15/2025</t>
+  </si>
+  <si>
+    <t>Savage Pet</t>
+  </si>
+  <si>
+    <t>Cat Food Chicken</t>
+  </si>
+  <si>
+    <t>Possible Bird Flu Health Risk</t>
+  </si>
+  <si>
+    <t>04/24/2025</t>
+  </si>
+  <si>
+    <t>Dexased™ and Dexmedvet™</t>
+  </si>
+  <si>
+    <t>Dexmedetomidine Hydrochloride Injection 0.5 mg/mL</t>
+  </si>
+  <si>
+    <t>Presence of particulate matter</t>
+  </si>
+  <si>
+    <t>Cronus Pharma LLC</t>
+  </si>
+  <si>
+    <t>04/02/2025</t>
+  </si>
+  <si>
+    <t>Supercan</t>
+  </si>
+  <si>
+    <t>Pig ear slivers</t>
+  </si>
+  <si>
+    <t>Supercan Bulk</t>
+  </si>
+  <si>
     <t>04/11/2025</t>
   </si>
   <si>
-    <t>Blue Ridge Beef</t>
-[...1 lines deleted...]
-  <si>
     <t>Puppy Mix and Kitten Mix</t>
   </si>
   <si>
     <t>Salmonella &amp; Listeria contamination.</t>
   </si>
   <si>
-    <t>04/24/2025</t>
-[...400 lines deleted...]
-  <si>
     <t>07/09/2025</t>
   </si>
   <si>
     <t>Payback®</t>
   </si>
   <si>
     <t>Champion Lamb Text B30 with Power Booster</t>
   </si>
   <si>
     <t>Elevated levels of copper</t>
   </si>
   <si>
     <t>CHS, Inc.</t>
   </si>
   <si>
     <t>10/03/2025</t>
   </si>
   <si>
     <t>Nature’s Own</t>
   </si>
   <si>
     <t>Pet Chews Bully Bites Treats</t>
   </si>
   <si>
     <t>Potential Foodborne illness - Salmonella</t>
   </si>
   <si>
     <t>Best Buy Bones, Inc.</t>
   </si>
   <si>
+    <t>10/09/2025</t>
+  </si>
+  <si>
+    <t>Foodynamics</t>
+  </si>
+  <si>
+    <t>Freeze Dried Pet Treats</t>
+  </si>
+  <si>
+    <t>Potential Foodborne Illness – Salmonella</t>
+  </si>
+  <si>
+    <t>08/25/2025</t>
+  </si>
+  <si>
+    <t>Ground Beef for Dogs and Ground Chicken for Dogs and Cats</t>
+  </si>
+  <si>
+    <t>Salmonella and Listeria monocytogenes contamination</t>
+  </si>
+  <si>
+    <t>Viva Raw LLC.</t>
+  </si>
+  <si>
+    <t>02/18/2022</t>
+  </si>
+  <si>
+    <t>Numerous brand names</t>
+  </si>
+  <si>
+    <t>Numerous human food, animal (pet) food, medical devices, and drug products</t>
+  </si>
+  <si>
+    <t>Potential Salmonella contamination and presence of rodent activity at the distribution center</t>
+  </si>
+  <si>
+    <t>Family Dollar, Inc.</t>
+  </si>
+  <si>
+    <t>06/11/2024</t>
+  </si>
+  <si>
+    <t>Grostrong, MoorMan's, MaxLean, Roughage Buster, Pen Pals, Patriot, Goat Power, Juniorglo, Rack Plus, Seniorglo</t>
+  </si>
+  <si>
+    <t>Animal Feed Products</t>
+  </si>
+  <si>
+    <t>12/03/2025</t>
+  </si>
+  <si>
+    <t>Bonnihill Farms</t>
+  </si>
+  <si>
+    <t>BeefiBowls Beef Recipe gently cooked frozen dog food, 16 oz. chubs</t>
+  </si>
+  <si>
+    <t>Potential foreign plastic contamination</t>
+  </si>
+  <si>
+    <t>Fromm Family Foods</t>
+  </si>
+  <si>
     <t>12/02/2025</t>
   </si>
   <si>
     <t>Vetoquinol</t>
   </si>
   <si>
     <t>FOLLTROPIN Injectable Kits for Cattle</t>
   </si>
   <si>
     <t>Vetoquinol USA</t>
   </si>
   <si>
-    <t>06/11/2024</t>
-[...65 lines deleted...]
-    <t>Potential Foodborne Illness – Salmonella</t>
+    <t>12/26/2025</t>
+  </si>
+  <si>
+    <t>Multiple brand names</t>
+  </si>
+  <si>
+    <t>All FDA-regulated products held at facility including drugs, medical devices, cosmetics, dietary supplements, human food, and pet food</t>
+  </si>
+  <si>
+    <t>Potential Salmonella contamination, presence of rodent and avian contamination and insanitary conditions during the storage process.</t>
+  </si>
+  <si>
+    <t>Gold Star Distribution, Inc.</t>
+  </si>
+  <si>
+    <t>10/10/2025</t>
+  </si>
+  <si>
+    <t>Raw Bistro</t>
+  </si>
+  <si>
+    <t>Frozen Beef Dog Food</t>
+  </si>
+  <si>
+    <t>Raw Bistro Pet Fare</t>
+  </si>
+  <si>
+    <t>12/10/2025</t>
+  </si>
+  <si>
+    <t>Nutrena® Country Feeds®</t>
+  </si>
+  <si>
+    <t>Nutrena® Country Feeds® Cracked Corn for livestock, 50 lb. bag</t>
+  </si>
+  <si>
+    <t>Product may contain aflatoxin levels that exceed the Food and Drug Administration (FDA) action level for immature animals, wildlife, equines, small ruminants, and dairy animals.</t>
+  </si>
+  <si>
+    <t>Cargill Animal Nutrition &amp; Health</t>
+  </si>
+  <si>
+    <t>01/29/2026</t>
+  </si>
+  <si>
+    <t>Neogen</t>
+  </si>
+  <si>
+    <t>Vet HYCOAT® Hyaluronate Sodium Sterile Solution</t>
+  </si>
+  <si>
+    <t>Microbial Contamination</t>
+  </si>
+  <si>
+    <t>Neogen Corporation</t>
+  </si>
+  <si>
+    <t>02/24/2026</t>
+  </si>
+  <si>
+    <t>Elite Treats</t>
+  </si>
+  <si>
+    <t>Chicken dog treats</t>
+  </si>
+  <si>
+    <t>May be contaminated with Salmonella</t>
+  </si>
+  <si>
+    <t>Elite Treats, LLC.</t>
   </si>
   <si>
     <t>12/24/2025</t>
   </si>
   <si>
     <t>Country Vet, Heartland Harvest</t>
   </si>
   <si>
     <t>Dog Biscuits</t>
   </si>
   <si>
     <t>Consumers Supply Distributing, LLC</t>
   </si>
   <si>
-    <t>12/10/2025</t>
-[...53 lines deleted...]
-    <t>Neogen Corporation</t>
+    <t>02/26/2026</t>
+  </si>
+  <si>
+    <t>Quest</t>
+  </si>
+  <si>
+    <t>Cat Food Chicken Recipe Freeze Dried Nuggets</t>
+  </si>
+  <si>
+    <t>May contain low levels of thiamine (Vitamin B1)</t>
+  </si>
+  <si>
+    <t>Go Raw LLC.</t>
+  </si>
+  <si>
+    <t>02/17/2026</t>
+  </si>
+  <si>
+    <t>Quest Cat Food Chicken Recipe Freeze Dried Nuggets, 10oz bag</t>
+  </si>
+  <si>
+    <t>Go Raw LLC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1095,861 +1101,863 @@
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4"/>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F6"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" t="s">
         <v>30</v>
-      </c>
-[...10 lines deleted...]
-        <v>34</v>
       </c>
       <c r="F7"/>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="F8"/>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>42</v>
       </c>
       <c r="F9"/>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" t="s">
         <v>43</v>
       </c>
-      <c r="B10" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F10"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" t="s">
+        <v>47</v>
+      </c>
+      <c r="E11" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
       <c r="F11"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" t="s">
         <v>53</v>
-      </c>
-[...10 lines deleted...]
-        <v>57</v>
       </c>
       <c r="F12"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" t="s">
         <v>58</v>
       </c>
-      <c r="B13" t="s">
-[...11 lines deleted...]
-      <c r="F13"/>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" t="s">
         <v>62</v>
       </c>
-      <c r="B14" t="s">
+      <c r="E14" t="s">
         <v>63</v>
       </c>
-      <c r="C14" t="s">
-[...8 lines deleted...]
-      <c r="F14"/>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
         <v>67</v>
       </c>
-      <c r="B15" t="s">
+      <c r="E15" t="s">
         <v>68</v>
-      </c>
-[...7 lines deleted...]
-        <v>71</v>
       </c>
       <c r="F15"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B16" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C16" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="E16" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="F16"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="B17" t="s">
         <v>73</v>
       </c>
       <c r="C17" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" t="s">
+        <v>62</v>
+      </c>
+      <c r="E17" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F17"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
+        <v>75</v>
+      </c>
+      <c r="B18" t="s">
         <v>76</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
+        <v>56</v>
+      </c>
+      <c r="D18" t="s">
         <v>77</v>
       </c>
-      <c r="C18" t="s">
+      <c r="E18" t="s">
         <v>78</v>
       </c>
-      <c r="D18" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F18"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" t="s">
+        <v>80</v>
+      </c>
+      <c r="C19" t="s">
         <v>81</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
         <v>82</v>
       </c>
-      <c r="C19" t="s">
+      <c r="E19" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F19"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
+        <v>85</v>
+      </c>
+      <c r="C20" t="s">
         <v>86</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
         <v>87</v>
       </c>
-      <c r="C20" t="s">
+      <c r="E20" t="s">
         <v>88</v>
       </c>
-      <c r="D20" t="s">
-[...5 lines deleted...]
-      <c r="F20"/>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" t="s">
+        <v>90</v>
+      </c>
+      <c r="C21" t="s">
         <v>91</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
         <v>92</v>
       </c>
-      <c r="C21" t="s">
+      <c r="E21" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F21"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>94</v>
       </c>
       <c r="B22" t="s">
         <v>95</v>
       </c>
       <c r="C22" t="s">
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="D22" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E22" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="F22"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B23" t="s">
-        <v>99</v>
+        <v>13</v>
       </c>
       <c r="C23" t="s">
-        <v>78</v>
+        <v>100</v>
       </c>
       <c r="D23" t="s">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="E23" t="s">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="F23"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B24" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
       <c r="C24" t="s">
         <v>103</v>
       </c>
       <c r="D24" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="E24" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="F24"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" t="s">
+        <v>105</v>
+      </c>
+      <c r="C25" t="s">
         <v>106</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
         <v>107</v>
       </c>
-      <c r="C25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" t="s">
+        <v>109</v>
+      </c>
+      <c r="C26" t="s">
+        <v>110</v>
+      </c>
+      <c r="D26" t="s">
         <v>111</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="E26" t="s">
         <v>112</v>
       </c>
-      <c r="D26" t="s">
-[...5 lines deleted...]
-      <c r="F26"/>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>113</v>
       </c>
       <c r="B27" t="s">
         <v>114</v>
       </c>
       <c r="C27" t="s">
         <v>115</v>
       </c>
       <c r="D27" t="s">
         <v>116</v>
       </c>
       <c r="E27" t="s">
         <v>117</v>
       </c>
-      <c r="F27"/>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>118</v>
       </c>
       <c r="B28" t="s">
+        <v>13</v>
+      </c>
+      <c r="C28" t="s">
         <v>119</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>120</v>
       </c>
-      <c r="D28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E28" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
       <c r="F28"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" t="s">
+        <v>122</v>
+      </c>
+      <c r="C29" t="s">
         <v>123</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>120</v>
+      </c>
+      <c r="E29" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F29"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>126</v>
       </c>
       <c r="C30" t="s">
         <v>127</v>
       </c>
       <c r="D30" t="s">
-        <v>24</v>
+        <v>128</v>
       </c>
       <c r="E30" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="F30"/>
+        <v>126</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>129</v>
       </c>
       <c r="B31" t="s">
         <v>130</v>
       </c>
       <c r="C31" t="s">
         <v>131</v>
       </c>
       <c r="D31" t="s">
         <v>132</v>
       </c>
       <c r="E31" t="s">
         <v>133</v>
       </c>
       <c r="F31"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>134</v>
       </c>
       <c r="B32" t="s">
-        <v>13</v>
+        <v>135</v>
       </c>
       <c r="C32" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D32" t="s">
-        <v>28</v>
+        <v>101</v>
       </c>
       <c r="E32" t="s">
-        <v>13</v>
+        <v>137</v>
       </c>
       <c r="F32"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B33" t="s">
-        <v>137</v>
+        <v>13</v>
       </c>
       <c r="C33" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D33" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E33" t="s">
-        <v>137</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="F33"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B34" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C34" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D34" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E34" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="F34"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B35" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C35" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D35" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E35" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="F35"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B36" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C36" t="s">
+        <v>153</v>
+      </c>
+      <c r="D36" t="s">
+        <v>154</v>
+      </c>
+      <c r="E36" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
       <c r="F36"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>155</v>
       </c>
       <c r="B37" t="s">
+        <v>40</v>
+      </c>
+      <c r="C37" t="s">
         <v>156</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>157</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="F37"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
+        <v>159</v>
+      </c>
+      <c r="B38" t="s">
         <v>160</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>161</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E38" t="s">
         <v>163</v>
       </c>
       <c r="F38"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>164</v>
       </c>
       <c r="B39" t="s">
         <v>165</v>
       </c>
       <c r="C39" t="s">
         <v>166</v>
       </c>
       <c r="D39" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="E39" t="s">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="F39"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>129</v>
+        <v>167</v>
       </c>
       <c r="B40" t="s">
-        <v>57</v>
+        <v>168</v>
       </c>
       <c r="C40" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D40" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E40" t="s">
-        <v>57</v>
+        <v>171</v>
       </c>
       <c r="F40"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B41" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C41" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D41" t="s">
-        <v>172</v>
+        <v>132</v>
       </c>
       <c r="E41" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="F41"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B42" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C42" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D42" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E42" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="F42"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B43" t="s">
-        <v>49</v>
+        <v>182</v>
       </c>
       <c r="C43" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D43" t="s">
-        <v>181</v>
+        <v>101</v>
       </c>
       <c r="E43" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="F43"/>
+        <v>184</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B44" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C44" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D44" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E44" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="F44"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B45" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C45" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D45" t="s">
-        <v>84</v>
+        <v>193</v>
       </c>
       <c r="E45" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="F45"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B46" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C46" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D46" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="E46" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="F46"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B47" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="C47" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="D47" t="s">
-        <v>199</v>
+        <v>77</v>
       </c>
       <c r="E47" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="F47"/>
+        <v>203</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B48" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C48" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D48" t="s">
-        <v>33</v>
+        <v>207</v>
       </c>
       <c r="E48" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="F48"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
+        <v>209</v>
+      </c>
+      <c r="B49" t="s">
         <v>205</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" t="s">
+        <v>210</v>
+      </c>
+      <c r="D49" t="s">
         <v>207</v>
       </c>
-      <c r="D49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F49"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>