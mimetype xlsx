--- v1 (2026-02-27)
+++ v2 (2026-03-20)
@@ -377,74 +377,74 @@
   <si>
     <t>05/18/2024</t>
   </si>
   <si>
     <t>Pedigree</t>
   </si>
   <si>
     <t>Adult Complete Nutrition Grilled Steak &amp; Vegetable Flavor Dry Dog Food</t>
   </si>
   <si>
     <t>Potential Presence of Loose Metal Pieces</t>
   </si>
   <si>
     <t>Mars Petcare US, Inc.</t>
   </si>
   <si>
     <t>01/31/2025</t>
   </si>
   <si>
     <t>Natural Mix</t>
   </si>
   <si>
     <t>Salmonella contamination</t>
   </si>
   <si>
+    <t>03/15/2025</t>
+  </si>
+  <si>
+    <t>Savage Pet</t>
+  </si>
+  <si>
+    <t>Cat Food Chicken</t>
+  </si>
+  <si>
+    <t>Possible Bird Flu Health Risk</t>
+  </si>
+  <si>
     <t>05/23/2025</t>
   </si>
   <si>
     <t>Tetra</t>
   </si>
   <si>
     <t>ReptoMin 3-In-1 SELECT-A-FOOD reptile food</t>
   </si>
   <si>
     <t>Spectrum Brands Pet LLC</t>
   </si>
   <si>
-    <t>03/15/2025</t>
-[...10 lines deleted...]
-  <si>
     <t>04/24/2025</t>
   </si>
   <si>
     <t>Dexased™ and Dexmedvet™</t>
   </si>
   <si>
     <t>Dexmedetomidine Hydrochloride Injection 0.5 mg/mL</t>
   </si>
   <si>
     <t>Presence of particulate matter</t>
   </si>
   <si>
     <t>Cronus Pharma LLC</t>
   </si>
   <si>
     <t>04/02/2025</t>
   </si>
   <si>
     <t>Supercan</t>
   </si>
   <si>
     <t>Pig ear slivers</t>
   </si>
   <si>
     <t>Supercan Bulk</t>
@@ -491,207 +491,207 @@
   <si>
     <t>10/09/2025</t>
   </si>
   <si>
     <t>Foodynamics</t>
   </si>
   <si>
     <t>Freeze Dried Pet Treats</t>
   </si>
   <si>
     <t>Potential Foodborne Illness – Salmonella</t>
   </si>
   <si>
     <t>08/25/2025</t>
   </si>
   <si>
     <t>Ground Beef for Dogs and Ground Chicken for Dogs and Cats</t>
   </si>
   <si>
     <t>Salmonella and Listeria monocytogenes contamination</t>
   </si>
   <si>
     <t>Viva Raw LLC.</t>
   </si>
   <si>
+    <t>12/10/2025</t>
+  </si>
+  <si>
+    <t>Nutrena® Country Feeds®</t>
+  </si>
+  <si>
+    <t>Nutrena® Country Feeds® Cracked Corn for livestock, 50 lb. bag</t>
+  </si>
+  <si>
+    <t>Product may contain aflatoxin levels that exceed the Food and Drug Administration (FDA) action level for immature animals, wildlife, equines, small ruminants, and dairy animals.</t>
+  </si>
+  <si>
+    <t>Cargill Animal Nutrition &amp; Health</t>
+  </si>
+  <si>
+    <t>10/10/2025</t>
+  </si>
+  <si>
+    <t>Raw Bistro</t>
+  </si>
+  <si>
+    <t>Frozen Beef Dog Food</t>
+  </si>
+  <si>
+    <t>Raw Bistro Pet Fare</t>
+  </si>
+  <si>
+    <t>01/29/2026</t>
+  </si>
+  <si>
+    <t>Neogen</t>
+  </si>
+  <si>
+    <t>Vet HYCOAT® Hyaluronate Sodium Sterile Solution</t>
+  </si>
+  <si>
+    <t>Microbial Contamination</t>
+  </si>
+  <si>
+    <t>Neogen Corporation</t>
+  </si>
+  <si>
+    <t>12/24/2025</t>
+  </si>
+  <si>
+    <t>Country Vet, Heartland Harvest</t>
+  </si>
+  <si>
+    <t>Dog Biscuits</t>
+  </si>
+  <si>
+    <t>Consumers Supply Distributing, LLC</t>
+  </si>
+  <si>
+    <t>02/17/2026</t>
+  </si>
+  <si>
+    <t>Quest</t>
+  </si>
+  <si>
+    <t>Quest Cat Food Chicken Recipe Freeze Dried Nuggets, 10oz bag</t>
+  </si>
+  <si>
+    <t>May contain low levels of thiamine (Vitamin B1)</t>
+  </si>
+  <si>
+    <t>Go Raw LLC</t>
+  </si>
+  <si>
+    <t>02/26/2026</t>
+  </si>
+  <si>
+    <t>Cat Food Chicken Recipe Frozen</t>
+  </si>
+  <si>
+    <t>Go Raw LLC.</t>
+  </si>
+  <si>
+    <t>02/24/2026</t>
+  </si>
+  <si>
+    <t>Elite Treats</t>
+  </si>
+  <si>
+    <t>Chicken dog treats</t>
+  </si>
+  <si>
+    <t>May be contaminated with Salmonella</t>
+  </si>
+  <si>
+    <t>Elite Treats, LLC.</t>
+  </si>
+  <si>
+    <t>12/26/2025</t>
+  </si>
+  <si>
+    <t>Multiple brand names</t>
+  </si>
+  <si>
+    <t>All FDA-regulated products held at facility including drugs, medical devices, cosmetics, dietary supplements, human food, and pet food</t>
+  </si>
+  <si>
+    <t>Potential Salmonella contamination, presence of rodent and avian contamination and insanitary conditions during the storage process.</t>
+  </si>
+  <si>
+    <t>Gold Star Distribution, Inc.</t>
+  </si>
+  <si>
+    <t>12/02/2025</t>
+  </si>
+  <si>
+    <t>Vetoquinol</t>
+  </si>
+  <si>
+    <t>FOLLTROPIN Injectable Kits for Cattle</t>
+  </si>
+  <si>
+    <t>Vetoquinol USA</t>
+  </si>
+  <si>
+    <t>06/11/2024</t>
+  </si>
+  <si>
+    <t>Grostrong, MoorMan's, MaxLean, Roughage Buster, Pen Pals, Patriot, Goat Power, Juniorglo, Rack Plus, Seniorglo</t>
+  </si>
+  <si>
+    <t>Animal Feed Products</t>
+  </si>
+  <si>
     <t>02/18/2022</t>
   </si>
   <si>
     <t>Numerous brand names</t>
   </si>
   <si>
     <t>Numerous human food, animal (pet) food, medical devices, and drug products</t>
   </si>
   <si>
     <t>Potential Salmonella contamination and presence of rodent activity at the distribution center</t>
   </si>
   <si>
     <t>Family Dollar, Inc.</t>
   </si>
   <si>
-    <t>06/11/2024</t>
-[...7 lines deleted...]
-  <si>
     <t>12/03/2025</t>
   </si>
   <si>
     <t>Bonnihill Farms</t>
   </si>
   <si>
     <t>BeefiBowls Beef Recipe gently cooked frozen dog food, 16 oz. chubs</t>
   </si>
   <si>
     <t>Potential foreign plastic contamination</t>
   </si>
   <si>
     <t>Fromm Family Foods</t>
-  </si>
-[...118 lines deleted...]
-    <t>Go Raw LLC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1544,76 +1544,76 @@
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28" t="s">
         <v>119</v>
       </c>
       <c r="D28" t="s">
         <v>120</v>
       </c>
       <c r="E28" t="s">
         <v>13</v>
       </c>
       <c r="F28"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>121</v>
       </c>
       <c r="B29" t="s">
         <v>122</v>
       </c>
       <c r="C29" t="s">
         <v>123</v>
       </c>
       <c r="D29" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="E29" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="F29"/>
+        <v>122</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>126</v>
       </c>
       <c r="C30" t="s">
         <v>127</v>
       </c>
       <c r="D30" t="s">
+        <v>120</v>
+      </c>
+      <c r="E30" t="s">
         <v>128</v>
       </c>
-      <c r="E30" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F30"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>129</v>
       </c>
       <c r="B31" t="s">
         <v>130</v>
       </c>
       <c r="C31" t="s">
         <v>131</v>
       </c>
       <c r="D31" t="s">
         <v>132</v>
       </c>
       <c r="E31" t="s">
         <v>133</v>
       </c>
       <c r="F31"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>134</v>
       </c>
       <c r="B32" t="s">
         <v>135</v>
@@ -1726,240 +1726,242 @@
       <c r="B38" t="s">
         <v>160</v>
       </c>
       <c r="C38" t="s">
         <v>161</v>
       </c>
       <c r="D38" t="s">
         <v>162</v>
       </c>
       <c r="E38" t="s">
         <v>163</v>
       </c>
       <c r="F38"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>164</v>
       </c>
       <c r="B39" t="s">
         <v>165</v>
       </c>
       <c r="C39" t="s">
         <v>166</v>
       </c>
       <c r="D39" t="s">
-        <v>34</v>
+        <v>101</v>
       </c>
       <c r="E39" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="F39"/>
+        <v>167</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B40" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C40" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D40" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E40" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F40"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B41" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C41" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D41" t="s">
-        <v>132</v>
+        <v>77</v>
       </c>
       <c r="E41" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="F41"/>
+        <v>176</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B42" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C42" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D42" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E42" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F42"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B43" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="C43" t="s">
         <v>183</v>
       </c>
       <c r="D43" t="s">
-        <v>101</v>
+        <v>180</v>
       </c>
       <c r="E43" t="s">
         <v>184</v>
       </c>
-      <c r="F43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F43"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>185</v>
       </c>
       <c r="B44" t="s">
         <v>186</v>
       </c>
       <c r="C44" t="s">
         <v>187</v>
       </c>
       <c r="D44" t="s">
         <v>188</v>
       </c>
       <c r="E44" t="s">
         <v>189</v>
       </c>
       <c r="F44"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>190</v>
       </c>
       <c r="B45" t="s">
         <v>191</v>
       </c>
       <c r="C45" t="s">
         <v>192</v>
       </c>
       <c r="D45" t="s">
         <v>193</v>
       </c>
       <c r="E45" t="s">
         <v>194</v>
       </c>
       <c r="F45"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>195</v>
       </c>
       <c r="B46" t="s">
         <v>196</v>
       </c>
       <c r="C46" t="s">
         <v>197</v>
       </c>
       <c r="D46" t="s">
+        <v>132</v>
+      </c>
+      <c r="E46" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F46"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
+        <v>199</v>
+      </c>
+      <c r="B47" t="s">
         <v>200</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>201</v>
       </c>
-      <c r="C47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="E47" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="F47"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
+        <v>202</v>
+      </c>
+      <c r="B48" t="s">
+        <v>203</v>
+      </c>
+      <c r="C48" t="s">
         <v>204</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
         <v>205</v>
       </c>
-      <c r="C48" t="s">
+      <c r="E48" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
       <c r="F48"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
+        <v>207</v>
+      </c>
+      <c r="B49" t="s">
+        <v>208</v>
+      </c>
+      <c r="C49" t="s">
         <v>209</v>
       </c>
-      <c r="B49" t="s">
-[...2 lines deleted...]
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E49" t="s">
         <v>211</v>
       </c>
-      <c r="F49"/>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>